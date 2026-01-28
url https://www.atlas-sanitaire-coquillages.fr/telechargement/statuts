--- v0 (2025-12-09)
+++ v1 (2026-01-28)
@@ -16,59 +16,59 @@
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="1" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Lisez moi" sheetId="1" r:id="rId4"/>
     <sheet name="Statut" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2833">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2844">
   <si>
     <t>Atlas des zones françaises de production et de reparcage de coquillages</t>
   </si>
   <si>
     <t>France métropolitaine</t>
   </si>
   <si>
-    <t>Statuts au 09/12/2025</t>
+    <t>Statuts au 28/01/2026</t>
   </si>
   <si>
     <t>Liste des champs</t>
   </si>
   <si>
     <t>Correspondance Sandre</t>
   </si>
   <si>
     <t>ZONE_CODE</t>
   </si>
   <si>
     <t>Code de la zone dans le réseau de contrôle microbien REMI</t>
   </si>
   <si>
     <t>CdZoneConchylicole</t>
   </si>
   <si>
     <t>ZONE_TITLE</t>
   </si>
   <si>
     <t>Nom de la zone</t>
   </si>
   <si>
     <t>NomZoneConchylicole</t>
   </si>
@@ -468,6155 +468,6182 @@
   <si>
     <t>Etang De Bages-sigean Ouest</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/11.12W</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>Port De Port La Nouvelle</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/11.13</t>
   </si>
   <si>
     <t>11.14</t>
   </si>
   <si>
     <t>Etang De Leucate Parcs Ostreicoles</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/11.14</t>
   </si>
   <si>
+    <t>Alerte en cours</t>
+  </si>
+  <si>
+    <t>interdiction temporaire de la pêche, du ramassage, du transport, de la purification, de l’expédition, du stockage, de la distribution, de la commercialisation et de la mise à la consommation humaine des moules en provenance de la zone 11-14 « Etang de Leucate – Parcs ostréicoles »</t>
+  </si>
+  <si>
+    <t>Alerte toxinique (Lipophile (DSP))</t>
+  </si>
+  <si>
     <t>Groupe 3</t>
   </si>
   <si>
-    <t>DDTM-SML-2025-276-001</t>
+    <t>moules</t>
+  </si>
+  <si>
+    <t>DDTM-SML-2025-353-001</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/dd/ddtm-sml-2025-353-001-694914f1db45f620980411.pdf</t>
+  </si>
+  <si>
+    <t>11.15</t>
+  </si>
+  <si>
+    <t>Etang De Leucate Etang Du Paurel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.15</t>
+  </si>
+  <si>
+    <t>11.15.02</t>
+  </si>
+  <si>
+    <t>Ruisseau De L'arena Et Ruisseau Des Estacades</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.15.02</t>
+  </si>
+  <si>
+    <t>11.15.03</t>
+  </si>
+  <si>
+    <t>Station D'epuration Fitou</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.15.03</t>
+  </si>
+  <si>
+    <t>11.15.04</t>
+  </si>
+  <si>
+    <t>Ruisseau Du Pla</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.15.04</t>
+  </si>
+  <si>
+    <t>11.15.05</t>
+  </si>
+  <si>
+    <t>Ruisseau Canaveire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.15.05</t>
+  </si>
+  <si>
+    <t>11.16</t>
+  </si>
+  <si>
+    <t>Etang De Leucate Anse De Leucate</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.16</t>
+  </si>
+  <si>
+    <t>11.16.02</t>
+  </si>
+  <si>
+    <t>Station D'epuration De Leucate</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.16.02</t>
+  </si>
+  <si>
+    <t>11.18</t>
+  </si>
+  <si>
+    <t>Etang De Leucate</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.18</t>
+  </si>
+  <si>
+    <t>11.19</t>
+  </si>
+  <si>
+    <t>Port Leucate Avant Port</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.19</t>
+  </si>
+  <si>
+    <t>levée d’interdiction temporaire de la pêche, du ramassage, du transport, de la purification, de l’expédition, du stockage, de la distribution, de la commercialisation et de la mise à la consommation humaine des coquillages du groupe 2 (exemple : palourdes …) en provenance de la zone 11-19 « Port de Leucate - avant-port »</t>
+  </si>
+  <si>
+    <t>AP-DDTM-SML-2026-016-001</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-ddtm-sml-2026-016-001-696a4c9fd4f59636894776.pdf</t>
+  </si>
+  <si>
+    <t>11.19bis</t>
+  </si>
+  <si>
+    <t>Port Leucate Les Darses</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.19bis</t>
+  </si>
+  <si>
+    <t>11.20</t>
+  </si>
+  <si>
+    <t>Bande Littorale Nord De Port La Nouvelle</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.20</t>
+  </si>
+  <si>
+    <t>AP-DDTM-SML-2023-047-001</t>
+  </si>
+  <si>
+    <t>16/02/2023</t>
+  </si>
+  <si>
+    <t>Arrêté abrogeant du 2023-02-16</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-ddtm-sml-2023-047-001-692d5a17b28dd689809517.pdf</t>
+  </si>
+  <si>
+    <t>11.20.02</t>
+  </si>
+  <si>
+    <t>Etang Des Exal</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.20.02</t>
+  </si>
+  <si>
+    <t>11.20.03</t>
+  </si>
+  <si>
+    <t>Port De St Pierre-sur-mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.20.03</t>
+  </si>
+  <si>
+    <t>11.21</t>
+  </si>
+  <si>
+    <t>Bande Littorale De Port La Nouvelle Au Grau De La Franqui</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.21</t>
+  </si>
+  <si>
+    <t>250404-OUVERTURE-TELLINES-11-21</t>
+  </si>
+  <si>
+    <t>04/04/2025</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 07/02/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/250404-ouverture-tellines-11-21-692d5bdf74af8208187726.pdf</t>
+  </si>
+  <si>
+    <t>11.22</t>
+  </si>
+  <si>
+    <t>Bande Littorale Grau De La Franqui</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.22</t>
+  </si>
+  <si>
+    <t>11.23</t>
+  </si>
+  <si>
+    <t>Bande Littorale Du Grau De La Franqui Au Cap Leucate</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.23</t>
+  </si>
+  <si>
+    <t>11.23.02</t>
+  </si>
+  <si>
+    <t>Le Rieu</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.23.02</t>
+  </si>
+  <si>
+    <t>11.23.03</t>
+  </si>
+  <si>
+    <t>Etang De La Palme</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.23.03</t>
+  </si>
+  <si>
+    <t>11.23.04</t>
+  </si>
+  <si>
+    <t>Ruisseau Du Moulas Et Ruisseau Des Vignes</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.23.04</t>
+  </si>
+  <si>
+    <t>11.23.05</t>
+  </si>
+  <si>
+    <t>Station D'epuration De La Palme</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.23.05</t>
+  </si>
+  <si>
+    <t>11.24</t>
+  </si>
+  <si>
+    <t>Bande Littorale Du Cap Leucate A La Limite Du Departement</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.24</t>
+  </si>
+  <si>
+    <t>2018331-0001</t>
+  </si>
+  <si>
+    <t>30/11/2018</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2018331-0001-692d5850c9ae3270080605.pdf</t>
+  </si>
+  <si>
+    <t>11.25</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.25</t>
+  </si>
+  <si>
+    <t>11.25bis</t>
+  </si>
+  <si>
+    <t>11.25 Bis</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.25bis</t>
+  </si>
+  <si>
+    <t>13.01</t>
+  </si>
+  <si>
+    <t>Golfe Des Stes Maries De La Mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.01</t>
+  </si>
+  <si>
+    <t>1_AP_levee_Interdiction_Peche_type_vsigne</t>
+  </si>
+  <si>
+    <t>04/10/2023</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 05/10/2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/1-/1-ap-levee-interdiction-peche-type-vsigne-692d5aa558ecb295005249.pdf</t>
+  </si>
+  <si>
+    <t>13.03</t>
+  </si>
+  <si>
+    <t>Zone 13-03</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.03</t>
+  </si>
+  <si>
+    <t>13.04</t>
+  </si>
+  <si>
+    <t>Pompage De Beauduc-grand Rhone</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.04</t>
+  </si>
+  <si>
+    <t>AP_levée_interdiction_Courbe_20190912</t>
+  </si>
+  <si>
+    <t>12/09/2019</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-levee-interdiction-courbe-20190912-692d588624292735017179.pdf</t>
+  </si>
+  <si>
+    <t>13.05</t>
+  </si>
+  <si>
+    <t>They De La Gracieuse</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.05</t>
+  </si>
+  <si>
+    <t>13.06</t>
+  </si>
+  <si>
+    <t>Golfe De Fos</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.06</t>
+  </si>
+  <si>
+    <t>13.06.01</t>
+  </si>
+  <si>
+    <t>Anse De Carteau Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.06.01</t>
+  </si>
+  <si>
+    <t>GP2</t>
+  </si>
+  <si>
+    <t>20231228_AP_ Levee_Interdiction_Peche_carteau</t>
+  </si>
+  <si>
+    <t>28/12/2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/20231228-ap-levee-interdiction-peche-carteau-692d5ae68c2b5652692514.pdf</t>
+  </si>
+  <si>
+    <t>13.06.02</t>
+  </si>
+  <si>
+    <t>Anse De Carteau Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.06.02</t>
+  </si>
+  <si>
+    <t>13.07</t>
+  </si>
+  <si>
+    <t>Cote Bleue A Baie De La Ciotat</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.07</t>
+  </si>
+  <si>
+    <t>13.07.01</t>
+  </si>
+  <si>
+    <t>Grand Port Maritime De Marseille</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.07.01</t>
+  </si>
+  <si>
+    <t>13.07.02</t>
+  </si>
+  <si>
+    <t>Zone 13-07.02</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.07.02</t>
+  </si>
+  <si>
+    <t>13.07.03</t>
+  </si>
+  <si>
+    <t>Rejet Station D'epuration De Carry-sausset</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.07.03</t>
+  </si>
+  <si>
+    <t>13.07.04</t>
+  </si>
+  <si>
+    <t>Rejet De Cortiou</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.07.04</t>
+  </si>
+  <si>
+    <t>13.07.05</t>
+  </si>
+  <si>
+    <t>Rejet Station D'epuration De Cassis</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.07.05</t>
+  </si>
+  <si>
+    <t>13.07.06</t>
+  </si>
+  <si>
+    <t>Rejet Station D'epuration De La Ciotat</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.07.06</t>
+  </si>
+  <si>
+    <t>13.08</t>
+  </si>
+  <si>
+    <t>Etang De Berre</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.08</t>
+  </si>
+  <si>
+    <t>Arrêté interdisant la commercialisation des coquillages récoltés entre le 29/12/2025 et le 31/12/2025. L'arrêté n'interdit pas la récolte car cette dernière est déjà interdite sur cette zone entre le 1er janvier et le 28 février 2026.</t>
+  </si>
+  <si>
+    <t>20260102_AP_Interdiction_type_REPHY_commercialisation Vs</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/20260102-ap-interdiction-type-rephy-commercialisation-vs-695d20e4bc220725451654.pdf</t>
+  </si>
+  <si>
+    <t>13.08.01</t>
+  </si>
+  <si>
+    <t>Cordon Du Jaï</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.08.01</t>
+  </si>
+  <si>
+    <t>13.09</t>
+  </si>
+  <si>
+    <t>Côte Bleue</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.09</t>
+  </si>
+  <si>
+    <t>13.10</t>
+  </si>
+  <si>
+    <t>Iles De Marseille</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.10</t>
+  </si>
+  <si>
+    <t>13.11</t>
+  </si>
+  <si>
+    <t>Cap Morgiou à Baie De La Ciotat</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.11</t>
+  </si>
+  <si>
+    <t>14.010</t>
+  </si>
+  <si>
+    <t>Zone Portuaire De Honfleur</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.010</t>
+  </si>
+  <si>
+    <t>14.020</t>
+  </si>
+  <si>
+    <t>De L'estuaire De Seine A Trouville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.020</t>
+  </si>
+  <si>
+    <t>14.021</t>
+  </si>
+  <si>
+    <t>Estuaire De La Touques Et Zone Portuaire De Deauville Et Trouville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.021</t>
+  </si>
+  <si>
+    <t>14.030</t>
+  </si>
+  <si>
+    <t>Estuaire De La Dives Et Zone Portuaire De Dives-cabourg-houlgate</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.030</t>
+  </si>
+  <si>
+    <t>14.031</t>
+  </si>
+  <si>
+    <t>De L'estuaire De La Dives A Merville-franceville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.031</t>
+  </si>
+  <si>
+    <t>2020-12-07_AP_19-2020-abrogation_AP_22-10-2019</t>
+  </si>
+  <si>
+    <t>07/12/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2020-12-07-ap-19-2020-abrogation-ap-22-10-2019-692d58d67ff90912544907.pdf</t>
+  </si>
+  <si>
+    <t>14.032</t>
+  </si>
+  <si>
+    <t>Merville-franceville Ouest</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.032</t>
+  </si>
+  <si>
+    <t>14.040</t>
+  </si>
+  <si>
+    <t>Estuaire De L'orne</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.040</t>
+  </si>
+  <si>
+    <t>14.041</t>
+  </si>
+  <si>
+    <t>Pointe Du Siege A Ouistreham</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.041</t>
+  </si>
+  <si>
+    <t>Alerte microbiologique</t>
+  </si>
+  <si>
+    <t>20251125-AP fermeture pointe du siege_signé</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>Nouvel arrêté du 25/11/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/20251125-ap-fermeture-pointe-du-siege-signe-692d5c1e87a19373927968.pdf</t>
+  </si>
+  <si>
+    <t>14.045</t>
+  </si>
+  <si>
+    <t>Zone Portuaire De Caen-ouistreham Et Canal De Caen à La Mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.045</t>
+  </si>
+  <si>
+    <t>14.050</t>
+  </si>
+  <si>
+    <t>Ouistreham Et Colleville-montgomery</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.050</t>
+  </si>
+  <si>
+    <t>14.060</t>
+  </si>
+  <si>
+    <t>Les Essarts</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.060</t>
+  </si>
+  <si>
+    <t>AP_2019-09-11-abrog_14-060</t>
+  </si>
+  <si>
+    <t>11/09/2019</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-2019-09-11-abrog-14-060-692d588667821610185839.pdf</t>
+  </si>
+  <si>
+    <t>14.070</t>
+  </si>
+  <si>
+    <t>De Colleville-montgomery à Bernieres Sur Mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.070</t>
+  </si>
+  <si>
+    <t>Groupe 1, Groupe 2, Groupe 3</t>
+  </si>
+  <si>
+    <t>2019-07-12-AP_levee_partielle</t>
+  </si>
+  <si>
+    <t>12/07/2019</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2019-07-12-ap-levee-partielle-692d5879566c5212523740.pdf</t>
+  </si>
+  <si>
+    <t>14.085</t>
+  </si>
+  <si>
+    <t>Estuaire De La Seulles Et Zone Portuaire De Courseulles-sur-mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.085</t>
+  </si>
+  <si>
+    <t>14.090</t>
+  </si>
+  <si>
+    <t>L'epee Et Le Vilain</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.090</t>
+  </si>
+  <si>
+    <t>moules uniquement</t>
+  </si>
+  <si>
+    <t>AP-65-2019-modalités-abroge59-2019</t>
+  </si>
+  <si>
+    <t>17/05/2019</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-65-2019-modalites-abroge59-2019-692d5980a6fd1160155560.pdf</t>
+  </si>
+  <si>
+    <t>14.100</t>
+  </si>
+  <si>
+    <t>Meuvaines Et Ver Sur Mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.100</t>
+  </si>
+  <si>
+    <t>AP4_17-01-2020-fermeture_temp_14-100-PLAN-1_0</t>
+  </si>
+  <si>
+    <t>17/01/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap4-17-01-2020-fermeture-temp-14-100-plan-1-0-692d5899b2306047540637.pdf</t>
+  </si>
+  <si>
+    <t>14.120</t>
+  </si>
+  <si>
+    <t>Port En Bessin Est</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.120</t>
+  </si>
+  <si>
+    <t>14-20080131-1-AP classement sanitaire CONSOLIDE_0</t>
+  </si>
+  <si>
+    <t>31/01/2008</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/14/14-20080131-1-ap-classement-sanitaire-consolide-0-692d57fc36198676036244.pdf</t>
+  </si>
+  <si>
+    <t>14.125</t>
+  </si>
+  <si>
+    <t>Zone Portuaire De Port-en-bessin-huppain</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.125</t>
+  </si>
+  <si>
+    <t>14.130</t>
+  </si>
+  <si>
+    <t>Port En Bessin Ouest</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.130</t>
+  </si>
+  <si>
+    <t>14.140</t>
+  </si>
+  <si>
+    <t>Englesqueville La Percee</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.140</t>
+  </si>
+  <si>
+    <t>14.155</t>
+  </si>
+  <si>
+    <t>Zone Portuaire De Grandcamp-maisy</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.155</t>
+  </si>
+  <si>
+    <t>14.160</t>
+  </si>
+  <si>
+    <t>Grandcamp-maisy Est</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.160</t>
+  </si>
+  <si>
+    <t>Arrêté</t>
+  </si>
+  <si>
+    <t>24/05/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-692d5b2dac01f541435385.pdf</t>
+  </si>
+  <si>
+    <t>14.161</t>
+  </si>
+  <si>
+    <t>Grandcamp-maisy Ouest Et Gefosse-fontenay</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.161</t>
+  </si>
+  <si>
+    <t>14.169</t>
+  </si>
+  <si>
+    <t>Géfosse-fontenay Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.169</t>
+  </si>
+  <si>
+    <t>14.170</t>
+  </si>
+  <si>
+    <t>Gefosse-fontenay Sud (le Wigwam)</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.170</t>
+  </si>
+  <si>
+    <t>14.175</t>
+  </si>
+  <si>
+    <t>Confluence Aure-vire Et Zone Portuaire D'isigny-sur-mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.175</t>
+  </si>
+  <si>
+    <t>17.01</t>
+  </si>
+  <si>
+    <t>Estuaire De La Sevre Niortaise</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.01</t>
+  </si>
+  <si>
+    <t>AP 20_023 18062020</t>
+  </si>
+  <si>
+    <t>18/06/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-20-023-18062020-692d58ba0b942480973153.pdf</t>
+  </si>
+  <si>
+    <t>17.02.01</t>
+  </si>
+  <si>
+    <t>Est Du Pertuis Breton Mytilicole</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.02.01</t>
+  </si>
+  <si>
+    <t>Zone classée B depuis le 1er novembre 2024, conformément à son classement alternatif A/B défini par l'arrêté de classement n°22-074 du 22 décembre 2022</t>
+  </si>
+  <si>
+    <t>AP 24_077 13112024</t>
+  </si>
+  <si>
+    <t>13/11/2024</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 09/10/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-24-077-13112024-692d5b9a833e6940872965.pdf</t>
+  </si>
+  <si>
+    <t>17.02.02</t>
+  </si>
+  <si>
+    <t>Est Du Pertuis Breton Ostreicole</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.02.02</t>
+  </si>
+  <si>
+    <t>17.03</t>
+  </si>
+  <si>
+    <t>Sud Du Pertuis Breton</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.03</t>
+  </si>
+  <si>
+    <t>AP 23_076 20062023</t>
+  </si>
+  <si>
+    <t>20/06/2023</t>
+  </si>
+  <si>
+    <t>Modifie l'arrêté du 6 juin 2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-23-076-20062023-692d5a5baee8a117567071.pdf</t>
+  </si>
+  <si>
+    <t>17.04.01</t>
+  </si>
+  <si>
+    <t>Fier D'ars</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.04.01</t>
+  </si>
+  <si>
+    <t>17.04.02</t>
+  </si>
+  <si>
+    <t>La Moulinatte</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.04.02</t>
+  </si>
+  <si>
+    <t>17.04.03</t>
+  </si>
+  <si>
+    <t>La Flotte</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.04.03</t>
+  </si>
+  <si>
+    <t>17.04.04</t>
+  </si>
+  <si>
+    <t>Rivedoux</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.04.04</t>
+  </si>
+  <si>
+    <t>17.04.05</t>
+  </si>
+  <si>
+    <t>Pointe Du Grouin - La Grande Tonille</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.04.05</t>
+  </si>
+  <si>
+    <t>17.05.01</t>
+  </si>
+  <si>
+    <t>La Martray</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.05.01</t>
+  </si>
+  <si>
+    <t>17.05.02</t>
+  </si>
+  <si>
+    <t>Sainte-marie</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.05.02</t>
+  </si>
+  <si>
+    <t>17.06.01</t>
+  </si>
+  <si>
+    <t>La Pallice</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.06.01</t>
+  </si>
+  <si>
+    <t>17.06.02</t>
+  </si>
+  <si>
+    <t>Baie De La Rochelle</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.06.02</t>
+  </si>
+  <si>
+    <t>17.07</t>
+  </si>
+  <si>
+    <t>Sud Pointe Des Minimes</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.07</t>
+  </si>
+  <si>
+    <t>17.08</t>
+  </si>
+  <si>
+    <t>Ouest Du Pertuis D'antioche</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.08</t>
+  </si>
+  <si>
+    <t>Arrêté abrogeant celui du 6 juin 2023</t>
+  </si>
+  <si>
+    <t>AP 23_079 28062023</t>
+  </si>
+  <si>
+    <t>28/06/2023</t>
+  </si>
+  <si>
+    <t>Arrêté abrogeant du 2023-06-28</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-23-079-28062023-692d5a60c5588285784569.pdf</t>
+  </si>
+  <si>
+    <t>17.09</t>
+  </si>
+  <si>
+    <t>Est Du Pertuis D'antioche</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.09</t>
+  </si>
+  <si>
+    <t>17.09.01</t>
+  </si>
+  <si>
+    <t>Baie D'aytré</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.09.01</t>
+  </si>
+  <si>
+    <t>17.09.02</t>
+  </si>
+  <si>
+    <t>Angoulins-chatelaillon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.09.02</t>
+  </si>
+  <si>
+    <t>17.09.03</t>
+  </si>
+  <si>
+    <t>Baie D'yves - Filières Pertuis Antioche</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.09.03</t>
+  </si>
+  <si>
+    <t>Zone 17.09.03 complètement ouverte (bouchots et filières)</t>
+  </si>
+  <si>
+    <t>AP 23_077 23062023</t>
+  </si>
+  <si>
+    <t>23/06/2023</t>
+  </si>
+  <si>
+    <t>Modifie l'arrêté du 06 juin 2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-23-077-23062023-692d5a5f6a455325012668.pdf</t>
+  </si>
+  <si>
+    <t>17.09.04</t>
+  </si>
+  <si>
+    <t>Fouras</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.09.04</t>
+  </si>
+  <si>
+    <t>17.09.05</t>
+  </si>
+  <si>
+    <t>Ile D'aix</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.09.05</t>
+  </si>
+  <si>
+    <t>Arrêté modifiant celui du 6 juin 2023</t>
+  </si>
+  <si>
+    <t>AP 23_075 14062023</t>
+  </si>
+  <si>
+    <t>14/06/2023</t>
+  </si>
+  <si>
+    <t>Arrêté modifiant du 2023-06-14</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-23-075-14062023-692d5a5607185620835302.pdf</t>
+  </si>
+  <si>
+    <t>17.10</t>
+  </si>
+  <si>
+    <t>Est Du Coureau D'oleron</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.10</t>
+  </si>
+  <si>
+    <t>17.10.01</t>
+  </si>
+  <si>
+    <t>Les Palles</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.10.01</t>
+  </si>
+  <si>
+    <t>AP 23_078 27062023</t>
+  </si>
+  <si>
+    <t>27/06/2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-23-078-27062023-692d5a6068593146714070.pdf</t>
+  </si>
+  <si>
+    <t>17.10.02</t>
+  </si>
+  <si>
+    <t>Estrée</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.10.02</t>
+  </si>
+  <si>
+    <t>17.10.03</t>
+  </si>
+  <si>
+    <t>Mérignac - Lamouroux</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.10.03</t>
+  </si>
+  <si>
+    <t>17.10.04</t>
+  </si>
+  <si>
+    <t>Daire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.10.04</t>
+  </si>
+  <si>
+    <t>17.10.05</t>
+  </si>
+  <si>
+    <t>Bourgeois</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.10.05</t>
+  </si>
+  <si>
+    <t>17.11</t>
+  </si>
+  <si>
+    <t>Ouest Du Coureau D'oleron</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.11</t>
+  </si>
+  <si>
+    <t>17.11.01</t>
+  </si>
+  <si>
+    <t>Côte Nord Est Oléron</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.11.01</t>
+  </si>
+  <si>
+    <t>17.11.02</t>
+  </si>
+  <si>
+    <t>Ors - La Casse</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.11.02</t>
+  </si>
+  <si>
+    <t>17.11.03</t>
+  </si>
+  <si>
+    <t>Saint Trojan</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.11.03</t>
+  </si>
+  <si>
+    <t>17.12.01</t>
+  </si>
+  <si>
+    <t>Seudre Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.12.01</t>
+  </si>
+  <si>
+    <t>AP 22_049 28062022(1)</t>
+  </si>
+  <si>
+    <t>28/06/2022</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 16 juin 2022</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-22-049-28062022-1-692d59b416a9d069401741.pdf</t>
+  </si>
+  <si>
+    <t>17.12.02</t>
+  </si>
+  <si>
+    <t>Seudre Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.12.02</t>
+  </si>
+  <si>
+    <t>17.13</t>
+  </si>
+  <si>
+    <t>Ronce Les Bains</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.13</t>
+  </si>
+  <si>
+    <t>Levée des mesures d'interdiction</t>
+  </si>
+  <si>
+    <t>AP 21_037 01072021</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-21-037-01072021-692d5925d9f8a218446317.pdf</t>
+  </si>
+  <si>
+    <t>17.14</t>
+  </si>
+  <si>
+    <t>Nord De L'estuaire De La Gironde</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.14</t>
+  </si>
+  <si>
+    <t>17.42</t>
+  </si>
+  <si>
+    <t>Fiers D'ars</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.42</t>
+  </si>
+  <si>
+    <t>17.43</t>
+  </si>
+  <si>
+    <t>Baie De Bellevue</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.43</t>
+  </si>
+  <si>
+    <t>17.45</t>
+  </si>
+  <si>
+    <t>Grand Plage Vert Bois - La Giraudiere</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.45</t>
+  </si>
+  <si>
+    <t>Arrêté préfectoral n° 21-057 abrogeant l'arrêté préfectoral n° 20-043 du 23 avril 2020 portant sur l'exploitation et la surveillance sanitaire du gisement de tellines de la zone « à éclipse» 17.45 « Vert Bois - La Giraudière »</t>
+  </si>
+  <si>
+    <t xml:space="preserve">mollusques bivalves du groupe 2 (coquillages fouisseurs dont les tellines) </t>
+  </si>
+  <si>
+    <t>AP 21_057 04112021</t>
+  </si>
+  <si>
+    <t>04/11/2021</t>
+  </si>
+  <si>
+    <t>Arrêté préfectoral n° 21-057 abrogeant l'arrêté préfectoral n° 20-043 du 23 avril 2020 portant sur l'exploitation et la _x000A_surveillance sanitaire du gisement de tellines de la zone « à éclipse» 17.45 « Vert Bois - La Giraud</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-21-057-04112021-692d5979a1af5606677308.pdf</t>
+  </si>
+  <si>
+    <t>17.46</t>
+  </si>
+  <si>
+    <t>Cote Sauvage</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.46</t>
+  </si>
+  <si>
+    <t>AP n° 19-00010_260219_tellines</t>
+  </si>
+  <si>
+    <t>26/02/2019</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-n-19-00010-260219-tellines-692d58598579f747891648.pdf</t>
+  </si>
+  <si>
+    <t>17.47</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.47</t>
+  </si>
+  <si>
+    <t>17.48</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.48</t>
+  </si>
+  <si>
+    <t>17.49</t>
+  </si>
+  <si>
+    <t>Bonne Anse</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.49</t>
+  </si>
+  <si>
+    <t>17.50</t>
+  </si>
+  <si>
+    <t>Ade-menson</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.50</t>
+  </si>
+  <si>
+    <t>AP 20_042</t>
+  </si>
+  <si>
+    <t>29/09/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-20-042-692d58c6e2694451272655.pdf</t>
+  </si>
+  <si>
+    <t>17.51</t>
+  </si>
+  <si>
+    <t>Bourgeois - Barat</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.51</t>
+  </si>
+  <si>
+    <t>17.52</t>
+  </si>
+  <si>
+    <t>Ronce - Perquis</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.52</t>
+  </si>
+  <si>
+    <t>AP 17-2624 DU 22 DEC 2017</t>
+  </si>
+  <si>
+    <t>22/12/2017</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-17-2624-du-22-dec-2017-692d5811a4019710837969.pdf</t>
+  </si>
+  <si>
+    <t>17.53</t>
+  </si>
+  <si>
+    <t>Daire-mérignac</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.53</t>
+  </si>
+  <si>
+    <t>17.54</t>
+  </si>
+  <si>
+    <t>Les Lests-mergignan</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.54</t>
+  </si>
+  <si>
+    <t>17.55</t>
+  </si>
+  <si>
+    <t>Ors - Padane</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.55</t>
+  </si>
+  <si>
+    <t>17.C.01</t>
+  </si>
+  <si>
+    <t>Est Ile De Ré</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.01</t>
+  </si>
+  <si>
+    <t>17.C.02</t>
+  </si>
+  <si>
+    <t>Esnandes</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.02</t>
+  </si>
+  <si>
+    <t>17.C.03</t>
+  </si>
+  <si>
+    <t>Nieul Sur Mer - Marais De Lauzières</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.03</t>
+  </si>
+  <si>
+    <t>17.C.04</t>
+  </si>
+  <si>
+    <t>Angoulins - Marais Du Chay</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.04</t>
+  </si>
+  <si>
+    <t>17.C.05</t>
+  </si>
+  <si>
+    <t>Aytré - Maris De Godechaud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.05</t>
+  </si>
+  <si>
+    <t>17.C.06</t>
+  </si>
+  <si>
+    <t>Yves - Les Boucholeurs</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.06</t>
+  </si>
+  <si>
+    <t>17.C.07</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.07</t>
+  </si>
+  <si>
+    <t>17.C.08</t>
+  </si>
+  <si>
+    <t>Port Des Barques - Montportail</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.08</t>
+  </si>
+  <si>
+    <t>AP 24_054 24102024</t>
+  </si>
+  <si>
+    <t>24/10/2024</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 11/10/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-24-054-24102024-692d5b90451fd275470320.pdf</t>
+  </si>
+  <si>
+    <t>17.C.09</t>
+  </si>
+  <si>
+    <t>Brouage</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.09</t>
+  </si>
+  <si>
+    <t>17.C.10</t>
+  </si>
+  <si>
+    <t>Bourcefranc - Mérignac</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.10</t>
+  </si>
+  <si>
+    <t>17.C.11</t>
+  </si>
+  <si>
+    <t>Bourcefranc Nord - Daire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.11</t>
+  </si>
+  <si>
+    <t>AP 19 050 26112019</t>
+  </si>
+  <si>
+    <t>26/11/2019</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-19-050-26112019-692d588db361f849015605.pdf</t>
+  </si>
+  <si>
+    <t>17.C.12</t>
+  </si>
+  <si>
+    <t>Marennes - Les Faulx</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.12</t>
+  </si>
+  <si>
+    <t>17.C.13</t>
+  </si>
+  <si>
+    <t>Marennes - Lindron</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.13</t>
+  </si>
+  <si>
+    <t>Cette zone classée A pour les fouisseurs a été temporairement déclassée B par l'AP 23-094 du 13/11/2023._x000A_Elle a depuis fait l'objet d'un reclassement sanitaire pérenne B pour les fouisseurs par l'AP 24-128 du 18/12/2024. _x000A_Elle n'est donc plus sous statut d'alerte, mais classée B pour les coquillages du groupe II.</t>
+  </si>
+  <si>
+    <t>AP 24_128 18122024_0_0</t>
+  </si>
+  <si>
+    <t>18/12/2024</t>
+  </si>
+  <si>
+    <t>Nouvel arrêté du 18/12/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-24-128-18122024-0-0-692d5c0ba5531545300846.pdf</t>
+  </si>
+  <si>
+    <t>17.C.14</t>
+  </si>
+  <si>
+    <t>Luzac</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.14</t>
+  </si>
+  <si>
+    <t>17.C.15</t>
+  </si>
+  <si>
+    <t>Marais De Nieulle Sur Seudre</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.15</t>
+  </si>
+  <si>
+    <t>AP 22_068 22112022_0</t>
+  </si>
+  <si>
+    <t>22/11/2022</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté n° 22-065 du 8 novembre 2022</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-22-068-22112022-0-692d59e73957b983960537.pdf</t>
+  </si>
+  <si>
+    <t>17.C.16</t>
+  </si>
+  <si>
+    <t>Seudre-amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.16</t>
+  </si>
+  <si>
+    <t>Arrêté préfectoral n° 22-05 abrogeant l'arrêté préfectoral n° 22-052 du 13 juillet 2022 et levant les mesures de restriction temporaire concernant la pêche maritime professionnelle, la commercialisation et la mise à la consommation humaine de coquillages bivalves non fouisseurs liées à une contamination microbiologique sur des huîtres en Charente-Maritime, dans le secteur des claires de « Seudre Amont » (zone 17C16).</t>
+  </si>
+  <si>
+    <t>Groupe 3 : coquillages bivalves non fouisseurs</t>
+  </si>
+  <si>
+    <t>AP_levée_ 22_054_27072022</t>
+  </si>
+  <si>
+    <t>27/07/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">_x000A_Arrêté préfectoral n° 22-054 abrogeant l'arrêté préfectoral n° 22-052 du 13 juillet 2022 et levant les mesures de restriction temporaire concernant la pêche maritime professionnelle, la commercialisation et la mise à la consommation humaine de coquillages bivalves non fouisseurs liées à une contamination microbiologique sur des huîtres en Charente-Maritime, dans le secteur des claires de « Seudre Amont » (zone 17C16). </t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-levee-22-054-27072022-692d59b97be9d761763744.pdf</t>
+  </si>
+  <si>
+    <t>17.C.17</t>
+  </si>
+  <si>
+    <t>Mornac</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Abrogeant l'arrêté préfectoral n° 22-057 du 12 août 2022 et levant les mesures de restriction temporaire concernant la pêche maritime professionnelle, la commercialisation et la mise à la consommation humaine de coquillages bivalves non fouisseurs liées à une contamination microbiologique sur des huîtres en Charente-Maritime, dans le secteur des claires de« Mornac» (zone 17C17) . </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Groupe 3 </t>
+  </si>
+  <si>
+    <t>AP_22_058_250822</t>
+  </si>
+  <si>
+    <t>26/08/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arrêté du n° 22-058_x000A_Abrogeant l'arrêté préfectoral n° 22-057 du 12 août 2022 et levant les mesures de restriction temporaire concernant la pêche maritime professionnelle, la commercialisation et la mise à la consommation humaine de coquillages bivalves non fouisseurs liées à une contamination microbiologique sur des huîtres en Charente-Maritime, dans le secteur des claires de« Mornac» (zone 17C17) _x000A__x000A_L'arrêté n° 22-057 du 12 août 2022 sus-visé est abrogé. </t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-22-058-250822-692d59c0d5a71411732748.pdf</t>
+  </si>
+  <si>
+    <t>17.C.18</t>
+  </si>
+  <si>
+    <t>Chaillevette</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.18</t>
+  </si>
+  <si>
+    <t>AP_20_.001_du_ 07_01_2020_0</t>
+  </si>
+  <si>
+    <t>15/01/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-20-001-du-07-01-2020-0-692d589857fd8093534682.pdf</t>
+  </si>
+  <si>
+    <t>17.C.19</t>
+  </si>
+  <si>
+    <t>Etaules</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.19</t>
+  </si>
+  <si>
+    <t>17.C.20</t>
+  </si>
+  <si>
+    <t>Coux</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.20</t>
+  </si>
+  <si>
+    <t>17.C.21</t>
+  </si>
+  <si>
+    <t>La Tremblade - Nord Route Neuve</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.21</t>
+  </si>
+  <si>
+    <t>17.C.22</t>
+  </si>
+  <si>
+    <t>Grand Village</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.22</t>
+  </si>
+  <si>
+    <t>17.C.23</t>
+  </si>
+  <si>
+    <t>Oléron - Chenal Oulme</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.23</t>
+  </si>
+  <si>
+    <t>17.C.24</t>
+  </si>
+  <si>
+    <t>Oléron - Chenal De L'etier Neuf</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.24</t>
+  </si>
+  <si>
+    <t>17.C.25</t>
+  </si>
+  <si>
+    <t>Oléron - Chenal De La Brande</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.25</t>
+  </si>
+  <si>
+    <t>AP 20_003 10012020</t>
+  </si>
+  <si>
+    <t>10/01/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-20-003-10012020-692d5896a3e33586131435.pdf</t>
+  </si>
+  <si>
+    <t>17.C.26</t>
+  </si>
+  <si>
+    <t>Oléron - Chenal De La Beaudissière</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.26</t>
+  </si>
+  <si>
+    <t>17.C.27</t>
+  </si>
+  <si>
+    <t>Oléron - Chenal D'arceau</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.27</t>
+  </si>
+  <si>
+    <t>17.C.28</t>
+  </si>
+  <si>
+    <t>Ile Madame</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.28</t>
+  </si>
+  <si>
+    <t>Levée des mesures de restriction sur les huîtres dans le secteur des claires de l'Ile Madame"</t>
+  </si>
+  <si>
+    <t>Huitres - Groupe 3</t>
+  </si>
+  <si>
+    <t>AP 21_060 16112021</t>
+  </si>
+  <si>
+    <t>16/11/2021</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-21-060-16112021-692d5951327bc578878958.pdf</t>
+  </si>
+  <si>
+    <t>17.C.29</t>
+  </si>
+  <si>
+    <t>Pointe De Grouin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.29</t>
+  </si>
+  <si>
+    <t>La Garenne</t>
+  </si>
+  <si>
+    <t>17.C.30</t>
+  </si>
+  <si>
+    <t>Ouest Ile De Ré</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.30</t>
+  </si>
+  <si>
+    <t>17.C.31</t>
+  </si>
+  <si>
+    <t>Bourcefranc Sud - Marécareuil - Sinche</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.31</t>
+  </si>
+  <si>
+    <t>AP 23_098 21112023</t>
+  </si>
+  <si>
+    <t>21/11/2023</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 26/10/2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-23-098-21112023-692d5ad2c00cf872798187.pdf</t>
+  </si>
+  <si>
+    <t>17.C.32</t>
+  </si>
+  <si>
+    <t>Oléron - Chenal De La Perrotine</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.32</t>
+  </si>
+  <si>
+    <t>17.C.33</t>
+  </si>
+  <si>
+    <t>La Tremblade - Sud Route Neuve</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.33</t>
+  </si>
+  <si>
+    <t>17.F.01</t>
+  </si>
+  <si>
+    <t>Ouest Ile De Re</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.01</t>
+  </si>
+  <si>
+    <t>17.F.02</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.02</t>
+  </si>
+  <si>
+    <t>17.F.03</t>
+  </si>
+  <si>
+    <t>Marais De Lauzieres</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.03</t>
+  </si>
+  <si>
+    <t>17.F.04</t>
+  </si>
+  <si>
+    <t>Marais Du Chay</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.04</t>
+  </si>
+  <si>
+    <t>17.F.05</t>
+  </si>
+  <si>
+    <t>Marais De Godechaud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.05</t>
+  </si>
+  <si>
+    <t>17.F.06</t>
+  </si>
+  <si>
+    <t>Yves</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.06</t>
+  </si>
+  <si>
+    <t>17.F.07</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.07</t>
+  </si>
+  <si>
+    <t>Arrêté modifiant celui du 6/06/23</t>
+  </si>
+  <si>
+    <t>17.F.08</t>
+  </si>
+  <si>
+    <t>Montportail</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.08</t>
+  </si>
+  <si>
+    <t>17.F.08.01</t>
+  </si>
+  <si>
+    <t>Ile Madame / La Garenne</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.08.01</t>
+  </si>
+  <si>
+    <t>17.F.09</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.09</t>
+  </si>
+  <si>
+    <t>17.F.10</t>
+  </si>
+  <si>
+    <t>Merignac</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.10</t>
+  </si>
+  <si>
+    <t>17.F.11</t>
+  </si>
+  <si>
+    <t>Bourcefranc</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.11</t>
+  </si>
+  <si>
+    <t>17.F.12</t>
+  </si>
+  <si>
+    <t>Les Faulx</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.12</t>
+  </si>
+  <si>
+    <t>17.F.13</t>
+  </si>
+  <si>
+    <t>Lindron</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.13</t>
+  </si>
+  <si>
+    <t>17.F.14</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.14</t>
+  </si>
+  <si>
+    <t>17.F.15</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.15</t>
+  </si>
+  <si>
+    <t>17.F.16</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.16</t>
+  </si>
+  <si>
+    <t>17.F.17</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.17</t>
+  </si>
+  <si>
+    <t>17.F.18</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.18</t>
+  </si>
+  <si>
+    <t>17.F.19</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.19</t>
+  </si>
+  <si>
+    <t>17.F.20</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.20</t>
+  </si>
+  <si>
+    <t>17.F.21</t>
+  </si>
+  <si>
+    <t>Route Neuve</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.21</t>
+  </si>
+  <si>
+    <t>17.F.22</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.22</t>
+  </si>
+  <si>
+    <t>17.F.23</t>
+  </si>
+  <si>
+    <t>Oulme</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.23</t>
+  </si>
+  <si>
+    <t>17.F.24</t>
+  </si>
+  <si>
+    <t>Etier Neuf</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.24</t>
+  </si>
+  <si>
+    <t>17.F.25</t>
+  </si>
+  <si>
+    <t>La Brande</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.25</t>
+  </si>
+  <si>
+    <t>17.F.26</t>
+  </si>
+  <si>
+    <t>La Beaudissiere</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.26</t>
+  </si>
+  <si>
+    <t>17.F.27</t>
+  </si>
+  <si>
+    <t>Nord Oleron</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.27</t>
+  </si>
+  <si>
+    <t>17P01</t>
+  </si>
+  <si>
+    <t>Ile De Re Pointe Du Grouin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17P01</t>
+  </si>
+  <si>
+    <t>17P02</t>
+  </si>
+  <si>
+    <t>Ile De Ré Ouest Loix En Ré</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17P02</t>
+  </si>
+  <si>
+    <t>17P12</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17P12</t>
+  </si>
+  <si>
+    <t>17P13</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17P13</t>
+  </si>
+  <si>
+    <t>17P14</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17P14</t>
+  </si>
+  <si>
+    <t>17P15</t>
+  </si>
+  <si>
+    <t>Marais De Nieulles / Seudre</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17P15</t>
+  </si>
+  <si>
+    <t>17P17</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17P17</t>
+  </si>
+  <si>
+    <t>17P19</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17P19</t>
+  </si>
+  <si>
+    <t>17P23</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17P23</t>
+  </si>
+  <si>
+    <t>17P27</t>
+  </si>
+  <si>
+    <t>Nord Ile D'oléron</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17P27</t>
+  </si>
+  <si>
+    <t>22.00.00</t>
+  </si>
+  <si>
+    <t>Eaux Territoriales</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.00.00</t>
+  </si>
+  <si>
+    <t>Tous coquillages sauf huîtres</t>
+  </si>
+  <si>
+    <t>2022-10-21_ArreteFermetureRephytoxBaieLannion_signe-1</t>
+  </si>
+  <si>
+    <t>21/10/2022</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2022-10-21-arretefermeturerephytoxbaielannion-signe-1-692d59d41aab4563430371.pdf</t>
+  </si>
+  <si>
+    <t>22.01.10</t>
+  </si>
+  <si>
+    <t>Baie De Lancieux</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.01.10</t>
+  </si>
+  <si>
+    <t>22.01.20</t>
+  </si>
+  <si>
+    <t>Baie De L'arguenon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.01.20</t>
+  </si>
+  <si>
+    <t>2010_10_27_AP_levee sanitaire ARGUENON</t>
+  </si>
+  <si>
+    <t>27/10/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2010-10-27-ap-levee-sanitaire-arguenon-692d58c9e5112687585508.pdf</t>
+  </si>
+  <si>
+    <t>22.01.30</t>
+  </si>
+  <si>
+    <t>Partie Maritime De L'arguenon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.01.30</t>
+  </si>
+  <si>
+    <t>22.02.10</t>
+  </si>
+  <si>
+    <t>Baie De La Fresnaie</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.02.10</t>
+  </si>
+  <si>
+    <t>2021_04_30_Arrete_levee_des_mesures_baie_Fresnaie</t>
+  </si>
+  <si>
+    <t>30/04/2021</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 15 avril 2021.</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2021-04-30-arrete-levee-des-mesures-baie-fresnaie-692d590911834879606889.pdf</t>
+  </si>
+  <si>
+    <t>22.02.11</t>
+  </si>
+  <si>
+    <t>Baie De La Fresnaie - Partie Est</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.02.11</t>
+  </si>
+  <si>
+    <t>2010_10_27_AP_levee sanitaire LA FRESNAYE</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2010-10-27-ap-levee-sanitaire-la-fresnaye-692d58ca1c1fa734329614.pdf</t>
+  </si>
+  <si>
+    <t>22.02.12</t>
+  </si>
+  <si>
+    <t>Baie De La Fresnaie - Partie Ouest</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.02.12</t>
+  </si>
+  <si>
+    <t>22.02.15</t>
+  </si>
+  <si>
+    <t>Le Frémur</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.02.15</t>
+  </si>
+  <si>
+    <t>22.02.20</t>
+  </si>
+  <si>
+    <t>Pleherel - Plurien - Erquy</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.02.20</t>
+  </si>
+  <si>
+    <t>22.02.30</t>
+  </si>
+  <si>
+    <t>Caroual</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.02.30</t>
+  </si>
+  <si>
+    <t>22.03.09</t>
+  </si>
+  <si>
+    <t>Port De Dahouët</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.09</t>
+  </si>
+  <si>
+    <t>22.03.10</t>
+  </si>
+  <si>
+    <t>Dahouet</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.10</t>
+  </si>
+  <si>
+    <t>22.03.21</t>
+  </si>
+  <si>
+    <t>La Cotentin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arrêté portant levée des mesures de restriction pour la mise sur le marché en vue de la consommation humaine des bivalves non fouisseurs du groupe 3 en provenance de la zone dite« La Cotentin» à Planguenoual -LAMBALLE-ARMOR (zone 22.03.21 du classement REMI) </t>
+  </si>
+  <si>
+    <t>2022-02-09-Arrete levee sanitaire La Cotentin-1_0</t>
+  </si>
+  <si>
+    <t>09/02/2022</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2022-02-09-arrete-levee-sanitaire-la-cotentin-1-0-692d597501960422247306.pdf</t>
+  </si>
+  <si>
+    <t>22.03.22</t>
+  </si>
+  <si>
+    <t>Baie De Morieux, Hillion</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.22</t>
+  </si>
+  <si>
+    <t>22.03.23</t>
+  </si>
+  <si>
+    <t>Baie D'yffiniac Est</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.23</t>
+  </si>
+  <si>
+    <t>Arrêté-levée- Baie-Yffiniac-Est-signé-avec-carte</t>
+  </si>
+  <si>
+    <t>13/07/2021</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 15 juin 2021</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-levee-baie-yffiniac-est-signe-avec-carte-692d593539564405504602.pdf</t>
+  </si>
+  <si>
+    <t>22.03.24</t>
+  </si>
+  <si>
+    <t>Baie D'yffiniac Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.24</t>
+  </si>
+  <si>
+    <t>22.03.25</t>
+  </si>
+  <si>
+    <t>Le Légué</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.25</t>
+  </si>
+  <si>
+    <t>22.03.30</t>
+  </si>
+  <si>
+    <t>Pordic</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.30</t>
+  </si>
+  <si>
+    <t>22.03.40</t>
+  </si>
+  <si>
+    <t>Binic</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.40</t>
+  </si>
+  <si>
+    <t>22.03.41</t>
+  </si>
+  <si>
+    <t>L'ic</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.41</t>
+  </si>
+  <si>
+    <t>22.04.08</t>
+  </si>
+  <si>
+    <t>Anse De Beauport</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.04.08</t>
+  </si>
+  <si>
+    <t>22.04.09</t>
+  </si>
+  <si>
+    <t>Baie De Poulafret</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.04.09</t>
+  </si>
+  <si>
+    <t>22.04.10</t>
+  </si>
+  <si>
+    <t>Baie De Paimpol</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.04.10</t>
+  </si>
+  <si>
+    <t>22.04.11</t>
+  </si>
+  <si>
+    <t>Baie De Paimpol Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.04.11</t>
+  </si>
+  <si>
+    <t>2018 02 22 ARRETE LEVEE alerte sanitaire baie de PAIMPOL SUD</t>
+  </si>
+  <si>
+    <t>22/02/2018</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2018-02-22-arrete-levee-alerte-sanitaire-baie-de-paimpol-sud-692d581cab762599117993.pdf</t>
+  </si>
+  <si>
+    <t>22.04.12</t>
+  </si>
+  <si>
+    <t>Baie De Paimpol Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.04.12</t>
+  </si>
+  <si>
+    <t>2024-08-23_ArrêtéLevéeAlerte_BaiePaimpolNord</t>
+  </si>
+  <si>
+    <t>23/08/2024</t>
+  </si>
+  <si>
+    <t>Nouvel arrêté du 23/08/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2024-08-23-arreteleveealerte-baiepaimpolnord-692d5b6e91cb8461489115.pdf</t>
+  </si>
+  <si>
+    <t>22.04.13</t>
+  </si>
+  <si>
+    <t>Fond De La Baie De Paimpol</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.04.13</t>
+  </si>
+  <si>
+    <t>22.04.20</t>
+  </si>
+  <si>
+    <t>Baie De Launay</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.04.20</t>
+  </si>
+  <si>
+    <t>22.05.11</t>
+  </si>
+  <si>
+    <t>Le Trieux : Zone Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.05.11</t>
+  </si>
+  <si>
+    <t>Réduction de la zone de fermeture</t>
+  </si>
+  <si>
+    <t>Alerte chimique (Non précisé)</t>
+  </si>
+  <si>
+    <t>2024-04-05_PollutionHC_Loguivy_AP-modificatif</t>
+  </si>
+  <si>
+    <t>05/04/2024</t>
+  </si>
+  <si>
+    <t>Modifie l'arrêté du 14/03/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2024-04-05-pollutionhc-loguivy-ap-modificatif-692d5b1b4b9e6464460496.pdf</t>
+  </si>
+  <si>
+    <t>22.05.12</t>
+  </si>
+  <si>
+    <t>Le Trieux : Zone Intermediaire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.05.12</t>
+  </si>
+  <si>
+    <t>Arrêté préfectorale 25 mai 2020 portant levée de la fermeture saintaire - Zone  Le Trieux - zone intermédiaire</t>
+  </si>
+  <si>
+    <t>25/05/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-prefectorale-25-mai-2020-portant-levee-de-la-fermeture-saintaire-zone-le-trieux-zone-intermediaire-692d58b1124cf308725616.pdf</t>
+  </si>
+  <si>
+    <t>22.05.13</t>
+  </si>
+  <si>
+    <t>Le Trieux : Zone Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.05.13</t>
+  </si>
+  <si>
+    <t>L'arrêté du 19/01/2021 est abrogé</t>
+  </si>
+  <si>
+    <t>2021_03_18_22_Arrete__levee_mesures_Trieux_zone_amont</t>
+  </si>
+  <si>
+    <t>18/03/2021</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2021-03-18-22-arrete-levee-mesures-trieux-zone-amont-692d58f973a42976681330.pdf</t>
+  </si>
+  <si>
+    <t>22.05.14</t>
+  </si>
+  <si>
+    <t>Rivière Du Trieux</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.05.14</t>
+  </si>
+  <si>
+    <t>22.06.10</t>
+  </si>
+  <si>
+    <t>Ilots De Brehat, Loguivy, Lanmodez</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.06.10</t>
+  </si>
+  <si>
+    <t>22.06.11</t>
+  </si>
+  <si>
+    <t>Anse De Gouern</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.06.11</t>
+  </si>
+  <si>
+    <t>20240322_AP interdictionTemporairePeche_Estuaire_Trieux</t>
+  </si>
+  <si>
+    <t>22/03/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/20240322-ap-interdictiontemporairepeche-estuaire-trieux-692d5b128e533714784577.pdf</t>
+  </si>
+  <si>
+    <t>22.06.12</t>
+  </si>
+  <si>
+    <t>Arcouest, Ile De Bréhat Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.06.12</t>
+  </si>
+  <si>
+    <t>22.06.13</t>
+  </si>
+  <si>
+    <t>Lanmodez, Ilôts De Bréhat Ouest</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.06.13</t>
+  </si>
+  <si>
+    <t>22.06.15</t>
+  </si>
+  <si>
+    <t>Anse De Pomelin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.06.15</t>
+  </si>
+  <si>
+    <t>22.06.16</t>
+  </si>
+  <si>
+    <t>Lanmodez</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.06.16</t>
+  </si>
+  <si>
+    <t>22.06.17</t>
+  </si>
+  <si>
+    <t>Ilôts De Bréhat Ouest</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.06.17</t>
+  </si>
+  <si>
+    <t>22.06.20</t>
+  </si>
+  <si>
+    <t>Pleubian</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.06.20</t>
+  </si>
+  <si>
+    <t>22.07.10</t>
+  </si>
+  <si>
+    <t>Partie Maritime Du Jaudy</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.07.10</t>
+  </si>
+  <si>
+    <t>2021 10 22  Baie Lannion Perros Guirec arrete-levee-restrictions</t>
+  </si>
+  <si>
+    <t>22/10/2021</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 1er octobre 2021</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2021-10-22-baie-lannion-perros-guirec-arrete-levee-restrictions-692d5940a2be6708461018.pdf</t>
+  </si>
+  <si>
+    <t>22.07.11</t>
+  </si>
+  <si>
+    <t>Le Jaudy : Zone Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.07.11</t>
+  </si>
+  <si>
+    <t>22.07.12</t>
+  </si>
+  <si>
+    <t>Le Jaudy : Zone Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.07.12</t>
+  </si>
+  <si>
+    <t>22.07.13</t>
+  </si>
+  <si>
+    <t>Baie D'enfer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.07.13</t>
+  </si>
+  <si>
+    <t>22.08.10</t>
+  </si>
+  <si>
+    <t>Pors Scaff</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.08.10</t>
+  </si>
+  <si>
+    <t>22.08.20</t>
+  </si>
+  <si>
+    <t>Gouermel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.08.20</t>
+  </si>
+  <si>
+    <t>22.09.10</t>
+  </si>
+  <si>
+    <t>Landrellec</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.09.10</t>
+  </si>
+  <si>
+    <t>2024 10 03 AP LeveeAlerteBaieLannion</t>
+  </si>
+  <si>
+    <t>03/10/2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Abroge l'arrêté du </t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2024-10-03-ap-leveealertebaielannion-692d5b84addd2411743048.pdf</t>
+  </si>
+  <si>
+    <t>22.10.10</t>
+  </si>
+  <si>
+    <t>Goas Treiz</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.10.10</t>
+  </si>
+  <si>
+    <t>22.11.10</t>
+  </si>
+  <si>
+    <t>Banc Du Guer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.11.10</t>
+  </si>
+  <si>
+    <t>22.11.11</t>
+  </si>
+  <si>
+    <t>Léguer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.11.11</t>
+  </si>
+  <si>
+    <t>22.12.10</t>
+  </si>
+  <si>
+    <t>Baie De Lannion Côtier</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.12.10</t>
+  </si>
+  <si>
+    <t>22.35.01</t>
+  </si>
+  <si>
+    <t>Zone 22-35-01</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.35.01</t>
+  </si>
+  <si>
+    <t>22.35.03</t>
+  </si>
+  <si>
+    <t>La Rance Pleudihen/rance/plouer Plouer Sur Rance</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.35.03</t>
+  </si>
+  <si>
+    <t>22.35.05</t>
+  </si>
+  <si>
+    <t>La Rance</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.35.05</t>
+  </si>
+  <si>
+    <t>2229.00.01</t>
+  </si>
+  <si>
+    <t>Riviere Du Douron</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/2229.00.01</t>
+  </si>
+  <si>
+    <t>2229.00.02</t>
+  </si>
+  <si>
+    <t>Baie De Locquirec-plestin Les Greves</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/2229.00.02</t>
+  </si>
+  <si>
+    <t>241003_AP_29-2024-10-03-00009_REMI_levée_Baie_Locquirec</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 04/09/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/24/241003-ap-29-2024-10-03-00009-remi-levee-baie-locquirec-692d5b8468cc3607833566.pdf</t>
+  </si>
+  <si>
+    <t>2229.00.03</t>
+  </si>
+  <si>
+    <t>Port De Locquirec</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/2229.00.03</t>
+  </si>
+  <si>
+    <t>2235.00.01</t>
+  </si>
+  <si>
+    <t>La Ville Ger</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/2235.00.01</t>
+  </si>
+  <si>
+    <t>Arrêté abrogeant celui du 1er juin 2023</t>
+  </si>
+  <si>
+    <t>ARR_levee_interdiction_Alexandrium_2023_06_16-VF</t>
+  </si>
+  <si>
+    <t>16/06/2023</t>
+  </si>
+  <si>
+    <t>Arrêté abrogeant du 2023-06-16</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arr-levee-interdiction-alexandrium-2023-06-16-vf-692d5a5a71b0e822735283.pdf</t>
+  </si>
+  <si>
+    <t>29.01.010</t>
+  </si>
+  <si>
+    <t>Anse De Terenez</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.01.010</t>
+  </si>
+  <si>
+    <t>Levée d'interdiction</t>
+  </si>
+  <si>
+    <t>210603_AP29-2021-06-03-0000x_ASP_levée_baie_de_morlaix</t>
+  </si>
+  <si>
+    <t>03/06/2021</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/21/210603-ap29-2021-06-03-0000x-asp-levee-baie-de-morlaix-692d59152cd0a091422530.pdf</t>
+  </si>
+  <si>
+    <t>29.01.020</t>
+  </si>
+  <si>
+    <t>Riviere De Morlaix Et Du Dourduff</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.01.020</t>
+  </si>
+  <si>
+    <t>29.01.030</t>
+  </si>
+  <si>
+    <t>Baie De Morlaix Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.01.030</t>
+  </si>
+  <si>
+    <t>G1, G2, G3</t>
+  </si>
+  <si>
+    <t>220505_AP_29-2022-05-05-0000x_NoV_réouverture_baie_Morlaix_amont</t>
+  </si>
+  <si>
+    <t>05/05/2022</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 29 avril 2022</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/22/220505-ap-29-2022-05-05-0000x-nov-reouverture-baie-morlaix-amont-692d598fe3012047863196.pdf</t>
+  </si>
+  <si>
+    <t>29.01.040</t>
+  </si>
+  <si>
+    <t>Baie De Morlaix Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.01.040</t>
+  </si>
+  <si>
+    <t>G2, G3</t>
+  </si>
+  <si>
+    <t>220510_AP_29-2022-05-10-0000x_NoV_réouverture_baie_Morlaix_aval</t>
+  </si>
+  <si>
+    <t>10/05/2022</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/22/220510-ap-29-2022-05-10-0000x-nov-reouverture-baie-morlaix-aval-692d5990dfb3a490382430.pdf</t>
+  </si>
+  <si>
+    <t>29.01.050</t>
+  </si>
+  <si>
+    <t>Baie De Morlaix Large</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.01.050</t>
+  </si>
+  <si>
+    <t>29.01.060</t>
+  </si>
+  <si>
+    <t>Riviere De Penze</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.01.060</t>
+  </si>
+  <si>
+    <t>Groupe 2, Groupe 3</t>
+  </si>
+  <si>
+    <t>231016_AP_29-2023-10-16-0000x_REMI_levée_fermeture_gr_2_PENZE</t>
+  </si>
+  <si>
+    <t>16/10/2023</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 22/09/2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/23/231016-ap-29-2023-10-16-0000x-remi-levee-fermeture-gr-2-penze-692d5aab3e903842440845.pdf</t>
+  </si>
+  <si>
+    <t>29.01.070</t>
+  </si>
+  <si>
+    <t>Ile Callot</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.01.070</t>
+  </si>
+  <si>
+    <t>210603_AP29-2021-06-03-0000x_ASP_levée_penze</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/21/210603-ap29-2021-06-03-0000x-asp-levee-penze-692d5915c399d271361994.pdf</t>
+  </si>
+  <si>
+    <t>29.01.900</t>
+  </si>
+  <si>
+    <t>Baie De Goulven</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.01.900</t>
+  </si>
+  <si>
+    <t>241104_AP_29-2024-11-04-0000x_REMI_levée__baie_Goulven</t>
+  </si>
+  <si>
+    <t>04/11/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/24/241104-ap-29-2024-11-04-0000x-remi-levee-baie-goulven-692d5b9609ddf718111851.pdf</t>
+  </si>
+  <si>
+    <t>29.02.011</t>
+  </si>
+  <si>
+    <t>Riviere De L'aber Wrac'h Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.02.011</t>
+  </si>
+  <si>
+    <t>29.02.012</t>
+  </si>
+  <si>
+    <t>Riviere De L'aber Wrac'h Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.02.012</t>
+  </si>
+  <si>
+    <t>180313_AP2018072-000X_levee_norovirus_Aber_Wrach</t>
+  </si>
+  <si>
+    <t>13/03/2018</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/18/180313-ap2018072-000x-levee-norovirus-aber-wrach-692d581b8fb80720575957.pdf</t>
+  </si>
+  <si>
+    <t>29.02.030</t>
+  </si>
+  <si>
+    <t>Presqu'ile Sainte Marguerite</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.02.030</t>
+  </si>
+  <si>
+    <t>29.02.041</t>
+  </si>
+  <si>
+    <t>Riviere De L'aber Benoit Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.02.041</t>
+  </si>
+  <si>
+    <t>250926_AP_29-2025-09-26-0000x_REMI_Levée_fermeture_Rivière_Aber_Benoit_aval_groupe2</t>
+  </si>
+  <si>
+    <t>26/09/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/250926-ap-29-2025-09-26-0000x-remi-levee-fermeture-riviere-aber-benoit-aval-groupe2-692d5c06756f9178017243.pdf</t>
+  </si>
+  <si>
+    <t>29.02.042</t>
+  </si>
+  <si>
+    <t>Riviere De L'aber Benoit Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.02.042</t>
+  </si>
+  <si>
+    <t>29.02.050</t>
+  </si>
+  <si>
+    <t>Ile Trevors</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.02.050</t>
+  </si>
+  <si>
+    <t>29.02.060</t>
+  </si>
+  <si>
+    <t>Aber Ildut</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.02.060</t>
+  </si>
+  <si>
+    <t>29.03.020</t>
+  </si>
+  <si>
+    <t>Les Blancs Sablons</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.03.020</t>
+  </si>
+  <si>
+    <t>29-20251201090329</t>
+  </si>
+  <si>
+    <t>10/11/2022</t>
+  </si>
+  <si>
+    <t>29.04.010</t>
+  </si>
+  <si>
+    <t>Eaux Profondes Rade De Brest</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.010</t>
+  </si>
+  <si>
+    <t>pectinidés</t>
+  </si>
+  <si>
+    <t>251202_AP_29-2025-12-02-00003_ASP_Levée_pectinidés_Rade_de_Brest</t>
+  </si>
+  <si>
+    <t>02/12/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/251202-ap-29-2025-12-02-00003-asp-levee-pectinides-rade-de-brest-692f060d5ca8d000600449.pdf</t>
+  </si>
+  <si>
+    <t>29.04.020</t>
+  </si>
+  <si>
+    <t>Anses De Camfrout, Kerhuon Et Poul Ar Velin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.020</t>
+  </si>
+  <si>
+    <t>29.04.030</t>
+  </si>
+  <si>
+    <t>Riviere De L'elorn Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.030</t>
+  </si>
+  <si>
+    <t>29.04.041</t>
+  </si>
+  <si>
+    <t>Riviere De L'elorn Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.041</t>
+  </si>
+  <si>
+    <t>250425_AP_29-2025-04-25-0000x_ASP_fermeture_Pectinidés_Rade_de_Brest</t>
+  </si>
+  <si>
+    <t>25/04/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/250425-ap-29-2025-04-25-0000x-asp-fermeture-pectinides-rade-de-brest-692d5bf39f25b985634513.pdf</t>
+  </si>
+  <si>
+    <t>29.04.042</t>
+  </si>
+  <si>
+    <t>Riviere De L'elorn Intermediaire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.042</t>
+  </si>
+  <si>
+    <t>29.04.060</t>
+  </si>
+  <si>
+    <t>Anse Du Moulin Neuf</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.060</t>
+  </si>
+  <si>
+    <t>29.04.070</t>
+  </si>
+  <si>
+    <t>Anse De Penfoul</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.070</t>
+  </si>
+  <si>
+    <t>29.04.080</t>
+  </si>
+  <si>
+    <t>Riviere De Daoulas</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.080</t>
+  </si>
+  <si>
+    <t>29.04.090</t>
+  </si>
+  <si>
+    <t>Anse Saint-jean</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.090</t>
+  </si>
+  <si>
+    <t>29.04.100</t>
+  </si>
+  <si>
+    <t>Riviere De L'hopital Camfrout</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.100</t>
+  </si>
+  <si>
+    <t>29.04.111</t>
+  </si>
+  <si>
+    <t>Anse De Keroulle</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.111</t>
+  </si>
+  <si>
+    <t>29.04.112</t>
+  </si>
+  <si>
+    <t>Riviere Du Faou</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.112</t>
+  </si>
+  <si>
+    <t>29.04.130</t>
+  </si>
+  <si>
+    <t>Riviere De L'aulne Et Sillon Des Anglais</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.130</t>
+  </si>
+  <si>
+    <t>29.04.150</t>
+  </si>
+  <si>
+    <t>Baie De Roscanvel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.150</t>
+  </si>
+  <si>
+    <t>29.05.010</t>
+  </si>
+  <si>
+    <t>Mer D'iroise Et Baie De Douarnenez</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.05.010</t>
+  </si>
+  <si>
+    <t>251030_AP_29-2025-10-30-00003_ASP_fermeture_TC_sauf_pétoncles_amandes_spisules_praires_vernis_Douarnenez_eaux_profondes</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/251030-ap-29-2025-10-30-00003-asp-fermeture-tc-sauf-petoncles-amandes-spisules-praires-vernis-douarnenez-eaux-profondes-692d5c1442e2d105781365.pdf</t>
+  </si>
+  <si>
+    <t>29.05.020</t>
+  </si>
+  <si>
+    <t>Anse De Camaret</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.05.020</t>
+  </si>
+  <si>
+    <t>- à l’intérieur des lignes Pointe du diable (commune de Plouzané) - Ancien fort Robert (commune de Roscanvel) et Pointe du Toulinguet (commune de Camaret/Mer) - Pointe Saint-Mathieu (commune de Plougonvelin).</t>
+  </si>
+  <si>
+    <t>250430_AP_29-2025-04-30-0000x_ASP_fermeture_Pectinidés_Baie_Camaret</t>
+  </si>
+  <si>
+    <t>30/04/2025</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 31/03/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/250430-ap-29-2025-04-30-0000x-asp-fermeture-pectinides-baie-camaret-692d5bf3ea5ef563539792.pdf</t>
+  </si>
+  <si>
+    <t>29.05.030</t>
+  </si>
+  <si>
+    <t>Anses De Pen Hir Et De Dinan</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.05.030</t>
+  </si>
+  <si>
+    <t>251023_AP_29-2025-10-23-0000x_DSP_Levée_Dinan_Kerloch</t>
+  </si>
+  <si>
+    <t>23/10/2025</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 09/10/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/251023-ap-29-2025-10-23-0000x-dsp-levee-dinan-kerloch-692d5c0ebe59c227770413.pdf</t>
+  </si>
+  <si>
+    <t>29.05.040</t>
+  </si>
+  <si>
+    <t>Estran Baie De Douarnenez</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.05.040</t>
+  </si>
+  <si>
+    <t>.</t>
+  </si>
+  <si>
+    <t>Groupe 1, Groupe 2</t>
+  </si>
+  <si>
+    <t>251218_AP_29-2025-12-18-0000x_DSP_levée_Baie_de_Douarnenez_estran</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/251218-ap-29-2025-12-18-0000x-dsp-levee-baie-de-douarnenez-estran-69451afd4d988352733632.pdf</t>
+  </si>
+  <si>
+    <t>29.05.050</t>
+  </si>
+  <si>
+    <t>Estran Ile De Sein</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.05.050</t>
+  </si>
+  <si>
+    <t>29.06.010</t>
+  </si>
+  <si>
+    <t>Riviere Du Goyen</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.06.010</t>
+  </si>
+  <si>
+    <t>251106_AP_29-2025-11-06-00003_DSP_levée_Baie_d'Audierne_estran</t>
+  </si>
+  <si>
+    <t>06/11/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/251106-ap-29-2025-11-06-00003-dsp-levee-baie-d-audierne-estran-692d5c16468d4059326799.pdf</t>
+  </si>
+  <si>
+    <t>29.06.020</t>
+  </si>
+  <si>
+    <t>Baie D'audierne</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.06.020</t>
+  </si>
+  <si>
+    <t>29.07.010</t>
+  </si>
+  <si>
+    <t>Eaux Profondes Guilvinec-benodet</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.07.010</t>
+  </si>
+  <si>
+    <t>251030_AP_29-2025-10-30-00005_DSP_Levée_Pays_Bigouden_Sud</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/251030-ap-29-2025-10-30-00005-dsp-levee-pays-bigouden-sud-692d5c149dc90346336899.pdf</t>
+  </si>
+  <si>
+    <t>29.07.020</t>
+  </si>
+  <si>
+    <t>Toul Ar Ster</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.07.020</t>
+  </si>
+  <si>
+    <t>29.07.030</t>
+  </si>
+  <si>
+    <t>Riviere De Pont L'abbe Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.07.030</t>
+  </si>
+  <si>
+    <t>190711_APxxxx_DSP-levee-Riviere-Pont-L'abbé</t>
+  </si>
+  <si>
+    <t>11/07/2019</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/19/190711-apxxxx-dsp-levee-riviere-pont-l-abbe-692d587bf1c20110465507.pdf</t>
+  </si>
+  <si>
+    <t>29.07.040</t>
+  </si>
+  <si>
+    <t>Riviere De Pont L'abbe Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.07.040</t>
+  </si>
+  <si>
+    <t>250403_AP_29-2025-04-03-0000x_ASP_levée_Rivière_Pont-l'_Abbé</t>
+  </si>
+  <si>
+    <t>03/04/2025</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 02/04/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/250403-ap-29-2025-04-03-0000x-asp-levee-riviere-pont-l-abbe-692d5bdc9cc31187665954.pdf</t>
+  </si>
+  <si>
+    <t>29.07.050</t>
+  </si>
+  <si>
+    <t>Anse Du Pouldon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.07.050</t>
+  </si>
+  <si>
+    <t>Arrêté du 09 janvier 2026 portant levée de l’interdiction temporaire de pêche, ramassage, purification et expédition des coquillages fouisseurs (GROUPE 2) provenant de la zone de production « ANSE DU POULDON » n° 29.07.050</t>
+  </si>
+  <si>
+    <t>Palourdes japonaises</t>
+  </si>
+  <si>
+    <t>260109_AP_29-2026-01-09-0000x_REMI_levée_fermeture_Anse_Pouldon_groupe2</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/26/260109-ap-29-2026-01-09-0000x-remi-levee-fermeture-anse-pouldon-groupe2-696109f26cb63222825105.pdf</t>
+  </si>
+  <si>
+    <t>29.07.061</t>
+  </si>
+  <si>
+    <t>Riviere De L'odet Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.07.061</t>
+  </si>
+  <si>
+    <t>29.07.062</t>
+  </si>
+  <si>
+    <t>Anse De Combrit</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.07.062</t>
+  </si>
+  <si>
+    <t>29.07.070</t>
+  </si>
+  <si>
+    <t>Riviere De L'odet Intermediaire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.07.070</t>
+  </si>
+  <si>
+    <t>251023_AP_29-2025-10-23-0000x_DSP_Levée_Odet_Bénodet</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 17/10/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/251023-ap-29-2025-10-23-0000x-dsp-levee-odet-benodet-692d5c0f0d191141281278.pdf</t>
+  </si>
+  <si>
+    <t>29.07.080</t>
+  </si>
+  <si>
+    <t>Riviere De L'odet Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.07.080</t>
+  </si>
+  <si>
+    <t>29.08.010</t>
+  </si>
+  <si>
+    <t>Baie De La Foret</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.010</t>
+  </si>
+  <si>
+    <t>250613_AP_29-2025-06-13-00005_DSP_Levée_Penfoulic</t>
+  </si>
+  <si>
+    <t>13/06/2025</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 22/05/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/250613-ap-29-2025-06-13-00005-dsp-levee-penfoulic-692d5bfc546d4909320744.pdf</t>
+  </si>
+  <si>
+    <t>29.08.020</t>
+  </si>
+  <si>
+    <t>Rivieres De Penfoulic Et De La Foret</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.020</t>
+  </si>
+  <si>
+    <t>29.08.030</t>
+  </si>
+  <si>
+    <t>Riviere De L'aven Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.030</t>
+  </si>
+  <si>
+    <t>29.08.041</t>
+  </si>
+  <si>
+    <t>Riviere De L'aven Intermediaire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.041</t>
+  </si>
+  <si>
+    <t>250410_AP_29-2025-04-10-00009_ASP_levée_Aven_Belon_Merrien</t>
+  </si>
+  <si>
+    <t>10/04/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/250410-ap-29-2025-04-10-00009-asp-levee-aven-belon-merrien-692d5be350c8b614218113.pdf</t>
+  </si>
+  <si>
+    <t>29.08.042</t>
+  </si>
+  <si>
+    <t>Riviere De L'aven Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.042</t>
+  </si>
+  <si>
+    <t>29.08.050</t>
+  </si>
+  <si>
+    <t>Riviere De Belon Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.050</t>
+  </si>
+  <si>
+    <t>29.08.061</t>
+  </si>
+  <si>
+    <t>Riviere De Belon Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.061</t>
+  </si>
+  <si>
+    <t>29.08.062</t>
+  </si>
+  <si>
+    <t>Riviere De Belon Intermediaire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.062</t>
+  </si>
+  <si>
+    <t>29.08.070</t>
+  </si>
+  <si>
+    <t>Riviere De Merrien Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.070</t>
+  </si>
+  <si>
+    <t>29.08.080</t>
+  </si>
+  <si>
+    <t>Riviere De Merrien Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.080</t>
+  </si>
+  <si>
+    <t>29.08.090</t>
+  </si>
+  <si>
+    <t>Riviere De La Laita Amont (finistere)</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.090</t>
+  </si>
+  <si>
+    <t>29.08.100</t>
+  </si>
+  <si>
+    <t>Riviere De La Laita Aval (finistere)</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.100</t>
+  </si>
+  <si>
+    <t>sauf gastéropodes marins non filtreurs</t>
+  </si>
+  <si>
+    <t>AP2020-XXXX_fermeture_DSP_aven_belon_laita</t>
+  </si>
+  <si>
+    <t>22/05/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap2020-xxxx-fermeture-dsp-aven-belon-laita-692d58b094589930399951.pdf</t>
+  </si>
+  <si>
+    <t>2956.08.090</t>
+  </si>
+  <si>
+    <t>La Laïta Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/2956.08.090</t>
+  </si>
+  <si>
+    <t>2020-07_09_AP_Ouverture_La_Laita</t>
+  </si>
+  <si>
+    <t>09/07/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2020-07-09-ap-ouverture-la-laita-692d58c19b388141918971.pdf</t>
+  </si>
+  <si>
+    <t>2956.08.10</t>
+  </si>
+  <si>
+    <t>Rivière De La Laïta Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/2956.08.10</t>
+  </si>
+  <si>
+    <t>241031_AP_29-2024-10-31-00005_DSP_fermeture_rivière_Laïta</t>
+  </si>
+  <si>
+    <t>31/10/2024</t>
+  </si>
+  <si>
+    <t>Nouvel arrêté du 31/10/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/24/241031-ap-29-2024-10-31-00005-dsp-fermeture-riviere-laita-692d5b94df67a434073978.pdf</t>
+  </si>
+  <si>
+    <t>2956.08.100</t>
+  </si>
+  <si>
+    <t>La Laïta Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/2956.08.100</t>
+  </si>
+  <si>
+    <t>250403_AP_29-2025-04-03-0000x_ASP_levée_Rivière_Laïta</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 19/03/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/250403-ap-29-2025-04-03-0000x-asp-levee-riviere-laita-692d5bdd73481400569850.pdf</t>
+  </si>
+  <si>
+    <t>2956.08.110</t>
+  </si>
+  <si>
+    <t>Anse De Stervilin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/2956.08.110</t>
+  </si>
+  <si>
+    <t>2B.01</t>
+  </si>
+  <si>
+    <t>Etang De Diana</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/2B.01</t>
+  </si>
+  <si>
+    <t>Arrêté portant interdiction temporaire de la pêche maritime professionnelle et de loisir, du ramassage, de l'expédition, du transport, de la purification, du stockage et de la commercialisation des coquillages en provenance de l'étang de Diana. Pas de mesures de retrait / rappel - les exploitants avaient stoppé la commercialisation par mesure de précaution le 9 janvier 2026.</t>
+  </si>
+  <si>
+    <t>Efflorescence persistante de phytoplanctons toxiques</t>
+  </si>
+  <si>
+    <t>Huîtres</t>
+  </si>
+  <si>
+    <t>AP 150126 - Fermeture etang Diana</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-150126-fermeture-etang-diana-696a53bc7a857007928101.pdf</t>
+  </si>
+  <si>
+    <t>2B.02</t>
+  </si>
+  <si>
+    <t>Etang D'urbinu</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/2B.02</t>
+  </si>
+  <si>
+    <t>30.01</t>
+  </si>
+  <si>
+    <t>Etang Du Ponant</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/30.01</t>
+  </si>
+  <si>
+    <t>arrêté DDTM34-2018-01-10042 portant ré-ouverture de la zone 30-01</t>
+  </si>
+  <si>
+    <t>24/01/2019</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-ddtm34-2018-01-10042-portant-re-ouverture-de-la-zone-30-01-692d5856925b6516435636.pdf</t>
+  </si>
+  <si>
+    <t>30.01.01 (34.36.01)</t>
+  </si>
+  <si>
+    <t>Grau Du Ponant</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/30.01.01 (34.36.01)</t>
+  </si>
+  <si>
+    <t>30.02</t>
+  </si>
+  <si>
+    <t>Port Du Grau Du Roi</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/30.02</t>
+  </si>
+  <si>
+    <t>30.03</t>
+  </si>
+  <si>
+    <t>Port Camargue</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/30.03</t>
+  </si>
+  <si>
+    <t>30.04</t>
+  </si>
+  <si>
+    <t>Gisement Naturel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/30.04</t>
+  </si>
+  <si>
+    <t>30.05</t>
+  </si>
+  <si>
+    <t>Bande Littorale</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/30.05</t>
+  </si>
+  <si>
+    <t>11 - arrêté du 23 février ouverture bande littorale du Gard</t>
+  </si>
+  <si>
+    <t>23/02/2018</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/11/11-arrete-du-23-fevrier-ouverture-bande-littorale-du-gard-692d58198aaa4780290185.pdf</t>
+  </si>
+  <si>
+    <t>30.06</t>
+  </si>
+  <si>
+    <t>Etang De Salonique</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/30.06</t>
+  </si>
+  <si>
+    <t>30.07</t>
+  </si>
+  <si>
+    <t>Centre Helio-marin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/30.07</t>
+  </si>
+  <si>
+    <t>33.01</t>
+  </si>
+  <si>
+    <t>Piraillan</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.01</t>
+  </si>
+  <si>
+    <t>33.01 à 10B correspond aux zones 33.01, 33.02-03, 33.04, 33.05-06, 33.08, 33.10A et 33.10B</t>
+  </si>
+  <si>
+    <t>2021-33_Arrêté de réouverture_SPREF33-I-T21031116160-1</t>
+  </si>
+  <si>
+    <t>12/03/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Abroge l'arrêté modifié du 18 février portant suspension de la pêche et du ramassage de tous les coquillages en provenance de toutes les zones de production du bassin d'Arcachon y compris le banc d'Arguin. </t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2021-33-arrete-de-reouverture-spref33-i-t21031116160-1-692d58f5eccf3253347782.pdf</t>
+  </si>
+  <si>
+    <t>Arguin</t>
+  </si>
+  <si>
+    <t>Arrêté de réouverture coquillages BA 18- 01-2024</t>
+  </si>
+  <si>
+    <t>18/01/2024</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 27/12/2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-de-reouverture-coquillages-ba-18-01-2024-692d5afe7c5a4228097722.pdf</t>
+  </si>
+  <si>
+    <t>33.02</t>
+  </si>
+  <si>
+    <t>Centre</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.02</t>
+  </si>
+  <si>
+    <t>33.02.01</t>
+  </si>
+  <si>
+    <t>Jacquets</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.02.01</t>
+  </si>
+  <si>
+    <t>33.02.02</t>
+  </si>
+  <si>
+    <t>Matelle</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.02.02</t>
+  </si>
+  <si>
+    <t>33.02.03</t>
+  </si>
+  <si>
+    <t>Ares</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.02.03</t>
+  </si>
+  <si>
+    <t>2021-33_Arrêté de réouverture_SPREF33-I-T21031116160-1_0</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2021-33-arrete-de-reouverture-spref33-i-t21031116160-1-0-692d58f6aada4094591015.pdf</t>
+  </si>
+  <si>
+    <t>33.03</t>
+  </si>
+  <si>
+    <t>Gorp</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.03</t>
+  </si>
+  <si>
+    <t>33.04</t>
+  </si>
+  <si>
+    <t>Le Ferret</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.04</t>
+  </si>
+  <si>
+    <t>Le Teich</t>
+  </si>
+  <si>
+    <t>AP 2023-12-27 Interdiction pêche récolte commercialisation coquillages Bas...cachon</t>
+  </si>
+  <si>
+    <t>27/12/2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-2023-12-27-interdiction-peche-recolte-commercialisation-coquillages-bas-cachon-692d5ae5e5bbd797028636.pdf</t>
+  </si>
+  <si>
+    <t>33.05</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.05</t>
+  </si>
+  <si>
+    <t>33.05.06</t>
+  </si>
+  <si>
+    <t>Gujan-mestras</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.05.06</t>
+  </si>
+  <si>
+    <t>33.06</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.06</t>
+  </si>
+  <si>
+    <t>33.07</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.07</t>
+  </si>
+  <si>
+    <t>Arrêté levée déclassement zone 33.07 Le Teich</t>
+  </si>
+  <si>
+    <t>19/01/2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Abroge l'arrêté de 17/11/2023 </t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-levee-declassement-zone-33-07-le-teich-692d5aff4cc7d301191396.pdf</t>
+  </si>
+  <si>
+    <t>33.08</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.08</t>
+  </si>
+  <si>
+    <t>REMI AP Zone 33.08 levée de declassement SIGNE</t>
+  </si>
+  <si>
+    <t>07/05/2024</t>
+  </si>
+  <si>
+    <t>Arrêté abrogeant du 2024-05-07</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/re/remi-ap-zone-33-08-levee-de-declassement-signe-692d5b29143c7827605183.pdf</t>
+  </si>
+  <si>
+    <t>33.09</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.09</t>
+  </si>
+  <si>
+    <t>Moulleau</t>
+  </si>
+  <si>
+    <t>33.10</t>
+  </si>
+  <si>
+    <t>Intra Bassin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.10</t>
+  </si>
+  <si>
+    <t>33.10.A</t>
+  </si>
+  <si>
+    <t>Intra-bassin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.10.A</t>
+  </si>
+  <si>
+    <t>33.10.A.R</t>
+  </si>
+  <si>
+    <t>La Matelle (zone De Reparcage)</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.10.A.R</t>
+  </si>
+  <si>
+    <t>33.10.B</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.10.B</t>
+  </si>
+  <si>
+    <t>33.11</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.11</t>
+  </si>
+  <si>
+    <t>33.12</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.12</t>
+  </si>
+  <si>
+    <t>20230608_AP_réouverture_pêche_et_commercialisation_coquillages</t>
+  </si>
+  <si>
+    <t>09/06/2023</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 17 mai 2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/20230608-ap-reouverture-peche-et-commercialisation-coquillages-692d5a47789d5295739239.pdf</t>
+  </si>
+  <si>
+    <t>33.13</t>
+  </si>
+  <si>
+    <t>Estuaire De La Gironde</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.13</t>
+  </si>
+  <si>
+    <t>33.18</t>
+  </si>
+  <si>
+    <t>Marais De La Pointe Du Médoc</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.18</t>
+  </si>
+  <si>
+    <t>33.19</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.19</t>
+  </si>
+  <si>
+    <t>34.01</t>
+  </si>
+  <si>
+    <t>Fleuves : Aude, Orb, Herault Et Libron</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.01</t>
+  </si>
+  <si>
+    <t>34.02</t>
+  </si>
+  <si>
+    <t>Bande Littorale De L'embouchure De L'aude Au Grau D'agde</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.02</t>
+  </si>
+  <si>
+    <t>G2 et G1</t>
+  </si>
+  <si>
+    <t>AP DDPP34-21-XIX-082-Ouverture 34.02-DSP_19-07-2021 signé</t>
+  </si>
+  <si>
+    <t>19/07/2021</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 01/07/2021</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-ddpp34-21-xix-082-ouverture-34-02-dsp-19-07-2021-signe-692d5935b1e53683861311.pdf</t>
+  </si>
+  <si>
+    <t>34.03</t>
+  </si>
+  <si>
+    <t>Bande Littorale Du Grau D'agde A La Pointe De Roche Longue (inclu Dans Zone 34.04)</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.03</t>
+  </si>
+  <si>
+    <t>34.04</t>
+  </si>
+  <si>
+    <t>Bande Littorale, Ile Du Brescou Et Pourtour Du Cap D'agde</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.04</t>
+  </si>
+  <si>
+    <t>34.05</t>
+  </si>
+  <si>
+    <t>Port Du Cap D'agde</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.05</t>
+  </si>
+  <si>
+    <t>34.06</t>
+  </si>
+  <si>
+    <t>Port Ambonne</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.06</t>
+  </si>
+  <si>
+    <t>34.07</t>
+  </si>
+  <si>
+    <t>Lotissement Conchylicole De Sete-marseillan</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.07</t>
+  </si>
+  <si>
+    <t>34.08</t>
+  </si>
+  <si>
+    <t>Port De Marseillan - Plage</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.08</t>
+  </si>
+  <si>
+    <t>34.09</t>
+  </si>
+  <si>
+    <t>Bande Littorale De Port-ambonne Au Feu Ouest Du Brise Lames Exterieur Du Port Des Quilles</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.09</t>
+  </si>
+  <si>
+    <t>34-09_DINO-10-10-2019_AP-ouverture_DDPP34-19-XIX-099</t>
+  </si>
+  <si>
+    <t>10/10/2019</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/34/34-09-dino-10-10-2019-ap-ouverture-ddpp34-19-xix-099-692d58879ba42108116949.pdf</t>
+  </si>
+  <si>
+    <t>34.10</t>
+  </si>
+  <si>
+    <t>Bande Littorale De La Corniche</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.10</t>
+  </si>
+  <si>
+    <t>34.11</t>
+  </si>
+  <si>
+    <t>Au-dela De La Bande Littorale De La Corniche</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.11</t>
+  </si>
+  <si>
+    <t>34.12</t>
+  </si>
+  <si>
+    <t>Port De Sete</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.12</t>
+  </si>
+  <si>
+    <t>34.13</t>
+  </si>
+  <si>
+    <t>Partie Exterieure Des Digues Du Port De Sete</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.13</t>
+  </si>
+  <si>
+    <t>34.14</t>
+  </si>
+  <si>
+    <t>Port De Frontignan-plage</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.14</t>
+  </si>
+  <si>
+    <t>34.15</t>
+  </si>
+  <si>
+    <t>Bande Littorale De Frontignan A Palavas</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.15</t>
+  </si>
+  <si>
+    <t>34.16</t>
+  </si>
+  <si>
+    <t>Etang D'ingril : Partie Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.16</t>
+  </si>
+  <si>
+    <t>Pinnatoxines</t>
+  </si>
+  <si>
+    <t>arrete -fermeture_INGRIL Pinnatoxines signé</t>
+  </si>
+  <si>
+    <t>31/12/2019</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-fermeture-ingril-pinnatoxines-signe-692d589109dbe792618809.pdf</t>
+  </si>
+  <si>
+    <t>34.16.01</t>
+  </si>
+  <si>
+    <t>Etang D'ingril : Zone Conchylicole (gie Des Venericulteurs)</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.16.01</t>
+  </si>
+  <si>
+    <t>34.17</t>
+  </si>
+  <si>
+    <t>Etang D'ingril : Partie Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.17</t>
+  </si>
+  <si>
+    <t>34.18</t>
+  </si>
+  <si>
+    <t>Etang D'ingril: Bassins De Lagunage De Frontignan - Plage</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.18</t>
+  </si>
+  <si>
+    <t>34.19</t>
+  </si>
+  <si>
+    <t>Etang Du Ponet</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.19</t>
+  </si>
+  <si>
+    <t>34.20</t>
+  </si>
+  <si>
+    <t>Canal Du Rhone A Sete</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.20</t>
+  </si>
+  <si>
+    <t>34.21</t>
+  </si>
+  <si>
+    <t>Lotissement Conchylicole Des Aresquiers</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.21</t>
+  </si>
+  <si>
+    <t>34.22</t>
+  </si>
+  <si>
+    <t>Etang De Vic Et Etang Des Moures</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.22</t>
+  </si>
+  <si>
+    <t>fermeture zone conchylicole 34.22 faisant suite à une contamination microbiologique E.coli.</t>
+  </si>
+  <si>
+    <t>Alerte microbiologique (E-coli)</t>
+  </si>
+  <si>
+    <t>Palourdes</t>
+  </si>
+  <si>
+    <t>AP 26-XIX-004_fermeture 34.22_SIGNE</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-26-xix-004-fermeture-34-22-signe-696109a1d071b091582578.pdf</t>
+  </si>
+  <si>
+    <t>34.23</t>
+  </si>
+  <si>
+    <t>Etang De Vic- Zones De Rejet</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.23</t>
+  </si>
+  <si>
+    <t>34.24</t>
+  </si>
+  <si>
+    <t>Etang De Pierre Blanche</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.24</t>
+  </si>
+  <si>
+    <t>34.25</t>
+  </si>
+  <si>
+    <t>Etang De L'arnel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.25</t>
+  </si>
+  <si>
+    <t>34.26</t>
+  </si>
+  <si>
+    <t>Etang Du Prevost : Zone Conchylicole</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.26</t>
+  </si>
+  <si>
+    <t>arrêté portant ouverture de la zone 34-26 - zone conchylicole du Pévost</t>
+  </si>
+  <si>
+    <t>15/12/2018</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-portant-ouverture-de-la-zone-34-26-zone-conchylicole-du-pevost-692d58539187a136010364.pdf</t>
+  </si>
+  <si>
+    <t>34.26.01</t>
+  </si>
+  <si>
+    <t>Grau Du Prévost</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.26.01</t>
+  </si>
+  <si>
+    <t>34.27</t>
+  </si>
+  <si>
+    <t>Partie Ouest De L'étang Du Prevost Et Sarrazine : Gisements Coquilliers</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.27</t>
+  </si>
+  <si>
+    <t>31 bis - ouverture etang Prevost_Ouest_12_juin</t>
+  </si>
+  <si>
+    <t>12/06/2018</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/31/31-bis-ouverture-etang-prevost-ouest-12-juin-692d582620db2710810355.pdf</t>
+  </si>
+  <si>
+    <t>34.27.01</t>
+  </si>
+  <si>
+    <t>Etang Du Prevost : Partie Propriete Communale</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.27.01</t>
+  </si>
+  <si>
+    <t>34.27.02</t>
+  </si>
+  <si>
+    <t>Etang Du Prevost : Partie Propriete Privee</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.27.02</t>
+  </si>
+  <si>
+    <t>34.27.03</t>
+  </si>
+  <si>
+    <t>Etang De La Sarrazine</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.27.03</t>
+  </si>
+  <si>
+    <t>34.28</t>
+  </si>
+  <si>
+    <t>Etang Du Mejean</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.28</t>
+  </si>
+  <si>
+    <t>34.29</t>
+  </si>
+  <si>
+    <t>Etang De Perols</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.29</t>
+  </si>
+  <si>
+    <t>34.30</t>
+  </si>
+  <si>
+    <t>Etang Du Grec Et Etang Du Leban</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.30</t>
+  </si>
+  <si>
+    <t>34.31</t>
+  </si>
+  <si>
+    <t>Etang De Mauguio Ou Etang De L'or</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.31</t>
+  </si>
+  <si>
+    <t>34.32</t>
+  </si>
+  <si>
+    <t>Port De Palavas</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.32</t>
+  </si>
+  <si>
+    <t>34.32.01</t>
+  </si>
+  <si>
+    <t>Canal Du Grau Du Lez</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.32.01</t>
+  </si>
+  <si>
+    <t>34.33</t>
+  </si>
+  <si>
+    <t>Bande Littorale De Palavas A L'embouchure Du Ponant</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.33</t>
+  </si>
+  <si>
+    <t>Ouverture AP 25-XIX-287_34.33_GTO-21112025</t>
+  </si>
+  <si>
+    <t>21/11/2025</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 30/10/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ou/ouverture-ap-25-xix-287-34-33-gto-21112025-692d5c1a75acf287560246.pdf</t>
+  </si>
+  <si>
+    <t>34.34</t>
+  </si>
+  <si>
+    <t>Port De Carnon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.34</t>
+  </si>
+  <si>
+    <t>34.35</t>
+  </si>
+  <si>
+    <t>Port De La Grande Motte</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.35</t>
+  </si>
+  <si>
+    <t>34.36</t>
+  </si>
+  <si>
+    <t>Exterieur De L'embouchure Du Ponant</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.36</t>
+  </si>
+  <si>
+    <t>34.38</t>
+  </si>
+  <si>
+    <t>Lagune De Thau</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.38</t>
+  </si>
+  <si>
+    <t>Sauf huîtres et gastéropodes</t>
+  </si>
+  <si>
+    <t>20221021-AP-DDPP34-2022-XIX-162 signé</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/20221021-ap-ddpp34-2022-xix-162-signe-692d59d6d992a485912868.pdf</t>
+  </si>
+  <si>
+    <t>34.38.01</t>
+  </si>
+  <si>
+    <t>Sète-pont Levis</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.38.01</t>
+  </si>
+  <si>
+    <t>Portant modification de l’arrêté préfectoral N°DDPP34-25-XIX-323 « fermeture des zones Lagune de Thau (34.38), Lotissements conchylicoles de l’Étang de Thau (34.39), zone des Eaux Blanches (34.40) et prescrivant des mesures de gestion liées à une contamination de ces coquillages par des norovirus »</t>
+  </si>
+  <si>
+    <t>Alerte microbiologique (Norovirus)</t>
+  </si>
+  <si>
+    <t>Mollusques bivalves vivants</t>
+  </si>
+  <si>
+    <t>recueil-special-n-269-du-30-decembre-2025-1-6954d76aab52c212009557</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>Fermeture Thau pour norovirus</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/re/recueil-special-n-269-du-30-decembre-2025-1-6954d76aab52c212009557-6954d8c692e98324003278.pdf</t>
+  </si>
+  <si>
+    <t>34.38.02</t>
+  </si>
+  <si>
+    <t>Mèze-conque</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.38.02</t>
+  </si>
+  <si>
+    <t>Recueil spécial n°269 du 30 décembre 2025 (1)</t>
+  </si>
+  <si>
+    <t>Mise à jour de la date d'application des mesures de restrictions  (le 19/12 au lieu du 22/12)</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/re/recueil-special-n-269-du-30-decembre-2025-1-6954d76aab52c212009557.pdf</t>
+  </si>
+  <si>
+    <t>34.38.03</t>
+  </si>
+  <si>
+    <t>Marseillan-maldormir</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.38.03</t>
+  </si>
+  <si>
+    <t>Mollusques Bivalves Vivants</t>
+  </si>
+  <si>
+    <t>Fermeture de Thau pour Norovirus</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/re/recueil-special-n-269-du-30-decembre-2025-1-6954d76aab52c212009557-6954d9cd5bed6145578990.pdf</t>
+  </si>
+  <si>
+    <t>34.39</t>
+  </si>
+  <si>
+    <t>Lotissements Conchylicoles</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.39</t>
+  </si>
+  <si>
+    <t>Levée de mesures pour huîtres et moules</t>
+  </si>
+  <si>
+    <t>55 - arrêté du 23 novembre ouverture zone conchylicole Thau</t>
+  </si>
+  <si>
+    <t>23/11/2018</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/55/55-arrete-du-23-novembre-ouverture-zone-conchylicole-thau-692d584f9426e699623210.pdf</t>
+  </si>
+  <si>
+    <t>34.39.01</t>
+  </si>
+  <si>
+    <t>Zone A - Bouzigues-loupian</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.39.01</t>
+  </si>
+  <si>
+    <t>34.39.02</t>
+  </si>
+  <si>
+    <t>Zone B - Mèze Marseillan</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.39.02</t>
+  </si>
+  <si>
+    <t>34.40</t>
+  </si>
+  <si>
+    <t>Zone Des Eaux Blanches</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.40</t>
+  </si>
+  <si>
+    <t>34.41</t>
+  </si>
+  <si>
+    <t>Crique De L'angle: Partie Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.41</t>
+  </si>
+  <si>
+    <t>AP ouverture DDPP34-23-XIX-049 signé_0_0</t>
+  </si>
+  <si>
+    <t>03/03/2023</t>
+  </si>
+  <si>
+    <t>Arrêté abrogeant</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-ouverture-ddpp34-23-xix-049-signe-0-0-692d5b1736b9a343129133.pdf</t>
+  </si>
+  <si>
+    <t>34.42.01</t>
+  </si>
+  <si>
+    <t>Etang De Thau : Sortie De La Pointe Courte</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.01</t>
+  </si>
+  <si>
+    <t>34.42.02</t>
+  </si>
+  <si>
+    <t>Etang De Thau : Le Barrou</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.02</t>
+  </si>
+  <si>
+    <t>34.42.03</t>
+  </si>
+  <si>
+    <t>Etang De Thau : Ile De Thau</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.03</t>
+  </si>
+  <si>
+    <t>34.42.04</t>
+  </si>
+  <si>
+    <t>Etang De Thau : Crique De L'angle, Partie Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.04</t>
+  </si>
+  <si>
+    <t>Levée des restrictions sur toutes les zones de l'étang de Thau pour tous les coquillages (Gpe 1. 2 et 3)</t>
+  </si>
+  <si>
+    <t>AP ouverture DDPP34-23-XIX-049 signé</t>
+  </si>
+  <si>
+    <t>Arrêté abrogeant du 2023-03-03</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-ouverture-ddpp34-23-xix-049-signe-692d5a1aaa933075614486.pdf</t>
+  </si>
+  <si>
+    <t>34.42.05</t>
+  </si>
+  <si>
+    <t>Rejet Du Lagunage De Mèze</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.05</t>
+  </si>
+  <si>
+    <t>34.42.06</t>
+  </si>
+  <si>
+    <t>Etang De Thau : Embouchures Du Pallas, Du Negue Vaque, Du Soupie, De Fontannille</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.06</t>
+  </si>
+  <si>
+    <t>34.42.07</t>
+  </si>
+  <si>
+    <t>Etang De Thau : Bassins De Lagunage De Villeroy</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.07</t>
+  </si>
+  <si>
+    <t>34.42.08</t>
+  </si>
+  <si>
+    <t>Etang De Thau : Les Onglous Et Grau De Pisse-saumes</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.08</t>
+  </si>
+  <si>
+    <t>34.42.09</t>
+  </si>
+  <si>
+    <t>Etang De Thau : Interieur Des Ports De Balaruc Les Bains, Bouzigues, Meze-ville, Meze-taurus, Mourre Blanc, Marseillan-ville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.09</t>
+  </si>
+  <si>
+    <t>34.42.10</t>
+  </si>
+  <si>
+    <t>Embouchures De Bouzigues, Mèze Ville, Mèze Taurus Et Marseillan Ville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.10</t>
+  </si>
+  <si>
+    <t>34.42.11</t>
+  </si>
+  <si>
+    <t>Etang De Thau : Zones Urbanisées (ex 34.45)</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.11</t>
+  </si>
+  <si>
+    <t>34.43</t>
+  </si>
+  <si>
+    <t>Embouchures</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.43</t>
+  </si>
+  <si>
+    <t>34.46</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.46</t>
+  </si>
+  <si>
+    <t>3430.36.01 (30.01.01)</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/3430.36.01 (30.01.01)</t>
+  </si>
+  <si>
+    <t>3430.37 (30.01)</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/3430.37 (30.01)</t>
+  </si>
+  <si>
+    <t>arrêté DDTM34-2018-01-10042 portant ré-ouverture de la zone 34-37</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-ddtm34-2018-01-10042-portant-re-ouverture-de-la-zone-34-37-692d58565f0e9962188246.pdf</t>
+  </si>
+  <si>
+    <t>35.01</t>
+  </si>
+  <si>
+    <t>Zone 35-01</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.01</t>
+  </si>
+  <si>
+    <t>Zone Du Large</t>
+  </si>
+  <si>
+    <t>35.02</t>
+  </si>
+  <si>
+    <t>Zone 35-02</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.02</t>
+  </si>
+  <si>
+    <t>Pointe De La Varde</t>
+  </si>
+  <si>
+    <t>35.03</t>
+  </si>
+  <si>
+    <t>Saint Malo - Dinard</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.03</t>
+  </si>
+  <si>
+    <t>ARR_levee_interdiction_peche_35_03_20230905</t>
+  </si>
+  <si>
+    <t>05/09/2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arr-levee-interdiction-peche-35-03-20230905-692d5a8a3bdb2049711768.pdf</t>
+  </si>
+  <si>
+    <t>Zone 35-03</t>
+  </si>
+  <si>
+    <t>35.04</t>
+  </si>
+  <si>
+    <t>Sud Cézembre</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.04</t>
+  </si>
+  <si>
+    <t>Zone 35-04</t>
+  </si>
+  <si>
+    <t>35.05</t>
+  </si>
+  <si>
+    <t>Saint Lunaire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.05</t>
+  </si>
+  <si>
+    <t>Zone 35-05</t>
+  </si>
+  <si>
+    <t>35.06</t>
+  </si>
+  <si>
+    <t>Zone 35-06</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.06</t>
+  </si>
+  <si>
+    <t>arreté prefectoral fermeture sanitaire 3506 et 3511 janvier 2020</t>
+  </si>
+  <si>
+    <t>03/01/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-prefectoral-fermeture-sanitaire-3506-et-3511-janvier-2020-692d5892471e5704595986.pdf</t>
+  </si>
+  <si>
+    <t>Baie Du Mont Saint Michel Rivage</t>
+  </si>
+  <si>
+    <t>ARR_réouv_BMSM</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arr-reouv-bmsm-692d589939ed8820455102.pdf</t>
+  </si>
+  <si>
+    <t>35.06.02</t>
+  </si>
+  <si>
+    <t>Rivage Zone 2</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.06.02</t>
+  </si>
+  <si>
+    <t>ARR_réouv_Norovirus_20240122_compressed</t>
+  </si>
+  <si>
+    <t>22/01/2024</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 10/01/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arr-reouv-norovirus-20240122-compressed-692d5affdd598915603165.pdf</t>
+  </si>
+  <si>
+    <t>35.06.03</t>
+  </si>
+  <si>
+    <t>Rivage Zone 3</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.06.03</t>
+  </si>
+  <si>
+    <t>35.06.2</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.06.2</t>
+  </si>
+  <si>
+    <t>35.06.3</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.06.3</t>
+  </si>
+  <si>
+    <t>35.07</t>
+  </si>
+  <si>
+    <t>Zone 35-07</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.07</t>
+  </si>
+  <si>
+    <t>Cancale</t>
+  </si>
+  <si>
+    <t>35.08</t>
+  </si>
+  <si>
+    <t>Stockage Cancale</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.08</t>
+  </si>
+  <si>
+    <t>35.11</t>
+  </si>
+  <si>
+    <t>Zone 35-11</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.11</t>
+  </si>
+  <si>
+    <t>Zone Conchylicole Hirel</t>
+  </si>
+  <si>
+    <t>20200109132651291</t>
+  </si>
+  <si>
+    <t>09/01/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/20200109132651291-692d589589b48327104604.pdf</t>
+  </si>
+  <si>
+    <t>35.13</t>
+  </si>
+  <si>
+    <t>Zone 35-13</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.13</t>
+  </si>
+  <si>
+    <t>Zone Conchylicole Cherrueix</t>
+  </si>
+  <si>
+    <t>35.14</t>
+  </si>
+  <si>
+    <t>Zone Conchylicole Les Hermelles</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.14</t>
+  </si>
+  <si>
+    <t>Zone 35-14</t>
+  </si>
+  <si>
+    <t>35.15</t>
+  </si>
+  <si>
+    <t>Super Est</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.15</t>
+  </si>
+  <si>
+    <t>Zone 35-15</t>
+  </si>
+  <si>
+    <t>35.16</t>
+  </si>
+  <si>
+    <t>Zone 35-16</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.16</t>
+  </si>
+  <si>
+    <t>Rivage Ouest</t>
+  </si>
+  <si>
+    <t>35.17</t>
+  </si>
+  <si>
+    <t>Rivage Est</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.17</t>
+  </si>
+  <si>
+    <t>3522.00.02</t>
+  </si>
+  <si>
+    <t>La Ville Es Nonnais</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/3522.00.02</t>
+  </si>
+  <si>
+    <t>3522.01</t>
+  </si>
+  <si>
+    <t>Rance Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/3522.01</t>
+  </si>
+  <si>
+    <t>Arrêté abrogeant celui du 1 juin 2023</t>
+  </si>
+  <si>
+    <t>3522.02</t>
+  </si>
+  <si>
+    <t>Rance Centre</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/3522.02</t>
+  </si>
+  <si>
+    <t>ARR_Pref_35_levee_interdicton_Rance_centre_3522.02_20240315</t>
+  </si>
+  <si>
+    <t>15/03/2024</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 01/03/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arr-pref-35-levee-interdicton-rance-centre-3522-02-20240315-692d5b0b6e9e6218841560.pdf</t>
+  </si>
+  <si>
+    <t>3522.03</t>
+  </si>
+  <si>
+    <t>Le Minihic</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/3522.03</t>
+  </si>
+  <si>
+    <t>3522.04</t>
+  </si>
+  <si>
+    <t>Les Gastines</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/3522.04</t>
+  </si>
+  <si>
+    <t>2024_04_30_DDTM_levée de l'interdiction pêche St Suliac Les Gastines</t>
+  </si>
+  <si>
+    <t>30/04/2024</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 16/03/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2024-04-30-ddtm-levee-de-l-interdiction-peche-st-suliac-les-gastines-692d5b6bc7030057991798.pdf</t>
+  </si>
+  <si>
+    <t>3522.05</t>
+  </si>
+  <si>
+    <t>Pointe De Saint-suliac</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/3522.05</t>
+  </si>
+  <si>
+    <t>40.01</t>
+  </si>
+  <si>
+    <t>Lac De Soorts-hossegor</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/40.01</t>
+  </si>
+  <si>
+    <t>20240726_AP_40_2024_07_26_00010_levee interdiction lac hossegor_0</t>
+  </si>
+  <si>
+    <t>29/07/2024</t>
+  </si>
+  <si>
+    <t>Abroge l'AP du 17/07/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/20240726-ap-40-2024-07-26-00010-levee-interdiction-lac-hossegor-0-692d5b5eb0d02578572722.pdf</t>
+  </si>
+  <si>
+    <t>44.01</t>
+  </si>
+  <si>
+    <t>Ile Dumet</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.01</t>
+  </si>
+  <si>
+    <t>25 04 16 arrêté REPHYTOX réouverture Zone 1</t>
+  </si>
+  <si>
+    <t>16/04/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Modifie l'arrêté du </t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/25-04-16-arrete-rephytox-reouverture-zone-1-692d5bee4744c226600019.pdf</t>
+  </si>
+  <si>
+    <t>44.02</t>
+  </si>
+  <si>
+    <t>Baie De Pont-mahÉ</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.02</t>
+  </si>
+  <si>
+    <t>25 06 05 arrêté signé</t>
+  </si>
+  <si>
+    <t>05/06/2025</t>
+  </si>
+  <si>
+    <t>Modifie l'arrêté du 22/05/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/25-06-05-arrete-signe-692d5bfa8adb7886060557.pdf</t>
+  </si>
+  <si>
+    <t>44.03</t>
+  </si>
+  <si>
+    <t>Traict De Pen BÉ</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.03</t>
+  </si>
+  <si>
+    <t>25 06 12 arrêté signé</t>
+  </si>
+  <si>
+    <t>12/06/2025</t>
+  </si>
+  <si>
+    <t>Modifie l'arrêté du 05/06/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/25-06-12-arrete-signe-692d5bfba6259213465826.pdf</t>
+  </si>
+  <si>
+    <t>44.03.01</t>
+  </si>
+  <si>
+    <t>Traict De Pen BÉ Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.03.01</t>
+  </si>
+  <si>
+    <t>44.03.02</t>
+  </si>
+  <si>
+    <t>Traict De Pen BÉ Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.03.02</t>
+  </si>
+  <si>
+    <t>44.04.01</t>
+  </si>
+  <si>
+    <t>Piriac  Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.04.01</t>
+  </si>
+  <si>
+    <t>Les zones fermées sont des zones au large</t>
+  </si>
+  <si>
+    <t>Alerte toxinique (Lipophile (DSP), ASP)</t>
+  </si>
+  <si>
+    <t>25 11 27 arrêté REPHYTOX fermeture LAN ré ouverture zone 3</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>Modifie l'arrêté du 29/10/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/25-11-27-arrete-rephytox-fermeture-lan-re-ouverture-zone-3-692d5c1fcc890994163404.pdf</t>
+  </si>
+  <si>
+    <t>44.04.02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pointe De Piriac </t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.04.02</t>
+  </si>
+  <si>
+    <t>44.04.03</t>
+  </si>
+  <si>
+    <t>Piriac - Lanseria</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.04.03</t>
+  </si>
+  <si>
+    <t>44.04.04</t>
+  </si>
+  <si>
+    <t>Piriac  Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.04.04</t>
+  </si>
+  <si>
+    <t>44.05</t>
+  </si>
+  <si>
+    <t>Les Barres De Pen Bron</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.05</t>
+  </si>
+  <si>
+    <t>25 04 11 arrêté signe REPHYTOX réouverture partielle AB_SLC-1</t>
+  </si>
+  <si>
+    <t>11/04/2025</t>
+  </si>
+  <si>
+    <t>Nouvel arrêté du 11/04/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/25-04-11-arrete-signe-rephytox-reouverture-partielle-ab-slc-1-692d5bed2bf57709217867.pdf</t>
+  </si>
+  <si>
+    <t>44.05.01</t>
+  </si>
+  <si>
+    <t>Pointe Du Croisic</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.05.01</t>
+  </si>
+  <si>
+    <t>44.05.02</t>
+  </si>
+  <si>
+    <t>Batz-sur-mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.05.02</t>
+  </si>
+  <si>
+    <t>Arrêté n° 40 du 25 juillet 2019</t>
+  </si>
+  <si>
+    <t>25/07/2019</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-n-40-du-25-juillet-2019-692d58806eaf7251041686.pdf</t>
+  </si>
+  <si>
+    <t>44.05.03</t>
+  </si>
+  <si>
+    <t>Pointe De Penchâteau</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.05.03</t>
+  </si>
+  <si>
+    <t>44.06</t>
+  </si>
+  <si>
+    <t>Traict Du Croisic</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.06</t>
+  </si>
+  <si>
+    <t>44.06.01</t>
+  </si>
+  <si>
+    <t>Nord Traict Du Croisic</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.06.01</t>
+  </si>
+  <si>
+    <t>44.06.02</t>
+  </si>
+  <si>
+    <t>Sud Traict Du Croisic</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.06.02</t>
+  </si>
+  <si>
+    <t>44.07.01</t>
+  </si>
+  <si>
+    <t>Le Pouligen</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.07.01</t>
+  </si>
+  <si>
+    <t>arrêté 37 du 25 juin 2020</t>
+  </si>
+  <si>
+    <t>25/06/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-37-du-25-juin-2020-692d58bb32a8c075157719.pdf</t>
+  </si>
+  <si>
+    <t>Pointe De Penchateau</t>
+  </si>
+  <si>
+    <t>Arrêté de réouverture de la zone 44.07.01</t>
+  </si>
+  <si>
+    <t>25 12 31 arrêté réouverture REMI 44.07.01</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/25-12-31-arrete-reouverture-remi-44-07-01-6954f3e047d7d046744028.pdf</t>
+  </si>
+  <si>
+    <t>44.07.02</t>
+  </si>
+  <si>
+    <t>La Baule</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.07.02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25 04 03 arrêté REPHYTOX réouverture partielle </t>
+  </si>
+  <si>
+    <t>Modifie l'arrêté du 27/03/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/25-04-03-arrete-rephytox-reouverture-partielle-692d5bd260393460536515.pdf</t>
+  </si>
+  <si>
+    <t>44.08</t>
+  </si>
+  <si>
+    <t>Pornichet - Les Ilots</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.08</t>
+  </si>
+  <si>
+    <t>44.09</t>
+  </si>
+  <si>
+    <t>Estuaire De La Loire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.09</t>
+  </si>
+  <si>
+    <t>Ouverture d'une zone à exploitation occasionnelle</t>
+  </si>
+  <si>
+    <t>scan_20251003152204</t>
   </si>
   <si>
     <t>03/10/2025</t>
   </si>
   <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/sc/scan-20251003152204-692d5c095e49e733100533.pdf</t>
+  </si>
+  <si>
+    <t>44.09.01</t>
+  </si>
+  <si>
+    <t>Secteur Côtier Saint-nazaire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.09.01</t>
+  </si>
+  <si>
+    <t>44.09.02</t>
+  </si>
+  <si>
+    <t>Estuaire de la Loire – Secteur Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.09.02</t>
+  </si>
+  <si>
+    <t>44.10</t>
+  </si>
+  <si>
+    <t>Embouchure - Banc Du Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.10</t>
+  </si>
+  <si>
+    <t>44.11</t>
+  </si>
+  <si>
+    <t>Embouchure Rive Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.11</t>
+  </si>
+  <si>
+    <t>44.12</t>
+  </si>
+  <si>
+    <t>La Cormorane</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.12</t>
+  </si>
+  <si>
+    <t>44.13</t>
+  </si>
+  <si>
+    <t>La Tara</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.13</t>
+  </si>
+  <si>
+    <t>44.14</t>
+  </si>
+  <si>
+    <t>La PrÉe</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.14</t>
+  </si>
+  <si>
+    <t>44.15</t>
+  </si>
+  <si>
+    <t>Les Grands Rochers</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.15</t>
+  </si>
+  <si>
+    <t>25 04 02 fermeture Réphytox_0</t>
+  </si>
+  <si>
+    <t>02/04/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/25-04-02-fermeture-rephytox-0-692d5bd6a0820307660238.pdf</t>
+  </si>
+  <si>
+    <t>50.01</t>
+  </si>
+  <si>
+    <t>Brevands</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.01</t>
+  </si>
+  <si>
+    <t>Arrêté n°092-2020 - reouverture Beauguillot</t>
+  </si>
+  <si>
+    <t>05/05/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-n-092-2020-reouverture-beauguillot-692d58a8e44e5463410160.pdf</t>
+  </si>
+  <si>
+    <t>50.02</t>
+  </si>
+  <si>
+    <t>Le Grand Vey</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.02</t>
+  </si>
+  <si>
+    <t>AP18_2018_ferm_grand Vey</t>
+  </si>
+  <si>
+    <t>28/02/2018</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap18-2018-ferm-grand-vey-692d58291f7c3251133773.pdf</t>
+  </si>
+  <si>
+    <t>50.03</t>
+  </si>
+  <si>
+    <t>Beauguillot</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.03</t>
+  </si>
+  <si>
+    <t>50.04</t>
+  </si>
+  <si>
+    <t>Utah Beach Quinéville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.04</t>
+  </si>
+  <si>
+    <t>50.04.01</t>
+  </si>
+  <si>
+    <t>Saint-marcouf</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.04.01</t>
+  </si>
+  <si>
+    <t>50.04.02</t>
+  </si>
+  <si>
+    <t>Saint-martin-de-varreville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.04.02</t>
+  </si>
+  <si>
+    <t>50.05</t>
+  </si>
+  <si>
+    <t>Lestre</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.05</t>
+  </si>
+  <si>
+    <t>50.06</t>
+  </si>
+  <si>
+    <t>Baie De Morsalines</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.06</t>
+  </si>
+  <si>
+    <t>50.06.01</t>
+  </si>
+  <si>
+    <t>Anse Du Cul De Loup</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.06.01</t>
+  </si>
+  <si>
+    <t>Levée totale des mesures existantes</t>
+  </si>
+  <si>
+    <t>Bivalves non fouisseurs - Groupe 3</t>
+  </si>
+  <si>
+    <t>Arrêté_CM S_2021 013_reclassement_A</t>
+  </si>
+  <si>
+    <t>06/09/2021</t>
+  </si>
+  <si>
+    <t>Levée des mesures existantes</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-cm-s-2021-013-reclassement-a-692d593b7a64f455049674.pdf</t>
+  </si>
+  <si>
+    <t>50.06.02</t>
+  </si>
+  <si>
+    <t>Morsalines</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.06.02</t>
+  </si>
+  <si>
+    <t>50.07</t>
+  </si>
+  <si>
+    <t>Pointe De Saire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.07</t>
+  </si>
+  <si>
+    <t>Arrêté abrogeant l’arrêté n° CM-S-2023-012 du 29 décembre 2023 portant interdiction temporaire de la pêche, du ramassage, du transport, de la purification, de l’expédition, du stockage, de la distribution, de la commercialisation et de la mise à la consommation humaine des coquillages issus de la zone de production n° 50-07 Saint-Vaast-la-Hougue et prescrivant des mesures complémentaires de gestion liées à une contamination de ces coquillages par des norovirus</t>
+  </si>
+  <si>
+    <t>AP_reouverture_zone_Saint_Vaast_50.07__signedXB</t>
+  </si>
+  <si>
+    <t>17/01/2024</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 29/12/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-reouverture-zone-saint-vaast-50-07-signedxb-692d5aff83034852804515.pdf</t>
+  </si>
+  <si>
+    <t>Saint Vaast La Hougue</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ_x000A_portant levée de la modification temporaire du classement de salubrité de la zone de production 50.07 (Saint-vaast-la-hougue) pour les coquillages du groupe 3 (bivalves non fouisseurs) et abrogeant l’arrêté préfectoral n° CM-S-2023-006 du 10 août 2023</t>
+  </si>
+  <si>
+    <t>Arrêté portant levée de la modification temporaire du classement de salubrité de la zone de production 50.0</t>
+  </si>
+  <si>
+    <t>25/08/2023</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 10 août 2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-portant-levee-de-la-modification-temporaire-du-classement-de-salubrite-de-la-zone-de-production-50-0-692d5a848a377836700502.pdf</t>
+  </si>
+  <si>
+    <t>50.08</t>
+  </si>
+  <si>
+    <t>Est Cotentin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.08</t>
+  </si>
+  <si>
+    <t>50.09</t>
+  </si>
+  <si>
+    <t>Saint Remy Des Landes</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.09</t>
+  </si>
+  <si>
+    <t>Arrete_CM-S2022-013_reclassement_en_A</t>
+  </si>
+  <si>
+    <t>09/12/2022</t>
+  </si>
+  <si>
+    <t>abroge l'arrêté du 28 octobre 2022_x000A_</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-cm-s2022-013-reclassement-en-a-692d59f579f97776845225.pdf</t>
+  </si>
+  <si>
+    <t>50.10</t>
+  </si>
+  <si>
+    <t>Bretteville Sur Ay</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.10</t>
+  </si>
+  <si>
+    <t>Arrêté_CM-S-2022-012_reclassement_A_Bretteville-sur-ay</t>
+  </si>
+  <si>
+    <t>05/12/2022</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté n° CM-S-2022-008 du 10 octobre 2022</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-cm-s-2022-012-reclassement-a-bretteville-sur-ay-692d59f60785f379034499.pdf</t>
+  </si>
+  <si>
+    <t>50.11</t>
+  </si>
+  <si>
+    <t>Saint Germain Sur Ay</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.11</t>
+  </si>
+  <si>
+    <t>50.12</t>
+  </si>
+  <si>
+    <t>Pirou Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.12</t>
+  </si>
+  <si>
+    <t>2_AP de réouverture de la zone 50-12 Pirou nord_GR3_GR2 (signé)</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 18/09/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/2-/2-ap-de-reouverture-de-la-zone-50-12-pirou-nord-gr3-gr2-signe-692d5c07be5d2373913031.pdf</t>
+  </si>
+  <si>
+    <t>50.13</t>
+  </si>
+  <si>
+    <t>Pirou Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.13</t>
+  </si>
+  <si>
+    <t>AP_2018-005_portant_reouverture_zone_pirou_sud</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-2018-005-portant-reouverture-zone-pirou-sud-692d5818eae62043631918.pdf</t>
+  </si>
+  <si>
+    <t>50.14</t>
+  </si>
+  <si>
+    <t>Gouville - Blainville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.14</t>
+  </si>
+  <si>
+    <t>AP_CM-S-2020_009_levee_interdiction</t>
+  </si>
+  <si>
+    <t>09/09/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-cm-s-2020-009-levee-interdiction-692d58c6126ab101072672.pdf</t>
+  </si>
+  <si>
+    <t>Blainville-gouville</t>
+  </si>
+  <si>
+    <t>50.14.002</t>
+  </si>
+  <si>
+    <t>Gouville/blainville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.14.002</t>
+  </si>
+  <si>
+    <t>50.14.01</t>
+  </si>
+  <si>
+    <t>Anneville-sur-mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.14.01</t>
+  </si>
+  <si>
+    <t>Arrêté CM S 2021 011</t>
+  </si>
+  <si>
+    <t>16/07/2021</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 2 juillet 2021</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-cm-s-2021-011-692d593610823719358493.pdf</t>
+  </si>
+  <si>
+    <t>50.14.02</t>
+  </si>
+  <si>
+    <t>Gouville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.14.02</t>
+  </si>
+  <si>
+    <t>Levée totale des mesures existantes Coquillages Groupe 2 (Bivalves fouisseurs)</t>
+  </si>
+  <si>
+    <t>Coquillages groupe 2 - Bivalves fouisseurs</t>
+  </si>
+  <si>
+    <t>Arrêté CM - 2021 018</t>
+  </si>
+  <si>
+    <t>09/11/2021</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-cm-2021-018-692d594da1d00592476239.pdf</t>
+  </si>
+  <si>
+    <t>50.14.03</t>
+  </si>
+  <si>
+    <t>Blainville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.14.03</t>
+  </si>
+  <si>
+    <t>2023-002_arrete_reouverture_zone_Blainville_50-14.03</t>
+  </si>
+  <si>
+    <t>13/01/2023</t>
+  </si>
+  <si>
+    <t>Arrêté abrogeant du 2023-01-13, abroge l'AP du 4 janvier 2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2023-002-arrete-reouverture-zone-blainville-50-14-03-692d59fe02163773637352.pdf</t>
+  </si>
+  <si>
+    <t>50.14.04</t>
+  </si>
+  <si>
+    <t>Gouville / Blainville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.14.04</t>
+  </si>
+  <si>
+    <t>50.15.01</t>
+  </si>
+  <si>
+    <t>Agon Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.15.01</t>
+  </si>
+  <si>
+    <t>Arrêté CM-S-2020-004 levee</t>
+  </si>
+  <si>
+    <t>20/01/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-cm-s-2020-004-levee-692d589a9cb63398959588.pdf</t>
+  </si>
+  <si>
+    <t>50.15.02</t>
+  </si>
+  <si>
+    <t>Agon Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.15.02</t>
+  </si>
+  <si>
+    <t>50.16</t>
+  </si>
+  <si>
+    <t>Hauteville Sur Mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.16</t>
+  </si>
+  <si>
+    <t>Arrêté_Hauteville_zone 50-16_GR2</t>
+  </si>
+  <si>
+    <t>25/05/2021</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 4 mai 2021</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-hauteville-zone-50-16-gr2-692d59141b949388371001.pdf</t>
+  </si>
+  <si>
+    <t>50.17</t>
+  </si>
+  <si>
+    <t>Lingreville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.17</t>
+  </si>
+  <si>
+    <t>50.18</t>
+  </si>
+  <si>
+    <t>Bricqueville Sur Mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.18</t>
+  </si>
+  <si>
+    <t>50.18.01</t>
+  </si>
+  <si>
+    <t>Bricqueville Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.18.01</t>
+  </si>
+  <si>
+    <t>20171106_AP_reouverture_zone_Bricqueville_nord_50-18-01</t>
+  </si>
+  <si>
+    <t>06/11/2017</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/20171106-ap-reouverture-zone-bricqueville-nord-50-18-01-692d580c5bb8b765729888.pdf</t>
+  </si>
+  <si>
+    <t>50.18.02</t>
+  </si>
+  <si>
+    <t>Bricqueville Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.18.02</t>
+  </si>
+  <si>
+    <t>50.18.19</t>
+  </si>
+  <si>
+    <t>Bricqueville Nord à Coudeville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.18.19</t>
+  </si>
+  <si>
+    <t>Prolongation de l'autorisation de prolongation d'ouverture et d'exploitation de la pêche de palourdes dans la zone 50-18-19 Bricqueville à Coudeville jusqu'au 30 mars 2025</t>
+  </si>
+  <si>
+    <t>(signé) arrete_sanitaire_prolongation_pêche_palourdes_Bricqueville_octobre-2024</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 28/06/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/si/signe-arrete-sanitaire-prolongation-peche-palourdes-bricqueville-octobre-2024-692d5ba15d323070400726.pdf</t>
+  </si>
+  <si>
+    <t>50.19</t>
+  </si>
+  <si>
+    <t>Coudeville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.19</t>
+  </si>
+  <si>
+    <t>50.20</t>
+  </si>
+  <si>
+    <t>Donville Les Bains</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.20</t>
+  </si>
+  <si>
+    <t>50.21</t>
+  </si>
+  <si>
+    <t>Ouest Et Nord Cotentin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.21</t>
+  </si>
+  <si>
+    <t>Ouverture partielle et exploitation provisoire de la pêche d'huitres plates (Ostrea edulis)</t>
+  </si>
+  <si>
+    <t>Huitres plates (Ostrea edulis)</t>
+  </si>
+  <si>
+    <t>50-20251201090103</t>
+  </si>
+  <si>
+    <t>15/11/2021</t>
+  </si>
+  <si>
+    <t>50.22</t>
+  </si>
+  <si>
+    <t>Sud Granville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.22</t>
+  </si>
+  <si>
+    <t>50.23</t>
+  </si>
+  <si>
+    <t>Hacqueville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.23</t>
+  </si>
+  <si>
+    <t>50.24</t>
+  </si>
+  <si>
+    <t>Baie Du Mont St Michel Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.24</t>
+  </si>
+  <si>
+    <t>Arrêté CM-S 2022-002_signe_0</t>
+  </si>
+  <si>
+    <t>11/02/2022</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 30/10/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-cm-s-2022-002-signe-0-692d5ad395478989779003.pdf</t>
+  </si>
+  <si>
+    <t>50.24.01</t>
+  </si>
+  <si>
+    <t>Jullouville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.24.01</t>
+  </si>
+  <si>
+    <t>50.24.02</t>
+  </si>
+  <si>
+    <t>Champeaux</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.24.02</t>
+  </si>
+  <si>
+    <t>50.24.03</t>
+  </si>
+  <si>
+    <t>Dragey-ronthon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.24.03</t>
+  </si>
+  <si>
+    <t>50.25</t>
+  </si>
+  <si>
+    <t>Chausey</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.25</t>
+  </si>
+  <si>
+    <t>56.01.1</t>
+  </si>
+  <si>
+    <t>Zone Du Large – Belle Ile</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.01.1</t>
+  </si>
+  <si>
+    <t>2025-04-10-ASP-modif-fermeture-coquilles-st-jacques-Belle-ile-Hout-Hoedic</t>
+  </si>
+  <si>
+    <t>Modifie l'arrêté du 08/04/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-04-10-asp-modif-fermeture-coquilles-st-jacques-belle-ile-hout-hoedic-692d5bec1b26d950037234.pdf</t>
+  </si>
+  <si>
+    <t>56.01.2</t>
+  </si>
+  <si>
+    <t>Zone Du Large - Ile De Groix - Zone De Parcs</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.01.2</t>
+  </si>
+  <si>
+    <t>2025-10-23-DSP-Ouverture-coquillages_groix_rade_port_louis</t>
+  </si>
+  <si>
     <t>Abroge l'arrêté du 25/09/2025</t>
   </si>
   <si>
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/dd/ddtm-sml-2025-276-001-692d5c08730d8733809983.pdf</t>
-[...6091 lines deleted...]
-  <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-10-23-dsp-ouverture-coquillages-groix-rade-port-louis-692d5bff6893c859422122.pdf</t>
   </si>
   <si>
     <t>56.01.3</t>
   </si>
   <si>
     <t>Zone Du Large - Ile De Groix - Bande Cotiere</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.01.3</t>
   </si>
   <si>
     <t>56.01.4</t>
   </si>
   <si>
     <t>Zone Du Large - Belle Ile</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.01.4</t>
   </si>
   <si>
     <t>56.01.5</t>
   </si>
   <si>
     <t>Zone Du Large - Ile De Houat</t>
@@ -6711,806 +6738,818 @@
   <si>
     <t>Lorient - Le Blavet Amont</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.04.2</t>
   </si>
   <si>
     <t>56.04.3</t>
   </si>
   <si>
     <t>Lorient - Le Blavet Aval</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.04.3</t>
   </si>
   <si>
     <t>56.04.4</t>
   </si>
   <si>
     <t>Lorient - Petite Mer De Gavres</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.04.4</t>
   </si>
   <si>
-    <t>Levée interdiction tous coquillages</t>
-[...2 lines deleted...]
-    <t>2025-04-03-ASP-Ouverture-tous-coquillages-Mer-Gavres_0</t>
+    <t>Fermeture de zone pour groupe 2</t>
+  </si>
+  <si>
+    <t>2025-01-21_REMI_fermeture_groupe-2_Lorient Petite Mer de Gâvres_56-04-4</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-01-21-remi-fermeture-groupe-2-lorient-petite-mer-de-gavres-56-04-4-69708a07663c4462639543.pdf</t>
+  </si>
+  <si>
+    <t>56.04.5</t>
+  </si>
+  <si>
+    <t>Lorient - Cote Entre La Rade De Port-louis Et La Riviere D'etel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.04.5</t>
+  </si>
+  <si>
+    <t>56.05.1</t>
+  </si>
+  <si>
+    <t>Riviere D'etel - Bras De Nostang</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.05.1</t>
+  </si>
+  <si>
+    <t>Alerte toxinique (ASP)</t>
+  </si>
+  <si>
+    <t>2025-04-10-ASP-Ouverture-tous-coquillages-Riviere-Etel</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 03/04/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-04-10-asp-ouverture-tous-coquillages-riviere-etel-692d5beb8ce79057840962.pdf</t>
+  </si>
+  <si>
+    <t>56.05.2</t>
+  </si>
+  <si>
+    <t>Riviere D'etel - Anse Du Kerihuelo</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.05.2</t>
+  </si>
+  <si>
+    <t>56.05.3</t>
+  </si>
+  <si>
+    <t>Riviere D'etel - Anse Du Listrec</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.05.3</t>
+  </si>
+  <si>
+    <t>56.05.4</t>
+  </si>
+  <si>
+    <t>Riviere D'etel - La Cote</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.05.4</t>
+  </si>
+  <si>
+    <t>56.05.5</t>
+  </si>
+  <si>
+    <t>Riviere D'etel - Beg Er Vil</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.05.5</t>
+  </si>
+  <si>
+    <t>déclassement de la zone de A en B</t>
+  </si>
+  <si>
+    <t>groupe 3 - coquillages non fouisseurs : huitres, moules...</t>
+  </si>
+  <si>
+    <t>2025-01-19_REMI_Declassement_A-en-B_groupe-3_Beg-er-vil_56-05-5</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-01-19-remi-declassement-a-en-b-groupe-3-beg-er-vil-56-05-5-696e31c491a95602333339.pdf</t>
+  </si>
+  <si>
+    <t>56.05.6</t>
+  </si>
+  <si>
+    <t>Riviere D'etel - Anse Du Sach</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.05.6</t>
+  </si>
+  <si>
+    <t>56.06.1</t>
+  </si>
+  <si>
+    <t>Bande Cotiere Entre La Riviere D'etel Et Penthievre</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.06.1</t>
+  </si>
+  <si>
+    <t>2025-14-11_DSP_AP-fermeture_tellines_Penthievre</t>
+  </si>
+  <si>
+    <t>14/11/2025</t>
+  </si>
+  <si>
+    <t>Nouvel arrêté du 14/11/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-14-11-dsp-ap-fermeture-tellines-penthievre-692d5c1807f8b293500515.pdf</t>
+  </si>
+  <si>
+    <t>56.07.1</t>
+  </si>
+  <si>
+    <t>Presqu'ile De Quiberon - Cotes De St Pierre Quiberon Et Quiberon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.07.1</t>
+  </si>
+  <si>
+    <t>56.07.2</t>
+  </si>
+  <si>
+    <t>Presqu'ile De Quiberon - Cote Sauvage De Quiberon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.07.2</t>
+  </si>
+  <si>
+    <t>56.07.3</t>
+  </si>
+  <si>
+    <t>Côte De Quibéron Coté Baie</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.07.3</t>
+  </si>
+  <si>
+    <t>2025-03-28-ASP-Fermeture-Coquilles-st-jacques-zone-56-08-1-baie_Quiberon_0</t>
+  </si>
+  <si>
+    <t>28/03/2025</t>
+  </si>
+  <si>
+    <t>Nouvel arrêté du 28/03/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-03-28-asp-fermeture-coquilles-st-jacques-zone-56-08-1-baie-quiberon-0-692d5bccc85fb858203292.pdf</t>
+  </si>
+  <si>
+    <t>56.08.1</t>
+  </si>
+  <si>
+    <t>Baie De Quiberon - Baie De Plouharnel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.08.1</t>
+  </si>
+  <si>
+    <t>Arrêté préfectoral de levée d'interdiction (tellines)</t>
+  </si>
+  <si>
+    <t>tellines</t>
+  </si>
+  <si>
+    <t>2025-12-18-DSP-Ouverture-tellines_penthievre</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-12-18-dsp-ouverture-tellines-penthievre-694407ca4e007956694646.pdf</t>
+  </si>
+  <si>
+    <t>56.08.10</t>
+  </si>
+  <si>
+    <t>Baie De Plouharnel Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.08.10</t>
+  </si>
+  <si>
+    <t>Déclassement de A en B</t>
+  </si>
+  <si>
+    <t>2026-01-23_REMI_Declassement_A-en-B_groupe-3_baie-plouharnel-nord_56-08-10</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-01-23-remi-declassement-a-en-b-groupe-3-baie-plouharnel-nord-56-08-10-6973849424c8b172408455.pdf</t>
+  </si>
+  <si>
+    <t>56.08.11</t>
+  </si>
+  <si>
+    <t>Baie De Plouharnel Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.08.11</t>
+  </si>
+  <si>
+    <t>56.08.2</t>
+  </si>
+  <si>
+    <t>Baie De Quiberon - Baie De Quiberon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.08.2</t>
+  </si>
+  <si>
+    <t>56.08.20</t>
+  </si>
+  <si>
+    <t>Baie De Quiberon Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.08.20</t>
+  </si>
+  <si>
+    <t>56.08.21</t>
+  </si>
+  <si>
+    <t>Baie De Quiberon Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.08.21</t>
+  </si>
+  <si>
+    <t>56.08.3</t>
+  </si>
+  <si>
+    <t>Baie De Quiberon - Anse Du Men Du</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.08.3</t>
+  </si>
+  <si>
+    <t>Levée d'interdiction sur tous les coquillages.</t>
+  </si>
+  <si>
+    <t>2024-11-21_DSP_AP-ouverture_tous_coquillages_zone-Rivière de Crach 057P-005</t>
+  </si>
+  <si>
+    <t>21/11/2024</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 07/11/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2024-11-21-dsp-ap-ouverture-tous-coquillages-zone-riviere-de-crach-057p-005-692d5ba7a9937232602708.pdf</t>
+  </si>
+  <si>
+    <t>56.09.1</t>
+  </si>
+  <si>
+    <t>Riviere De Crach - Riviere De Crach Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.09.1</t>
+  </si>
+  <si>
+    <t>56.09.2</t>
+  </si>
+  <si>
+    <t>Riviere De Crach - Kerlearec</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.09.2</t>
+  </si>
+  <si>
+    <t>fermeture de zone pour groupe 3</t>
+  </si>
+  <si>
+    <t>2025-01-21_REMI_fermeture_groupe-3_Rivière de Crac'h Kerlearec_56-09-2</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-01-21-remi-fermeture-groupe-3-riviere-de-crac-h-kerlearec-56-09-2-69708a49e8b01825322238.pdf</t>
+  </si>
+  <si>
+    <t>56.09.3</t>
+  </si>
+  <si>
+    <t>Riviere De Crach - Les Presses</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.09.3</t>
+  </si>
+  <si>
+    <t>Fermeture pour le groupe 2</t>
+  </si>
+  <si>
+    <t>2026-01-23_REMI_fermeture_groupe-2_crach-les-presses_56-09-3</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-01-23-remi-fermeture-groupe-2-crach-les-presses-56-09-3-69738486a25f8496992989.pdf</t>
+  </si>
+  <si>
+    <t>56.10.1</t>
+  </si>
+  <si>
+    <t>Riviere De St Philibert</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.10.1</t>
+  </si>
+  <si>
+    <t>2025-04-16-ASP-Ouverture-tous-coquillages-St-Philibert</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-04-16-asp-ouverture-tous-coquillages-st-philibert-692d5bef6ab93626287044.pdf</t>
+  </si>
+  <si>
+    <t>56.11.1</t>
+  </si>
+  <si>
+    <t>Anse De Locmariaquer - Le Breneguy</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.11.1</t>
+  </si>
+  <si>
+    <t>56.12.1</t>
+  </si>
+  <si>
+    <t>Riviere D'auray - Riviere Le Loch</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.12.1</t>
+  </si>
+  <si>
+    <t>56.12.2</t>
+  </si>
+  <si>
+    <t>Riviere D'auray - Riviere Le Bono</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.12.2</t>
+  </si>
+  <si>
+    <t>56.12.3</t>
+  </si>
+  <si>
+    <t>Riviere D'auray - Le Rohello</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.12.3</t>
+  </si>
+  <si>
+    <t>2026-01-09_levee_interdiction_56-12-3_le-rohello-Gr2</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-01-09-levee-interdiction-56-12-3-le-rohello-gr2-6960ff863af3b477192808.pdf</t>
+  </si>
+  <si>
+    <t>56.12.4</t>
+  </si>
+  <si>
+    <t>Riviere D'auray Aval Et Anse De Baden</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.12.4</t>
+  </si>
+  <si>
+    <t>2025-12-10_REMI_Declassement_A-en-B_groupe-2_anse-de-baden_56-12-4</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-12-10-remi-declassement-a-en-b-groupe-2-anse-de-baden-56-12-4-6939990c0364d816918250.pdf</t>
+  </si>
+  <si>
+    <t>56.13.1</t>
+  </si>
+  <si>
+    <t>Golfe Du Morbihan</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.1</t>
+  </si>
+  <si>
+    <t>56.13.10</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.10</t>
+  </si>
+  <si>
+    <t>Coquillages bivalves fouisseurs</t>
+  </si>
+  <si>
+    <t>2023-05-17_AP_levee_declassement_56-13-10_groupe2_0</t>
+  </si>
+  <si>
+    <t>17/05/2023</t>
+  </si>
+  <si>
+    <t>Arrêté abrogeant le 09 Mai 2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2023-05-17-ap-levee-declassement-56-13-10-groupe2-0-692d5a339a528221456961.pdf</t>
+  </si>
+  <si>
+    <t>56.13.2</t>
+  </si>
+  <si>
+    <t>Golfe Du Morbihan - Riviere De Vannes</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.2</t>
+  </si>
+  <si>
+    <t>56.13.20</t>
+  </si>
+  <si>
+    <t>Golfe Du Morbihan Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.20</t>
+  </si>
+  <si>
+    <t>56.13.21</t>
+  </si>
+  <si>
+    <t>Locmiquel - Berder - Kerdelan</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.21</t>
+  </si>
+  <si>
+    <t>56.13.22</t>
+  </si>
+  <si>
+    <t>Golfe Du Morbihan Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.22</t>
+  </si>
+  <si>
+    <t>2023-02-03_AP_Levée-norovirus_Golfe_Morbihan_Nord_56-13-22</t>
+  </si>
+  <si>
+    <t>03/02/2023</t>
+  </si>
+  <si>
+    <t>Arrêté abrogeant du 2023-02-03</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2023-02-03-ap-levee-norovirus-golfe-morbihan-nord-56-13-22-692d5a141f59c524634448.pdf</t>
+  </si>
+  <si>
+    <t>56.13.23</t>
+  </si>
+  <si>
+    <t>Ile Aux Moines - Ile D'arz</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.23</t>
+  </si>
+  <si>
+    <t>56.13.24</t>
+  </si>
+  <si>
+    <t>Golfe Du Morbihan Est</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.24</t>
+  </si>
+  <si>
+    <t>2023-01-13_AP_Ouverture_norovirus_zone_56-13-24_Golfe-du Morbihan_Est-1</t>
+  </si>
+  <si>
+    <t>Arrêté abrogeant du 2023-01-13</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2023-01-13-ap-ouverture-norovirus-zone-56-13-24-golfe-du-morbihan-est-1-692d59fec91f7592865996.pdf</t>
+  </si>
+  <si>
+    <t>56.13.3</t>
+  </si>
+  <si>
+    <t>Golfe Du Morbihan - Vasiere De Rosvelec</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.3</t>
+  </si>
+  <si>
+    <t>56.13.4</t>
+  </si>
+  <si>
+    <t>Golfe Du Morbihan - Sene Bourg</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.4</t>
+  </si>
+  <si>
+    <t>56.13.5</t>
+  </si>
+  <si>
+    <t>Golfe Du Morbihan - Iles De Boede Et Boedic</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.5</t>
+  </si>
+  <si>
+    <t>2026-01-23_REMI_Declassement_A-en-B_groupe-3_boede-boedic_56-13-5</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-01-23-remi-declassement-a-en-b-groupe-3-boede-boedic-56-13-5-69738478a80ce188857362.pdf</t>
+  </si>
+  <si>
+    <t>56.13.6</t>
+  </si>
+  <si>
+    <t>Golfe Du Morbihan - Chenal De St Leonard</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.6</t>
+  </si>
+  <si>
+    <t>56.13.7</t>
+  </si>
+  <si>
+    <t>Golfe Du Morbihan - Riviere De Noyalo</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.7</t>
+  </si>
+  <si>
+    <t>2025-11-27_Levee_declassement_56.13.7_Riviere-Noyalo_groupe-3</t>
+  </si>
+  <si>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 23/10/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-11-27-levee-declassement-56-13-7-riviere-noyalo-groupe-3-692d5c212e0b0147604024.pdf</t>
+  </si>
+  <si>
+    <t>56.13.8</t>
+  </si>
+  <si>
+    <t>Rivière De Vannes</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.8</t>
+  </si>
+  <si>
+    <t>56.14.1</t>
+  </si>
+  <si>
+    <t>Bande Cotiere Presqu'ile De Rhuys Cote Ocean</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.14.1</t>
+  </si>
+  <si>
+    <t>2025-10-10_REMI_Declassement_A-en-B_groupe-2_bande_cotiere_presquile_rhuys_56-14-1</t>
+  </si>
+  <si>
+    <t>10/10/2025</t>
+  </si>
+  <si>
+    <t>Nouvel arrêté du 10/10/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-10-10-remi-declassement-a-en-b-groupe-2-bande-cotiere-presquile-rhuys-56-14-1-692d5c0b63fc8990370465.pdf</t>
+  </si>
+  <si>
+    <t>56.15.1</t>
+  </si>
+  <si>
+    <t>Riviere De Penerf - Etier De Kerboulicot</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.1</t>
+  </si>
+  <si>
+    <t>2023-10-27_Levée_interdiction_tscoquillages_riviere_de_Penerf</t>
+  </si>
+  <si>
+    <t>27/10/2023</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 23/10/2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2023-10-27-levee-interdiction-tscoquillages-riviere-de-penerf-692d5abad8609881901088.pdf</t>
+  </si>
+  <si>
+    <t>56.15.10</t>
+  </si>
+  <si>
+    <t>Rivière De Penerf</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.10</t>
+  </si>
+  <si>
+    <t>2023-10-27_Levée_interdiction_tscoquillages_Gr2_56-15-10 _Penerf</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 19/10/2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2023-10-27-levee-interdiction-tscoquillages-gr2-56-15-10-penerf-692d5abb996f7881405906.pdf</t>
+  </si>
+  <si>
+    <t>56.15.2</t>
+  </si>
+  <si>
+    <t>Riviere De Penerf - Etier De Caden</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.2</t>
+  </si>
+  <si>
+    <t>56.15.3</t>
+  </si>
+  <si>
+    <t>Riviere De Penerf - Etier De Sainte Anne</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.3</t>
+  </si>
+  <si>
+    <t>2024-11-08_Levee_declassement_56.15.3_Etier_Ste_Anne_groupe3</t>
+  </si>
+  <si>
+    <t>08/11/2024</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 21/10/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2024-11-08-levee-declassement-56-15-3-etier-ste-anne-groupe3-692d5b994d2ec993591455.pdf</t>
+  </si>
+  <si>
+    <t>56.15.4</t>
+  </si>
+  <si>
+    <t>Riviere De Penerf - Etier De L'epinay</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.4</t>
+  </si>
+  <si>
+    <t>56.15.5</t>
+  </si>
+  <si>
+    <t>Riviere De Penerf - Chenal D'ambon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.5</t>
+  </si>
+  <si>
+    <t>56.15.6</t>
+  </si>
+  <si>
+    <t>Riviere De Penerf</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.6</t>
+  </si>
+  <si>
+    <t>Levée Alerte N2 , déclassement zone A en B</t>
+  </si>
+  <si>
+    <t>2025-08-06_Levee_declassement_56.15.6_riviere-de-penerf_groupe-3</t>
+  </si>
+  <si>
+    <t>06/08/2025</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 24/07/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-08-06-levee-declassement-56-15-6-riviere-de-penerf-groupe-3-692d5c023f6ca619290720.pdf</t>
+  </si>
+  <si>
+    <t>56.15.7</t>
+  </si>
+  <si>
+    <t>Embouchure De La Riviere De Penerf</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.7</t>
+  </si>
+  <si>
+    <t>2023-12-29_Réouverture de la zone_56-13-7_embouchure_de_Penerf_Norovirus</t>
+  </si>
+  <si>
+    <t>22/12/2023</t>
+  </si>
+  <si>
+    <t>Arrêté abrogeant du 2023-12-29</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2023-12-29-reouverture-de-la-zone-56-13-7-embouchure-de-penerf-norovirus-692d5ae8df625554956457.pdf</t>
+  </si>
+  <si>
+    <t>56.15.8</t>
+  </si>
+  <si>
+    <t>Riviere De Penerf - Claires Du Pont Neuf</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.8</t>
+  </si>
+  <si>
+    <t>56.16.1</t>
+  </si>
+  <si>
+    <t>Entre La Riviere De Penerf Et L'estuaire De La Vilaine</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.16.1</t>
+  </si>
+  <si>
+    <t>2025-06-13-DSP-Ouverture-coquillage-gr3_Kervoyal</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-06-13-dsp-ouverture-coquillage-gr3-kervoyal-692d5bfcabefd779606924.pdf</t>
+  </si>
+  <si>
+    <t>56.17.1</t>
+  </si>
+  <si>
+    <t>Estuaire De La Vilaine - Baie De Kervoyal</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.17.1</t>
+  </si>
+  <si>
+    <t>56.17.10</t>
+  </si>
+  <si>
+    <t>Estuaire De La Vilaine - Vilaine</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.17.10</t>
+  </si>
+  <si>
+    <t>ASP - Levée de l'interdiction pour tous les coquillages fouisseurs du 28 mars 2025</t>
+  </si>
+  <si>
+    <t>2025-10-16_ASP_AP-ouverture_tous-coquillages_56-17-10-Vilaine_0</t>
+  </si>
+  <si>
+    <t>16/10/2025</t>
   </si>
   <si>
     <t>Abroge l'arrêté du 28/03/2025</t>
   </si>
   <si>
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-04-03-asp-ouverture-tous-coquillages-mer-gavres-0-692d5bd3a9dd2315437722.pdf</t>
-[...745 lines deleted...]
-  <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-10-16-asp-ap-ouverture-tous-coquillages-56-17-10-vilaine-0-692d5c0c4a302739376200.pdf</t>
   </si>
   <si>
     <t>56.17.2</t>
   </si>
   <si>
     <t>Estuaire De La Vilaine - Etier De Billiers</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.17.2</t>
   </si>
   <si>
     <t>56.17.3</t>
   </si>
   <si>
     <t>Estuaire De La Vilaine - Embouchure De La Vilaine</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.17.3</t>
   </si>
   <si>
     <t>2025-06-13-DSP-Ouverture-coquillage-gr3_Estuaire-Vilaine</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-06-13-dsp-ouverture-coquillage-gr3-estuaire-vilaine-692d5bfd7467c384830136.pdf</t>
@@ -8052,60 +8091,60 @@
   <si>
     <t>Zone 83-01.01</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/83.01.01</t>
   </si>
   <si>
     <t>83.02</t>
   </si>
   <si>
     <t>Zone 83-02</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/83.02</t>
   </si>
   <si>
     <t>83.02.01</t>
   </si>
   <si>
     <t>Baie Du Lazaret</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/83.02.01</t>
   </si>
   <si>
-    <t>AP levee interdiction01_12_21</t>
-[...8 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-levee-interdiction01-12-21-692d59660386b323488426.pdf</t>
+    <t>interdiction temporaire, de la pêche, du ramassage, du transport, de la purification, de l'expédition, du stockage, de la distribution, de la commercialisation et de la mise à la consommation humaine des coquillages issus de la zone 83.02.01 lazaret et avec prescription des mesures de gestion complémentaires liées à une contamination de ces coquillages par un Norovirus.</t>
+  </si>
+  <si>
+    <t>huîtres et moules</t>
+  </si>
+  <si>
+    <t>AP signé prefet Norovirus 2</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-signe-prefet-norovirus-2-696503e7951c5489734095.pdf</t>
   </si>
   <si>
     <t>83.02.02</t>
   </si>
   <si>
     <t>Zone 83-02.02</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/83.02.02</t>
   </si>
   <si>
     <t>83.03</t>
   </si>
   <si>
     <t>Zone 83-03</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/83.03</t>
   </si>
   <si>
     <t>83.03.01</t>
   </si>
   <si>
     <t>Zone 83-03.01</t>
   </si>
@@ -8133,53 +8172,50 @@
   <si>
     <t>Baie De Bourgneuf - Nord-ouest Du Gois</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/85.01.01</t>
   </si>
   <si>
     <t>AP_D-2020-287</t>
   </si>
   <si>
     <t>07/05/2020</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-d-2020-287-692d58a94e02c877298187.pdf</t>
   </si>
   <si>
     <t>85.01.02</t>
   </si>
   <si>
     <t>Sud Jetee Des Ileaux</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/85.01.02</t>
   </si>
   <si>
-    <t>huîtres et moules</t>
-[...1 lines deleted...]
-  <si>
     <t>20210305_ARRETE_85.01.02</t>
   </si>
   <si>
     <t>05/03/2021</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/20210305-arrete-85-01-02-692d58f27625f706661991.pdf</t>
   </si>
   <si>
     <t>Arrêté abroge les dispositions pour la baie de bourgneuf et Noirmoutier_x000A_Les mesures sur le secteur de l'ile d'yeu sont maintenues</t>
   </si>
   <si>
     <t>250325_ouverture partielleASP-BaieBourgneuf</t>
   </si>
   <si>
     <t>Abroge l'arrêté du 27/03/2025</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/250325-ouverture-partielleasp-baiebourgneuf-692d5bd019ded643323907.pdf</t>
   </si>
   <si>
     <t>85.01.03</t>
   </si>
   <si>
     <t>Baie De Bourgneuf - Nord-est Du Gois</t>
@@ -8359,53 +8395,50 @@
     <t>Chenaux De Payre</t>
   </si>
   <si>
     <t>2021_85_0312_ARRETE_Réouverture_Talmont2-1</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2021-85-0312-arrete-reouverture-talmont2-1-692d58f4b64f0172526239.pdf</t>
   </si>
   <si>
     <t>85.08.01</t>
   </si>
   <si>
     <t>Lotissement Des Filieres Du Pertuis Breton</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/85.08.01</t>
   </si>
   <si>
     <t>AP_levée_filieres</t>
   </si>
   <si>
     <t>Abroge l'arrêté du 30 mai 2023</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-levee-filieres-692d5a5b326f2281837021.pdf</t>
-  </si>
-[...1 lines deleted...]
-    <t>moules</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>20/05/2020</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/31/316-692d58ae553fd106815546.pdf</t>
   </si>
   <si>
     <t>85.08.02</t>
   </si>
   <si>
     <t>Cote De La Tranche - La Faute</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/85.08.02</t>
   </si>
   <si>
     <t>85.08.03</t>
   </si>
   <si>
     <t>Riviere Du Lay</t>
   </si>
@@ -9212,51 +9245,51 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M732"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="M1" sqref="M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="147.393" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="548.438" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="498.878" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="248.796" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F1" s="4" t="s">
@@ -9842,16647 +9875,16734 @@
       </c>
       <c r="C32" t="s">
         <v>146</v>
       </c>
       <c r="D32" t="s">
         <v>44</v>
       </c>
       <c r="E32" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="s">
         <v>147</v>
       </c>
       <c r="B33" t="s">
         <v>148</v>
       </c>
       <c r="C33" t="s">
         <v>149</v>
       </c>
       <c r="D33" t="s">
         <v>44</v>
       </c>
       <c r="E33" t="s">
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="F33" t="s">
+        <v>151</v>
+      </c>
+      <c r="G33" t="s">
+        <v>152</v>
       </c>
       <c r="H33" t="s">
-        <v>150</v>
+        <v>153</v>
+      </c>
+      <c r="I33" t="s">
+        <v>154</v>
       </c>
       <c r="J33" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="K33" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="M33" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B34" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C34" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D34" t="s">
         <v>44</v>
       </c>
       <c r="E34" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B35" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="C35" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="D35" t="s">
         <v>44</v>
       </c>
       <c r="E35" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B36" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C36" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D36" t="s">
         <v>44</v>
       </c>
       <c r="E36" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B37" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C37" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D37" t="s">
         <v>44</v>
       </c>
       <c r="E37" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B38" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C38" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="D38" t="s">
         <v>44</v>
       </c>
       <c r="E38" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B39" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C39" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="D39" t="s">
         <v>44</v>
       </c>
       <c r="E39" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B40" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C40" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="D40" t="s">
         <v>44</v>
       </c>
       <c r="E40" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B41" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C41" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="D41" t="s">
         <v>44</v>
       </c>
       <c r="E41" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B42" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C42" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D42" t="s">
         <v>44</v>
       </c>
       <c r="E42" t="s">
         <v>45</v>
+      </c>
+      <c r="F42" t="s">
+        <v>185</v>
       </c>
       <c r="H42" t="s">
         <v>55</v>
       </c>
       <c r="J42" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="K42" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="M42" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B43" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="C43" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D43" t="s">
         <v>44</v>
       </c>
       <c r="E43" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B44" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="C44" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="D44" t="s">
         <v>44</v>
       </c>
       <c r="E44" t="s">
         <v>45</v>
       </c>
       <c r="H44" t="s">
         <v>55</v>
       </c>
       <c r="J44" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="K44" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="L44" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="M44" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B45" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C45" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D45" t="s">
         <v>44</v>
       </c>
       <c r="E45" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B46" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C46" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="D46" t="s">
         <v>44</v>
       </c>
       <c r="E46" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B47" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C47" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D47" t="s">
         <v>44</v>
       </c>
       <c r="E47" t="s">
         <v>45</v>
       </c>
       <c r="H47" t="s">
         <v>55</v>
       </c>
       <c r="J47" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="K47" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="L47" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="M47" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="B48" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C48" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D48" t="s">
         <v>44</v>
       </c>
       <c r="E48" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B49" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="C49" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="D49" t="s">
         <v>44</v>
       </c>
       <c r="E49" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B50" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C50" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="D50" t="s">
         <v>44</v>
       </c>
       <c r="E50" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B51" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C51" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D51" t="s">
         <v>44</v>
       </c>
       <c r="E51" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B52" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C52" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="D52" t="s">
         <v>44</v>
       </c>
       <c r="E52" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="B53" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="C53" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="D53" t="s">
         <v>44</v>
       </c>
       <c r="E53" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B54" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C54" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="D54" t="s">
         <v>44</v>
       </c>
       <c r="E54" t="s">
         <v>45</v>
       </c>
       <c r="J54" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="K54" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="M54" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B55" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C55" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="D55" t="s">
         <v>44</v>
       </c>
       <c r="E55" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B56" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C56" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D56" t="s">
         <v>44</v>
       </c>
       <c r="E56" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="B57" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C57" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="D57" t="s">
         <v>44</v>
       </c>
       <c r="E57" t="s">
         <v>45</v>
       </c>
       <c r="H57" t="s">
         <v>55</v>
       </c>
       <c r="J57" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="K57" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="L57" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="M57" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="B58" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="C58" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="D58" t="s">
         <v>82</v>
       </c>
       <c r="E58" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B59" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C59" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="D59" t="s">
         <v>44</v>
       </c>
       <c r="E59" t="s">
         <v>45</v>
       </c>
       <c r="J59" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="K59" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="M59" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="B60" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C60" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="D60" t="s">
         <v>82</v>
       </c>
       <c r="E60" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="B61" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="C61" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="D61" t="s">
         <v>82</v>
       </c>
       <c r="E61" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B62" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C62" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="D62" t="s">
         <v>44</v>
       </c>
       <c r="E62" t="s">
         <v>45</v>
       </c>
       <c r="I62" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="J62" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="K62" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="M62" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="B63" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="C63" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="D63" t="s">
         <v>82</v>
       </c>
       <c r="E63" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="B64" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C64" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="D64" t="s">
         <v>82</v>
       </c>
       <c r="E64" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B65" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C65" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="D65" t="s">
         <v>82</v>
       </c>
       <c r="E65" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="B66" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C66" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="D66" t="s">
         <v>82</v>
       </c>
       <c r="E66" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="B67" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C67" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="D67" t="s">
         <v>44</v>
       </c>
       <c r="E67" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="B68" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C68" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="D68" t="s">
         <v>44</v>
       </c>
       <c r="E68" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="B69" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="C69" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="D69" t="s">
         <v>44</v>
       </c>
       <c r="E69" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="B70" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="C70" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="D70" t="s">
         <v>44</v>
       </c>
       <c r="E70" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="B71" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="C71" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="D71" t="s">
         <v>44</v>
       </c>
       <c r="E71" t="s">
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="F71" t="s">
+        <v>297</v>
+      </c>
+      <c r="G71" t="s">
+        <v>152</v>
       </c>
       <c r="H71" t="s">
-        <v>294</v>
+        <v>55</v>
       </c>
       <c r="J71" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="K71" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="M71" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" t="s">
+        <v>301</v>
+      </c>
+      <c r="B72" t="s">
+        <v>302</v>
+      </c>
+      <c r="C72" t="s">
+        <v>303</v>
+      </c>
+      <c r="D72" t="s">
+        <v>44</v>
+      </c>
+      <c r="E72" t="s">
+        <v>150</v>
+      </c>
+      <c r="F72" t="s">
+        <v>297</v>
+      </c>
+      <c r="G72" t="s">
+        <v>152</v>
+      </c>
+      <c r="H72" t="s">
+        <v>55</v>
+      </c>
+      <c r="J72" t="s">
+        <v>298</v>
+      </c>
+      <c r="K72" t="s">
         <v>299</v>
       </c>
-      <c r="B72" t="s">
+      <c r="M72" t="s">
         <v>300</v>
-      </c>
-[...22 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B73" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C73" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D73" t="s">
         <v>44</v>
       </c>
       <c r="E73" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B74" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C74" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D74" t="s">
         <v>44</v>
       </c>
       <c r="E74" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B75" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C75" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D75" t="s">
         <v>44</v>
       </c>
       <c r="E75" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B76" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C76" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D76" t="s">
         <v>44</v>
       </c>
       <c r="E76" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B77" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C77" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D77" t="s">
         <v>44</v>
       </c>
       <c r="E77" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B78" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C78" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="D78" t="s">
         <v>44</v>
       </c>
       <c r="E78" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B79" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C79" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D79" t="s">
         <v>44</v>
       </c>
       <c r="E79" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B80" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C80" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="D80" t="s">
         <v>44</v>
       </c>
       <c r="E80" t="s">
         <v>45</v>
       </c>
       <c r="J80" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="K80" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="M80" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B81" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C81" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="D81" t="s">
         <v>44</v>
       </c>
       <c r="E81" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B82" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C82" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D82" t="s">
         <v>44</v>
       </c>
       <c r="E82" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B83" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C83" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="D83" t="s">
         <v>44</v>
       </c>
       <c r="E83" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="G83" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H83" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J83" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="K83" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="L83" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="M83" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B84" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C84" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D84" t="s">
         <v>44</v>
       </c>
       <c r="E84" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B85" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C85" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D85" t="s">
         <v>82</v>
       </c>
       <c r="E85" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B86" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C86" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D86" t="s">
         <v>44</v>
       </c>
       <c r="E86" t="s">
         <v>45</v>
       </c>
       <c r="J86" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="K86" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="M86" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B87" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C87" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D87" t="s">
         <v>82</v>
       </c>
       <c r="E87" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="H87" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J87" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="K87" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="M87" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B88" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C88" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D88" t="s">
         <v>44</v>
       </c>
       <c r="E88" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B89" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C89" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D89" t="s">
         <v>44</v>
       </c>
       <c r="E89" t="s">
         <v>45</v>
       </c>
       <c r="H89" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="I89" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="J89" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="K89" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="M89" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B90" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="C90" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D90" t="s">
         <v>44</v>
       </c>
       <c r="E90" t="s">
         <v>45</v>
       </c>
       <c r="J90" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K90" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="M90" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B91" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C91" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="D91" t="s">
         <v>44</v>
       </c>
       <c r="E91" t="s">
         <v>45</v>
       </c>
       <c r="J91" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="K91" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="M91" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="B92" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C92" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="D92" t="s">
         <v>44</v>
       </c>
       <c r="E92" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B93" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C93" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="D93" t="s">
         <v>44</v>
       </c>
       <c r="E93" t="s">
         <v>45</v>
       </c>
       <c r="J93" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="K93" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="M93" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B94" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C94" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D94" t="s">
         <v>44</v>
       </c>
       <c r="E94" t="s">
         <v>45</v>
       </c>
       <c r="J94" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="K94" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="M94" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="B95" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C95" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="D95" t="s">
         <v>44</v>
       </c>
       <c r="E95" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B96" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C96" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="D96" t="s">
         <v>44</v>
       </c>
       <c r="E96" t="s">
         <v>45</v>
       </c>
       <c r="H96" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J96" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="K96" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="M96" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" t="s">
+        <v>404</v>
+      </c>
+      <c r="B97" t="s">
+        <v>405</v>
+      </c>
+      <c r="C97" t="s">
+        <v>406</v>
+      </c>
+      <c r="D97" t="s">
+        <v>44</v>
+      </c>
+      <c r="E97" t="s">
+        <v>45</v>
+      </c>
+      <c r="H97" t="s">
+        <v>360</v>
+      </c>
+      <c r="J97" t="s">
+        <v>401</v>
+      </c>
+      <c r="K97" t="s">
         <v>402</v>
       </c>
-      <c r="B97" t="s">
+      <c r="M97" t="s">
         <v>403</v>
-      </c>
-[...19 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B98" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="C98" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="D98" t="s">
         <v>44</v>
       </c>
       <c r="E98" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B99" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C99" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="D99" t="s">
         <v>44</v>
       </c>
       <c r="E99" t="s">
         <v>45</v>
       </c>
       <c r="H99" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J99" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="K99" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="M99" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B100" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C100" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="D100" t="s">
         <v>44</v>
       </c>
       <c r="E100" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B101" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C101" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D101" t="s">
         <v>44</v>
       </c>
       <c r="E101" t="s">
         <v>45</v>
       </c>
       <c r="J101" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="K101" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="M101" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B102" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C102" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="D102" t="s">
         <v>44</v>
       </c>
       <c r="E102" t="s">
         <v>45</v>
       </c>
       <c r="F102" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="H102" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J102" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="K102" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="L102" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="M102" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B103" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="C103" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="D103" t="s">
         <v>44</v>
       </c>
       <c r="E103" t="s">
         <v>45</v>
       </c>
       <c r="J103" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="K103" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="M103" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B104" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C104" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="D104" t="s">
         <v>44</v>
       </c>
       <c r="E104" t="s">
         <v>45</v>
       </c>
       <c r="G104" t="s">
-        <v>434</v>
+        <v>152</v>
       </c>
       <c r="H104" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J104" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="K104" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="L104" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="M104" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B105" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C105" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D105" t="s">
         <v>44</v>
       </c>
       <c r="E105" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B106" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C106" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D106" t="s">
         <v>44</v>
       </c>
       <c r="E106" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B107" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C107" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D107" t="s">
         <v>44</v>
       </c>
       <c r="E107" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B108" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C108" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D108" t="s">
         <v>44</v>
       </c>
       <c r="E108" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B109" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C109" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D109" t="s">
         <v>44</v>
       </c>
       <c r="E109" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B110" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C110" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D110" t="s">
         <v>44</v>
       </c>
       <c r="E110" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B111" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C111" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D111" t="s">
         <v>44</v>
       </c>
       <c r="E111" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B112" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C112" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D112" t="s">
         <v>44</v>
       </c>
       <c r="E112" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B113" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C113" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D113" t="s">
         <v>44</v>
       </c>
       <c r="E113" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B114" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C114" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D114" t="s">
         <v>44</v>
       </c>
       <c r="E114" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B115" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C115" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D115" t="s">
         <v>44</v>
       </c>
       <c r="E115" t="s">
         <v>45</v>
       </c>
       <c r="F115" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="H115" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J115" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="K115" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="L115" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="M115" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B116" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C116" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D116" t="s">
         <v>82</v>
       </c>
       <c r="E116" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B117" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C117" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D117" t="s">
         <v>44</v>
       </c>
       <c r="E117" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B118" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C118" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D118" t="s">
         <v>44</v>
       </c>
       <c r="E118" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B119" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C119" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D119" t="s">
         <v>44</v>
       </c>
       <c r="E119" t="s">
         <v>45</v>
       </c>
       <c r="F119" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="G119" t="s">
-        <v>434</v>
+        <v>152</v>
       </c>
       <c r="H119" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J119" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="K119" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="L119" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="M119" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B120" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C120" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D120" t="s">
         <v>44</v>
       </c>
       <c r="E120" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B121" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C121" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D121" t="s">
         <v>44</v>
       </c>
       <c r="E121" t="s">
         <v>45</v>
       </c>
       <c r="F121" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="J121" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="K121" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="L121" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="M121" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B122" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C122" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D122" t="s">
         <v>82</v>
       </c>
       <c r="E122" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B123" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C123" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D123" t="s">
         <v>44</v>
       </c>
       <c r="E123" t="s">
         <v>45</v>
       </c>
       <c r="G123" t="s">
-        <v>434</v>
+        <v>152</v>
       </c>
       <c r="H123" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J123" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="K123" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="L123" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="M123" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" t="s">
+        <v>515</v>
+      </c>
+      <c r="B124" t="s">
+        <v>516</v>
+      </c>
+      <c r="C124" t="s">
+        <v>517</v>
+      </c>
+      <c r="D124" t="s">
+        <v>44</v>
+      </c>
+      <c r="E124" t="s">
+        <v>45</v>
+      </c>
+      <c r="G124" t="s">
+        <v>152</v>
+      </c>
+      <c r="H124" t="s">
+        <v>153</v>
+      </c>
+      <c r="J124" t="s">
+        <v>512</v>
+      </c>
+      <c r="K124" t="s">
+        <v>513</v>
+      </c>
+      <c r="L124" t="s">
+        <v>493</v>
+      </c>
+      <c r="M124" t="s">
         <v>514</v>
-      </c>
-[...28 lines deleted...]
-        <v>513</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B125" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C125" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="D125" t="s">
         <v>44</v>
       </c>
       <c r="E125" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B126" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C126" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D126" t="s">
         <v>44</v>
       </c>
       <c r="E126" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B127" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C127" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D127" t="s">
         <v>44</v>
       </c>
       <c r="E127" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B128" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C128" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D128" t="s">
         <v>82</v>
       </c>
       <c r="E128" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B129" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C129" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D129" t="s">
         <v>44</v>
       </c>
       <c r="E129" t="s">
         <v>45</v>
       </c>
       <c r="G129" t="s">
-        <v>434</v>
+        <v>152</v>
       </c>
       <c r="H129" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J129" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="K129" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="L129" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="M129" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B130" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C130" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D130" t="s">
         <v>44</v>
       </c>
       <c r="E130" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B131" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C131" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D131" t="s">
         <v>44</v>
       </c>
       <c r="E131" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B132" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C132" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D132" t="s">
         <v>44</v>
       </c>
       <c r="E132" t="s">
         <v>45</v>
       </c>
       <c r="I132" t="s">
         <v>66</v>
       </c>
       <c r="J132" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="K132" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="L132" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="M132" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B133" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C133" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D133" t="s">
         <v>44</v>
       </c>
       <c r="E133" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B134" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C134" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="D134" t="s">
         <v>44</v>
       </c>
       <c r="E134" t="s">
         <v>45</v>
       </c>
       <c r="F134" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="I134" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J134" t="s">
+        <v>553</v>
+      </c>
+      <c r="K134" t="s">
+        <v>554</v>
+      </c>
+      <c r="L134" t="s">
         <v>552</v>
       </c>
-      <c r="K134" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M134" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B135" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C135" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D135" t="s">
         <v>44</v>
       </c>
       <c r="E135" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B136" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C136" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D136" t="s">
         <v>82</v>
       </c>
       <c r="E136" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B137" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C137" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D137" t="s">
         <v>44</v>
       </c>
       <c r="E137" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B138" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C138" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D138" t="s">
         <v>44</v>
       </c>
       <c r="E138" t="s">
         <v>45</v>
       </c>
       <c r="F138" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="I138" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="J138" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="K138" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="L138" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="M138" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B139" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C139" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D139" t="s">
         <v>44</v>
       </c>
       <c r="E139" t="s">
         <v>45</v>
       </c>
       <c r="J139" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="K139" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="M139" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B140" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C140" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D140" t="s">
         <v>82</v>
       </c>
       <c r="E140" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B141" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C141" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D141" t="s">
         <v>82</v>
       </c>
       <c r="E141" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B142" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C142" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D142" t="s">
         <v>44</v>
       </c>
       <c r="E142" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B143" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C143" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D143" t="s">
         <v>44</v>
       </c>
       <c r="E143" t="s">
         <v>45</v>
       </c>
       <c r="J143" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="K143" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="M143" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B144" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C144" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D144" t="s">
         <v>44</v>
       </c>
       <c r="E144" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B145" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C145" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D145" t="s">
         <v>44</v>
       </c>
       <c r="E145" t="s">
         <v>45</v>
       </c>
       <c r="J145" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="K145" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="M145" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B146" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C146" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D146" t="s">
         <v>44</v>
       </c>
       <c r="E146" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B147" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C147" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="D147" t="s">
         <v>44</v>
       </c>
       <c r="E147" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B148" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C148" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D148" t="s">
         <v>44</v>
       </c>
       <c r="E148" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B149" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C149" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D149" t="s">
         <v>44</v>
       </c>
       <c r="E149" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B150" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C150" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D150" t="s">
         <v>44</v>
       </c>
       <c r="E150" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B151" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C151" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D151" t="s">
         <v>44</v>
       </c>
       <c r="E151" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B152" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C152" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D152" t="s">
         <v>44</v>
       </c>
       <c r="E152" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B153" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C153" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="D153" t="s">
         <v>44</v>
       </c>
       <c r="E153" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B154" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C154" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="D154" t="s">
         <v>44</v>
       </c>
       <c r="E154" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B155" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C155" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D155" t="s">
         <v>44</v>
       </c>
       <c r="E155" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B156" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C156" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="D156" t="s">
         <v>44</v>
       </c>
       <c r="E156" t="s">
         <v>45</v>
       </c>
       <c r="H156" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J156" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="K156" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="L156" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="M156" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B157" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C157" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D157" t="s">
         <v>44</v>
       </c>
       <c r="E157" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B158" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C158" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D158" t="s">
         <v>44</v>
       </c>
       <c r="E158" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B159" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C159" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D159" t="s">
         <v>44</v>
       </c>
       <c r="E159" t="s">
         <v>45</v>
       </c>
       <c r="J159" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="K159" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="M159" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B160" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C160" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D160" t="s">
         <v>44</v>
       </c>
       <c r="E160" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B161" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C161" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D161" t="s">
         <v>44</v>
       </c>
       <c r="E161" t="s">
         <v>45</v>
       </c>
       <c r="F161" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="G161" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H161" t="s">
         <v>55</v>
       </c>
       <c r="J161" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="K161" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="L161" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="M161" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="B162" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C162" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D162" t="s">
         <v>44</v>
       </c>
       <c r="E162" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B163" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C163" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D163" t="s">
         <v>44</v>
       </c>
       <c r="E163" t="s">
         <v>45</v>
       </c>
       <c r="I163" t="s">
         <v>66</v>
       </c>
       <c r="J163" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="K163" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="L163" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="M163" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B164" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C164" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D164" t="s">
         <v>44</v>
       </c>
       <c r="E164" t="s">
         <v>45</v>
       </c>
       <c r="F164" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="I164" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="J164" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="K164" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="L164" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="M164" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B165" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C165" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D165" t="s">
         <v>44</v>
       </c>
       <c r="E165" t="s">
         <v>45</v>
       </c>
       <c r="F165" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="I165" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="J165" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="K165" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="L165" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="M165" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="B166" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C166" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="D166" t="s">
         <v>44</v>
       </c>
       <c r="E166" t="s">
         <v>45</v>
       </c>
       <c r="J166" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="K166" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="M166" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B167" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C167" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="D167" t="s">
         <v>44</v>
       </c>
       <c r="E167" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="B168" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C168" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="D168" t="s">
         <v>44</v>
       </c>
       <c r="E168" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B169" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C169" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D169" t="s">
         <v>44</v>
       </c>
       <c r="E169" t="s">
         <v>45</v>
       </c>
       <c r="J169" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="K169" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="M169" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B170" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C170" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="D170" t="s">
         <v>44</v>
       </c>
       <c r="E170" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B171" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C171" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D171" t="s">
         <v>44</v>
       </c>
       <c r="E171" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="B172" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C172" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D172" t="s">
         <v>44</v>
       </c>
       <c r="E172" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B173" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C173" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="D173" t="s">
         <v>44</v>
       </c>
       <c r="E173" t="s">
         <v>45</v>
       </c>
       <c r="J173" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="K173" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="M173" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="B174" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C174" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D174" t="s">
         <v>44</v>
       </c>
       <c r="E174" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B175" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C175" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D175" t="s">
         <v>44</v>
       </c>
       <c r="E175" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B176" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="C176" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="D176" t="s">
         <v>44</v>
       </c>
       <c r="E176" t="s">
         <v>45</v>
       </c>
       <c r="F176" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="I176" t="s">
+        <v>729</v>
+      </c>
+      <c r="J176" t="s">
+        <v>730</v>
+      </c>
+      <c r="K176" t="s">
+        <v>731</v>
+      </c>
+      <c r="L176" t="s">
         <v>728</v>
       </c>
-      <c r="J176" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M176" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="B177" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="C177" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="D177" t="s">
         <v>82</v>
       </c>
       <c r="E177" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="B178" t="s">
+        <v>736</v>
+      </c>
+      <c r="C178" t="s">
         <v>735</v>
-      </c>
-[...1 lines deleted...]
-        <v>734</v>
       </c>
       <c r="D178" t="s">
         <v>44</v>
       </c>
       <c r="E178" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B179" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C179" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="D179" t="s">
         <v>44</v>
       </c>
       <c r="E179" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B180" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C180" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="D180" t="s">
         <v>44</v>
       </c>
       <c r="E180" t="s">
         <v>45</v>
       </c>
       <c r="H180" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J180" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="K180" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="L180" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="M180" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="B181" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C181" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D181" t="s">
         <v>44</v>
       </c>
       <c r="E181" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="B182" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C182" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="D182" t="s">
         <v>44</v>
       </c>
       <c r="E182" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B183" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C183" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D183" t="s">
         <v>82</v>
       </c>
       <c r="E183" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="B184" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C184" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="D184" t="s">
         <v>82</v>
       </c>
       <c r="E184" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B185" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C185" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="D185" t="s">
         <v>82</v>
       </c>
       <c r="E185" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="B186" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="C186" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D186" t="s">
         <v>82</v>
       </c>
       <c r="E186" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="B187" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C187" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="D187" t="s">
         <v>82</v>
       </c>
       <c r="E187" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="B188" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C188" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="D188" t="s">
         <v>82</v>
       </c>
       <c r="E188" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="B189" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C189" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="D189" t="s">
         <v>82</v>
       </c>
       <c r="E189" t="s">
         <v>45</v>
       </c>
       <c r="F189" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="G189" t="s">
-        <v>434</v>
+        <v>152</v>
       </c>
       <c r="H189" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J189" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="K189" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="L189" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="M189" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B190" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C190" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D190" t="s">
         <v>82</v>
       </c>
       <c r="E190" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="B191" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C191" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="D191" t="s">
         <v>82</v>
       </c>
       <c r="E191" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="B192" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C192" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="D192" t="s">
         <v>82</v>
       </c>
       <c r="E192" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="B193" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C193" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="D193" t="s">
         <v>82</v>
       </c>
       <c r="E193" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="B194" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C194" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D194" t="s">
         <v>82</v>
       </c>
       <c r="E194" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="B195" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="C195" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="D195" t="s">
         <v>82</v>
       </c>
       <c r="E195" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="B196" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C196" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="D196" t="s">
         <v>82</v>
       </c>
       <c r="E196" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="B197" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C197" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="D197" t="s">
         <v>82</v>
       </c>
       <c r="E197" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="B198" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C198" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="D198" t="s">
         <v>82</v>
       </c>
       <c r="E198" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="B199" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C199" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="D199" t="s">
         <v>82</v>
       </c>
       <c r="E199" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="B200" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C200" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D200" t="s">
         <v>82</v>
       </c>
       <c r="E200" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="B201" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C201" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="D201" t="s">
         <v>82</v>
       </c>
       <c r="E201" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="B202" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C202" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="D202" t="s">
         <v>82</v>
       </c>
       <c r="E202" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="B203" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C203" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="D203" t="s">
         <v>82</v>
       </c>
       <c r="E203" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="B204" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="C204" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="D204" t="s">
         <v>82</v>
       </c>
       <c r="E204" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="B205" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C205" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="D205" t="s">
         <v>82</v>
       </c>
       <c r="E205" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="B206" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="C206" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="D206" t="s">
         <v>82</v>
       </c>
       <c r="E206" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="B207" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="C207" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D207" t="s">
         <v>82</v>
       </c>
       <c r="E207" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="B208" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="C208" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="D208" t="s">
         <v>82</v>
       </c>
       <c r="E208" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="B209" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="C209" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="D209" t="s">
         <v>82</v>
       </c>
       <c r="E209" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="B210" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C210" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="D210" t="s">
         <v>82</v>
       </c>
       <c r="E210" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="B211" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C211" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="D211" t="s">
         <v>82</v>
       </c>
       <c r="E211" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="B212" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="C212" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="D212" t="s">
         <v>82</v>
       </c>
       <c r="E212" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="B213" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="C213" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="D213" t="s">
         <v>82</v>
       </c>
       <c r="E213" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B214" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C214" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="D214" t="s">
         <v>82</v>
       </c>
       <c r="E214" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B215" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C215" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="D215" t="s">
         <v>82</v>
       </c>
       <c r="E215" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="B216" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="C216" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="D216" t="s">
         <v>82</v>
       </c>
       <c r="E216" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="B217" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C217" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="D217" t="s">
         <v>82</v>
       </c>
       <c r="E217" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="B218" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C218" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="D218" t="s">
         <v>82</v>
       </c>
       <c r="E218" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="B219" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="C219" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="D219" t="s">
         <v>82</v>
       </c>
       <c r="E219" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="B220" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C220" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="D220" t="s">
         <v>82</v>
       </c>
       <c r="E220" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="B221" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C221" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D221" t="s">
         <v>44</v>
       </c>
       <c r="E221" t="s">
         <v>45</v>
       </c>
       <c r="G221" t="s">
-        <v>434</v>
+        <v>152</v>
       </c>
       <c r="H221" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="I221" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="J221" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="K221" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="M221" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="B222" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="C222" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="D222" t="s">
         <v>44</v>
       </c>
       <c r="E222" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B223" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C223" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="D223" t="s">
         <v>44</v>
       </c>
       <c r="E223" t="s">
         <v>45</v>
       </c>
       <c r="J223" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="K223" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="M223" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="B224" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="C224" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="D224" t="s">
         <v>44</v>
       </c>
       <c r="E224" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="B225" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C225" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="D225" t="s">
         <v>44</v>
       </c>
       <c r="E225" t="s">
         <v>45</v>
       </c>
       <c r="J225" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="K225" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="L225" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="M225" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="B226" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="C226" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="D226" t="s">
         <v>44</v>
       </c>
       <c r="E226" t="s">
         <v>45</v>
       </c>
       <c r="J226" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="K226" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="M226" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" t="s">
+        <v>882</v>
+      </c>
+      <c r="B227" t="s">
+        <v>883</v>
+      </c>
+      <c r="C227" t="s">
+        <v>884</v>
+      </c>
+      <c r="D227" t="s">
+        <v>44</v>
+      </c>
+      <c r="E227" t="s">
+        <v>45</v>
+      </c>
+      <c r="J227" t="s">
+        <v>880</v>
+      </c>
+      <c r="K227" t="s">
+        <v>865</v>
+      </c>
+      <c r="M227" t="s">
         <v>881</v>
-      </c>
-[...19 lines deleted...]
-        <v>880</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="B228" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="C228" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="D228" t="s">
         <v>44</v>
       </c>
       <c r="E228" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="B229" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C229" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D229" t="s">
         <v>44</v>
       </c>
       <c r="E229" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="B230" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="C230" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="D230" t="s">
         <v>44</v>
       </c>
       <c r="E230" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="B231" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="C231" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="D231" t="s">
         <v>44</v>
       </c>
       <c r="E231" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B232" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C232" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="D232" t="s">
         <v>44</v>
       </c>
       <c r="E232" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="B233" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="C233" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="D233" t="s">
         <v>44</v>
       </c>
       <c r="E233" t="s">
         <v>45</v>
       </c>
       <c r="F233" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="I233" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J233" t="s">
+        <v>904</v>
+      </c>
+      <c r="K233" t="s">
+        <v>905</v>
+      </c>
+      <c r="L233" t="s">
         <v>903</v>
       </c>
-      <c r="K233" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M233" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="B234" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C234" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D234" t="s">
         <v>44</v>
       </c>
       <c r="E234" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="B235" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="C235" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="D235" t="s">
         <v>44</v>
       </c>
       <c r="E235" t="s">
         <v>45</v>
       </c>
       <c r="I235" t="s">
         <v>104</v>
       </c>
       <c r="J235" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="K235" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="L235" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="M235" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="B236" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="C236" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="D236" t="s">
         <v>44</v>
       </c>
       <c r="E236" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="B237" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="C237" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="D237" t="s">
         <v>44</v>
       </c>
       <c r="E237" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="B238" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="C238" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="D238" t="s">
         <v>44</v>
       </c>
       <c r="E238" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="B239" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C239" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="D239" t="s">
         <v>44</v>
       </c>
       <c r="E239" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="B240" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="C240" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D240" t="s">
         <v>44</v>
       </c>
       <c r="E240" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="B241" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C241" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D241" t="s">
         <v>44</v>
       </c>
       <c r="E241" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="B242" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="C242" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="D242" t="s">
         <v>44</v>
       </c>
       <c r="E242" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="B243" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C243" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="D243" t="s">
         <v>82</v>
       </c>
       <c r="E243" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="B244" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="C244" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="D244" t="s">
         <v>44</v>
       </c>
       <c r="E244" t="s">
         <v>45</v>
       </c>
       <c r="J244" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="K244" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="M244" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="B245" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="C245" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="D245" t="s">
         <v>44</v>
       </c>
       <c r="E245" t="s">
         <v>45</v>
       </c>
       <c r="H245" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J245" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="K245" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="L245" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="M245" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="B246" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C246" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D246" t="s">
         <v>44</v>
       </c>
       <c r="E246" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="B247" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="C247" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="D247" t="s">
         <v>82</v>
       </c>
       <c r="E247" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="B248" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C248" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="D248" t="s">
         <v>44</v>
       </c>
       <c r="E248" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="F248" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="G248" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="H248" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J248" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="K248" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="L248" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="M248" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="B249" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C249" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="D249" t="s">
         <v>44</v>
       </c>
       <c r="E249" t="s">
         <v>45</v>
       </c>
       <c r="J249" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="K249" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="M249" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="B250" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="C250" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="D250" t="s">
         <v>44</v>
       </c>
       <c r="E250" t="s">
         <v>45</v>
       </c>
       <c r="F250" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="J250" t="s">
+        <v>979</v>
+      </c>
+      <c r="K250" t="s">
+        <v>980</v>
+      </c>
+      <c r="L250" t="s">
         <v>978</v>
       </c>
-      <c r="K250" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M250" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="B251" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C251" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="D251" t="s">
         <v>44</v>
       </c>
       <c r="E251" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="B252" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="C252" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="D252" t="s">
         <v>82</v>
       </c>
       <c r="E252" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="B253" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="C253" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="D253" t="s">
         <v>44</v>
       </c>
       <c r="E253" t="s">
         <v>45</v>
       </c>
       <c r="J253" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="K253" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="M253" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" t="s">
+        <v>994</v>
+      </c>
+      <c r="B254" t="s">
+        <v>995</v>
+      </c>
+      <c r="C254" t="s">
+        <v>996</v>
+      </c>
+      <c r="D254" t="s">
+        <v>44</v>
+      </c>
+      <c r="E254" t="s">
+        <v>45</v>
+      </c>
+      <c r="J254" t="s">
+        <v>991</v>
+      </c>
+      <c r="K254" t="s">
+        <v>992</v>
+      </c>
+      <c r="M254" t="s">
         <v>993</v>
-      </c>
-[...19 lines deleted...]
-        <v>992</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B255" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="C255" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="D255" t="s">
         <v>82</v>
       </c>
       <c r="E255" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="B256" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C256" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D256" t="s">
         <v>44</v>
       </c>
       <c r="E256" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="B257" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C257" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D257" t="s">
         <v>44</v>
       </c>
       <c r="E257" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="B258" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C258" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="D258" t="s">
         <v>44</v>
       </c>
       <c r="E258" t="s">
         <v>45</v>
       </c>
       <c r="J258" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="K258" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="M258" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="B259" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="C259" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="D259" t="s">
         <v>44</v>
       </c>
       <c r="E259" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="B260" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="C260" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="D260" t="s">
         <v>44</v>
       </c>
       <c r="E260" t="s">
         <v>45</v>
       </c>
       <c r="J260" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="K260" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="L260" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="M260" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C261" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D261" t="s">
+        <v>44</v>
+      </c>
+      <c r="E261" t="s">
+        <v>45</v>
+      </c>
+      <c r="J261" t="s">
+        <v>1015</v>
+      </c>
+      <c r="K261" t="s">
+        <v>1016</v>
+      </c>
+      <c r="L261" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M261" t="s">
         <v>1018</v>
-      </c>
-[...22 lines deleted...]
-        <v>1017</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="B262" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="C262" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="D262" t="s">
         <v>44</v>
       </c>
       <c r="E262" t="s">
         <v>45</v>
       </c>
       <c r="J262" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="K262" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="L262" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="M262" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="B263" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="C263" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="D263" t="s">
         <v>44</v>
       </c>
       <c r="E263" t="s">
         <v>45</v>
       </c>
       <c r="J263" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="K263" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="L263" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="M263" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="B264" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C264" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="D264" t="s">
         <v>44</v>
       </c>
       <c r="E264" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="B265" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="C265" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="D265" t="s">
         <v>44</v>
       </c>
       <c r="E265" t="s">
         <v>45</v>
       </c>
       <c r="J265" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="K265" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="L265" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="M265" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="B266" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="C266" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="D266" t="s">
         <v>44</v>
       </c>
       <c r="E266" t="s">
         <v>45</v>
       </c>
       <c r="H266" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J266" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="K266" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="L266" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M266" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B267" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C267" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D267" t="s">
+        <v>44</v>
+      </c>
+      <c r="E267" t="s">
+        <v>45</v>
+      </c>
+      <c r="H267" t="s">
+        <v>360</v>
+      </c>
+      <c r="J267" t="s">
+        <v>1037</v>
+      </c>
+      <c r="K267" t="s">
+        <v>1038</v>
+      </c>
+      <c r="L267" t="s">
         <v>1039</v>
       </c>
-      <c r="B267" t="s">
+      <c r="M267" t="s">
         <v>1040</v>
-      </c>
-[...22 lines deleted...]
-        <v>1038</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="B268" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="C268" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="D268" t="s">
         <v>44</v>
       </c>
       <c r="E268" t="s">
         <v>45</v>
       </c>
       <c r="H268" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J268" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="K268" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="L268" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M268" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="B269" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="C269" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="D269" t="s">
         <v>44</v>
       </c>
       <c r="E269" t="s">
         <v>45</v>
       </c>
       <c r="J269" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="K269" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="L269" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="M269" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="B270" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="C270" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="D270" t="s">
         <v>44</v>
       </c>
       <c r="E270" t="s">
         <v>45</v>
       </c>
       <c r="H270" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J270" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="K270" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="L270" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M270" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="B271" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="C271" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="D271" t="s">
         <v>82</v>
       </c>
       <c r="E271" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="B272" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="C272" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="D272" t="s">
         <v>82</v>
       </c>
       <c r="E272" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="B273" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="C273" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="D273" t="s">
         <v>82</v>
       </c>
       <c r="E273" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="B274" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="C274" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="D274" t="s">
         <v>44</v>
       </c>
       <c r="E274" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="B275" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="C275" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="D275" t="s">
         <v>44</v>
       </c>
       <c r="E275" t="s">
         <v>45</v>
       </c>
       <c r="H275" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J275" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="K275" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="L275" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="M275" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="B276" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="C276" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="D276" t="s">
         <v>44</v>
       </c>
       <c r="E276" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="B277" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="C277" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="D277" t="s">
         <v>44</v>
       </c>
       <c r="E277" t="s">
         <v>45</v>
       </c>
       <c r="F277" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="H277" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J277" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="K277" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="L277" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="M277" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="B278" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="C278" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="D278" t="s">
         <v>44</v>
       </c>
       <c r="E278" t="s">
         <v>45</v>
       </c>
       <c r="F278" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="J278" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="K278" t="s">
+        <v>1087</v>
+      </c>
+      <c r="L278" t="s">
         <v>1085</v>
       </c>
-      <c r="L278" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M278" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="B279" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="C279" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="D279" t="s">
         <v>44</v>
       </c>
       <c r="E279" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="B280" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="C280" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="D280" t="s">
         <v>44</v>
       </c>
       <c r="E280" t="s">
         <v>45</v>
       </c>
       <c r="I280" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="J280" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="K280" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="L280" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="M280" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B281" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C281" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D281" t="s">
+        <v>44</v>
+      </c>
+      <c r="E281" t="s">
+        <v>45</v>
+      </c>
+      <c r="I281" t="s">
+        <v>1103</v>
+      </c>
+      <c r="J281" t="s">
+        <v>1104</v>
+      </c>
+      <c r="K281" t="s">
+        <v>1105</v>
+      </c>
+      <c r="L281" t="s">
         <v>1098</v>
       </c>
-      <c r="B281" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M281" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="B282" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="C282" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="D282" t="s">
         <v>44</v>
       </c>
       <c r="E282" t="s">
         <v>45</v>
       </c>
       <c r="F282" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="J282" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="K282" t="s">
+        <v>1087</v>
+      </c>
+      <c r="L282" t="s">
         <v>1085</v>
       </c>
-      <c r="L282" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M282" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="B283" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="C283" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="D283" t="s">
         <v>44</v>
       </c>
       <c r="E283" t="s">
         <v>45</v>
       </c>
       <c r="H283" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J283" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="K283" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="L283" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="M283" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="B284" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="C284" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="D284" t="s">
         <v>44</v>
       </c>
       <c r="E284" t="s">
         <v>45</v>
       </c>
       <c r="F284" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="J284" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="K284" t="s">
+        <v>1087</v>
+      </c>
+      <c r="L284" t="s">
         <v>1085</v>
       </c>
-      <c r="L284" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M284" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="B285" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="C285" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="D285" t="s">
         <v>44</v>
       </c>
       <c r="E285" t="s">
         <v>45</v>
       </c>
       <c r="H285" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J285" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="K285" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="L285" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M285" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="B286" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="C286" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="D286" t="s">
         <v>44</v>
       </c>
       <c r="E286" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="B287" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="C287" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="D287" t="s">
         <v>44</v>
       </c>
       <c r="E287" t="s">
         <v>45</v>
       </c>
       <c r="J287" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="K287" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="M287" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="B288" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="C288" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="D288" t="s">
         <v>44</v>
       </c>
       <c r="E288" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="B289" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="C289" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="D289" t="s">
         <v>44</v>
       </c>
       <c r="E289" t="s">
         <v>45</v>
       </c>
       <c r="H289" t="s">
         <v>55</v>
       </c>
       <c r="J289" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="K289" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="L289" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M289" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B290" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C290" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="D290" t="s">
         <v>44</v>
       </c>
       <c r="E290" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="B291" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="C291" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="D291" t="s">
         <v>44</v>
       </c>
       <c r="E291" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="B292" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="C292" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D292" t="s">
         <v>44</v>
       </c>
       <c r="E292" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="B293" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="C293" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="D293" t="s">
         <v>44</v>
       </c>
       <c r="E293" t="s">
         <v>45</v>
       </c>
       <c r="I293" t="s">
         <v>104</v>
       </c>
       <c r="J293" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="K293" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="L293" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="B294" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="C294" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="D294" t="s">
         <v>44</v>
       </c>
       <c r="E294" t="s">
         <v>45</v>
       </c>
       <c r="H294" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="I294" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="J294" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="K294" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="M294" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="B295" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="C295" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="D295" t="s">
         <v>44</v>
       </c>
       <c r="E295" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="B296" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="C296" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="D296" t="s">
         <v>44</v>
       </c>
       <c r="E296" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="B297" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="C297" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="D297" t="s">
         <v>44</v>
       </c>
       <c r="E297" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="H297" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J297" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="K297" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="L297" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M297" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B298" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C298" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D298" t="s">
+        <v>44</v>
+      </c>
+      <c r="E298" t="s">
+        <v>150</v>
+      </c>
+      <c r="H298" t="s">
+        <v>153</v>
+      </c>
+      <c r="J298" t="s">
+        <v>1177</v>
+      </c>
+      <c r="K298" t="s">
         <v>1178</v>
       </c>
-      <c r="B298" t="s">
+      <c r="L298" t="s">
+        <v>1039</v>
+      </c>
+      <c r="M298" t="s">
         <v>1179</v>
-      </c>
-[...22 lines deleted...]
-        <v>1177</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="B299" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="C299" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="D299" t="s">
         <v>44</v>
       </c>
       <c r="E299" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="H299" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J299" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="K299" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="L299" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M299" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="B300" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="C300" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="D300" t="s">
         <v>44</v>
       </c>
       <c r="E300" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="H300" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J300" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="K300" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="L300" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M300" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="B301" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="C301" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="D301" t="s">
         <v>44</v>
       </c>
       <c r="E301" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="H301" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J301" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="K301" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="L301" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M301" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="B302" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="C302" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="D302" t="s">
         <v>44</v>
       </c>
       <c r="E302" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="H302" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J302" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="K302" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="L302" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M302" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="B303" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="C303" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="D303" t="s">
         <v>44</v>
       </c>
       <c r="E303" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="H303" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J303" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="K303" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="L303" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M303" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="B304" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="C304" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="D304" t="s">
         <v>44</v>
       </c>
       <c r="E304" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="H304" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J304" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="K304" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="L304" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M304" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="B305" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="C305" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="D305" t="s">
         <v>44</v>
       </c>
       <c r="E305" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="H305" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J305" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="K305" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="L305" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M305" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="B306" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="C306" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="D306" t="s">
         <v>44</v>
       </c>
       <c r="E306" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="H306" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J306" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="K306" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="L306" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M306" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="B307" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C307" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="D307" t="s">
         <v>44</v>
       </c>
       <c r="E307" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="H307" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J307" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="K307" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="L307" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M307" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="B308" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="C308" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="D308" t="s">
         <v>44</v>
       </c>
       <c r="E308" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="H308" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J308" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="K308" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="L308" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M308" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="B309" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="C309" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="D309" t="s">
         <v>44</v>
       </c>
       <c r="E309" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="F309" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="H309" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J309" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="K309" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="L309" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="M309" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="B310" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="C310" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="D310" t="s">
         <v>44</v>
       </c>
       <c r="E310" t="s">
         <v>45</v>
       </c>
       <c r="H310" t="s">
         <v>55</v>
       </c>
       <c r="J310" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="K310" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="L310" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="M310" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="B311" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="C311" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="D311" t="s">
         <v>44</v>
       </c>
       <c r="E311" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-        <v>434</v>
+        <v>45</v>
+      </c>
+      <c r="F311" t="s">
+        <v>1234</v>
       </c>
       <c r="H311" t="s">
-        <v>294</v>
+        <v>1235</v>
       </c>
       <c r="J311" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="K311" t="s">
-        <v>1233</v>
-[...2 lines deleted...]
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="M311" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="B312" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
       <c r="C312" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="D312" t="s">
         <v>44</v>
       </c>
       <c r="E312" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="B313" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C313" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="D313" t="s">
         <v>44</v>
       </c>
       <c r="E313" t="s">
         <v>45</v>
       </c>
       <c r="H313" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J313" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="K313" t="s">
-        <v>1233</v>
+        <v>1246</v>
       </c>
       <c r="L313" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M313" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="B314" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C314" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D314" t="s">
+        <v>44</v>
+      </c>
+      <c r="E314" t="s">
+        <v>45</v>
+      </c>
+      <c r="H314" t="s">
+        <v>360</v>
+      </c>
+      <c r="J314" t="s">
         <v>1245</v>
       </c>
-      <c r="C314" t="s">
+      <c r="K314" t="s">
         <v>1246</v>
       </c>
-      <c r="D314" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="L314" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M314" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
       <c r="B315" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
       <c r="C315" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="D315" t="s">
         <v>44</v>
       </c>
       <c r="E315" t="s">
         <v>45</v>
       </c>
       <c r="H315" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J315" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="K315" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="L315" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M315" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" t="s">
-        <v>1252</v>
+        <v>1256</v>
       </c>
       <c r="B316" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="C316" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D316" t="s">
+        <v>44</v>
+      </c>
+      <c r="E316" t="s">
+        <v>45</v>
+      </c>
+      <c r="H316" t="s">
+        <v>153</v>
+      </c>
+      <c r="J316" t="s">
         <v>1254</v>
       </c>
-      <c r="D316" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K316" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="L316" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M316" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="B317" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="C317" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
       <c r="D317" t="s">
         <v>44</v>
       </c>
       <c r="E317" t="s">
         <v>45</v>
       </c>
       <c r="J317" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="K317" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
       <c r="M317" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="B318" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="C318" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="D318" t="s">
         <v>44</v>
       </c>
       <c r="E318" t="s">
         <v>45</v>
       </c>
       <c r="H318" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J318" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="K318" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="L318" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="M318" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
       <c r="B319" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="C319" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
       <c r="D319" t="s">
         <v>44</v>
       </c>
       <c r="E319" t="s">
         <v>45</v>
+      </c>
+      <c r="F319" t="s">
+        <v>1275</v>
       </c>
       <c r="H319" t="s">
         <v>55</v>
       </c>
+      <c r="I319" t="s">
+        <v>1276</v>
+      </c>
       <c r="J319" t="s">
-        <v>1271</v>
+        <v>1277</v>
       </c>
       <c r="K319" t="s">
-        <v>1272</v>
-[...2 lines deleted...]
-        <v>297</v>
+        <v>1278</v>
       </c>
       <c r="M319" t="s">
-        <v>1273</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" t="s">
-        <v>1274</v>
+        <v>1280</v>
       </c>
       <c r="B320" t="s">
-        <v>1275</v>
+        <v>1281</v>
       </c>
       <c r="C320" t="s">
-        <v>1276</v>
+        <v>1282</v>
       </c>
       <c r="D320" t="s">
         <v>44</v>
       </c>
       <c r="E320" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" t="s">
-        <v>1277</v>
+        <v>1283</v>
       </c>
       <c r="B321" t="s">
-        <v>1278</v>
+        <v>1284</v>
       </c>
       <c r="C321" t="s">
-        <v>1279</v>
+        <v>1285</v>
       </c>
       <c r="D321" t="s">
         <v>44</v>
       </c>
       <c r="E321" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" t="s">
-        <v>1280</v>
+        <v>1286</v>
       </c>
       <c r="B322" t="s">
-        <v>1281</v>
+        <v>1287</v>
       </c>
       <c r="C322" t="s">
-        <v>1282</v>
+        <v>1288</v>
       </c>
       <c r="D322" t="s">
         <v>44</v>
       </c>
       <c r="E322" t="s">
         <v>45</v>
       </c>
       <c r="H322" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J322" t="s">
-        <v>1283</v>
+        <v>1289</v>
       </c>
       <c r="K322" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="L322" t="s">
-        <v>1284</v>
+        <v>1290</v>
       </c>
       <c r="M322" t="s">
-        <v>1285</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" t="s">
-        <v>1286</v>
+        <v>1292</v>
       </c>
       <c r="B323" t="s">
-        <v>1287</v>
+        <v>1293</v>
       </c>
       <c r="C323" t="s">
-        <v>1288</v>
+        <v>1294</v>
       </c>
       <c r="D323" t="s">
         <v>44</v>
       </c>
       <c r="E323" t="s">
         <v>45</v>
       </c>
       <c r="H323" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J323" t="s">
-        <v>1283</v>
+        <v>1289</v>
       </c>
       <c r="K323" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="L323" t="s">
-        <v>1284</v>
+        <v>1290</v>
       </c>
       <c r="M323" t="s">
-        <v>1285</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" t="s">
-        <v>1289</v>
+        <v>1295</v>
       </c>
       <c r="B324" t="s">
-        <v>1290</v>
+        <v>1296</v>
       </c>
       <c r="C324" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="D324" t="s">
         <v>44</v>
       </c>
       <c r="E324" t="s">
         <v>45</v>
       </c>
       <c r="H324" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J324" t="s">
-        <v>1292</v>
+        <v>1298</v>
       </c>
       <c r="K324" t="s">
-        <v>1293</v>
+        <v>1299</v>
       </c>
       <c r="L324" t="s">
-        <v>1294</v>
+        <v>1300</v>
       </c>
       <c r="M324" t="s">
-        <v>1295</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" t="s">
-        <v>1296</v>
+        <v>1302</v>
       </c>
       <c r="B325" t="s">
-        <v>1297</v>
+        <v>1303</v>
       </c>
       <c r="C325" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D325" t="s">
+        <v>44</v>
+      </c>
+      <c r="E325" t="s">
+        <v>45</v>
+      </c>
+      <c r="H325" t="s">
+        <v>360</v>
+      </c>
+      <c r="J325" t="s">
         <v>1298</v>
       </c>
-      <c r="D325" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K325" t="s">
-        <v>1293</v>
+        <v>1299</v>
       </c>
       <c r="L325" t="s">
-        <v>1294</v>
+        <v>1300</v>
       </c>
       <c r="M325" t="s">
-        <v>1295</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" t="s">
-        <v>1299</v>
+        <v>1305</v>
       </c>
       <c r="B326" t="s">
-        <v>1300</v>
+        <v>1306</v>
       </c>
       <c r="C326" t="s">
-        <v>1301</v>
+        <v>1307</v>
       </c>
       <c r="D326" t="s">
         <v>44</v>
       </c>
       <c r="E326" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327" t="s">
-        <v>1302</v>
+        <v>1308</v>
       </c>
       <c r="B327" t="s">
-        <v>1303</v>
+        <v>1309</v>
       </c>
       <c r="C327" t="s">
-        <v>1304</v>
+        <v>1310</v>
       </c>
       <c r="D327" t="s">
         <v>44</v>
       </c>
       <c r="E327" t="s">
         <v>45</v>
       </c>
       <c r="H327" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J327" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="K327" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="L327" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M327" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
       <c r="B328" t="s">
-        <v>1309</v>
+        <v>1315</v>
       </c>
       <c r="C328" t="s">
-        <v>1310</v>
+        <v>1316</v>
       </c>
       <c r="D328" t="s">
         <v>44</v>
       </c>
       <c r="E328" t="s">
         <v>45</v>
       </c>
       <c r="H328" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J328" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="K328" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="L328" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M328" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="B329" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
       <c r="C329" t="s">
-        <v>1313</v>
+        <v>1319</v>
       </c>
       <c r="D329" t="s">
         <v>44</v>
       </c>
       <c r="E329" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="330" spans="1:13">
       <c r="A330" t="s">
-        <v>1314</v>
+        <v>1320</v>
       </c>
       <c r="B330" t="s">
-        <v>1315</v>
+        <v>1321</v>
       </c>
       <c r="C330" t="s">
-        <v>1316</v>
+        <v>1322</v>
       </c>
       <c r="D330" t="s">
         <v>44</v>
       </c>
       <c r="E330" t="s">
         <v>45</v>
       </c>
       <c r="H330" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J330" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="K330" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="L330" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M330" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="331" spans="1:13">
       <c r="A331" t="s">
-        <v>1317</v>
+        <v>1323</v>
       </c>
       <c r="B331" t="s">
-        <v>1318</v>
+        <v>1324</v>
       </c>
       <c r="C331" t="s">
-        <v>1319</v>
+        <v>1325</v>
       </c>
       <c r="D331" t="s">
         <v>44</v>
       </c>
       <c r="E331" t="s">
         <v>45</v>
       </c>
       <c r="H331" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J331" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="K331" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="L331" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M331" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="332" spans="1:13">
       <c r="A332" t="s">
-        <v>1320</v>
+        <v>1326</v>
       </c>
       <c r="B332" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
       <c r="C332" t="s">
-        <v>1322</v>
+        <v>1328</v>
       </c>
       <c r="D332" t="s">
         <v>44</v>
       </c>
       <c r="E332" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="333" spans="1:13">
       <c r="A333" t="s">
-        <v>1323</v>
+        <v>1329</v>
       </c>
       <c r="B333" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
       <c r="C333" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
       <c r="D333" t="s">
         <v>44</v>
       </c>
       <c r="E333" t="s">
         <v>45</v>
       </c>
       <c r="H333" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J333" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="K333" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="L333" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M333" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="334" spans="1:13">
       <c r="A334" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="B334" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="C334" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
       <c r="D334" t="s">
         <v>82</v>
       </c>
       <c r="E334" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="335" spans="1:13">
       <c r="A335" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="B335" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="C335" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="D335" t="s">
         <v>82</v>
       </c>
       <c r="E335" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="G335" t="s">
-        <v>434</v>
+        <v>152</v>
       </c>
       <c r="H335" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="I335" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
       <c r="J335" t="s">
-        <v>1333</v>
+        <v>1339</v>
       </c>
       <c r="K335" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
       <c r="M335" t="s">
-        <v>1335</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="336" spans="1:13">
       <c r="A336" t="s">
-        <v>1336</v>
+        <v>1342</v>
       </c>
       <c r="B336" t="s">
-        <v>1337</v>
+        <v>1343</v>
       </c>
       <c r="C336" t="s">
-        <v>1338</v>
+        <v>1344</v>
       </c>
       <c r="D336" t="s">
         <v>44</v>
       </c>
       <c r="E336" t="s">
         <v>45</v>
       </c>
       <c r="J336" t="s">
-        <v>1339</v>
+        <v>1345</v>
       </c>
       <c r="K336" t="s">
-        <v>1340</v>
+        <v>1346</v>
       </c>
       <c r="M336" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="337" spans="1:13">
       <c r="A337" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
       <c r="B337" t="s">
-        <v>1343</v>
+        <v>1349</v>
       </c>
       <c r="C337" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
       <c r="D337" t="s">
         <v>82</v>
       </c>
       <c r="E337" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="G337" t="s">
-        <v>434</v>
+        <v>152</v>
       </c>
       <c r="H337" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J337" t="s">
-        <v>1345</v>
+        <v>1351</v>
       </c>
       <c r="K337" t="s">
-        <v>1346</v>
+        <v>1352</v>
       </c>
       <c r="L337" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
       <c r="M337" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="338" spans="1:13">
       <c r="A338" t="s">
-        <v>1349</v>
+        <v>1355</v>
       </c>
       <c r="B338" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
       <c r="C338" t="s">
-        <v>1351</v>
+        <v>1357</v>
       </c>
       <c r="D338" t="s">
         <v>44</v>
       </c>
       <c r="E338" t="s">
         <v>45</v>
       </c>
       <c r="H338" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J338" t="s">
-        <v>1352</v>
+        <v>1358</v>
       </c>
       <c r="K338" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="L338" t="s">
-        <v>1353</v>
+        <v>1359</v>
       </c>
       <c r="M338" t="s">
-        <v>1354</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="339" spans="1:13">
       <c r="A339" t="s">
-        <v>1355</v>
+        <v>1361</v>
       </c>
       <c r="B339" t="s">
-        <v>1356</v>
+        <v>1362</v>
       </c>
       <c r="C339" t="s">
-        <v>1357</v>
+        <v>1363</v>
       </c>
       <c r="D339" t="s">
         <v>44</v>
       </c>
       <c r="E339" t="s">
         <v>45</v>
       </c>
       <c r="H339" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J339" t="s">
-        <v>1352</v>
+        <v>1358</v>
       </c>
       <c r="K339" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="L339" t="s">
-        <v>1353</v>
+        <v>1359</v>
       </c>
       <c r="M339" t="s">
-        <v>1354</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="340" spans="1:13">
       <c r="A340" t="s">
-        <v>1358</v>
+        <v>1364</v>
       </c>
       <c r="B340" t="s">
-        <v>1359</v>
+        <v>1365</v>
       </c>
       <c r="C340" t="s">
-        <v>1360</v>
+        <v>1366</v>
       </c>
       <c r="D340" t="s">
         <v>44</v>
       </c>
       <c r="E340" t="s">
-        <v>45</v>
+        <v>150</v>
       </c>
       <c r="F340" t="s">
-        <v>1361</v>
+        <v>1367</v>
+      </c>
+      <c r="G340" t="s">
+        <v>1368</v>
+      </c>
+      <c r="H340" t="s">
+        <v>153</v>
       </c>
       <c r="I340" t="s">
-        <v>1362</v>
+        <v>1369</v>
       </c>
       <c r="J340" t="s">
-        <v>1363</v>
+        <v>1370</v>
       </c>
       <c r="K340" t="s">
-        <v>1364</v>
-[...2 lines deleted...]
-        <v>1361</v>
+        <v>1371</v>
       </c>
       <c r="M340" t="s">
-        <v>1365</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="341" spans="1:13">
       <c r="A341" t="s">
-        <v>1366</v>
+        <v>1373</v>
       </c>
       <c r="B341" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
       <c r="C341" t="s">
-        <v>1368</v>
+        <v>1375</v>
       </c>
       <c r="D341" t="s">
         <v>44</v>
       </c>
       <c r="E341" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="342" spans="1:13">
       <c r="A342" t="s">
-        <v>1369</v>
+        <v>1376</v>
       </c>
       <c r="B342" t="s">
-        <v>1370</v>
+        <v>1377</v>
       </c>
       <c r="C342" t="s">
-        <v>1371</v>
+        <v>1378</v>
       </c>
       <c r="D342" t="s">
         <v>82</v>
       </c>
       <c r="E342" t="s">
         <v>45</v>
       </c>
       <c r="J342" t="s">
-        <v>1372</v>
+        <v>1379</v>
       </c>
       <c r="K342" t="s">
-        <v>1373</v>
+        <v>1380</v>
       </c>
       <c r="M342" t="s">
-        <v>1374</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="343" spans="1:13">
       <c r="A343" t="s">
-        <v>1375</v>
+        <v>1382</v>
       </c>
       <c r="B343" t="s">
-        <v>1376</v>
+        <v>1383</v>
       </c>
       <c r="C343" t="s">
-        <v>1377</v>
+        <v>1384</v>
       </c>
       <c r="D343" t="s">
         <v>82</v>
       </c>
       <c r="E343" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="344" spans="1:13">
       <c r="A344" t="s">
-        <v>1378</v>
+        <v>1385</v>
       </c>
       <c r="B344" t="s">
-        <v>1379</v>
+        <v>1386</v>
       </c>
       <c r="C344" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="D344" t="s">
         <v>44</v>
       </c>
       <c r="E344" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="345" spans="1:13">
       <c r="A345" t="s">
-        <v>1381</v>
+        <v>1388</v>
       </c>
       <c r="B345" t="s">
-        <v>1382</v>
+        <v>1389</v>
       </c>
       <c r="C345" t="s">
-        <v>1383</v>
+        <v>1390</v>
       </c>
       <c r="D345" t="s">
         <v>44</v>
       </c>
       <c r="E345" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="346" spans="1:13">
       <c r="A346" t="s">
-        <v>1384</v>
+        <v>1391</v>
       </c>
       <c r="B346" t="s">
-        <v>1385</v>
+        <v>1392</v>
       </c>
       <c r="C346" t="s">
-        <v>1386</v>
+        <v>1393</v>
       </c>
       <c r="D346" t="s">
         <v>44</v>
       </c>
       <c r="E346" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="347" spans="1:13">
       <c r="A347" t="s">
-        <v>1387</v>
+        <v>1394</v>
       </c>
       <c r="B347" t="s">
-        <v>1388</v>
+        <v>1395</v>
       </c>
       <c r="C347" t="s">
-        <v>1389</v>
+        <v>1396</v>
       </c>
       <c r="D347" t="s">
         <v>44</v>
       </c>
       <c r="E347" t="s">
         <v>45</v>
       </c>
       <c r="J347" t="s">
-        <v>1390</v>
+        <v>1397</v>
       </c>
       <c r="K347" t="s">
-        <v>1391</v>
+        <v>1398</v>
       </c>
       <c r="M347" t="s">
-        <v>1392</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="348" spans="1:13">
       <c r="A348" t="s">
-        <v>1393</v>
+        <v>1400</v>
       </c>
       <c r="B348" t="s">
-        <v>1394</v>
+        <v>1401</v>
       </c>
       <c r="C348" t="s">
-        <v>1395</v>
+        <v>1402</v>
       </c>
       <c r="D348" t="s">
         <v>44</v>
       </c>
       <c r="E348" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="349" spans="1:13">
       <c r="A349" t="s">
-        <v>1396</v>
+        <v>1403</v>
       </c>
       <c r="B349" t="s">
-        <v>1397</v>
+        <v>1404</v>
       </c>
       <c r="C349" t="s">
-        <v>1398</v>
+        <v>1405</v>
       </c>
       <c r="D349" t="s">
         <v>44</v>
       </c>
       <c r="E349" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="350" spans="1:13">
       <c r="A350" t="s">
-        <v>1399</v>
+        <v>1406</v>
       </c>
       <c r="B350" t="s">
-        <v>1400</v>
+        <v>1407</v>
       </c>
       <c r="C350" t="s">
-        <v>1401</v>
+        <v>1408</v>
       </c>
       <c r="D350" t="s">
         <v>82</v>
       </c>
       <c r="E350" t="s">
         <v>45</v>
       </c>
       <c r="F350" t="s">
-        <v>1402</v>
+        <v>1409</v>
       </c>
       <c r="J350" t="s">
-        <v>1403</v>
+        <v>1410</v>
       </c>
       <c r="K350" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
       <c r="L350" t="s">
-        <v>1405</v>
+        <v>1412</v>
       </c>
       <c r="M350" t="s">
-        <v>1406</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="351" spans="1:13">
       <c r="A351" t="s">
-        <v>1399</v>
+        <v>1406</v>
       </c>
       <c r="B351" t="s">
-        <v>1407</v>
+        <v>1414</v>
       </c>
       <c r="C351" t="s">
-        <v>1401</v>
+        <v>1408</v>
       </c>
       <c r="D351" t="s">
         <v>44</v>
       </c>
       <c r="E351" t="s">
         <v>45</v>
       </c>
       <c r="J351" t="s">
-        <v>1408</v>
+        <v>1415</v>
       </c>
       <c r="K351" t="s">
-        <v>1409</v>
+        <v>1416</v>
       </c>
       <c r="L351" t="s">
-        <v>1410</v>
+        <v>1417</v>
       </c>
       <c r="M351" t="s">
-        <v>1411</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="352" spans="1:13">
       <c r="A352" t="s">
-        <v>1412</v>
+        <v>1419</v>
       </c>
       <c r="B352" t="s">
-        <v>1413</v>
+        <v>1420</v>
       </c>
       <c r="C352" t="s">
-        <v>1414</v>
+        <v>1421</v>
       </c>
       <c r="D352" t="s">
         <v>44</v>
       </c>
       <c r="E352" t="s">
         <v>45</v>
       </c>
       <c r="J352" t="s">
-        <v>1408</v>
+        <v>1415</v>
       </c>
       <c r="K352" t="s">
-        <v>1409</v>
+        <v>1416</v>
       </c>
       <c r="L352" t="s">
-        <v>1410</v>
+        <v>1417</v>
       </c>
       <c r="M352" t="s">
-        <v>1411</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="353" spans="1:13">
       <c r="A353" t="s">
-        <v>1415</v>
+        <v>1422</v>
       </c>
       <c r="B353" t="s">
-        <v>1416</v>
+        <v>1423</v>
       </c>
       <c r="C353" t="s">
-        <v>1417</v>
+        <v>1424</v>
       </c>
       <c r="D353" t="s">
         <v>44</v>
       </c>
       <c r="E353" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="354" spans="1:13">
       <c r="A354" t="s">
-        <v>1418</v>
+        <v>1425</v>
       </c>
       <c r="B354" t="s">
-        <v>1419</v>
+        <v>1426</v>
       </c>
       <c r="C354" t="s">
-        <v>1420</v>
+        <v>1427</v>
       </c>
       <c r="D354" t="s">
         <v>44</v>
       </c>
       <c r="E354" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="355" spans="1:13">
       <c r="A355" t="s">
-        <v>1421</v>
+        <v>1428</v>
       </c>
       <c r="B355" t="s">
-        <v>1422</v>
+        <v>1429</v>
       </c>
       <c r="C355" t="s">
-        <v>1423</v>
+        <v>1430</v>
       </c>
       <c r="D355" t="s">
         <v>82</v>
       </c>
       <c r="E355" t="s">
         <v>45</v>
       </c>
       <c r="F355" t="s">
-        <v>1402</v>
+        <v>1409</v>
       </c>
       <c r="J355" t="s">
-        <v>1424</v>
+        <v>1431</v>
       </c>
       <c r="K355" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
       <c r="L355" t="s">
-        <v>1405</v>
+        <v>1412</v>
       </c>
       <c r="M355" t="s">
-        <v>1425</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="356" spans="1:13">
       <c r="A356" t="s">
-        <v>1426</v>
+        <v>1433</v>
       </c>
       <c r="B356" t="s">
-        <v>1427</v>
+        <v>1434</v>
       </c>
       <c r="C356" t="s">
-        <v>1428</v>
+        <v>1435</v>
       </c>
       <c r="D356" t="s">
         <v>44</v>
       </c>
       <c r="E356" t="s">
         <v>45</v>
       </c>
       <c r="J356" t="s">
-        <v>1408</v>
+        <v>1415</v>
       </c>
       <c r="K356" t="s">
-        <v>1409</v>
+        <v>1416</v>
       </c>
       <c r="L356" t="s">
-        <v>1410</v>
+        <v>1417</v>
       </c>
       <c r="M356" t="s">
-        <v>1411</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="357" spans="1:13">
       <c r="A357" t="s">
-        <v>1429</v>
+        <v>1436</v>
       </c>
       <c r="B357" t="s">
-        <v>1430</v>
+        <v>1437</v>
       </c>
       <c r="C357" t="s">
-        <v>1431</v>
+        <v>1438</v>
       </c>
       <c r="D357" t="s">
         <v>44</v>
       </c>
       <c r="E357" t="s">
         <v>45</v>
       </c>
       <c r="J357" t="s">
-        <v>1408</v>
+        <v>1415</v>
       </c>
       <c r="K357" t="s">
-        <v>1409</v>
+        <v>1416</v>
       </c>
       <c r="L357" t="s">
-        <v>1410</v>
+        <v>1417</v>
       </c>
       <c r="M357" t="s">
-        <v>1411</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="358" spans="1:13">
       <c r="A358" t="s">
-        <v>1429</v>
+        <v>1436</v>
       </c>
       <c r="B358" t="s">
-        <v>1432</v>
+        <v>1439</v>
       </c>
       <c r="C358" t="s">
-        <v>1431</v>
+        <v>1438</v>
       </c>
       <c r="D358" t="s">
         <v>82</v>
       </c>
       <c r="E358" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="G358" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H358" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J358" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="K358" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="M358" t="s">
-        <v>1435</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="359" spans="1:13">
       <c r="A359" t="s">
-        <v>1436</v>
+        <v>1443</v>
       </c>
       <c r="B359" t="s">
-        <v>1400</v>
+        <v>1407</v>
       </c>
       <c r="C359" t="s">
-        <v>1437</v>
+        <v>1444</v>
       </c>
       <c r="D359" t="s">
         <v>44</v>
       </c>
       <c r="E359" t="s">
         <v>45</v>
       </c>
       <c r="J359" t="s">
-        <v>1408</v>
+        <v>1415</v>
       </c>
       <c r="K359" t="s">
-        <v>1409</v>
+        <v>1416</v>
       </c>
       <c r="L359" t="s">
-        <v>1410</v>
+        <v>1417</v>
       </c>
       <c r="M359" t="s">
-        <v>1411</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="360" spans="1:13">
       <c r="A360" t="s">
-        <v>1438</v>
+        <v>1445</v>
       </c>
       <c r="B360" t="s">
-        <v>1439</v>
+        <v>1446</v>
       </c>
       <c r="C360" t="s">
-        <v>1440</v>
+        <v>1447</v>
       </c>
       <c r="D360" t="s">
         <v>82</v>
       </c>
       <c r="E360" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="G360" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H360" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J360" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="K360" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="M360" t="s">
-        <v>1435</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="361" spans="1:13">
       <c r="A361" t="s">
-        <v>1441</v>
+        <v>1448</v>
       </c>
       <c r="B361" t="s">
-        <v>1422</v>
+        <v>1429</v>
       </c>
       <c r="C361" t="s">
-        <v>1442</v>
+        <v>1449</v>
       </c>
       <c r="D361" t="s">
         <v>44</v>
       </c>
       <c r="E361" t="s">
         <v>45</v>
       </c>
       <c r="J361" t="s">
-        <v>1408</v>
+        <v>1415</v>
       </c>
       <c r="K361" t="s">
-        <v>1409</v>
+        <v>1416</v>
       </c>
       <c r="L361" t="s">
-        <v>1410</v>
+        <v>1417</v>
       </c>
       <c r="M361" t="s">
-        <v>1411</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="362" spans="1:13">
       <c r="A362" t="s">
-        <v>1443</v>
+        <v>1450</v>
       </c>
       <c r="B362" t="s">
-        <v>1432</v>
+        <v>1439</v>
       </c>
       <c r="C362" t="s">
-        <v>1444</v>
+        <v>1451</v>
       </c>
       <c r="D362" t="s">
         <v>44</v>
       </c>
       <c r="E362" t="s">
         <v>45</v>
       </c>
       <c r="J362" t="s">
-        <v>1445</v>
+        <v>1452</v>
       </c>
       <c r="K362" t="s">
-        <v>1446</v>
+        <v>1453</v>
       </c>
       <c r="L362" t="s">
-        <v>1447</v>
+        <v>1454</v>
       </c>
       <c r="M362" t="s">
-        <v>1448</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="363" spans="1:13">
       <c r="A363" t="s">
-        <v>1449</v>
+        <v>1456</v>
       </c>
       <c r="B363" t="s">
-        <v>1407</v>
+        <v>1414</v>
       </c>
       <c r="C363" t="s">
-        <v>1450</v>
+        <v>1457</v>
       </c>
       <c r="D363" t="s">
         <v>82</v>
       </c>
       <c r="E363" t="s">
         <v>45</v>
       </c>
       <c r="F363" t="s">
-        <v>1402</v>
+        <v>1409</v>
       </c>
       <c r="J363" t="s">
-        <v>1424</v>
+        <v>1431</v>
       </c>
       <c r="K363" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
       <c r="L363" t="s">
-        <v>1405</v>
+        <v>1412</v>
       </c>
       <c r="M363" t="s">
-        <v>1425</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="364" spans="1:13">
       <c r="A364" t="s">
-        <v>1449</v>
+        <v>1456</v>
       </c>
       <c r="B364" t="s">
-        <v>1439</v>
+        <v>1446</v>
       </c>
       <c r="C364" t="s">
-        <v>1450</v>
+        <v>1457</v>
       </c>
       <c r="D364" t="s">
         <v>44</v>
       </c>
       <c r="E364" t="s">
         <v>45</v>
       </c>
       <c r="H364" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J364" t="s">
-        <v>1451</v>
+        <v>1458</v>
       </c>
       <c r="K364" t="s">
-        <v>1452</v>
+        <v>1459</v>
       </c>
       <c r="L364" t="s">
-        <v>1453</v>
+        <v>1460</v>
       </c>
       <c r="M364" t="s">
-        <v>1454</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="365" spans="1:13">
       <c r="A365" t="s">
-        <v>1455</v>
+        <v>1462</v>
       </c>
       <c r="B365" t="s">
-        <v>1430</v>
+        <v>1437</v>
       </c>
       <c r="C365" t="s">
-        <v>1456</v>
+        <v>1463</v>
       </c>
       <c r="D365" t="s">
         <v>82</v>
       </c>
       <c r="E365" t="s">
         <v>45</v>
       </c>
       <c r="J365" t="s">
-        <v>1403</v>
+        <v>1410</v>
       </c>
       <c r="K365" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
       <c r="L365" t="s">
-        <v>1405</v>
+        <v>1412</v>
       </c>
       <c r="M365" t="s">
-        <v>1406</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="366" spans="1:13">
       <c r="A366" t="s">
-        <v>1455</v>
+        <v>1462</v>
       </c>
       <c r="B366" t="s">
-        <v>1457</v>
+        <v>1464</v>
       </c>
       <c r="C366" t="s">
-        <v>1456</v>
+        <v>1463</v>
       </c>
       <c r="D366" t="s">
         <v>44</v>
       </c>
       <c r="E366" t="s">
         <v>45</v>
       </c>
       <c r="J366" t="s">
-        <v>1408</v>
+        <v>1415</v>
       </c>
       <c r="K366" t="s">
-        <v>1409</v>
+        <v>1416</v>
       </c>
       <c r="L366" t="s">
-        <v>1410</v>
+        <v>1417</v>
       </c>
       <c r="M366" t="s">
-        <v>1411</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="367" spans="1:13">
       <c r="A367" t="s">
-        <v>1458</v>
+        <v>1465</v>
       </c>
       <c r="B367" t="s">
-        <v>1459</v>
+        <v>1466</v>
       </c>
       <c r="C367" t="s">
-        <v>1460</v>
+        <v>1467</v>
       </c>
       <c r="D367" t="s">
         <v>44</v>
       </c>
       <c r="E367" t="s">
         <v>45</v>
       </c>
       <c r="J367" t="s">
-        <v>1408</v>
+        <v>1415</v>
       </c>
       <c r="K367" t="s">
-        <v>1409</v>
+        <v>1416</v>
       </c>
       <c r="L367" t="s">
-        <v>1410</v>
+        <v>1417</v>
       </c>
       <c r="M367" t="s">
-        <v>1411</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="368" spans="1:13">
       <c r="A368" t="s">
-        <v>1461</v>
+        <v>1468</v>
       </c>
       <c r="B368" t="s">
-        <v>1462</v>
+        <v>1469</v>
       </c>
       <c r="C368" t="s">
-        <v>1463</v>
+        <v>1470</v>
       </c>
       <c r="D368" t="s">
         <v>82</v>
       </c>
       <c r="E368" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="G368" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H368" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J368" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="K368" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="M368" t="s">
-        <v>1435</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="369" spans="1:13">
       <c r="A369" t="s">
-        <v>1464</v>
+        <v>1471</v>
       </c>
       <c r="B369" t="s">
-        <v>1465</v>
+        <v>1472</v>
       </c>
       <c r="C369" t="s">
-        <v>1466</v>
+        <v>1473</v>
       </c>
       <c r="D369" t="s">
         <v>82</v>
       </c>
       <c r="E369" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="G369" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H369" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J369" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="K369" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="M369" t="s">
-        <v>1435</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="370" spans="1:13">
       <c r="A370" t="s">
-        <v>1467</v>
+        <v>1474</v>
       </c>
       <c r="B370" t="s">
-        <v>1427</v>
+        <v>1434</v>
       </c>
       <c r="C370" t="s">
-        <v>1468</v>
+        <v>1475</v>
       </c>
       <c r="D370" t="s">
         <v>82</v>
       </c>
       <c r="E370" t="s">
         <v>45</v>
       </c>
       <c r="F370" t="s">
-        <v>1402</v>
+        <v>1409</v>
       </c>
       <c r="J370" t="s">
-        <v>1424</v>
+        <v>1431</v>
       </c>
       <c r="K370" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
       <c r="L370" t="s">
-        <v>1405</v>
+        <v>1412</v>
       </c>
       <c r="M370" t="s">
-        <v>1425</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="371" spans="1:13">
       <c r="A371" t="s">
-        <v>1469</v>
+        <v>1476</v>
       </c>
       <c r="B371" t="s">
-        <v>1407</v>
+        <v>1414</v>
       </c>
       <c r="C371" t="s">
-        <v>1470</v>
+        <v>1477</v>
       </c>
       <c r="D371" t="s">
         <v>82</v>
       </c>
       <c r="E371" t="s">
         <v>45</v>
       </c>
       <c r="J371" t="s">
-        <v>1424</v>
+        <v>1431</v>
       </c>
       <c r="K371" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
       <c r="L371" t="s">
-        <v>1405</v>
+        <v>1412</v>
       </c>
       <c r="M371" t="s">
-        <v>1425</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="372" spans="1:13">
       <c r="A372" t="s">
-        <v>1471</v>
+        <v>1478</v>
       </c>
       <c r="B372" t="s">
-        <v>1459</v>
+        <v>1466</v>
       </c>
       <c r="C372" t="s">
-        <v>1472</v>
+        <v>1479</v>
       </c>
       <c r="D372" t="s">
         <v>82</v>
       </c>
       <c r="E372" t="s">
         <v>45</v>
       </c>
       <c r="J372" t="s">
-        <v>1473</v>
+        <v>1480</v>
       </c>
       <c r="K372" t="s">
-        <v>1474</v>
+        <v>1481</v>
       </c>
       <c r="L372" t="s">
-        <v>1475</v>
+        <v>1482</v>
       </c>
       <c r="M372" t="s">
-        <v>1476</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="373" spans="1:13">
       <c r="A373" t="s">
-        <v>1477</v>
+        <v>1484</v>
       </c>
       <c r="B373" t="s">
-        <v>1478</v>
+        <v>1485</v>
       </c>
       <c r="C373" t="s">
-        <v>1479</v>
+        <v>1486</v>
       </c>
       <c r="D373" t="s">
         <v>82</v>
       </c>
       <c r="E373" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="374" spans="1:13">
       <c r="A374" t="s">
-        <v>1480</v>
+        <v>1487</v>
       </c>
       <c r="B374" t="s">
-        <v>1481</v>
+        <v>1488</v>
       </c>
       <c r="C374" t="s">
-        <v>1482</v>
+        <v>1489</v>
       </c>
       <c r="D374" t="s">
         <v>44</v>
       </c>
       <c r="E374" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="375" spans="1:13">
       <c r="A375" t="s">
-        <v>1483</v>
+        <v>1490</v>
       </c>
       <c r="B375" t="s">
-        <v>1478</v>
+        <v>1485</v>
       </c>
       <c r="C375" t="s">
-        <v>1484</v>
+        <v>1491</v>
       </c>
       <c r="D375" t="s">
         <v>44</v>
       </c>
       <c r="E375" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="376" spans="1:13">
       <c r="A376" t="s">
-        <v>1485</v>
+        <v>1492</v>
       </c>
       <c r="B376" t="s">
-        <v>1486</v>
+        <v>1493</v>
       </c>
       <c r="C376" t="s">
-        <v>1487</v>
+        <v>1494</v>
       </c>
       <c r="D376" t="s">
         <v>44</v>
       </c>
       <c r="E376" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="377" spans="1:13">
       <c r="A377" t="s">
-        <v>1488</v>
+        <v>1495</v>
       </c>
       <c r="B377" t="s">
-        <v>1489</v>
+        <v>1496</v>
       </c>
       <c r="C377" t="s">
-        <v>1490</v>
+        <v>1497</v>
       </c>
       <c r="D377" t="s">
         <v>44</v>
       </c>
       <c r="E377" t="s">
         <v>45</v>
       </c>
       <c r="I377" t="s">
-        <v>1491</v>
+        <v>1498</v>
       </c>
       <c r="J377" t="s">
-        <v>1492</v>
+        <v>1499</v>
       </c>
       <c r="K377" t="s">
-        <v>1493</v>
+        <v>1500</v>
       </c>
       <c r="L377" t="s">
-        <v>1494</v>
+        <v>1501</v>
       </c>
       <c r="M377" t="s">
-        <v>1495</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="378" spans="1:13">
       <c r="A378" t="s">
-        <v>1496</v>
+        <v>1503</v>
       </c>
       <c r="B378" t="s">
-        <v>1497</v>
+        <v>1504</v>
       </c>
       <c r="C378" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="D378" t="s">
         <v>82</v>
       </c>
       <c r="E378" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="379" spans="1:13">
       <c r="A379" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="B379" t="s">
-        <v>1500</v>
+        <v>1507</v>
       </c>
       <c r="C379" t="s">
-        <v>1501</v>
+        <v>1508</v>
       </c>
       <c r="D379" t="s">
         <v>44</v>
       </c>
       <c r="E379" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="380" spans="1:13">
       <c r="A380" t="s">
-        <v>1502</v>
+        <v>1509</v>
       </c>
       <c r="B380" t="s">
-        <v>1503</v>
+        <v>1510</v>
       </c>
       <c r="C380" t="s">
-        <v>1504</v>
+        <v>1511</v>
       </c>
       <c r="D380" t="s">
         <v>44</v>
       </c>
       <c r="E380" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="381" spans="1:13">
       <c r="A381" t="s">
-        <v>1505</v>
+        <v>1512</v>
       </c>
       <c r="B381" t="s">
-        <v>1506</v>
+        <v>1513</v>
       </c>
       <c r="C381" t="s">
-        <v>1507</v>
+        <v>1514</v>
       </c>
       <c r="D381" t="s">
         <v>44</v>
       </c>
       <c r="E381" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="382" spans="1:13">
       <c r="A382" t="s">
-        <v>1508</v>
+        <v>1515</v>
       </c>
       <c r="B382" t="s">
-        <v>1509</v>
+        <v>1516</v>
       </c>
       <c r="C382" t="s">
-        <v>1510</v>
+        <v>1517</v>
       </c>
       <c r="D382" t="s">
         <v>44</v>
       </c>
       <c r="E382" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="383" spans="1:13">
       <c r="A383" t="s">
-        <v>1511</v>
+        <v>1518</v>
       </c>
       <c r="B383" t="s">
-        <v>1512</v>
+        <v>1519</v>
       </c>
       <c r="C383" t="s">
-        <v>1513</v>
+        <v>1520</v>
       </c>
       <c r="D383" t="s">
         <v>44</v>
       </c>
       <c r="E383" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="384" spans="1:13">
       <c r="A384" t="s">
-        <v>1514</v>
+        <v>1521</v>
       </c>
       <c r="B384" t="s">
-        <v>1515</v>
+        <v>1522</v>
       </c>
       <c r="C384" t="s">
-        <v>1516</v>
+        <v>1523</v>
       </c>
       <c r="D384" t="s">
         <v>44</v>
       </c>
       <c r="E384" t="s">
         <v>45</v>
       </c>
       <c r="J384" t="s">
-        <v>1517</v>
+        <v>1524</v>
       </c>
       <c r="K384" t="s">
-        <v>1518</v>
+        <v>1525</v>
       </c>
       <c r="M384" t="s">
-        <v>1519</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="385" spans="1:13">
       <c r="A385" t="s">
-        <v>1520</v>
+        <v>1527</v>
       </c>
       <c r="B385" t="s">
-        <v>1521</v>
+        <v>1528</v>
       </c>
       <c r="C385" t="s">
-        <v>1522</v>
+        <v>1529</v>
       </c>
       <c r="D385" t="s">
         <v>44</v>
       </c>
       <c r="E385" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="386" spans="1:13">
       <c r="A386" t="s">
-        <v>1523</v>
+        <v>1530</v>
       </c>
       <c r="B386" t="s">
-        <v>1524</v>
+        <v>1531</v>
       </c>
       <c r="C386" t="s">
-        <v>1525</v>
+        <v>1532</v>
       </c>
       <c r="D386" t="s">
         <v>44</v>
       </c>
       <c r="E386" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="387" spans="1:13">
       <c r="A387" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="B387" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="C387" t="s">
-        <v>1528</v>
+        <v>1535</v>
       </c>
       <c r="D387" t="s">
         <v>44</v>
       </c>
       <c r="E387" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="388" spans="1:13">
       <c r="A388" t="s">
-        <v>1529</v>
+        <v>1536</v>
       </c>
       <c r="B388" t="s">
-        <v>1530</v>
+        <v>1537</v>
       </c>
       <c r="C388" t="s">
-        <v>1531</v>
+        <v>1538</v>
       </c>
       <c r="D388" t="s">
         <v>44</v>
       </c>
       <c r="E388" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="389" spans="1:13">
       <c r="A389" t="s">
-        <v>1532</v>
+        <v>1539</v>
       </c>
       <c r="B389" t="s">
-        <v>1533</v>
+        <v>1540</v>
       </c>
       <c r="C389" t="s">
-        <v>1534</v>
+        <v>1541</v>
       </c>
       <c r="D389" t="s">
         <v>44</v>
       </c>
       <c r="E389" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="390" spans="1:13">
       <c r="A390" t="s">
-        <v>1535</v>
+        <v>1542</v>
       </c>
       <c r="B390" t="s">
-        <v>1536</v>
+        <v>1543</v>
       </c>
       <c r="C390" t="s">
-        <v>1537</v>
+        <v>1544</v>
       </c>
       <c r="D390" t="s">
         <v>44</v>
       </c>
       <c r="E390" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="391" spans="1:13">
       <c r="A391" t="s">
-        <v>1538</v>
+        <v>1545</v>
       </c>
       <c r="B391" t="s">
-        <v>1539</v>
+        <v>1546</v>
       </c>
       <c r="C391" t="s">
-        <v>1540</v>
+        <v>1547</v>
       </c>
       <c r="D391" t="s">
         <v>44</v>
       </c>
       <c r="E391" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="F391" t="s">
-        <v>1541</v>
+        <v>1548</v>
       </c>
       <c r="H391" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J391" t="s">
-        <v>1542</v>
+        <v>1549</v>
       </c>
       <c r="K391" t="s">
-        <v>1543</v>
+        <v>1550</v>
       </c>
       <c r="M391" t="s">
-        <v>1544</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="392" spans="1:13">
       <c r="A392" t="s">
-        <v>1545</v>
+        <v>1552</v>
       </c>
       <c r="B392" t="s">
-        <v>1546</v>
+        <v>1553</v>
       </c>
       <c r="C392" t="s">
-        <v>1547</v>
+        <v>1554</v>
       </c>
       <c r="D392" t="s">
         <v>44</v>
       </c>
       <c r="E392" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="F392" t="s">
-        <v>1541</v>
+        <v>1548</v>
       </c>
       <c r="H392" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J392" t="s">
-        <v>1542</v>
+        <v>1549</v>
       </c>
       <c r="K392" t="s">
-        <v>1543</v>
+        <v>1550</v>
       </c>
       <c r="M392" t="s">
-        <v>1544</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="393" spans="1:13">
       <c r="A393" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B393" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D393" t="s">
+        <v>44</v>
+      </c>
+      <c r="E393" t="s">
+        <v>150</v>
+      </c>
+      <c r="F393" t="s">
         <v>1548</v>
       </c>
-      <c r="B393" t="s">
+      <c r="H393" t="s">
+        <v>360</v>
+      </c>
+      <c r="J393" t="s">
         <v>1549</v>
       </c>
-      <c r="C393" t="s">
+      <c r="K393" t="s">
         <v>1550</v>
       </c>
-      <c r="D393" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="M393" t="s">
-        <v>1544</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="394" spans="1:13">
       <c r="A394" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B394" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C394" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D394" t="s">
+        <v>44</v>
+      </c>
+      <c r="E394" t="s">
+        <v>150</v>
+      </c>
+      <c r="F394" t="s">
+        <v>1548</v>
+      </c>
+      <c r="H394" t="s">
+        <v>360</v>
+      </c>
+      <c r="J394" t="s">
+        <v>1549</v>
+      </c>
+      <c r="K394" t="s">
+        <v>1550</v>
+      </c>
+      <c r="M394" t="s">
         <v>1551</v>
-      </c>
-[...25 lines deleted...]
-        <v>1544</v>
       </c>
     </row>
     <row r="395" spans="1:13">
       <c r="A395" t="s">
-        <v>1554</v>
+        <v>1561</v>
       </c>
       <c r="B395" t="s">
-        <v>1555</v>
+        <v>1562</v>
       </c>
       <c r="C395" t="s">
-        <v>1556</v>
+        <v>1563</v>
       </c>
       <c r="D395" t="s">
         <v>44</v>
       </c>
       <c r="E395" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="396" spans="1:13">
       <c r="A396" t="s">
-        <v>1557</v>
+        <v>1564</v>
       </c>
       <c r="B396" t="s">
-        <v>1558</v>
+        <v>1565</v>
       </c>
       <c r="C396" t="s">
-        <v>1559</v>
+        <v>1566</v>
       </c>
       <c r="D396" t="s">
         <v>44</v>
       </c>
       <c r="E396" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="397" spans="1:13">
       <c r="A397" t="s">
-        <v>1560</v>
+        <v>1567</v>
       </c>
       <c r="B397" t="s">
-        <v>1561</v>
+        <v>1568</v>
       </c>
       <c r="C397" t="s">
-        <v>1562</v>
+        <v>1569</v>
       </c>
       <c r="D397" t="s">
         <v>44</v>
       </c>
       <c r="E397" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="398" spans="1:13">
       <c r="A398" t="s">
-        <v>1563</v>
+        <v>1570</v>
       </c>
       <c r="B398" t="s">
-        <v>1564</v>
+        <v>1571</v>
       </c>
       <c r="C398" t="s">
-        <v>1565</v>
+        <v>1572</v>
       </c>
       <c r="D398" t="s">
         <v>44</v>
       </c>
       <c r="E398" t="s">
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="F398" t="s">
+        <v>1573</v>
+      </c>
+      <c r="G398" t="s">
+        <v>1574</v>
       </c>
       <c r="H398" t="s">
         <v>55</v>
       </c>
+      <c r="I398" t="s">
+        <v>1575</v>
+      </c>
       <c r="J398" t="s">
-        <v>1566</v>
+        <v>1576</v>
       </c>
       <c r="K398" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>1568</v>
+        <v>1278</v>
       </c>
       <c r="M398" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="399" spans="1:13">
       <c r="A399" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="B399" t="s">
-        <v>1571</v>
+        <v>1579</v>
       </c>
       <c r="C399" t="s">
-        <v>1572</v>
+        <v>1580</v>
       </c>
       <c r="D399" t="s">
         <v>44</v>
       </c>
       <c r="E399" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="400" spans="1:13">
       <c r="A400" t="s">
-        <v>1573</v>
+        <v>1581</v>
       </c>
       <c r="B400" t="s">
-        <v>1574</v>
+        <v>1582</v>
       </c>
       <c r="C400" t="s">
-        <v>1575</v>
+        <v>1583</v>
       </c>
       <c r="D400" t="s">
         <v>44</v>
       </c>
       <c r="E400" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="401" spans="1:13">
       <c r="A401" t="s">
-        <v>1576</v>
+        <v>1584</v>
       </c>
       <c r="B401" t="s">
-        <v>1577</v>
+        <v>1585</v>
       </c>
       <c r="C401" t="s">
-        <v>1578</v>
+        <v>1586</v>
       </c>
       <c r="D401" t="s">
         <v>44</v>
       </c>
       <c r="E401" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="402" spans="1:13">
       <c r="A402" t="s">
-        <v>1579</v>
+        <v>1587</v>
       </c>
       <c r="B402" t="s">
-        <v>1580</v>
+        <v>1588</v>
       </c>
       <c r="C402" t="s">
-        <v>1581</v>
+        <v>1589</v>
       </c>
       <c r="D402" t="s">
         <v>44</v>
       </c>
       <c r="E402" t="s">
         <v>45</v>
       </c>
       <c r="J402" t="s">
-        <v>1582</v>
+        <v>1590</v>
       </c>
       <c r="K402" t="s">
-        <v>1583</v>
+        <v>1591</v>
       </c>
       <c r="M402" t="s">
-        <v>1584</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="403" spans="1:13">
       <c r="A403" t="s">
-        <v>1585</v>
+        <v>1593</v>
       </c>
       <c r="B403" t="s">
-        <v>1586</v>
+        <v>1594</v>
       </c>
       <c r="C403" t="s">
-        <v>1587</v>
+        <v>1595</v>
       </c>
       <c r="D403" t="s">
         <v>44</v>
       </c>
       <c r="E403" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="404" spans="1:13">
       <c r="A404" t="s">
-        <v>1588</v>
+        <v>1596</v>
       </c>
       <c r="B404" t="s">
-        <v>1589</v>
+        <v>1597</v>
       </c>
       <c r="C404" t="s">
-        <v>1590</v>
+        <v>1598</v>
       </c>
       <c r="D404" t="s">
         <v>44</v>
       </c>
       <c r="E404" t="s">
         <v>45</v>
       </c>
       <c r="J404" t="s">
-        <v>1591</v>
+        <v>1599</v>
       </c>
       <c r="K404" t="s">
-        <v>1592</v>
+        <v>1600</v>
       </c>
       <c r="M404" t="s">
-        <v>1593</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="405" spans="1:13">
       <c r="A405" t="s">
-        <v>1594</v>
+        <v>1602</v>
       </c>
       <c r="B405" t="s">
-        <v>1595</v>
+        <v>1603</v>
       </c>
       <c r="C405" t="s">
-        <v>1596</v>
+        <v>1604</v>
       </c>
       <c r="D405" t="s">
         <v>44</v>
       </c>
       <c r="E405" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="406" spans="1:13">
       <c r="A406" t="s">
-        <v>1597</v>
+        <v>1605</v>
       </c>
       <c r="B406" t="s">
-        <v>1598</v>
+        <v>1606</v>
       </c>
       <c r="C406" t="s">
-        <v>1599</v>
+        <v>1607</v>
       </c>
       <c r="D406" t="s">
         <v>44</v>
       </c>
       <c r="E406" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="407" spans="1:13">
       <c r="A407" t="s">
-        <v>1600</v>
+        <v>1608</v>
       </c>
       <c r="B407" t="s">
-        <v>1601</v>
+        <v>1609</v>
       </c>
       <c r="C407" t="s">
-        <v>1602</v>
+        <v>1610</v>
       </c>
       <c r="D407" t="s">
         <v>44</v>
       </c>
       <c r="E407" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="408" spans="1:13">
       <c r="A408" t="s">
-        <v>1603</v>
+        <v>1611</v>
       </c>
       <c r="B408" t="s">
-        <v>1604</v>
+        <v>1612</v>
       </c>
       <c r="C408" t="s">
-        <v>1605</v>
+        <v>1613</v>
       </c>
       <c r="D408" t="s">
         <v>44</v>
       </c>
       <c r="E408" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="409" spans="1:13">
       <c r="A409" t="s">
-        <v>1606</v>
+        <v>1614</v>
       </c>
       <c r="B409" t="s">
-        <v>1607</v>
+        <v>1615</v>
       </c>
       <c r="C409" t="s">
-        <v>1608</v>
+        <v>1616</v>
       </c>
       <c r="D409" t="s">
         <v>44</v>
       </c>
       <c r="E409" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="410" spans="1:13">
       <c r="A410" t="s">
-        <v>1609</v>
+        <v>1617</v>
       </c>
       <c r="B410" t="s">
-        <v>1610</v>
+        <v>1618</v>
       </c>
       <c r="C410" t="s">
-        <v>1611</v>
+        <v>1619</v>
       </c>
       <c r="D410" t="s">
         <v>44</v>
       </c>
       <c r="E410" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="411" spans="1:13">
       <c r="A411" t="s">
-        <v>1612</v>
+        <v>1620</v>
       </c>
       <c r="B411" t="s">
-        <v>1613</v>
+        <v>1621</v>
       </c>
       <c r="C411" t="s">
-        <v>1614</v>
+        <v>1622</v>
       </c>
       <c r="D411" t="s">
         <v>44</v>
       </c>
       <c r="E411" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="412" spans="1:13">
       <c r="A412" t="s">
-        <v>1615</v>
+        <v>1623</v>
       </c>
       <c r="B412" t="s">
-        <v>1616</v>
+        <v>1624</v>
       </c>
       <c r="C412" t="s">
-        <v>1617</v>
+        <v>1625</v>
       </c>
       <c r="D412" t="s">
         <v>44</v>
       </c>
       <c r="E412" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="413" spans="1:13">
       <c r="A413" t="s">
-        <v>1618</v>
+        <v>1626</v>
       </c>
       <c r="B413" t="s">
-        <v>1619</v>
+        <v>1627</v>
       </c>
       <c r="C413" t="s">
-        <v>1620</v>
+        <v>1628</v>
       </c>
       <c r="D413" t="s">
         <v>44</v>
       </c>
       <c r="E413" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="414" spans="1:13">
       <c r="A414" t="s">
-        <v>1621</v>
+        <v>1629</v>
       </c>
       <c r="B414" t="s">
-        <v>1622</v>
+        <v>1630</v>
       </c>
       <c r="C414" t="s">
-        <v>1623</v>
+        <v>1631</v>
       </c>
       <c r="D414" t="s">
         <v>44</v>
       </c>
       <c r="E414" t="s">
         <v>45</v>
       </c>
       <c r="H414" t="s">
         <v>55</v>
       </c>
       <c r="J414" t="s">
-        <v>1624</v>
+        <v>1632</v>
       </c>
       <c r="K414" t="s">
-        <v>1625</v>
+        <v>1633</v>
       </c>
       <c r="L414" t="s">
-        <v>1626</v>
+        <v>1634</v>
       </c>
       <c r="M414" t="s">
-        <v>1627</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="415" spans="1:13">
       <c r="A415" t="s">
-        <v>1628</v>
+        <v>1636</v>
       </c>
       <c r="B415" t="s">
-        <v>1629</v>
+        <v>1637</v>
       </c>
       <c r="C415" t="s">
-        <v>1630</v>
+        <v>1638</v>
       </c>
       <c r="D415" t="s">
         <v>44</v>
       </c>
       <c r="E415" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="416" spans="1:13">
       <c r="A416" t="s">
-        <v>1631</v>
+        <v>1639</v>
       </c>
       <c r="B416" t="s">
-        <v>1632</v>
+        <v>1640</v>
       </c>
       <c r="C416" t="s">
-        <v>1633</v>
+        <v>1641</v>
       </c>
       <c r="D416" t="s">
         <v>44</v>
       </c>
       <c r="E416" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="417" spans="1:13">
       <c r="A417" t="s">
-        <v>1634</v>
+        <v>1642</v>
       </c>
       <c r="B417" t="s">
-        <v>1635</v>
+        <v>1643</v>
       </c>
       <c r="C417" t="s">
-        <v>1636</v>
+        <v>1644</v>
       </c>
       <c r="D417" t="s">
         <v>44</v>
       </c>
       <c r="E417" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="418" spans="1:13">
       <c r="A418" t="s">
-        <v>1637</v>
+        <v>1645</v>
       </c>
       <c r="B418" t="s">
-        <v>1638</v>
+        <v>1646</v>
       </c>
       <c r="C418" t="s">
-        <v>1639</v>
+        <v>1647</v>
       </c>
       <c r="D418" t="s">
         <v>82</v>
       </c>
       <c r="E418" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="G418" t="s">
-        <v>434</v>
+        <v>152</v>
       </c>
       <c r="H418" t="s">
         <v>55</v>
       </c>
       <c r="I418" t="s">
-        <v>1640</v>
+        <v>1648</v>
       </c>
       <c r="J418" t="s">
-        <v>1641</v>
+        <v>1649</v>
       </c>
       <c r="K418" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="M418" t="s">
-        <v>1642</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="419" spans="1:13">
       <c r="A419" t="s">
-        <v>1643</v>
+        <v>1651</v>
       </c>
       <c r="B419" t="s">
-        <v>1644</v>
+        <v>1652</v>
       </c>
       <c r="C419" t="s">
-        <v>1645</v>
+        <v>1653</v>
       </c>
       <c r="D419" t="s">
         <v>44</v>
       </c>
       <c r="E419" t="s">
-        <v>45</v>
+        <v>150</v>
       </c>
       <c r="F419" t="s">
-        <v>1646</v>
+        <v>1654</v>
+      </c>
+      <c r="G419" t="s">
+        <v>1655</v>
       </c>
       <c r="H419" t="s">
-        <v>55</v>
+        <v>1113</v>
       </c>
       <c r="I419" t="s">
-        <v>263</v>
+        <v>1656</v>
       </c>
       <c r="J419" t="s">
-        <v>1647</v>
+        <v>1657</v>
       </c>
       <c r="K419" t="s">
-        <v>1648</v>
+        <v>1658</v>
       </c>
       <c r="L419" t="s">
-        <v>1649</v>
+        <v>1659</v>
       </c>
       <c r="M419" t="s">
-        <v>1650</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="420" spans="1:13">
       <c r="A420" t="s">
-        <v>1651</v>
+        <v>1661</v>
       </c>
       <c r="B420" t="s">
-        <v>1652</v>
+        <v>1662</v>
       </c>
       <c r="C420" t="s">
-        <v>1653</v>
+        <v>1663</v>
       </c>
       <c r="D420" t="s">
         <v>44</v>
       </c>
       <c r="E420" t="s">
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="F420" t="s">
+        <v>1654</v>
+      </c>
+      <c r="G420" t="s">
+        <v>1655</v>
       </c>
       <c r="H420" t="s">
-        <v>55</v>
+        <v>1113</v>
       </c>
       <c r="J420" t="s">
-        <v>1654</v>
+        <v>1664</v>
       </c>
       <c r="K420" t="s">
-        <v>1655</v>
+        <v>1658</v>
       </c>
       <c r="L420" t="s">
-        <v>1656</v>
+        <v>1665</v>
       </c>
       <c r="M420" t="s">
-        <v>1657</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="421" spans="1:13">
       <c r="A421" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B421" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C421" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D421" t="s">
+        <v>44</v>
+      </c>
+      <c r="E421" t="s">
+        <v>150</v>
+      </c>
+      <c r="F421" t="s">
+        <v>1654</v>
+      </c>
+      <c r="G421" t="s">
+        <v>1655</v>
+      </c>
+      <c r="H421" t="s">
+        <v>1113</v>
+      </c>
+      <c r="I421" t="s">
+        <v>1670</v>
+      </c>
+      <c r="J421" t="s">
+        <v>1657</v>
+      </c>
+      <c r="K421" t="s">
         <v>1658</v>
       </c>
-      <c r="B421" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="L421" t="s">
-        <v>1649</v>
+        <v>1671</v>
       </c>
       <c r="M421" t="s">
-        <v>1650</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="422" spans="1:13">
       <c r="A422" t="s">
-        <v>1661</v>
+        <v>1673</v>
       </c>
       <c r="B422" t="s">
-        <v>1662</v>
+        <v>1674</v>
       </c>
       <c r="C422" t="s">
-        <v>1663</v>
+        <v>1675</v>
       </c>
       <c r="D422" t="s">
         <v>82</v>
       </c>
       <c r="E422" t="s">
         <v>45</v>
       </c>
       <c r="F422" t="s">
-        <v>1664</v>
+        <v>1676</v>
       </c>
       <c r="J422" t="s">
-        <v>1665</v>
+        <v>1677</v>
       </c>
       <c r="K422" t="s">
-        <v>1666</v>
+        <v>1678</v>
       </c>
       <c r="M422" t="s">
-        <v>1667</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="423" spans="1:13">
       <c r="A423" t="s">
-        <v>1668</v>
+        <v>1680</v>
       </c>
       <c r="B423" t="s">
-        <v>1669</v>
+        <v>1681</v>
       </c>
       <c r="C423" t="s">
-        <v>1670</v>
+        <v>1682</v>
       </c>
       <c r="D423" t="s">
         <v>44</v>
       </c>
       <c r="E423" t="s">
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="F423" t="s">
+        <v>1654</v>
+      </c>
+      <c r="G423" t="s">
+        <v>1655</v>
       </c>
       <c r="H423" t="s">
-        <v>150</v>
+        <v>1113</v>
       </c>
       <c r="J423" t="s">
-        <v>1671</v>
+        <v>1664</v>
       </c>
       <c r="K423" t="s">
-        <v>1672</v>
+        <v>1658</v>
       </c>
       <c r="L423" t="s">
-        <v>1673</v>
+        <v>1665</v>
       </c>
       <c r="M423" t="s">
-        <v>1674</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="424" spans="1:13">
       <c r="A424" t="s">
-        <v>1675</v>
+        <v>1683</v>
       </c>
       <c r="B424" t="s">
-        <v>1676</v>
+        <v>1684</v>
       </c>
       <c r="C424" t="s">
-        <v>1677</v>
+        <v>1685</v>
       </c>
       <c r="D424" t="s">
         <v>44</v>
       </c>
       <c r="E424" t="s">
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="F424" t="s">
+        <v>1654</v>
+      </c>
+      <c r="G424" t="s">
+        <v>1655</v>
       </c>
       <c r="H424" t="s">
-        <v>150</v>
+        <v>1113</v>
       </c>
       <c r="J424" t="s">
-        <v>1671</v>
+        <v>1664</v>
       </c>
       <c r="K424" t="s">
-        <v>1672</v>
+        <v>1658</v>
       </c>
       <c r="L424" t="s">
-        <v>1673</v>
+        <v>1665</v>
       </c>
       <c r="M424" t="s">
-        <v>1674</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="425" spans="1:13">
       <c r="A425" t="s">
-        <v>1678</v>
+        <v>1686</v>
       </c>
       <c r="B425" t="s">
-        <v>1679</v>
+        <v>1687</v>
       </c>
       <c r="C425" t="s">
-        <v>1680</v>
+        <v>1688</v>
       </c>
       <c r="D425" t="s">
         <v>44</v>
       </c>
       <c r="E425" t="s">
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="F425" t="s">
+        <v>1654</v>
+      </c>
+      <c r="G425" t="s">
+        <v>1655</v>
       </c>
       <c r="H425" t="s">
-        <v>55</v>
+        <v>1113</v>
       </c>
       <c r="J425" t="s">
-        <v>1681</v>
+        <v>1664</v>
       </c>
       <c r="K425" t="s">
-        <v>1682</v>
+        <v>1658</v>
       </c>
       <c r="L425" t="s">
-        <v>1683</v>
+        <v>1665</v>
       </c>
       <c r="M425" t="s">
-        <v>1684</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="426" spans="1:13">
       <c r="A426" t="s">
-        <v>1685</v>
+        <v>1689</v>
       </c>
       <c r="B426" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
       <c r="C426" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="D426" t="s">
         <v>44</v>
       </c>
       <c r="E426" t="s">
         <v>45</v>
       </c>
       <c r="H426" t="s">
-        <v>1688</v>
+        <v>1235</v>
       </c>
       <c r="J426" t="s">
-        <v>1689</v>
+        <v>1692</v>
       </c>
       <c r="K426" t="s">
-        <v>1690</v>
+        <v>1693</v>
       </c>
       <c r="L426" t="s">
-        <v>1691</v>
+        <v>1694</v>
       </c>
       <c r="M426" t="s">
-        <v>1692</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="427" spans="1:13">
       <c r="A427" t="s">
-        <v>1693</v>
+        <v>1696</v>
       </c>
       <c r="B427" t="s">
-        <v>1694</v>
+        <v>1697</v>
       </c>
       <c r="C427" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="D427" t="s">
         <v>44</v>
       </c>
       <c r="E427" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="428" spans="1:13">
       <c r="A428" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="B428" t="s">
-        <v>1697</v>
+        <v>1700</v>
       </c>
       <c r="C428" t="s">
-        <v>1698</v>
+        <v>1701</v>
       </c>
       <c r="D428" t="s">
         <v>44</v>
       </c>
       <c r="E428" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="429" spans="1:13">
       <c r="A429" t="s">
-        <v>1699</v>
+        <v>1702</v>
       </c>
       <c r="B429" t="s">
-        <v>1700</v>
+        <v>1703</v>
       </c>
       <c r="C429" t="s">
-        <v>1701</v>
+        <v>1704</v>
       </c>
       <c r="D429" t="s">
         <v>44</v>
       </c>
       <c r="E429" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="430" spans="1:13">
       <c r="A430" t="s">
-        <v>1702</v>
+        <v>1705</v>
       </c>
       <c r="B430" t="s">
-        <v>1703</v>
+        <v>1706</v>
       </c>
       <c r="C430" t="s">
-        <v>1704</v>
+        <v>1707</v>
       </c>
       <c r="D430" t="s">
         <v>44</v>
       </c>
       <c r="E430" t="s">
         <v>45</v>
       </c>
       <c r="F430" t="s">
-        <v>1705</v>
+        <v>1708</v>
       </c>
       <c r="H430" t="s">
         <v>55</v>
       </c>
       <c r="J430" t="s">
-        <v>1706</v>
+        <v>1709</v>
       </c>
       <c r="K430" t="s">
-        <v>1690</v>
+        <v>1693</v>
       </c>
       <c r="L430" t="s">
-        <v>1707</v>
+        <v>1710</v>
       </c>
       <c r="M430" t="s">
-        <v>1708</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="431" spans="1:13">
       <c r="A431" t="s">
-        <v>1709</v>
+        <v>1712</v>
       </c>
       <c r="B431" t="s">
-        <v>1710</v>
+        <v>1713</v>
       </c>
       <c r="C431" t="s">
-        <v>1711</v>
+        <v>1714</v>
       </c>
       <c r="D431" t="s">
         <v>44</v>
       </c>
       <c r="E431" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="432" spans="1:13">
       <c r="A432" t="s">
-        <v>1712</v>
+        <v>1715</v>
       </c>
       <c r="B432" t="s">
-        <v>1713</v>
+        <v>1716</v>
       </c>
       <c r="C432" t="s">
-        <v>1714</v>
+        <v>1717</v>
       </c>
       <c r="D432" t="s">
         <v>44</v>
       </c>
       <c r="E432" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="433" spans="1:13">
       <c r="A433" t="s">
-        <v>1715</v>
+        <v>1718</v>
       </c>
       <c r="B433" t="s">
-        <v>1716</v>
+        <v>1719</v>
       </c>
       <c r="C433" t="s">
-        <v>1717</v>
+        <v>1720</v>
       </c>
       <c r="D433" t="s">
         <v>44</v>
       </c>
       <c r="E433" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="434" spans="1:13">
       <c r="A434" t="s">
-        <v>1718</v>
+        <v>1721</v>
       </c>
       <c r="B434" t="s">
-        <v>1719</v>
+        <v>1722</v>
       </c>
       <c r="C434" t="s">
-        <v>1720</v>
+        <v>1723</v>
       </c>
       <c r="D434" t="s">
         <v>44</v>
       </c>
       <c r="E434" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="435" spans="1:13">
       <c r="A435" t="s">
-        <v>1721</v>
+        <v>1724</v>
       </c>
       <c r="B435" t="s">
-        <v>1722</v>
+        <v>1725</v>
       </c>
       <c r="C435" t="s">
-        <v>1723</v>
+        <v>1726</v>
       </c>
       <c r="D435" t="s">
         <v>44</v>
       </c>
       <c r="E435" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="436" spans="1:13">
       <c r="A436" t="s">
-        <v>1724</v>
+        <v>1727</v>
       </c>
       <c r="B436" t="s">
-        <v>1725</v>
+        <v>1728</v>
       </c>
       <c r="C436" t="s">
-        <v>1726</v>
+        <v>1729</v>
       </c>
       <c r="D436" t="s">
         <v>44</v>
       </c>
       <c r="E436" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="437" spans="1:13">
       <c r="A437" t="s">
-        <v>1727</v>
+        <v>1730</v>
       </c>
       <c r="B437" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="C437" t="s">
-        <v>1729</v>
+        <v>1732</v>
       </c>
       <c r="D437" t="s">
         <v>44</v>
       </c>
       <c r="E437" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="438" spans="1:13">
       <c r="A438" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="B438" t="s">
-        <v>1731</v>
+        <v>1734</v>
       </c>
       <c r="C438" t="s">
-        <v>1732</v>
+        <v>1735</v>
       </c>
       <c r="D438" t="s">
         <v>82</v>
       </c>
       <c r="E438" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="439" spans="1:13">
       <c r="A439" t="s">
-        <v>1733</v>
+        <v>1736</v>
       </c>
       <c r="B439" t="s">
-        <v>1555</v>
+        <v>1562</v>
       </c>
       <c r="C439" t="s">
-        <v>1734</v>
+        <v>1737</v>
       </c>
       <c r="D439" t="s">
         <v>82</v>
       </c>
       <c r="E439" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="440" spans="1:13">
       <c r="A440" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="B440" t="s">
-        <v>1376</v>
+        <v>1383</v>
       </c>
       <c r="C440" t="s">
-        <v>1736</v>
+        <v>1739</v>
       </c>
       <c r="D440" t="s">
         <v>44</v>
       </c>
       <c r="E440" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="441" spans="1:13">
       <c r="A441" t="s">
-        <v>1737</v>
+        <v>1740</v>
       </c>
       <c r="B441" t="s">
-        <v>1370</v>
+        <v>1377</v>
       </c>
       <c r="C441" t="s">
-        <v>1738</v>
+        <v>1741</v>
       </c>
       <c r="D441" t="s">
         <v>44</v>
       </c>
       <c r="E441" t="s">
         <v>45</v>
       </c>
       <c r="J441" t="s">
-        <v>1739</v>
+        <v>1742</v>
       </c>
       <c r="K441" t="s">
-        <v>1373</v>
+        <v>1380</v>
       </c>
       <c r="M441" t="s">
-        <v>1740</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="442" spans="1:13">
       <c r="A442" t="s">
-        <v>1741</v>
+        <v>1744</v>
       </c>
       <c r="B442" t="s">
-        <v>1742</v>
+        <v>1745</v>
       </c>
       <c r="C442" t="s">
-        <v>1743</v>
+        <v>1746</v>
       </c>
       <c r="D442" t="s">
         <v>82</v>
       </c>
       <c r="E442" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="443" spans="1:13">
       <c r="A443" t="s">
-        <v>1741</v>
+        <v>1744</v>
       </c>
       <c r="B443" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
       <c r="C443" t="s">
-        <v>1743</v>
+        <v>1746</v>
       </c>
       <c r="D443" t="s">
         <v>44</v>
       </c>
       <c r="E443" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="444" spans="1:13">
       <c r="A444" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
       <c r="B444" t="s">
-        <v>1746</v>
+        <v>1749</v>
       </c>
       <c r="C444" t="s">
-        <v>1747</v>
+        <v>1750</v>
       </c>
       <c r="D444" t="s">
         <v>82</v>
       </c>
       <c r="E444" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="445" spans="1:13">
       <c r="A445" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
       <c r="B445" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="C445" t="s">
-        <v>1747</v>
+        <v>1750</v>
       </c>
       <c r="D445" t="s">
         <v>44</v>
       </c>
       <c r="E445" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="446" spans="1:13">
       <c r="A446" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="B446" t="s">
-        <v>1750</v>
+        <v>1753</v>
       </c>
       <c r="C446" t="s">
-        <v>1751</v>
+        <v>1754</v>
       </c>
       <c r="D446" t="s">
         <v>44</v>
       </c>
       <c r="E446" t="s">
         <v>45</v>
       </c>
       <c r="H446" t="s">
         <v>55</v>
       </c>
       <c r="J446" t="s">
-        <v>1752</v>
+        <v>1755</v>
       </c>
       <c r="K446" t="s">
-        <v>1753</v>
+        <v>1756</v>
       </c>
       <c r="M446" t="s">
-        <v>1754</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="447" spans="1:13">
       <c r="A447" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="B447" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="C447" t="s">
-        <v>1751</v>
+        <v>1754</v>
       </c>
       <c r="D447" t="s">
         <v>82</v>
       </c>
       <c r="E447" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="448" spans="1:13">
       <c r="A448" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="B448" t="s">
-        <v>1757</v>
+        <v>1760</v>
       </c>
       <c r="C448" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="D448" t="s">
         <v>44</v>
       </c>
       <c r="E448" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="449" spans="1:13">
       <c r="A449" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="B449" t="s">
-        <v>1759</v>
+        <v>1762</v>
       </c>
       <c r="C449" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="D449" t="s">
         <v>82</v>
       </c>
       <c r="E449" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="450" spans="1:13">
       <c r="A450" t="s">
-        <v>1760</v>
+        <v>1763</v>
       </c>
       <c r="B450" t="s">
-        <v>1761</v>
+        <v>1764</v>
       </c>
       <c r="C450" t="s">
-        <v>1762</v>
+        <v>1765</v>
       </c>
       <c r="D450" t="s">
         <v>44</v>
       </c>
       <c r="E450" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="451" spans="1:13">
       <c r="A451" t="s">
-        <v>1760</v>
+        <v>1763</v>
       </c>
       <c r="B451" t="s">
-        <v>1763</v>
+        <v>1766</v>
       </c>
       <c r="C451" t="s">
-        <v>1762</v>
+        <v>1765</v>
       </c>
       <c r="D451" t="s">
         <v>82</v>
       </c>
       <c r="E451" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="452" spans="1:13">
       <c r="A452" t="s">
-        <v>1764</v>
+        <v>1767</v>
       </c>
       <c r="B452" t="s">
-        <v>1765</v>
+        <v>1768</v>
       </c>
       <c r="C452" t="s">
-        <v>1766</v>
+        <v>1769</v>
       </c>
       <c r="D452" t="s">
         <v>82</v>
       </c>
       <c r="E452" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="G452" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H452" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J452" t="s">
-        <v>1767</v>
+        <v>1770</v>
       </c>
       <c r="K452" t="s">
-        <v>1768</v>
+        <v>1771</v>
       </c>
       <c r="M452" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="453" spans="1:13">
       <c r="A453" t="s">
-        <v>1764</v>
+        <v>1767</v>
       </c>
       <c r="B453" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="C453" t="s">
-        <v>1766</v>
+        <v>1769</v>
       </c>
       <c r="D453" t="s">
         <v>82</v>
       </c>
       <c r="E453" t="s">
         <v>45</v>
       </c>
       <c r="J453" t="s">
-        <v>1771</v>
+        <v>1774</v>
       </c>
       <c r="K453" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="M453" t="s">
-        <v>1772</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="454" spans="1:13">
       <c r="A454" t="s">
-        <v>1773</v>
+        <v>1776</v>
       </c>
       <c r="B454" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="C454" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="D454" t="s">
         <v>44</v>
       </c>
       <c r="E454" t="s">
         <v>45</v>
       </c>
       <c r="H454" t="s">
         <v>55</v>
       </c>
       <c r="J454" t="s">
-        <v>1776</v>
+        <v>1779</v>
       </c>
       <c r="K454" t="s">
-        <v>1777</v>
+        <v>1780</v>
       </c>
       <c r="L454" t="s">
-        <v>1778</v>
+        <v>1781</v>
       </c>
       <c r="M454" t="s">
-        <v>1779</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="455" spans="1:13">
       <c r="A455" t="s">
-        <v>1780</v>
+        <v>1783</v>
       </c>
       <c r="B455" t="s">
-        <v>1781</v>
+        <v>1784</v>
       </c>
       <c r="C455" t="s">
-        <v>1782</v>
+        <v>1785</v>
       </c>
       <c r="D455" t="s">
         <v>44</v>
       </c>
       <c r="E455" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="456" spans="1:13">
       <c r="A456" t="s">
-        <v>1783</v>
+        <v>1786</v>
       </c>
       <c r="B456" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="C456" t="s">
-        <v>1784</v>
+        <v>1787</v>
       </c>
       <c r="D456" t="s">
         <v>82</v>
       </c>
       <c r="E456" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="457" spans="1:13">
       <c r="A457" t="s">
-        <v>1785</v>
+        <v>1788</v>
       </c>
       <c r="B457" t="s">
-        <v>1781</v>
+        <v>1784</v>
       </c>
       <c r="C457" t="s">
-        <v>1786</v>
+        <v>1789</v>
       </c>
       <c r="D457" t="s">
         <v>82</v>
       </c>
       <c r="E457" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="458" spans="1:13">
       <c r="A458" t="s">
-        <v>1787</v>
+        <v>1790</v>
       </c>
       <c r="B458" t="s">
-        <v>1788</v>
+        <v>1791</v>
       </c>
       <c r="C458" t="s">
-        <v>1789</v>
+        <v>1792</v>
       </c>
       <c r="D458" t="s">
         <v>82</v>
       </c>
       <c r="E458" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="459" spans="1:13">
       <c r="A459" t="s">
-        <v>1787</v>
+        <v>1790</v>
       </c>
       <c r="B459" t="s">
-        <v>1790</v>
+        <v>1793</v>
       </c>
       <c r="C459" t="s">
-        <v>1789</v>
+        <v>1792</v>
       </c>
       <c r="D459" t="s">
         <v>44</v>
       </c>
       <c r="E459" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="460" spans="1:13">
       <c r="A460" t="s">
-        <v>1791</v>
+        <v>1794</v>
       </c>
       <c r="B460" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="C460" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="D460" t="s">
         <v>44</v>
       </c>
       <c r="E460" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="461" spans="1:13">
       <c r="A461" t="s">
-        <v>1794</v>
+        <v>1797</v>
       </c>
       <c r="B461" t="s">
-        <v>1795</v>
+        <v>1798</v>
       </c>
       <c r="C461" t="s">
-        <v>1796</v>
+        <v>1799</v>
       </c>
       <c r="D461" t="s">
         <v>82</v>
       </c>
       <c r="E461" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="G461" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H461" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J461" t="s">
-        <v>1767</v>
+        <v>1770</v>
       </c>
       <c r="K461" t="s">
-        <v>1768</v>
+        <v>1771</v>
       </c>
       <c r="M461" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="462" spans="1:13">
       <c r="A462" t="s">
-        <v>1794</v>
+        <v>1797</v>
       </c>
       <c r="B462" t="s">
-        <v>1797</v>
+        <v>1800</v>
       </c>
       <c r="C462" t="s">
-        <v>1796</v>
+        <v>1799</v>
       </c>
       <c r="D462" t="s">
         <v>44</v>
       </c>
       <c r="E462" t="s">
         <v>45</v>
       </c>
       <c r="J462" t="s">
-        <v>1798</v>
+        <v>1801</v>
       </c>
       <c r="K462" t="s">
-        <v>1799</v>
+        <v>1802</v>
       </c>
       <c r="M462" t="s">
-        <v>1800</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="463" spans="1:13">
       <c r="A463" t="s">
-        <v>1801</v>
+        <v>1804</v>
       </c>
       <c r="B463" t="s">
-        <v>1802</v>
+        <v>1805</v>
       </c>
       <c r="C463" t="s">
-        <v>1803</v>
+        <v>1806</v>
       </c>
       <c r="D463" t="s">
         <v>82</v>
       </c>
       <c r="E463" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="464" spans="1:13">
       <c r="A464" t="s">
-        <v>1801</v>
+        <v>1804</v>
       </c>
       <c r="B464" t="s">
-        <v>1804</v>
+        <v>1807</v>
       </c>
       <c r="C464" t="s">
-        <v>1803</v>
+        <v>1806</v>
       </c>
       <c r="D464" t="s">
         <v>44</v>
       </c>
       <c r="E464" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="465" spans="1:13">
       <c r="A465" t="s">
-        <v>1805</v>
+        <v>1808</v>
       </c>
       <c r="B465" t="s">
-        <v>1806</v>
+        <v>1809</v>
       </c>
       <c r="C465" t="s">
-        <v>1807</v>
+        <v>1810</v>
       </c>
       <c r="D465" t="s">
         <v>44</v>
       </c>
       <c r="E465" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="466" spans="1:13">
       <c r="A466" t="s">
-        <v>1805</v>
+        <v>1808</v>
       </c>
       <c r="B466" t="s">
-        <v>1808</v>
+        <v>1811</v>
       </c>
       <c r="C466" t="s">
-        <v>1807</v>
+        <v>1810</v>
       </c>
       <c r="D466" t="s">
         <v>82</v>
       </c>
       <c r="E466" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="467" spans="1:13">
       <c r="A467" t="s">
-        <v>1809</v>
+        <v>1812</v>
       </c>
       <c r="B467" t="s">
-        <v>1810</v>
+        <v>1813</v>
       </c>
       <c r="C467" t="s">
-        <v>1811</v>
+        <v>1814</v>
       </c>
       <c r="D467" t="s">
         <v>44</v>
       </c>
       <c r="E467" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="468" spans="1:13">
       <c r="A468" t="s">
-        <v>1809</v>
+        <v>1812</v>
       </c>
       <c r="B468" t="s">
-        <v>1812</v>
+        <v>1815</v>
       </c>
       <c r="C468" t="s">
-        <v>1811</v>
+        <v>1814</v>
       </c>
       <c r="D468" t="s">
         <v>82</v>
       </c>
       <c r="E468" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="469" spans="1:13">
       <c r="A469" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
       <c r="B469" t="s">
-        <v>1814</v>
+        <v>1817</v>
       </c>
       <c r="C469" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="D469" t="s">
         <v>82</v>
       </c>
       <c r="E469" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="470" spans="1:13">
       <c r="A470" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
       <c r="B470" t="s">
-        <v>1816</v>
+        <v>1819</v>
       </c>
       <c r="C470" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="D470" t="s">
         <v>44</v>
       </c>
       <c r="E470" t="s">
         <v>45</v>
       </c>
       <c r="H470" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J470" t="s">
-        <v>1776</v>
+        <v>1779</v>
       </c>
       <c r="K470" t="s">
-        <v>1777</v>
+        <v>1780</v>
       </c>
       <c r="L470" t="s">
-        <v>1778</v>
+        <v>1781</v>
       </c>
       <c r="M470" t="s">
-        <v>1779</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="471" spans="1:13">
       <c r="A471" t="s">
-        <v>1817</v>
+        <v>1820</v>
       </c>
       <c r="B471" t="s">
-        <v>1818</v>
+        <v>1821</v>
       </c>
       <c r="C471" t="s">
-        <v>1819</v>
+        <v>1822</v>
       </c>
       <c r="D471" t="s">
         <v>44</v>
       </c>
       <c r="E471" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="472" spans="1:13">
       <c r="A472" t="s">
-        <v>1820</v>
+        <v>1823</v>
       </c>
       <c r="B472" t="s">
-        <v>1821</v>
+        <v>1824</v>
       </c>
       <c r="C472" t="s">
-        <v>1822</v>
+        <v>1825</v>
       </c>
       <c r="D472" t="s">
         <v>82</v>
       </c>
       <c r="E472" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="473" spans="1:13">
       <c r="A473" t="s">
-        <v>1823</v>
+        <v>1826</v>
       </c>
       <c r="B473" t="s">
-        <v>1824</v>
+        <v>1827</v>
       </c>
       <c r="C473" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
       <c r="D473" t="s">
         <v>44</v>
       </c>
       <c r="E473" t="s">
         <v>45</v>
       </c>
       <c r="F473" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="H473" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J473" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="K473" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="L473" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="M473" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="474" spans="1:13">
       <c r="A474" t="s">
-        <v>1827</v>
+        <v>1830</v>
       </c>
       <c r="B474" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="C474" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="D474" t="s">
         <v>44</v>
       </c>
       <c r="E474" t="s">
         <v>45</v>
       </c>
       <c r="H474" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J474" t="s">
-        <v>1830</v>
+        <v>1833</v>
       </c>
       <c r="K474" t="s">
-        <v>1831</v>
+        <v>1834</v>
       </c>
       <c r="L474" t="s">
-        <v>1832</v>
+        <v>1835</v>
       </c>
       <c r="M474" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="475" spans="1:13">
       <c r="A475" t="s">
-        <v>1834</v>
+        <v>1837</v>
       </c>
       <c r="B475" t="s">
-        <v>1835</v>
+        <v>1838</v>
       </c>
       <c r="C475" t="s">
-        <v>1836</v>
+        <v>1839</v>
       </c>
       <c r="D475" t="s">
         <v>44</v>
       </c>
       <c r="E475" t="s">
         <v>45</v>
       </c>
       <c r="F475" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="H475" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J475" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="K475" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="L475" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="M475" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="476" spans="1:13">
       <c r="A476" t="s">
-        <v>1837</v>
+        <v>1840</v>
       </c>
       <c r="B476" t="s">
-        <v>1838</v>
+        <v>1841</v>
       </c>
       <c r="C476" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="D476" t="s">
         <v>44</v>
       </c>
       <c r="E476" t="s">
         <v>45</v>
       </c>
       <c r="H476" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J476" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="K476" t="s">
-        <v>1841</v>
+        <v>1844</v>
       </c>
       <c r="L476" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
       <c r="M476" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="477" spans="1:13">
       <c r="A477" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B477" t="s">
+        <v>1848</v>
+      </c>
+      <c r="C477" t="s">
+        <v>1849</v>
+      </c>
+      <c r="D477" t="s">
+        <v>44</v>
+      </c>
+      <c r="E477" t="s">
+        <v>45</v>
+      </c>
+      <c r="H477" t="s">
+        <v>360</v>
+      </c>
+      <c r="J477" t="s">
+        <v>1843</v>
+      </c>
+      <c r="K477" t="s">
         <v>1844</v>
       </c>
-      <c r="B477" t="s">
+      <c r="L477" t="s">
         <v>1845</v>
       </c>
-      <c r="C477" t="s">
+      <c r="M477" t="s">
         <v>1846</v>
-      </c>
-[...19 lines deleted...]
-        <v>1843</v>
       </c>
     </row>
     <row r="478" spans="1:13">
       <c r="A478" t="s">
-        <v>1847</v>
+        <v>1850</v>
       </c>
       <c r="B478" t="s">
-        <v>1848</v>
+        <v>1851</v>
       </c>
       <c r="C478" t="s">
-        <v>1849</v>
+        <v>1852</v>
       </c>
       <c r="D478" t="s">
         <v>44</v>
       </c>
       <c r="E478" t="s">
         <v>45</v>
       </c>
       <c r="J478" t="s">
-        <v>1850</v>
+        <v>1853</v>
       </c>
       <c r="K478" t="s">
-        <v>1851</v>
+        <v>1854</v>
       </c>
       <c r="L478" t="s">
-        <v>1852</v>
+        <v>1855</v>
       </c>
       <c r="M478" t="s">
-        <v>1853</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="479" spans="1:13">
       <c r="A479" t="s">
-        <v>1854</v>
+        <v>1857</v>
       </c>
       <c r="B479" t="s">
-        <v>1855</v>
+        <v>1858</v>
       </c>
       <c r="C479" t="s">
-        <v>1856</v>
+        <v>1859</v>
       </c>
       <c r="D479" t="s">
         <v>44</v>
       </c>
       <c r="E479" t="s">
         <v>45</v>
       </c>
       <c r="H479" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J479" t="s">
-        <v>1857</v>
+        <v>1860</v>
       </c>
       <c r="K479" t="s">
-        <v>1858</v>
+        <v>1861</v>
       </c>
       <c r="L479" t="s">
-        <v>1859</v>
+        <v>1862</v>
       </c>
       <c r="M479" t="s">
-        <v>1860</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="480" spans="1:13">
       <c r="A480" t="s">
-        <v>1861</v>
+        <v>1864</v>
       </c>
       <c r="B480" t="s">
-        <v>1862</v>
+        <v>1865</v>
       </c>
       <c r="C480" t="s">
-        <v>1863</v>
+        <v>1866</v>
       </c>
       <c r="D480" t="s">
         <v>44</v>
       </c>
       <c r="E480" t="s">
         <v>45</v>
       </c>
       <c r="H480" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J480" t="s">
-        <v>1864</v>
+        <v>1867</v>
       </c>
       <c r="K480" t="s">
-        <v>1865</v>
+        <v>1868</v>
       </c>
       <c r="L480" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="M480" t="s">
-        <v>1867</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="481" spans="1:13">
       <c r="A481" t="s">
-        <v>1868</v>
+        <v>1871</v>
       </c>
       <c r="B481" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
       <c r="C481" t="s">
-        <v>1870</v>
+        <v>1873</v>
       </c>
       <c r="D481" t="s">
         <v>44</v>
       </c>
       <c r="E481" t="s">
         <v>45</v>
       </c>
       <c r="H481" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J481" t="s">
-        <v>1871</v>
+        <v>1874</v>
       </c>
       <c r="K481" t="s">
-        <v>1872</v>
+        <v>1875</v>
       </c>
       <c r="L481" t="s">
-        <v>1873</v>
+        <v>1876</v>
       </c>
       <c r="M481" t="s">
-        <v>1874</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="482" spans="1:13">
       <c r="A482" t="s">
+        <v>1878</v>
+      </c>
+      <c r="B482" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C482" t="s">
+        <v>1880</v>
+      </c>
+      <c r="D482" t="s">
+        <v>44</v>
+      </c>
+      <c r="E482" t="s">
+        <v>45</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1113</v>
+      </c>
+      <c r="J482" t="s">
+        <v>1874</v>
+      </c>
+      <c r="K482" t="s">
         <v>1875</v>
       </c>
-      <c r="B482" t="s">
+      <c r="L482" t="s">
         <v>1876</v>
       </c>
-      <c r="C482" t="s">
+      <c r="M482" t="s">
         <v>1877</v>
-      </c>
-[...19 lines deleted...]
-        <v>1874</v>
       </c>
     </row>
     <row r="483" spans="1:13">
       <c r="A483" t="s">
-        <v>1878</v>
+        <v>1881</v>
       </c>
       <c r="B483" t="s">
-        <v>1879</v>
+        <v>1882</v>
       </c>
       <c r="C483" t="s">
-        <v>1880</v>
+        <v>1883</v>
       </c>
       <c r="D483" t="s">
         <v>44</v>
       </c>
       <c r="E483" t="s">
         <v>45</v>
       </c>
       <c r="H483" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J483" t="s">
-        <v>1871</v>
+        <v>1874</v>
       </c>
       <c r="K483" t="s">
-        <v>1872</v>
+        <v>1875</v>
       </c>
       <c r="L483" t="s">
-        <v>1873</v>
+        <v>1876</v>
       </c>
       <c r="M483" t="s">
-        <v>1874</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="484" spans="1:13">
       <c r="A484" t="s">
-        <v>1881</v>
+        <v>1884</v>
       </c>
       <c r="B484" t="s">
-        <v>1882</v>
+        <v>1885</v>
       </c>
       <c r="C484" t="s">
-        <v>1883</v>
+        <v>1886</v>
       </c>
       <c r="D484" t="s">
         <v>44</v>
       </c>
       <c r="E484" t="s">
         <v>45</v>
       </c>
       <c r="F484" t="s">
-        <v>1884</v>
+        <v>1887</v>
       </c>
       <c r="G484" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
       <c r="H484" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J484" t="s">
-        <v>1886</v>
+        <v>1889</v>
       </c>
       <c r="K484" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="L484" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="M484" t="s">
-        <v>1889</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="485" spans="1:13">
       <c r="A485" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B485" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C485" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D485" t="s">
+        <v>44</v>
+      </c>
+      <c r="E485" t="s">
+        <v>45</v>
+      </c>
+      <c r="F485" t="s">
+        <v>1887</v>
+      </c>
+      <c r="G485" t="s">
+        <v>1888</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1113</v>
+      </c>
+      <c r="J485" t="s">
+        <v>1889</v>
+      </c>
+      <c r="K485" t="s">
         <v>1890</v>
       </c>
-      <c r="B485" t="s">
+      <c r="L485" t="s">
         <v>1891</v>
       </c>
-      <c r="C485" t="s">
+      <c r="M485" t="s">
         <v>1892</v>
-      </c>
-[...25 lines deleted...]
-        <v>1889</v>
       </c>
     </row>
     <row r="486" spans="1:13">
       <c r="A486" t="s">
-        <v>1893</v>
+        <v>1896</v>
       </c>
       <c r="B486" t="s">
-        <v>1894</v>
+        <v>1897</v>
       </c>
       <c r="C486" t="s">
-        <v>1895</v>
+        <v>1898</v>
       </c>
       <c r="D486" t="s">
         <v>44</v>
       </c>
       <c r="E486" t="s">
         <v>45</v>
       </c>
       <c r="F486" t="s">
-        <v>1884</v>
+        <v>1887</v>
       </c>
       <c r="G486" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
       <c r="H486" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J486" t="s">
-        <v>1886</v>
+        <v>1889</v>
       </c>
       <c r="K486" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="L486" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="M486" t="s">
-        <v>1889</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="487" spans="1:13">
       <c r="A487" t="s">
-        <v>1896</v>
+        <v>1899</v>
       </c>
       <c r="B487" t="s">
-        <v>1897</v>
+        <v>1900</v>
       </c>
       <c r="C487" t="s">
-        <v>1898</v>
+        <v>1901</v>
       </c>
       <c r="D487" t="s">
         <v>44</v>
       </c>
       <c r="E487" t="s">
         <v>45</v>
       </c>
       <c r="F487" t="s">
-        <v>1884</v>
+        <v>1887</v>
       </c>
       <c r="G487" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
       <c r="H487" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J487" t="s">
-        <v>1886</v>
+        <v>1889</v>
       </c>
       <c r="K487" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="L487" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="M487" t="s">
-        <v>1889</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="488" spans="1:13">
       <c r="A488" t="s">
-        <v>1899</v>
+        <v>1902</v>
       </c>
       <c r="B488" t="s">
-        <v>1900</v>
+        <v>1903</v>
       </c>
       <c r="C488" t="s">
-        <v>1901</v>
+        <v>1904</v>
       </c>
       <c r="D488" t="s">
         <v>44</v>
       </c>
       <c r="E488" t="s">
         <v>45</v>
       </c>
       <c r="H488" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J488" t="s">
-        <v>1902</v>
+        <v>1905</v>
       </c>
       <c r="K488" t="s">
-        <v>1903</v>
+        <v>1906</v>
       </c>
       <c r="L488" t="s">
-        <v>1904</v>
+        <v>1907</v>
       </c>
       <c r="M488" t="s">
-        <v>1905</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="489" spans="1:13">
       <c r="A489" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B489" t="s">
+        <v>1910</v>
+      </c>
+      <c r="C489" t="s">
+        <v>1911</v>
+      </c>
+      <c r="D489" t="s">
+        <v>44</v>
+      </c>
+      <c r="E489" t="s">
+        <v>45</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1113</v>
+      </c>
+      <c r="J489" t="s">
+        <v>1905</v>
+      </c>
+      <c r="K489" t="s">
         <v>1906</v>
       </c>
-      <c r="B489" t="s">
+      <c r="L489" t="s">
         <v>1907</v>
       </c>
-      <c r="C489" t="s">
+      <c r="M489" t="s">
         <v>1908</v>
-      </c>
-[...19 lines deleted...]
-        <v>1905</v>
       </c>
     </row>
     <row r="490" spans="1:13">
       <c r="A490" t="s">
-        <v>1909</v>
+        <v>1912</v>
       </c>
       <c r="B490" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
       <c r="C490" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="D490" t="s">
         <v>82</v>
       </c>
       <c r="E490" t="s">
         <v>45</v>
       </c>
       <c r="J490" t="s">
-        <v>1912</v>
+        <v>1915</v>
       </c>
       <c r="K490" t="s">
-        <v>1913</v>
+        <v>1916</v>
       </c>
       <c r="M490" t="s">
-        <v>1914</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="491" spans="1:13">
       <c r="A491" t="s">
-        <v>1915</v>
+        <v>1918</v>
       </c>
       <c r="B491" t="s">
-        <v>1916</v>
+        <v>1919</v>
       </c>
       <c r="C491" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="D491" t="s">
         <v>82</v>
       </c>
       <c r="E491" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="492" spans="1:13">
       <c r="A492" t="s">
-        <v>1918</v>
+        <v>1921</v>
       </c>
       <c r="B492" t="s">
-        <v>1919</v>
+        <v>1922</v>
       </c>
       <c r="C492" t="s">
-        <v>1920</v>
+        <v>1923</v>
       </c>
       <c r="D492" t="s">
         <v>44</v>
       </c>
       <c r="E492" t="s">
         <v>45</v>
       </c>
       <c r="H492" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J492" t="s">
-        <v>1902</v>
+        <v>1905</v>
       </c>
       <c r="K492" t="s">
-        <v>1903</v>
+        <v>1906</v>
       </c>
       <c r="L492" t="s">
-        <v>1904</v>
+        <v>1907</v>
       </c>
       <c r="M492" t="s">
-        <v>1905</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="493" spans="1:13">
       <c r="A493" t="s">
-        <v>1921</v>
+        <v>1924</v>
       </c>
       <c r="B493" t="s">
-        <v>1922</v>
+        <v>1925</v>
       </c>
       <c r="C493" t="s">
-        <v>1923</v>
+        <v>1926</v>
       </c>
       <c r="D493" t="s">
         <v>44</v>
       </c>
       <c r="E493" t="s">
         <v>45</v>
       </c>
       <c r="H493" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J493" t="s">
-        <v>1902</v>
+        <v>1905</v>
       </c>
       <c r="K493" t="s">
-        <v>1903</v>
+        <v>1906</v>
       </c>
       <c r="L493" t="s">
-        <v>1904</v>
+        <v>1907</v>
       </c>
       <c r="M493" t="s">
-        <v>1905</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="494" spans="1:13">
       <c r="A494" t="s">
-        <v>1924</v>
+        <v>1927</v>
       </c>
       <c r="B494" t="s">
-        <v>1925</v>
+        <v>1928</v>
       </c>
       <c r="C494" t="s">
-        <v>1926</v>
+        <v>1929</v>
       </c>
       <c r="D494" t="s">
         <v>44</v>
       </c>
       <c r="E494" t="s">
         <v>45</v>
       </c>
       <c r="H494" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J494" t="s">
-        <v>1902</v>
+        <v>1905</v>
       </c>
       <c r="K494" t="s">
-        <v>1903</v>
+        <v>1906</v>
       </c>
       <c r="L494" t="s">
-        <v>1904</v>
+        <v>1907</v>
       </c>
       <c r="M494" t="s">
-        <v>1905</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="495" spans="1:13">
       <c r="A495" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="B495" t="s">
-        <v>1928</v>
+        <v>1931</v>
       </c>
       <c r="C495" t="s">
-        <v>1929</v>
+        <v>1932</v>
       </c>
       <c r="D495" t="s">
         <v>82</v>
       </c>
       <c r="E495" t="s">
         <v>45</v>
       </c>
       <c r="J495" t="s">
-        <v>1930</v>
+        <v>1933</v>
       </c>
       <c r="K495" t="s">
-        <v>1931</v>
+        <v>1934</v>
       </c>
       <c r="M495" t="s">
-        <v>1932</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="496" spans="1:13">
       <c r="A496" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="B496" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="C496" t="s">
-        <v>1929</v>
+        <v>1932</v>
       </c>
       <c r="D496" t="s">
         <v>44</v>
       </c>
       <c r="E496" t="s">
         <v>45</v>
       </c>
+      <c r="F496" t="s">
+        <v>1937</v>
+      </c>
       <c r="H496" t="s">
-        <v>294</v>
+        <v>153</v>
       </c>
       <c r="J496" t="s">
-        <v>1934</v>
+        <v>1938</v>
       </c>
       <c r="K496" t="s">
-        <v>1265</v>
-[...2 lines deleted...]
-        <v>1935</v>
+        <v>1939</v>
       </c>
       <c r="M496" t="s">
-        <v>1936</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="497" spans="1:13">
       <c r="A497" t="s">
-        <v>1937</v>
+        <v>1941</v>
       </c>
       <c r="B497" t="s">
-        <v>1938</v>
+        <v>1942</v>
       </c>
       <c r="C497" t="s">
-        <v>1939</v>
+        <v>1943</v>
       </c>
       <c r="D497" t="s">
         <v>44</v>
       </c>
       <c r="E497" t="s">
         <v>45</v>
       </c>
       <c r="H497" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J497" t="s">
-        <v>1934</v>
+        <v>1944</v>
       </c>
       <c r="K497" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="L497" t="s">
-        <v>1935</v>
+        <v>1945</v>
       </c>
       <c r="M497" t="s">
-        <v>1936</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="498" spans="1:13">
       <c r="A498" t="s">
-        <v>1940</v>
+        <v>1947</v>
       </c>
       <c r="B498" t="s">
-        <v>1941</v>
+        <v>1948</v>
       </c>
       <c r="C498" t="s">
-        <v>1942</v>
+        <v>1949</v>
       </c>
       <c r="D498" t="s">
         <v>44</v>
       </c>
       <c r="E498" t="s">
         <v>45</v>
       </c>
       <c r="H498" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J498" t="s">
-        <v>1934</v>
+        <v>1944</v>
       </c>
       <c r="K498" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="L498" t="s">
-        <v>1935</v>
+        <v>1945</v>
       </c>
       <c r="M498" t="s">
-        <v>1936</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="499" spans="1:13">
       <c r="A499" t="s">
-        <v>1943</v>
+        <v>1950</v>
       </c>
       <c r="B499" t="s">
-        <v>1944</v>
+        <v>1951</v>
       </c>
       <c r="C499" t="s">
-        <v>1945</v>
+        <v>1952</v>
       </c>
       <c r="D499" t="s">
         <v>44</v>
       </c>
       <c r="E499" t="s">
         <v>45</v>
       </c>
       <c r="F499" t="s">
-        <v>1946</v>
+        <v>1953</v>
       </c>
       <c r="H499" t="s">
         <v>55</v>
       </c>
       <c r="J499" t="s">
-        <v>1947</v>
+        <v>1954</v>
       </c>
       <c r="K499" t="s">
-        <v>152</v>
+        <v>1955</v>
       </c>
       <c r="L499" t="s">
-        <v>297</v>
+        <v>1039</v>
       </c>
       <c r="M499" t="s">
-        <v>1948</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="500" spans="1:13">
       <c r="A500" t="s">
-        <v>1949</v>
+        <v>1957</v>
       </c>
       <c r="B500" t="s">
-        <v>1950</v>
+        <v>1958</v>
       </c>
       <c r="C500" t="s">
-        <v>1951</v>
+        <v>1959</v>
       </c>
       <c r="D500" t="s">
         <v>44</v>
       </c>
       <c r="E500" t="s">
         <v>45</v>
       </c>
       <c r="H500" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J500" t="s">
-        <v>1934</v>
+        <v>1944</v>
       </c>
       <c r="K500" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="L500" t="s">
-        <v>1935</v>
+        <v>1945</v>
       </c>
       <c r="M500" t="s">
-        <v>1936</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="501" spans="1:13">
       <c r="A501" t="s">
-        <v>1952</v>
+        <v>1960</v>
       </c>
       <c r="B501" t="s">
-        <v>1953</v>
+        <v>1961</v>
       </c>
       <c r="C501" t="s">
-        <v>1954</v>
+        <v>1962</v>
       </c>
       <c r="D501" t="s">
         <v>44</v>
       </c>
       <c r="E501" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="502" spans="1:13">
       <c r="A502" t="s">
-        <v>1955</v>
+        <v>1963</v>
       </c>
       <c r="B502" t="s">
-        <v>1956</v>
+        <v>1964</v>
       </c>
       <c r="C502" t="s">
-        <v>1957</v>
+        <v>1965</v>
       </c>
       <c r="D502" t="s">
         <v>44</v>
       </c>
       <c r="E502" t="s">
         <v>45</v>
       </c>
       <c r="H502" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J502" t="s">
-        <v>1934</v>
+        <v>1944</v>
       </c>
       <c r="K502" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="L502" t="s">
-        <v>1935</v>
+        <v>1945</v>
       </c>
       <c r="M502" t="s">
-        <v>1936</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="503" spans="1:13">
       <c r="A503" t="s">
-        <v>1958</v>
+        <v>1966</v>
       </c>
       <c r="B503" t="s">
-        <v>1959</v>
+        <v>1967</v>
       </c>
       <c r="C503" t="s">
-        <v>1960</v>
+        <v>1968</v>
       </c>
       <c r="D503" t="s">
         <v>44</v>
       </c>
       <c r="E503" t="s">
         <v>45</v>
       </c>
       <c r="H503" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J503" t="s">
-        <v>1934</v>
+        <v>1944</v>
       </c>
       <c r="K503" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="L503" t="s">
-        <v>1935</v>
+        <v>1945</v>
       </c>
       <c r="M503" t="s">
-        <v>1936</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="504" spans="1:13">
       <c r="A504" t="s">
-        <v>1961</v>
+        <v>1969</v>
       </c>
       <c r="B504" t="s">
-        <v>1962</v>
+        <v>1970</v>
       </c>
       <c r="C504" t="s">
-        <v>1963</v>
+        <v>1971</v>
       </c>
       <c r="D504" t="s">
         <v>44</v>
       </c>
       <c r="E504" t="s">
         <v>45</v>
       </c>
       <c r="H504" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J504" t="s">
-        <v>1934</v>
+        <v>1944</v>
       </c>
       <c r="K504" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="L504" t="s">
-        <v>1935</v>
+        <v>1945</v>
       </c>
       <c r="M504" t="s">
-        <v>1936</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="505" spans="1:13">
       <c r="A505" t="s">
-        <v>1964</v>
+        <v>1972</v>
       </c>
       <c r="B505" t="s">
-        <v>1965</v>
+        <v>1973</v>
       </c>
       <c r="C505" t="s">
-        <v>1966</v>
+        <v>1974</v>
       </c>
       <c r="D505" t="s">
         <v>44</v>
       </c>
       <c r="E505" t="s">
         <v>45</v>
       </c>
       <c r="H505" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J505" t="s">
-        <v>1934</v>
+        <v>1944</v>
       </c>
       <c r="K505" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="L505" t="s">
-        <v>1935</v>
+        <v>1945</v>
       </c>
       <c r="M505" t="s">
-        <v>1936</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="506" spans="1:13">
       <c r="A506" t="s">
-        <v>1967</v>
+        <v>1975</v>
       </c>
       <c r="B506" t="s">
-        <v>1968</v>
+        <v>1976</v>
       </c>
       <c r="C506" t="s">
-        <v>1969</v>
+        <v>1977</v>
       </c>
       <c r="D506" t="s">
         <v>44</v>
       </c>
       <c r="E506" t="s">
         <v>45</v>
       </c>
       <c r="H506" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J506" t="s">
-        <v>1934</v>
+        <v>1944</v>
       </c>
       <c r="K506" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="L506" t="s">
-        <v>1935</v>
+        <v>1945</v>
       </c>
       <c r="M506" t="s">
-        <v>1936</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="507" spans="1:13">
       <c r="A507" t="s">
-        <v>1970</v>
+        <v>1978</v>
       </c>
       <c r="B507" t="s">
-        <v>1971</v>
+        <v>1979</v>
       </c>
       <c r="C507" t="s">
-        <v>1972</v>
+        <v>1980</v>
       </c>
       <c r="D507" t="s">
         <v>44</v>
       </c>
       <c r="E507" t="s">
         <v>45</v>
       </c>
       <c r="H507" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J507" t="s">
-        <v>1973</v>
+        <v>1981</v>
       </c>
       <c r="K507" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="L507" t="s">
-        <v>1935</v>
+        <v>1945</v>
       </c>
       <c r="M507" t="s">
-        <v>1975</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="508" spans="1:13">
       <c r="A508" t="s">
-        <v>1976</v>
+        <v>1984</v>
       </c>
       <c r="B508" t="s">
-        <v>1977</v>
+        <v>1985</v>
       </c>
       <c r="C508" t="s">
-        <v>1978</v>
+        <v>1986</v>
       </c>
       <c r="D508" t="s">
         <v>44</v>
       </c>
       <c r="E508" t="s">
         <v>45</v>
       </c>
       <c r="J508" t="s">
-        <v>1979</v>
+        <v>1987</v>
       </c>
       <c r="K508" t="s">
-        <v>1980</v>
+        <v>1988</v>
       </c>
       <c r="M508" t="s">
-        <v>1981</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="509" spans="1:13">
       <c r="A509" t="s">
-        <v>1976</v>
+        <v>1984</v>
       </c>
       <c r="B509" t="s">
-        <v>1977</v>
+        <v>1985</v>
       </c>
       <c r="C509" t="s">
-        <v>1978</v>
+        <v>1986</v>
       </c>
       <c r="D509" t="s">
         <v>82</v>
       </c>
       <c r="E509" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="510" spans="1:13">
       <c r="A510" t="s">
-        <v>1982</v>
+        <v>1990</v>
       </c>
       <c r="B510" t="s">
-        <v>1983</v>
+        <v>1991</v>
       </c>
       <c r="C510" t="s">
-        <v>1984</v>
+        <v>1992</v>
       </c>
       <c r="D510" t="s">
         <v>82</v>
       </c>
       <c r="E510" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="G510" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H510" t="s">
         <v>55</v>
       </c>
       <c r="J510" t="s">
-        <v>1985</v>
+        <v>1993</v>
       </c>
       <c r="K510" t="s">
-        <v>1986</v>
+        <v>1994</v>
       </c>
       <c r="M510" t="s">
-        <v>1987</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="511" spans="1:13">
       <c r="A511" t="s">
-        <v>1982</v>
+        <v>1990</v>
       </c>
       <c r="B511" t="s">
-        <v>1983</v>
+        <v>1991</v>
       </c>
       <c r="C511" t="s">
-        <v>1984</v>
+        <v>1992</v>
       </c>
       <c r="D511" t="s">
         <v>44</v>
       </c>
       <c r="E511" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="512" spans="1:13">
       <c r="A512" t="s">
+        <v>1996</v>
+      </c>
+      <c r="B512" t="s">
+        <v>1997</v>
+      </c>
+      <c r="C512" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D512" t="s">
+        <v>44</v>
+      </c>
+      <c r="E512" t="s">
+        <v>45</v>
+      </c>
+      <c r="J512" t="s">
+        <v>1987</v>
+      </c>
+      <c r="K512" t="s">
         <v>1988</v>
       </c>
-      <c r="B512" t="s">
+      <c r="M512" t="s">
         <v>1989</v>
-      </c>
-[...16 lines deleted...]
-        <v>1981</v>
       </c>
     </row>
     <row r="513" spans="1:13">
       <c r="A513" t="s">
-        <v>1991</v>
+        <v>1999</v>
       </c>
       <c r="B513" t="s">
-        <v>1992</v>
+        <v>2000</v>
       </c>
       <c r="C513" t="s">
-        <v>1993</v>
+        <v>2001</v>
       </c>
       <c r="D513" t="s">
         <v>44</v>
       </c>
       <c r="E513" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="514" spans="1:13">
       <c r="A514" t="s">
-        <v>1994</v>
+        <v>2002</v>
       </c>
       <c r="B514" t="s">
-        <v>1995</v>
+        <v>2003</v>
       </c>
       <c r="C514" t="s">
-        <v>1996</v>
+        <v>2004</v>
       </c>
       <c r="D514" t="s">
         <v>44</v>
       </c>
       <c r="E514" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="515" spans="1:13">
       <c r="A515" t="s">
-        <v>1997</v>
+        <v>2005</v>
       </c>
       <c r="B515" t="s">
-        <v>1998</v>
+        <v>2006</v>
       </c>
       <c r="C515" t="s">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="D515" t="s">
         <v>44</v>
       </c>
       <c r="E515" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="516" spans="1:13">
       <c r="A516" t="s">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="B516" t="s">
-        <v>2001</v>
+        <v>2009</v>
       </c>
       <c r="C516" t="s">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="D516" t="s">
         <v>82</v>
       </c>
       <c r="E516" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="517" spans="1:13">
       <c r="A517" t="s">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="B517" t="s">
-        <v>2001</v>
+        <v>2009</v>
       </c>
       <c r="C517" t="s">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="D517" t="s">
         <v>44</v>
       </c>
       <c r="E517" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="518" spans="1:13">
       <c r="A518" t="s">
-        <v>2003</v>
+        <v>2011</v>
       </c>
       <c r="B518" t="s">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="C518" t="s">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="D518" t="s">
         <v>82</v>
       </c>
       <c r="E518" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="519" spans="1:13">
       <c r="A519" t="s">
-        <v>2006</v>
+        <v>2014</v>
       </c>
       <c r="B519" t="s">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="C519" t="s">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="D519" t="s">
         <v>44</v>
       </c>
       <c r="E519" t="s">
         <v>45</v>
       </c>
       <c r="F519" t="s">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="I519" t="s">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="J519" t="s">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="K519" t="s">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="L519" t="s">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="M519" t="s">
-        <v>2014</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="520" spans="1:13">
       <c r="A520" t="s">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="B520" t="s">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="C520" t="s">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="D520" t="s">
         <v>44</v>
       </c>
       <c r="E520" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="521" spans="1:13">
       <c r="A521" t="s">
-        <v>2018</v>
+        <v>2026</v>
       </c>
       <c r="B521" t="s">
-        <v>2019</v>
+        <v>2027</v>
       </c>
       <c r="C521" t="s">
-        <v>2020</v>
+        <v>2028</v>
       </c>
       <c r="D521" t="s">
         <v>44</v>
       </c>
       <c r="E521" t="s">
         <v>45</v>
       </c>
       <c r="F521" t="s">
-        <v>2021</v>
+        <v>2029</v>
       </c>
       <c r="H521" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J521" t="s">
-        <v>2022</v>
+        <v>2030</v>
       </c>
       <c r="K521" t="s">
-        <v>2023</v>
+        <v>2031</v>
       </c>
       <c r="L521" t="s">
-        <v>2024</v>
+        <v>2032</v>
       </c>
       <c r="M521" t="s">
-        <v>2025</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="522" spans="1:13">
       <c r="A522" t="s">
-        <v>2018</v>
+        <v>2026</v>
       </c>
       <c r="B522" t="s">
-        <v>2026</v>
+        <v>2034</v>
       </c>
       <c r="C522" t="s">
-        <v>2020</v>
+        <v>2028</v>
       </c>
       <c r="D522" t="s">
         <v>82</v>
       </c>
       <c r="E522" t="s">
         <v>45</v>
       </c>
       <c r="F522" t="s">
-        <v>2027</v>
+        <v>2035</v>
       </c>
       <c r="H522" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J522" t="s">
-        <v>2028</v>
+        <v>2036</v>
       </c>
       <c r="K522" t="s">
-        <v>2029</v>
+        <v>2037</v>
       </c>
       <c r="L522" t="s">
-        <v>2030</v>
+        <v>2038</v>
       </c>
       <c r="M522" t="s">
-        <v>2031</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="523" spans="1:13">
       <c r="A523" t="s">
-        <v>2032</v>
+        <v>2040</v>
       </c>
       <c r="B523" t="s">
-        <v>2033</v>
+        <v>2041</v>
       </c>
       <c r="C523" t="s">
-        <v>2034</v>
+        <v>2042</v>
       </c>
       <c r="D523" t="s">
         <v>44</v>
       </c>
       <c r="E523" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="524" spans="1:13">
       <c r="A524" t="s">
-        <v>2035</v>
+        <v>2043</v>
       </c>
       <c r="B524" t="s">
-        <v>2036</v>
+        <v>2044</v>
       </c>
       <c r="C524" t="s">
-        <v>2037</v>
+        <v>2045</v>
       </c>
       <c r="D524" t="s">
         <v>44</v>
       </c>
       <c r="E524" t="s">
         <v>45</v>
       </c>
       <c r="J524" t="s">
-        <v>2038</v>
+        <v>2046</v>
       </c>
       <c r="K524" t="s">
-        <v>2039</v>
+        <v>2047</v>
       </c>
       <c r="L524" t="s">
-        <v>2040</v>
+        <v>2048</v>
       </c>
       <c r="M524" t="s">
-        <v>2041</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="525" spans="1:13">
       <c r="A525" t="s">
-        <v>2035</v>
+        <v>2043</v>
       </c>
       <c r="B525" t="s">
-        <v>2036</v>
+        <v>2044</v>
       </c>
       <c r="C525" t="s">
-        <v>2037</v>
+        <v>2045</v>
       </c>
       <c r="D525" t="s">
         <v>82</v>
       </c>
       <c r="E525" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="526" spans="1:13">
       <c r="A526" t="s">
-        <v>2042</v>
+        <v>2050</v>
       </c>
       <c r="B526" t="s">
-        <v>2043</v>
+        <v>2051</v>
       </c>
       <c r="C526" t="s">
-        <v>2044</v>
+        <v>2052</v>
       </c>
       <c r="D526" t="s">
         <v>44</v>
       </c>
       <c r="E526" t="s">
         <v>45</v>
       </c>
       <c r="J526" t="s">
-        <v>2045</v>
+        <v>2053</v>
       </c>
       <c r="K526" t="s">
-        <v>2046</v>
+        <v>2054</v>
       </c>
       <c r="L526" t="s">
-        <v>2047</v>
+        <v>2055</v>
       </c>
       <c r="M526" t="s">
-        <v>2048</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="527" spans="1:13">
       <c r="A527" t="s">
-        <v>2049</v>
+        <v>2057</v>
       </c>
       <c r="B527" t="s">
-        <v>2050</v>
+        <v>2058</v>
       </c>
       <c r="C527" t="s">
-        <v>2051</v>
+        <v>2059</v>
       </c>
       <c r="D527" t="s">
         <v>44</v>
       </c>
       <c r="E527" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="528" spans="1:13">
       <c r="A528" t="s">
-        <v>2052</v>
+        <v>2060</v>
       </c>
       <c r="B528" t="s">
-        <v>2053</v>
+        <v>2061</v>
       </c>
       <c r="C528" t="s">
-        <v>2054</v>
+        <v>2062</v>
       </c>
       <c r="D528" t="s">
         <v>44</v>
       </c>
       <c r="E528" t="s">
         <v>45</v>
       </c>
       <c r="H528" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J528" t="s">
-        <v>2055</v>
+        <v>2063</v>
       </c>
       <c r="K528" t="s">
-        <v>2056</v>
+        <v>2064</v>
       </c>
       <c r="L528" t="s">
-        <v>2057</v>
+        <v>2065</v>
       </c>
       <c r="M528" t="s">
-        <v>2058</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="529" spans="1:13">
       <c r="A529" t="s">
-        <v>2059</v>
+        <v>2067</v>
       </c>
       <c r="B529" t="s">
-        <v>2060</v>
+        <v>2068</v>
       </c>
       <c r="C529" t="s">
-        <v>2061</v>
+        <v>2069</v>
       </c>
       <c r="D529" t="s">
         <v>44</v>
       </c>
       <c r="E529" t="s">
         <v>45</v>
       </c>
       <c r="J529" t="s">
-        <v>2062</v>
+        <v>2070</v>
       </c>
       <c r="K529" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="M529" t="s">
-        <v>2063</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="530" spans="1:13">
       <c r="A530" t="s">
-        <v>2064</v>
+        <v>2072</v>
       </c>
       <c r="B530" t="s">
-        <v>2065</v>
+        <v>2073</v>
       </c>
       <c r="C530" t="s">
-        <v>2066</v>
+        <v>2074</v>
       </c>
       <c r="D530" t="s">
         <v>82</v>
       </c>
       <c r="E530" t="s">
         <v>45</v>
       </c>
       <c r="J530" t="s">
-        <v>2067</v>
+        <v>2075</v>
       </c>
       <c r="K530" t="s">
-        <v>2068</v>
+        <v>2076</v>
       </c>
       <c r="M530" t="s">
-        <v>2069</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="531" spans="1:13">
       <c r="A531" t="s">
-        <v>2064</v>
+        <v>2072</v>
       </c>
       <c r="B531" t="s">
-        <v>2070</v>
+        <v>2078</v>
       </c>
       <c r="C531" t="s">
-        <v>2066</v>
+        <v>2074</v>
       </c>
       <c r="D531" t="s">
         <v>82</v>
       </c>
       <c r="E531" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="532" spans="1:13">
       <c r="A532" t="s">
-        <v>2071</v>
+        <v>2079</v>
       </c>
       <c r="B532" t="s">
-        <v>2072</v>
+        <v>2080</v>
       </c>
       <c r="C532" t="s">
-        <v>2073</v>
+        <v>2081</v>
       </c>
       <c r="D532" t="s">
         <v>82</v>
       </c>
       <c r="E532" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="533" spans="1:13">
       <c r="A533" t="s">
-        <v>2074</v>
+        <v>2082</v>
       </c>
       <c r="B533" t="s">
-        <v>2075</v>
+        <v>2083</v>
       </c>
       <c r="C533" t="s">
-        <v>2076</v>
+        <v>2084</v>
       </c>
       <c r="D533" t="s">
         <v>44</v>
       </c>
       <c r="E533" t="s">
         <v>45</v>
       </c>
       <c r="I533" t="s">
         <v>66</v>
       </c>
       <c r="J533" t="s">
-        <v>2077</v>
+        <v>2085</v>
       </c>
       <c r="K533" t="s">
-        <v>2078</v>
+        <v>2086</v>
       </c>
       <c r="L533" t="s">
-        <v>2079</v>
+        <v>2087</v>
       </c>
       <c r="M533" t="s">
-        <v>2080</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="534" spans="1:13">
       <c r="A534" t="s">
-        <v>2081</v>
+        <v>2089</v>
       </c>
       <c r="B534" t="s">
-        <v>2082</v>
+        <v>2090</v>
       </c>
       <c r="C534" t="s">
-        <v>2083</v>
+        <v>2091</v>
       </c>
       <c r="D534" t="s">
         <v>44</v>
       </c>
       <c r="E534" t="s">
         <v>45</v>
       </c>
       <c r="F534" t="s">
-        <v>2084</v>
+        <v>2092</v>
       </c>
       <c r="I534" t="s">
-        <v>2085</v>
+        <v>2093</v>
       </c>
       <c r="J534" t="s">
-        <v>2086</v>
+        <v>2094</v>
       </c>
       <c r="K534" t="s">
-        <v>2087</v>
+        <v>2095</v>
       </c>
       <c r="L534" t="s">
-        <v>2084</v>
+        <v>2092</v>
       </c>
       <c r="M534" t="s">
-        <v>2088</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="535" spans="1:13">
       <c r="A535" t="s">
-        <v>2089</v>
+        <v>2097</v>
       </c>
       <c r="B535" t="s">
-        <v>2090</v>
+        <v>2098</v>
       </c>
       <c r="C535" t="s">
-        <v>2091</v>
+        <v>2099</v>
       </c>
       <c r="D535" t="s">
         <v>44</v>
       </c>
       <c r="E535" t="s">
         <v>45</v>
       </c>
       <c r="H535" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J535" t="s">
-        <v>2092</v>
+        <v>2100</v>
       </c>
       <c r="K535" t="s">
-        <v>2093</v>
+        <v>2101</v>
       </c>
       <c r="L535" t="s">
-        <v>2094</v>
+        <v>2102</v>
       </c>
       <c r="M535" t="s">
-        <v>2095</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="536" spans="1:13">
       <c r="A536" t="s">
-        <v>2096</v>
+        <v>2104</v>
       </c>
       <c r="B536" t="s">
-        <v>2097</v>
+        <v>2105</v>
       </c>
       <c r="C536" t="s">
-        <v>2098</v>
+        <v>2106</v>
       </c>
       <c r="D536" t="s">
         <v>44</v>
       </c>
       <c r="E536" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="537" spans="1:13">
       <c r="A537" t="s">
-        <v>2099</v>
+        <v>2107</v>
       </c>
       <c r="B537" t="s">
-        <v>2100</v>
+        <v>2108</v>
       </c>
       <c r="C537" t="s">
-        <v>2101</v>
+        <v>2109</v>
       </c>
       <c r="D537" t="s">
         <v>44</v>
       </c>
       <c r="E537" t="s">
         <v>45</v>
       </c>
       <c r="J537" t="s">
-        <v>2102</v>
+        <v>2110</v>
       </c>
       <c r="K537" t="s">
-        <v>2103</v>
+        <v>2111</v>
       </c>
       <c r="M537" t="s">
-        <v>2104</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="538" spans="1:13">
       <c r="A538" t="s">
-        <v>2105</v>
+        <v>2113</v>
       </c>
       <c r="B538" t="s">
-        <v>2106</v>
+        <v>2114</v>
       </c>
       <c r="C538" t="s">
-        <v>2107</v>
+        <v>2115</v>
       </c>
       <c r="D538" t="s">
         <v>44</v>
       </c>
       <c r="E538" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="539" spans="1:13">
       <c r="A539" t="s">
-        <v>2108</v>
+        <v>2116</v>
       </c>
       <c r="B539" t="s">
-        <v>2109</v>
+        <v>2117</v>
       </c>
       <c r="C539" t="s">
-        <v>2110</v>
+        <v>2118</v>
       </c>
       <c r="D539" t="s">
         <v>44</v>
       </c>
       <c r="E539" t="s">
         <v>45</v>
       </c>
       <c r="J539" t="s">
-        <v>2111</v>
+        <v>2119</v>
       </c>
       <c r="K539" t="s">
-        <v>2112</v>
+        <v>2120</v>
       </c>
       <c r="L539" t="s">
-        <v>2113</v>
+        <v>2121</v>
       </c>
       <c r="M539" t="s">
-        <v>2114</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="540" spans="1:13">
       <c r="A540" t="s">
-        <v>2115</v>
+        <v>2123</v>
       </c>
       <c r="B540" t="s">
-        <v>2116</v>
+        <v>2124</v>
       </c>
       <c r="C540" t="s">
-        <v>2117</v>
+        <v>2125</v>
       </c>
       <c r="D540" t="s">
         <v>44</v>
       </c>
       <c r="E540" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="541" spans="1:13">
       <c r="A541" t="s">
-        <v>2118</v>
+        <v>2126</v>
       </c>
       <c r="B541" t="s">
-        <v>2119</v>
+        <v>2127</v>
       </c>
       <c r="C541" t="s">
-        <v>2120</v>
+        <v>2128</v>
       </c>
       <c r="D541" t="s">
         <v>82</v>
       </c>
       <c r="E541" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="542" spans="1:13">
       <c r="A542" t="s">
-        <v>2121</v>
+        <v>2129</v>
       </c>
       <c r="B542" t="s">
-        <v>2122</v>
+        <v>2130</v>
       </c>
       <c r="C542" t="s">
-        <v>2123</v>
+        <v>2131</v>
       </c>
       <c r="D542" t="s">
         <v>82</v>
       </c>
       <c r="E542" t="s">
         <v>45</v>
       </c>
       <c r="J542" t="s">
-        <v>2124</v>
+        <v>2132</v>
       </c>
       <c r="K542" t="s">
-        <v>2125</v>
+        <v>2133</v>
       </c>
       <c r="M542" t="s">
-        <v>2126</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="543" spans="1:13">
       <c r="A543" t="s">
-        <v>2121</v>
+        <v>2129</v>
       </c>
       <c r="B543" t="s">
-        <v>2122</v>
+        <v>2130</v>
       </c>
       <c r="C543" t="s">
-        <v>2123</v>
+        <v>2131</v>
       </c>
       <c r="D543" t="s">
         <v>44</v>
       </c>
       <c r="E543" t="s">
         <v>45</v>
       </c>
       <c r="J543" t="s">
-        <v>2124</v>
+        <v>2132</v>
       </c>
       <c r="K543" t="s">
-        <v>2125</v>
+        <v>2133</v>
       </c>
       <c r="M543" t="s">
-        <v>2126</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="544" spans="1:13">
       <c r="A544" t="s">
-        <v>2127</v>
+        <v>2135</v>
       </c>
       <c r="B544" t="s">
-        <v>2128</v>
+        <v>2136</v>
       </c>
       <c r="C544" t="s">
-        <v>2129</v>
+        <v>2137</v>
       </c>
       <c r="D544" t="s">
         <v>44</v>
       </c>
       <c r="E544" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="545" spans="1:13">
       <c r="A545" t="s">
-        <v>2130</v>
+        <v>2138</v>
       </c>
       <c r="B545" t="s">
-        <v>2131</v>
+        <v>2139</v>
       </c>
       <c r="C545" t="s">
-        <v>2132</v>
+        <v>2140</v>
       </c>
       <c r="D545" t="s">
         <v>44</v>
       </c>
       <c r="E545" t="s">
         <v>45</v>
       </c>
       <c r="F545" t="s">
-        <v>2133</v>
+        <v>2141</v>
       </c>
       <c r="H545" t="s">
         <v>55</v>
       </c>
       <c r="J545" t="s">
-        <v>2134</v>
+        <v>2142</v>
       </c>
       <c r="K545" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="L545" t="s">
-        <v>2135</v>
+        <v>2143</v>
       </c>
       <c r="M545" t="s">
-        <v>2136</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="546" spans="1:13">
       <c r="A546" t="s">
-        <v>2137</v>
+        <v>2145</v>
       </c>
       <c r="B546" t="s">
-        <v>2138</v>
+        <v>2146</v>
       </c>
       <c r="C546" t="s">
-        <v>2139</v>
+        <v>2147</v>
       </c>
       <c r="D546" t="s">
         <v>44</v>
       </c>
       <c r="E546" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="547" spans="1:13">
       <c r="A547" t="s">
-        <v>2140</v>
+        <v>2148</v>
       </c>
       <c r="B547" t="s">
-        <v>2141</v>
+        <v>2149</v>
       </c>
       <c r="C547" t="s">
-        <v>2142</v>
+        <v>2150</v>
       </c>
       <c r="D547" t="s">
         <v>44</v>
       </c>
       <c r="E547" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="548" spans="1:13">
       <c r="A548" t="s">
-        <v>2143</v>
+        <v>2151</v>
       </c>
       <c r="B548" t="s">
-        <v>2144</v>
+        <v>2152</v>
       </c>
       <c r="C548" t="s">
-        <v>2145</v>
+        <v>2153</v>
       </c>
       <c r="D548" t="s">
         <v>44</v>
       </c>
       <c r="E548" t="s">
         <v>45</v>
       </c>
       <c r="F548" t="s">
-        <v>2146</v>
+        <v>2154</v>
       </c>
       <c r="I548" t="s">
-        <v>2147</v>
+        <v>2155</v>
       </c>
       <c r="J548" t="s">
-        <v>2148</v>
+        <v>2156</v>
       </c>
       <c r="K548" t="s">
-        <v>2149</v>
+        <v>2157</v>
       </c>
       <c r="L548" t="s">
-        <v>2146</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="549" spans="1:13">
       <c r="A549" t="s">
-        <v>2150</v>
+        <v>2158</v>
       </c>
       <c r="B549" t="s">
-        <v>2151</v>
+        <v>2159</v>
       </c>
       <c r="C549" t="s">
-        <v>2152</v>
+        <v>2160</v>
       </c>
       <c r="D549" t="s">
         <v>44</v>
       </c>
       <c r="E549" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="550" spans="1:13">
       <c r="A550" t="s">
-        <v>2153</v>
+        <v>2161</v>
       </c>
       <c r="B550" t="s">
-        <v>2154</v>
+        <v>2162</v>
       </c>
       <c r="C550" t="s">
-        <v>2155</v>
+        <v>2163</v>
       </c>
       <c r="D550" t="s">
         <v>44</v>
       </c>
       <c r="E550" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="551" spans="1:13">
       <c r="A551" t="s">
-        <v>2156</v>
+        <v>2164</v>
       </c>
       <c r="B551" t="s">
-        <v>2157</v>
+        <v>2165</v>
       </c>
       <c r="C551" t="s">
-        <v>2158</v>
+        <v>2166</v>
       </c>
       <c r="D551" t="s">
         <v>44</v>
       </c>
       <c r="E551" t="s">
         <v>45</v>
       </c>
       <c r="F551" t="s">
-        <v>1691</v>
+        <v>1694</v>
       </c>
       <c r="J551" t="s">
-        <v>2159</v>
+        <v>2167</v>
       </c>
       <c r="K551" t="s">
-        <v>2160</v>
+        <v>2168</v>
       </c>
       <c r="L551" t="s">
-        <v>2161</v>
+        <v>2169</v>
       </c>
       <c r="M551" t="s">
-        <v>2162</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="552" spans="1:13">
       <c r="A552" t="s">
-        <v>2163</v>
+        <v>2171</v>
       </c>
       <c r="B552" t="s">
-        <v>2164</v>
+        <v>2172</v>
       </c>
       <c r="C552" t="s">
-        <v>2165</v>
+        <v>2173</v>
       </c>
       <c r="D552" t="s">
         <v>44</v>
       </c>
       <c r="E552" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="553" spans="1:13">
       <c r="A553" t="s">
-        <v>2166</v>
+        <v>2174</v>
       </c>
       <c r="B553" t="s">
-        <v>2167</v>
+        <v>2175</v>
       </c>
       <c r="C553" t="s">
-        <v>2168</v>
+        <v>2176</v>
       </c>
       <c r="D553" t="s">
         <v>44</v>
       </c>
       <c r="E553" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="554" spans="1:13">
       <c r="A554" t="s">
+        <v>2177</v>
+      </c>
+      <c r="B554" t="s">
+        <v>2178</v>
+      </c>
+      <c r="C554" t="s">
+        <v>2179</v>
+      </c>
+      <c r="D554" t="s">
+        <v>44</v>
+      </c>
+      <c r="E554" t="s">
+        <v>45</v>
+      </c>
+      <c r="J554" t="s">
+        <v>2167</v>
+      </c>
+      <c r="K554" t="s">
+        <v>2168</v>
+      </c>
+      <c r="L554" t="s">
         <v>2169</v>
       </c>
-      <c r="B554" t="s">
+      <c r="M554" t="s">
         <v>2170</v>
-      </c>
-[...19 lines deleted...]
-        <v>2162</v>
       </c>
     </row>
     <row r="555" spans="1:13">
       <c r="A555" t="s">
-        <v>2172</v>
+        <v>2180</v>
       </c>
       <c r="B555" t="s">
-        <v>2173</v>
+        <v>2181</v>
       </c>
       <c r="C555" t="s">
-        <v>2174</v>
+        <v>2182</v>
       </c>
       <c r="D555" t="s">
         <v>44</v>
       </c>
       <c r="E555" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="556" spans="1:13">
       <c r="A556" t="s">
-        <v>2175</v>
+        <v>2183</v>
       </c>
       <c r="B556" t="s">
-        <v>2176</v>
+        <v>2184</v>
       </c>
       <c r="C556" t="s">
-        <v>2177</v>
+        <v>2185</v>
       </c>
       <c r="D556" t="s">
         <v>44</v>
       </c>
       <c r="E556" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="H556" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J556" t="s">
-        <v>2178</v>
+        <v>2186</v>
       </c>
       <c r="K556" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="L556" t="s">
-        <v>2179</v>
+        <v>2187</v>
       </c>
       <c r="M556" t="s">
-        <v>2180</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="557" spans="1:13">
       <c r="A557" t="s">
-        <v>2181</v>
+        <v>2189</v>
       </c>
       <c r="B557" t="s">
-        <v>2182</v>
+        <v>2190</v>
       </c>
       <c r="C557" t="s">
-        <v>2183</v>
+        <v>2191</v>
       </c>
       <c r="D557" t="s">
         <v>44</v>
       </c>
       <c r="E557" t="s">
         <v>45</v>
       </c>
       <c r="H557" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J557" t="s">
-        <v>2184</v>
+        <v>2192</v>
       </c>
       <c r="K557" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="L557" t="s">
-        <v>153</v>
+        <v>2193</v>
       </c>
       <c r="M557" t="s">
-        <v>2185</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="558" spans="1:13">
       <c r="A558" t="s">
-        <v>2186</v>
+        <v>2195</v>
       </c>
       <c r="B558" t="s">
-        <v>2187</v>
+        <v>2196</v>
       </c>
       <c r="C558" t="s">
-        <v>2188</v>
+        <v>2197</v>
       </c>
       <c r="D558" t="s">
         <v>44</v>
       </c>
       <c r="E558" t="s">
         <v>45</v>
       </c>
       <c r="H558" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J558" t="s">
-        <v>2184</v>
+        <v>2192</v>
       </c>
       <c r="K558" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="L558" t="s">
-        <v>153</v>
+        <v>2193</v>
       </c>
       <c r="M558" t="s">
-        <v>2185</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="559" spans="1:13">
       <c r="A559" t="s">
-        <v>2189</v>
+        <v>2198</v>
       </c>
       <c r="B559" t="s">
-        <v>2190</v>
+        <v>2199</v>
       </c>
       <c r="C559" t="s">
-        <v>2191</v>
+        <v>2200</v>
       </c>
       <c r="D559" t="s">
         <v>44</v>
       </c>
       <c r="E559" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="H559" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J559" t="s">
-        <v>2178</v>
+        <v>2186</v>
       </c>
       <c r="K559" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="L559" t="s">
-        <v>2179</v>
+        <v>2187</v>
       </c>
       <c r="M559" t="s">
-        <v>2180</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="560" spans="1:13">
       <c r="A560" t="s">
-        <v>2192</v>
+        <v>2201</v>
       </c>
       <c r="B560" t="s">
-        <v>2193</v>
+        <v>2202</v>
       </c>
       <c r="C560" t="s">
-        <v>2194</v>
+        <v>2203</v>
       </c>
       <c r="D560" t="s">
         <v>44</v>
       </c>
       <c r="E560" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="H560" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J560" t="s">
-        <v>2178</v>
+        <v>2186</v>
       </c>
       <c r="K560" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="L560" t="s">
-        <v>2179</v>
+        <v>2187</v>
       </c>
       <c r="M560" t="s">
-        <v>2180</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="561" spans="1:13">
       <c r="A561" t="s">
-        <v>2195</v>
+        <v>2204</v>
       </c>
       <c r="B561" t="s">
-        <v>2196</v>
+        <v>2205</v>
       </c>
       <c r="C561" t="s">
-        <v>2197</v>
+        <v>2206</v>
       </c>
       <c r="D561" t="s">
         <v>44</v>
       </c>
       <c r="E561" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="H561" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J561" t="s">
-        <v>2178</v>
+        <v>2186</v>
       </c>
       <c r="K561" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="L561" t="s">
-        <v>2179</v>
+        <v>2187</v>
       </c>
       <c r="M561" t="s">
-        <v>2180</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="562" spans="1:13">
       <c r="A562" t="s">
-        <v>2198</v>
+        <v>2207</v>
       </c>
       <c r="B562" t="s">
-        <v>2199</v>
+        <v>2208</v>
       </c>
       <c r="C562" t="s">
-        <v>2200</v>
+        <v>2209</v>
       </c>
       <c r="D562" t="s">
         <v>44</v>
       </c>
       <c r="E562" t="s">
         <v>45</v>
       </c>
       <c r="H562" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J562" t="s">
-        <v>2184</v>
+        <v>2192</v>
       </c>
       <c r="K562" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="L562" t="s">
-        <v>153</v>
+        <v>2193</v>
       </c>
       <c r="M562" t="s">
-        <v>2185</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="563" spans="1:13">
       <c r="A563" t="s">
-        <v>2201</v>
+        <v>2210</v>
       </c>
       <c r="B563" t="s">
-        <v>2202</v>
+        <v>2211</v>
       </c>
       <c r="C563" t="s">
-        <v>2203</v>
+        <v>2212</v>
       </c>
       <c r="D563" t="s">
         <v>44</v>
       </c>
       <c r="E563" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="H563" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J563" t="s">
-        <v>2178</v>
+        <v>2186</v>
       </c>
       <c r="K563" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="L563" t="s">
-        <v>2179</v>
+        <v>2187</v>
       </c>
       <c r="M563" t="s">
-        <v>2180</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="564" spans="1:13">
       <c r="A564" t="s">
-        <v>2204</v>
+        <v>2213</v>
       </c>
       <c r="B564" t="s">
-        <v>2205</v>
+        <v>2214</v>
       </c>
       <c r="C564" t="s">
-        <v>2206</v>
+        <v>2215</v>
       </c>
       <c r="D564" t="s">
         <v>82</v>
       </c>
       <c r="E564" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="565" spans="1:13">
       <c r="A565" t="s">
-        <v>2207</v>
+        <v>2216</v>
       </c>
       <c r="B565" t="s">
-        <v>2208</v>
+        <v>2217</v>
       </c>
       <c r="C565" t="s">
-        <v>2209</v>
+        <v>2218</v>
       </c>
       <c r="D565" t="s">
         <v>82</v>
       </c>
       <c r="E565" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="566" spans="1:13">
       <c r="A566" t="s">
-        <v>2210</v>
+        <v>2219</v>
       </c>
       <c r="B566" t="s">
-        <v>2211</v>
+        <v>2220</v>
       </c>
       <c r="C566" t="s">
-        <v>2212</v>
+        <v>2221</v>
       </c>
       <c r="D566" t="s">
         <v>82</v>
       </c>
       <c r="E566" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="567" spans="1:13">
       <c r="A567" t="s">
-        <v>2213</v>
+        <v>2222</v>
       </c>
       <c r="B567" t="s">
-        <v>2214</v>
+        <v>2223</v>
       </c>
       <c r="C567" t="s">
-        <v>2215</v>
+        <v>2224</v>
       </c>
       <c r="D567" t="s">
         <v>44</v>
       </c>
       <c r="E567" t="s">
         <v>45</v>
       </c>
       <c r="H567" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J567" t="s">
-        <v>2184</v>
+        <v>2192</v>
       </c>
       <c r="K567" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="L567" t="s">
-        <v>153</v>
+        <v>2193</v>
       </c>
       <c r="M567" t="s">
-        <v>2185</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="568" spans="1:13">
       <c r="A568" t="s">
-        <v>2216</v>
+        <v>2225</v>
       </c>
       <c r="B568" t="s">
-        <v>2217</v>
+        <v>2226</v>
       </c>
       <c r="C568" t="s">
-        <v>2218</v>
+        <v>2227</v>
       </c>
       <c r="D568" t="s">
         <v>44</v>
       </c>
       <c r="E568" t="s">
         <v>45</v>
       </c>
       <c r="H568" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J568" t="s">
-        <v>2219</v>
+        <v>2228</v>
       </c>
       <c r="K568" t="s">
-        <v>1903</v>
+        <v>1906</v>
       </c>
       <c r="L568" t="s">
-        <v>2220</v>
+        <v>2229</v>
       </c>
       <c r="M568" t="s">
-        <v>2221</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="569" spans="1:13">
       <c r="A569" t="s">
-        <v>2222</v>
+        <v>2231</v>
       </c>
       <c r="B569" t="s">
-        <v>2223</v>
+        <v>2232</v>
       </c>
       <c r="C569" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="D569" t="s">
         <v>44</v>
       </c>
       <c r="E569" t="s">
         <v>45</v>
       </c>
       <c r="H569" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J569" t="s">
-        <v>2219</v>
+        <v>2228</v>
       </c>
       <c r="K569" t="s">
-        <v>1903</v>
+        <v>1906</v>
       </c>
       <c r="L569" t="s">
-        <v>2220</v>
+        <v>2229</v>
       </c>
       <c r="M569" t="s">
-        <v>2221</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="570" spans="1:13">
       <c r="A570" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="B570" t="s">
-        <v>2226</v>
+        <v>2235</v>
       </c>
       <c r="C570" t="s">
-        <v>2227</v>
+        <v>2236</v>
       </c>
       <c r="D570" t="s">
         <v>44</v>
       </c>
       <c r="E570" t="s">
         <v>45</v>
       </c>
       <c r="H570" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J570" t="s">
-        <v>2219</v>
+        <v>2228</v>
       </c>
       <c r="K570" t="s">
-        <v>1903</v>
+        <v>1906</v>
       </c>
       <c r="L570" t="s">
-        <v>2220</v>
+        <v>2229</v>
       </c>
       <c r="M570" t="s">
-        <v>2221</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="571" spans="1:13">
       <c r="A571" t="s">
-        <v>2228</v>
+        <v>2237</v>
       </c>
       <c r="B571" t="s">
-        <v>2229</v>
+        <v>2238</v>
       </c>
       <c r="C571" t="s">
-        <v>2230</v>
+        <v>2239</v>
       </c>
       <c r="D571" t="s">
         <v>44</v>
       </c>
       <c r="E571" t="s">
-        <v>45</v>
+        <v>150</v>
       </c>
       <c r="F571" t="s">
-        <v>2231</v>
+        <v>2240</v>
+      </c>
+      <c r="G571" t="s">
+        <v>1574</v>
       </c>
       <c r="H571" t="s">
-        <v>294</v>
+        <v>55</v>
       </c>
       <c r="J571" t="s">
-        <v>2232</v>
+        <v>2241</v>
       </c>
       <c r="K571" t="s">
-        <v>1265</v>
-[...2 lines deleted...]
-        <v>2233</v>
+        <v>2242</v>
       </c>
       <c r="M571" t="s">
-        <v>2234</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="572" spans="1:13">
       <c r="A572" t="s">
-        <v>2235</v>
+        <v>2244</v>
       </c>
       <c r="B572" t="s">
-        <v>2236</v>
+        <v>2245</v>
       </c>
       <c r="C572" t="s">
-        <v>2237</v>
+        <v>2246</v>
       </c>
       <c r="D572" t="s">
         <v>44</v>
       </c>
       <c r="E572" t="s">
         <v>45</v>
       </c>
       <c r="H572" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J572" t="s">
-        <v>2184</v>
+        <v>2192</v>
       </c>
       <c r="K572" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="L572" t="s">
-        <v>153</v>
+        <v>2193</v>
       </c>
       <c r="M572" t="s">
-        <v>2185</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="573" spans="1:13">
       <c r="A573" t="s">
-        <v>2238</v>
+        <v>2247</v>
       </c>
       <c r="B573" t="s">
-        <v>2239</v>
+        <v>2248</v>
       </c>
       <c r="C573" t="s">
-        <v>2240</v>
+        <v>2249</v>
       </c>
       <c r="D573" t="s">
         <v>44</v>
       </c>
       <c r="E573" t="s">
         <v>45</v>
       </c>
       <c r="G573" t="s">
-        <v>2241</v>
+        <v>2250</v>
       </c>
       <c r="H573" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J573" t="s">
-        <v>2242</v>
+        <v>2251</v>
       </c>
       <c r="K573" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="L573" t="s">
-        <v>2243</v>
+        <v>2252</v>
       </c>
       <c r="M573" t="s">
-        <v>2244</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="574" spans="1:13">
       <c r="A574" t="s">
-        <v>2245</v>
+        <v>2254</v>
       </c>
       <c r="B574" t="s">
-        <v>2246</v>
+        <v>2255</v>
       </c>
       <c r="C574" t="s">
-        <v>2247</v>
+        <v>2256</v>
       </c>
       <c r="D574" t="s">
         <v>44</v>
       </c>
       <c r="E574" t="s">
         <v>45</v>
       </c>
       <c r="G574" t="s">
-        <v>2241</v>
+        <v>2250</v>
       </c>
       <c r="H574" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J574" t="s">
-        <v>2242</v>
+        <v>2251</v>
       </c>
       <c r="K574" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="L574" t="s">
-        <v>2243</v>
+        <v>2252</v>
       </c>
       <c r="M574" t="s">
-        <v>2244</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="575" spans="1:13">
       <c r="A575" t="s">
-        <v>2248</v>
+        <v>2257</v>
       </c>
       <c r="B575" t="s">
-        <v>2249</v>
+        <v>2258</v>
       </c>
       <c r="C575" t="s">
+        <v>2259</v>
+      </c>
+      <c r="D575" t="s">
+        <v>44</v>
+      </c>
+      <c r="E575" t="s">
+        <v>45</v>
+      </c>
+      <c r="G575" t="s">
         <v>2250</v>
       </c>
-      <c r="D575" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H575" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J575" t="s">
-        <v>2242</v>
+        <v>2251</v>
       </c>
       <c r="K575" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="L575" t="s">
-        <v>2243</v>
+        <v>2252</v>
       </c>
       <c r="M575" t="s">
-        <v>2244</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="576" spans="1:13">
       <c r="A576" t="s">
+        <v>2260</v>
+      </c>
+      <c r="B576" t="s">
+        <v>2261</v>
+      </c>
+      <c r="C576" t="s">
+        <v>2262</v>
+      </c>
+      <c r="D576" t="s">
+        <v>44</v>
+      </c>
+      <c r="E576" t="s">
+        <v>45</v>
+      </c>
+      <c r="G576" t="s">
+        <v>2250</v>
+      </c>
+      <c r="H576" t="s">
+        <v>1113</v>
+      </c>
+      <c r="J576" t="s">
         <v>2251</v>
       </c>
-      <c r="B576" t="s">
+      <c r="K576" t="s">
+        <v>1312</v>
+      </c>
+      <c r="L576" t="s">
         <v>2252</v>
       </c>
-      <c r="C576" t="s">
+      <c r="M576" t="s">
         <v>2253</v>
-      </c>
-[...22 lines deleted...]
-        <v>2244</v>
       </c>
     </row>
     <row r="577" spans="1:13">
       <c r="A577" t="s">
-        <v>2254</v>
+        <v>2263</v>
       </c>
       <c r="B577" t="s">
-        <v>2255</v>
+        <v>2264</v>
       </c>
       <c r="C577" t="s">
-        <v>2256</v>
+        <v>2265</v>
       </c>
       <c r="D577" t="s">
         <v>44</v>
       </c>
       <c r="E577" t="s">
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="F577" t="s">
+        <v>2266</v>
+      </c>
+      <c r="G577" t="s">
+        <v>1574</v>
       </c>
       <c r="H577" t="s">
-        <v>150</v>
+        <v>153</v>
+      </c>
+      <c r="I577" t="s">
+        <v>2267</v>
       </c>
       <c r="J577" t="s">
-        <v>2257</v>
+        <v>2268</v>
       </c>
       <c r="K577" t="s">
-        <v>2258</v>
-[...2 lines deleted...]
-        <v>2259</v>
+        <v>2269</v>
       </c>
       <c r="M577" t="s">
-        <v>2260</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="578" spans="1:13">
       <c r="A578" t="s">
-        <v>2261</v>
+        <v>2271</v>
       </c>
       <c r="B578" t="s">
-        <v>2262</v>
+        <v>2272</v>
       </c>
       <c r="C578" t="s">
-        <v>2263</v>
+        <v>2273</v>
       </c>
       <c r="D578" t="s">
         <v>44</v>
       </c>
       <c r="E578" t="s">
         <v>45</v>
       </c>
       <c r="G578" t="s">
-        <v>2241</v>
+        <v>2250</v>
       </c>
       <c r="H578" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J578" t="s">
-        <v>2242</v>
+        <v>2251</v>
       </c>
       <c r="K578" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="L578" t="s">
-        <v>2243</v>
+        <v>2252</v>
       </c>
       <c r="M578" t="s">
-        <v>2244</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="579" spans="1:13">
       <c r="A579" t="s">
-        <v>2264</v>
+        <v>2274</v>
       </c>
       <c r="B579" t="s">
-        <v>2265</v>
+        <v>2275</v>
       </c>
       <c r="C579" t="s">
-        <v>2266</v>
+        <v>2276</v>
       </c>
       <c r="D579" t="s">
         <v>44</v>
       </c>
       <c r="E579" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="G579" t="s">
-        <v>434</v>
+        <v>152</v>
       </c>
       <c r="H579" t="s">
         <v>55</v>
       </c>
       <c r="J579" t="s">
-        <v>2267</v>
+        <v>2277</v>
       </c>
       <c r="K579" t="s">
-        <v>2268</v>
+        <v>2278</v>
       </c>
       <c r="L579" t="s">
-        <v>2269</v>
+        <v>2279</v>
       </c>
       <c r="M579" t="s">
-        <v>2270</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="580" spans="1:13">
       <c r="A580" t="s">
-        <v>2271</v>
+        <v>2281</v>
       </c>
       <c r="B580" t="s">
-        <v>2272</v>
+        <v>2282</v>
       </c>
       <c r="C580" t="s">
-        <v>2273</v>
+        <v>2283</v>
       </c>
       <c r="D580" t="s">
         <v>44</v>
       </c>
       <c r="E580" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="H580" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J580" t="s">
-        <v>2178</v>
+        <v>2186</v>
       </c>
       <c r="K580" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="L580" t="s">
-        <v>2179</v>
+        <v>2187</v>
       </c>
       <c r="M580" t="s">
-        <v>2180</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="581" spans="1:13">
       <c r="A581" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="B581" t="s">
-        <v>2275</v>
+        <v>2285</v>
       </c>
       <c r="C581" t="s">
-        <v>2276</v>
+        <v>2286</v>
       </c>
       <c r="D581" t="s">
         <v>82</v>
       </c>
       <c r="E581" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="582" spans="1:13">
       <c r="A582" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="B582" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="C582" t="s">
-        <v>2279</v>
+        <v>2289</v>
       </c>
       <c r="D582" t="s">
         <v>44</v>
       </c>
       <c r="E582" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="G582" t="s">
-        <v>2241</v>
+        <v>2250</v>
       </c>
       <c r="H582" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J582" t="s">
-        <v>2280</v>
+        <v>2290</v>
       </c>
       <c r="K582" t="s">
-        <v>2281</v>
+        <v>2291</v>
       </c>
       <c r="L582" t="s">
-        <v>2282</v>
+        <v>2292</v>
       </c>
       <c r="M582" t="s">
-        <v>2283</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="583" spans="1:13">
       <c r="A583" t="s">
-        <v>2284</v>
+        <v>2294</v>
       </c>
       <c r="B583" t="s">
-        <v>2285</v>
+        <v>2295</v>
       </c>
       <c r="C583" t="s">
-        <v>2286</v>
+        <v>2296</v>
       </c>
       <c r="D583" t="s">
         <v>44</v>
       </c>
       <c r="E583" t="s">
         <v>45</v>
       </c>
+      <c r="F583" t="s">
+        <v>2297</v>
+      </c>
       <c r="H583" t="s">
-        <v>294</v>
+        <v>55</v>
+      </c>
+      <c r="I583" t="s">
+        <v>2298</v>
       </c>
       <c r="J583" t="s">
-        <v>2287</v>
+        <v>2299</v>
       </c>
       <c r="K583" t="s">
-        <v>1858</v>
-[...2 lines deleted...]
-        <v>2288</v>
+        <v>1237</v>
       </c>
       <c r="M583" t="s">
-        <v>2289</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="584" spans="1:13">
       <c r="A584" t="s">
-        <v>2290</v>
+        <v>2301</v>
       </c>
       <c r="B584" t="s">
-        <v>2291</v>
+        <v>2302</v>
       </c>
       <c r="C584" t="s">
-        <v>2292</v>
+        <v>2303</v>
       </c>
       <c r="D584" t="s">
         <v>44</v>
       </c>
       <c r="E584" t="s">
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="F584" t="s">
+        <v>2304</v>
+      </c>
+      <c r="G584" t="s">
+        <v>1574</v>
+      </c>
+      <c r="H584" t="s">
+        <v>153</v>
+      </c>
+      <c r="J584" t="s">
+        <v>2305</v>
+      </c>
+      <c r="K584" t="s">
+        <v>2306</v>
+      </c>
+      <c r="M584" t="s">
+        <v>2307</v>
       </c>
     </row>
     <row r="585" spans="1:13">
       <c r="A585" t="s">
-        <v>2293</v>
+        <v>2308</v>
       </c>
       <c r="B585" t="s">
-        <v>2294</v>
+        <v>2309</v>
       </c>
       <c r="C585" t="s">
-        <v>2295</v>
+        <v>2310</v>
       </c>
       <c r="D585" t="s">
         <v>44</v>
       </c>
       <c r="E585" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="586" spans="1:13">
       <c r="A586" t="s">
-        <v>2296</v>
+        <v>2311</v>
       </c>
       <c r="B586" t="s">
-        <v>2297</v>
+        <v>2312</v>
       </c>
       <c r="C586" t="s">
-        <v>2298</v>
+        <v>2313</v>
       </c>
       <c r="D586" t="s">
         <v>44</v>
       </c>
       <c r="E586" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="G586" t="s">
-        <v>2241</v>
+        <v>2250</v>
       </c>
       <c r="H586" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J586" t="s">
-        <v>2280</v>
+        <v>2290</v>
       </c>
       <c r="K586" t="s">
-        <v>2281</v>
+        <v>2291</v>
       </c>
       <c r="L586" t="s">
-        <v>2282</v>
+        <v>2292</v>
       </c>
       <c r="M586" t="s">
-        <v>2283</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="587" spans="1:13">
       <c r="A587" t="s">
-        <v>2299</v>
+        <v>2314</v>
       </c>
       <c r="B587" t="s">
-        <v>2300</v>
+        <v>2315</v>
       </c>
       <c r="C587" t="s">
-        <v>2301</v>
+        <v>2316</v>
       </c>
       <c r="D587" t="s">
         <v>44</v>
       </c>
       <c r="E587" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="588" spans="1:13">
       <c r="A588" t="s">
-        <v>2302</v>
+        <v>2317</v>
       </c>
       <c r="B588" t="s">
-        <v>2303</v>
+        <v>2318</v>
       </c>
       <c r="C588" t="s">
-        <v>2304</v>
+        <v>2319</v>
       </c>
       <c r="D588" t="s">
         <v>44</v>
       </c>
       <c r="E588" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="589" spans="1:13">
       <c r="A589" t="s">
-        <v>2305</v>
+        <v>2320</v>
       </c>
       <c r="B589" t="s">
-        <v>2306</v>
+        <v>2321</v>
       </c>
       <c r="C589" t="s">
-        <v>2307</v>
+        <v>2322</v>
       </c>
       <c r="D589" t="s">
         <v>44</v>
       </c>
       <c r="E589" t="s">
         <v>45</v>
       </c>
       <c r="F589" t="s">
-        <v>2308</v>
+        <v>2323</v>
       </c>
       <c r="H589" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J589" t="s">
-        <v>2309</v>
+        <v>2324</v>
       </c>
       <c r="K589" t="s">
-        <v>2310</v>
+        <v>2325</v>
       </c>
       <c r="L589" t="s">
-        <v>2311</v>
+        <v>2326</v>
       </c>
       <c r="M589" t="s">
-        <v>2312</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="590" spans="1:13">
       <c r="A590" t="s">
-        <v>2313</v>
+        <v>2328</v>
       </c>
       <c r="B590" t="s">
-        <v>2314</v>
+        <v>2329</v>
       </c>
       <c r="C590" t="s">
-        <v>2315</v>
+        <v>2330</v>
       </c>
       <c r="D590" t="s">
         <v>44</v>
       </c>
       <c r="E590" t="s">
         <v>45</v>
       </c>
       <c r="F590" t="s">
-        <v>2308</v>
+        <v>2323</v>
       </c>
       <c r="H590" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J590" t="s">
-        <v>2309</v>
+        <v>2324</v>
       </c>
       <c r="K590" t="s">
-        <v>2310</v>
+        <v>2325</v>
       </c>
       <c r="L590" t="s">
-        <v>2311</v>
+        <v>2326</v>
       </c>
       <c r="M590" t="s">
-        <v>2312</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="591" spans="1:13">
       <c r="A591" t="s">
-        <v>2316</v>
+        <v>2331</v>
       </c>
       <c r="B591" t="s">
-        <v>2317</v>
+        <v>2332</v>
       </c>
       <c r="C591" t="s">
-        <v>2318</v>
+        <v>2333</v>
       </c>
       <c r="D591" t="s">
         <v>44</v>
       </c>
       <c r="E591" t="s">
-        <v>45</v>
+        <v>150</v>
       </c>
       <c r="F591" t="s">
-        <v>2308</v>
+        <v>2334</v>
+      </c>
+      <c r="G591" t="s">
+        <v>1574</v>
       </c>
       <c r="H591" t="s">
-        <v>1111</v>
+        <v>153</v>
       </c>
       <c r="J591" t="s">
-        <v>2309</v>
+        <v>2335</v>
       </c>
       <c r="K591" t="s">
-        <v>2310</v>
-[...2 lines deleted...]
-        <v>2311</v>
+        <v>2242</v>
       </c>
       <c r="M591" t="s">
-        <v>2312</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="592" spans="1:13">
       <c r="A592" t="s">
-        <v>2319</v>
+        <v>2337</v>
       </c>
       <c r="B592" t="s">
-        <v>2320</v>
+        <v>2338</v>
       </c>
       <c r="C592" t="s">
-        <v>2321</v>
+        <v>2339</v>
       </c>
       <c r="D592" t="s">
         <v>44</v>
       </c>
       <c r="E592" t="s">
-        <v>338</v>
+        <v>150</v>
+      </c>
+      <c r="F592" t="s">
+        <v>2340</v>
       </c>
       <c r="G592" t="s">
-        <v>339</v>
+        <v>1574</v>
       </c>
       <c r="H592" t="s">
         <v>55</v>
       </c>
       <c r="J592" t="s">
-        <v>2322</v>
+        <v>2341</v>
       </c>
       <c r="K592" t="s">
-        <v>2323</v>
-[...2 lines deleted...]
-        <v>2324</v>
+        <v>2306</v>
       </c>
       <c r="M592" t="s">
-        <v>2325</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="593" spans="1:13">
       <c r="A593" t="s">
-        <v>2326</v>
+        <v>2343</v>
       </c>
       <c r="B593" t="s">
-        <v>2327</v>
+        <v>2344</v>
       </c>
       <c r="C593" t="s">
-        <v>2328</v>
+        <v>2345</v>
       </c>
       <c r="D593" t="s">
         <v>44</v>
       </c>
       <c r="E593" t="s">
         <v>45</v>
       </c>
       <c r="H593" t="s">
-        <v>1688</v>
+        <v>1235</v>
       </c>
       <c r="J593" t="s">
-        <v>2329</v>
+        <v>2346</v>
       </c>
       <c r="K593" t="s">
-        <v>1858</v>
+        <v>1861</v>
       </c>
       <c r="L593" t="s">
-        <v>2243</v>
+        <v>2252</v>
       </c>
       <c r="M593" t="s">
-        <v>2330</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="594" spans="1:13">
       <c r="A594" t="s">
-        <v>2331</v>
+        <v>2348</v>
       </c>
       <c r="B594" t="s">
-        <v>2332</v>
+        <v>2349</v>
       </c>
       <c r="C594" t="s">
-        <v>2333</v>
+        <v>2350</v>
       </c>
       <c r="D594" t="s">
         <v>44</v>
       </c>
       <c r="E594" t="s">
         <v>45</v>
       </c>
       <c r="H594" t="s">
-        <v>1688</v>
+        <v>1235</v>
       </c>
       <c r="J594" t="s">
-        <v>2329</v>
+        <v>2346</v>
       </c>
       <c r="K594" t="s">
-        <v>1858</v>
+        <v>1861</v>
       </c>
       <c r="L594" t="s">
-        <v>2243</v>
+        <v>2252</v>
       </c>
       <c r="M594" t="s">
-        <v>2330</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="595" spans="1:13">
       <c r="A595" t="s">
-        <v>2334</v>
+        <v>2351</v>
       </c>
       <c r="B595" t="s">
-        <v>2335</v>
+        <v>2352</v>
       </c>
       <c r="C595" t="s">
-        <v>2336</v>
+        <v>2353</v>
       </c>
       <c r="D595" t="s">
         <v>44</v>
       </c>
       <c r="E595" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="596" spans="1:13">
       <c r="A596" t="s">
-        <v>2337</v>
+        <v>2354</v>
       </c>
       <c r="B596" t="s">
-        <v>2338</v>
+        <v>2355</v>
       </c>
       <c r="C596" t="s">
-        <v>2339</v>
+        <v>2356</v>
       </c>
       <c r="D596" t="s">
         <v>44</v>
       </c>
       <c r="E596" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="597" spans="1:13">
       <c r="A597" t="s">
-        <v>2340</v>
+        <v>2357</v>
       </c>
       <c r="B597" t="s">
-        <v>2341</v>
+        <v>2358</v>
       </c>
       <c r="C597" t="s">
-        <v>2342</v>
+        <v>2359</v>
       </c>
       <c r="D597" t="s">
         <v>44</v>
       </c>
       <c r="E597" t="s">
         <v>45</v>
+      </c>
+      <c r="F597" t="s">
+        <v>1085</v>
       </c>
       <c r="H597" t="s">
         <v>55</v>
       </c>
       <c r="J597" t="s">
-        <v>2343</v>
+        <v>2360</v>
       </c>
       <c r="K597" t="s">
-        <v>2344</v>
-[...2 lines deleted...]
-        <v>2345</v>
+        <v>1278</v>
       </c>
       <c r="M597" t="s">
-        <v>2346</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="598" spans="1:13">
       <c r="A598" t="s">
-        <v>2347</v>
+        <v>2362</v>
       </c>
       <c r="B598" t="s">
-        <v>2348</v>
+        <v>2363</v>
       </c>
       <c r="C598" t="s">
-        <v>2349</v>
+        <v>2364</v>
       </c>
       <c r="D598" t="s">
         <v>44</v>
       </c>
       <c r="E598" t="s">
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="G598" t="s">
+        <v>1574</v>
       </c>
       <c r="H598" t="s">
         <v>55</v>
       </c>
       <c r="J598" t="s">
-        <v>2350</v>
+        <v>2365</v>
       </c>
       <c r="K598" t="s">
-        <v>2351</v>
-[...2 lines deleted...]
-        <v>2352</v>
+        <v>2366</v>
       </c>
       <c r="M598" t="s">
-        <v>2353</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="599" spans="1:13">
       <c r="A599" t="s">
-        <v>2354</v>
+        <v>2368</v>
       </c>
       <c r="B599" t="s">
-        <v>2355</v>
+        <v>2369</v>
       </c>
       <c r="C599" t="s">
-        <v>2356</v>
+        <v>2370</v>
       </c>
       <c r="D599" t="s">
         <v>82</v>
       </c>
       <c r="E599" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="600" spans="1:13">
       <c r="A600" t="s">
-        <v>2357</v>
+        <v>2371</v>
       </c>
       <c r="B600" t="s">
-        <v>2355</v>
+        <v>2369</v>
       </c>
       <c r="C600" t="s">
-        <v>2358</v>
+        <v>2372</v>
       </c>
       <c r="D600" t="s">
         <v>44</v>
       </c>
       <c r="E600" t="s">
         <v>45</v>
       </c>
       <c r="I600" t="s">
-        <v>2359</v>
+        <v>2373</v>
       </c>
       <c r="J600" t="s">
-        <v>2360</v>
+        <v>2374</v>
       </c>
       <c r="K600" t="s">
-        <v>2361</v>
+        <v>2375</v>
       </c>
       <c r="L600" t="s">
-        <v>2362</v>
+        <v>2376</v>
       </c>
       <c r="M600" t="s">
-        <v>2363</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="601" spans="1:13">
       <c r="A601" t="s">
-        <v>2364</v>
+        <v>2378</v>
       </c>
       <c r="B601" t="s">
-        <v>2365</v>
+        <v>2379</v>
       </c>
       <c r="C601" t="s">
-        <v>2366</v>
+        <v>2380</v>
       </c>
       <c r="D601" t="s">
         <v>82</v>
       </c>
       <c r="E601" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="602" spans="1:13">
       <c r="A602" t="s">
-        <v>2367</v>
+        <v>2381</v>
       </c>
       <c r="B602" t="s">
-        <v>2368</v>
+        <v>2382</v>
       </c>
       <c r="C602" t="s">
-        <v>2369</v>
+        <v>2383</v>
       </c>
       <c r="D602" t="s">
         <v>44</v>
       </c>
       <c r="E602" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="603" spans="1:13">
       <c r="A603" t="s">
-        <v>2370</v>
+        <v>2384</v>
       </c>
       <c r="B603" t="s">
-        <v>2371</v>
+        <v>2385</v>
       </c>
       <c r="C603" t="s">
-        <v>2372</v>
+        <v>2386</v>
       </c>
       <c r="D603" t="s">
         <v>44</v>
       </c>
       <c r="E603" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="604" spans="1:13">
       <c r="A604" t="s">
-        <v>2373</v>
+        <v>2387</v>
       </c>
       <c r="B604" t="s">
-        <v>2374</v>
+        <v>2388</v>
       </c>
       <c r="C604" t="s">
-        <v>2375</v>
+        <v>2389</v>
       </c>
       <c r="D604" t="s">
         <v>44</v>
       </c>
       <c r="E604" t="s">
         <v>45</v>
       </c>
       <c r="H604" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J604" t="s">
-        <v>2376</v>
+        <v>2390</v>
       </c>
       <c r="K604" t="s">
-        <v>2377</v>
+        <v>2391</v>
       </c>
       <c r="L604" t="s">
-        <v>2378</v>
+        <v>2392</v>
       </c>
       <c r="M604" t="s">
-        <v>2379</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="605" spans="1:13">
       <c r="A605" t="s">
-        <v>2380</v>
+        <v>2394</v>
       </c>
       <c r="B605" t="s">
-        <v>2381</v>
+        <v>2395</v>
       </c>
       <c r="C605" t="s">
-        <v>2382</v>
+        <v>2396</v>
       </c>
       <c r="D605" t="s">
         <v>44</v>
       </c>
       <c r="E605" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="606" spans="1:13">
       <c r="A606" t="s">
-        <v>2383</v>
+        <v>2397</v>
       </c>
       <c r="B606" t="s">
-        <v>2384</v>
+        <v>2398</v>
       </c>
       <c r="C606" t="s">
-        <v>2385</v>
+        <v>2399</v>
       </c>
       <c r="D606" t="s">
         <v>44</v>
       </c>
       <c r="E606" t="s">
         <v>45</v>
       </c>
       <c r="H606" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J606" t="s">
-        <v>2386</v>
+        <v>2400</v>
       </c>
       <c r="K606" t="s">
-        <v>2093</v>
+        <v>2101</v>
       </c>
       <c r="L606" t="s">
-        <v>2387</v>
+        <v>2401</v>
       </c>
       <c r="M606" t="s">
-        <v>2388</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="607" spans="1:13">
       <c r="A607" t="s">
-        <v>2389</v>
+        <v>2403</v>
       </c>
       <c r="B607" t="s">
-        <v>2390</v>
+        <v>2404</v>
       </c>
       <c r="C607" t="s">
-        <v>2391</v>
+        <v>2405</v>
       </c>
       <c r="D607" t="s">
         <v>82</v>
       </c>
       <c r="E607" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="608" spans="1:13">
       <c r="A608" t="s">
-        <v>2392</v>
+        <v>2406</v>
       </c>
       <c r="B608" t="s">
-        <v>2393</v>
+        <v>2407</v>
       </c>
       <c r="C608" t="s">
-        <v>2394</v>
+        <v>2408</v>
       </c>
       <c r="D608" t="s">
         <v>82</v>
       </c>
       <c r="E608" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="609" spans="1:13">
       <c r="A609" t="s">
-        <v>2395</v>
+        <v>2409</v>
       </c>
       <c r="B609" t="s">
-        <v>2396</v>
+        <v>2410</v>
       </c>
       <c r="C609" t="s">
-        <v>2397</v>
+        <v>2411</v>
       </c>
       <c r="D609" t="s">
         <v>44</v>
       </c>
       <c r="E609" t="s">
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="F609" t="s">
+        <v>2304</v>
+      </c>
+      <c r="G609" t="s">
+        <v>1574</v>
       </c>
       <c r="H609" t="s">
-        <v>1111</v>
+        <v>153</v>
       </c>
       <c r="J609" t="s">
-        <v>2398</v>
+        <v>2412</v>
       </c>
       <c r="K609" t="s">
-        <v>2399</v>
-[...2 lines deleted...]
-        <v>2400</v>
+        <v>2306</v>
       </c>
       <c r="M609" t="s">
-        <v>2401</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="610" spans="1:13">
       <c r="A610" t="s">
-        <v>2402</v>
+        <v>2414</v>
       </c>
       <c r="B610" t="s">
-        <v>2403</v>
+        <v>2415</v>
       </c>
       <c r="C610" t="s">
-        <v>2404</v>
+        <v>2416</v>
       </c>
       <c r="D610" t="s">
         <v>44</v>
       </c>
       <c r="E610" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="611" spans="1:13">
       <c r="A611" t="s">
-        <v>2405</v>
+        <v>2417</v>
       </c>
       <c r="B611" t="s">
-        <v>2406</v>
+        <v>2418</v>
       </c>
       <c r="C611" t="s">
-        <v>2407</v>
+        <v>2419</v>
       </c>
       <c r="D611" t="s">
         <v>44</v>
       </c>
       <c r="E611" t="s">
         <v>45</v>
       </c>
       <c r="H611" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J611" t="s">
-        <v>2408</v>
+        <v>2420</v>
       </c>
       <c r="K611" t="s">
-        <v>2409</v>
+        <v>2421</v>
       </c>
       <c r="L611" t="s">
-        <v>2410</v>
+        <v>2422</v>
       </c>
       <c r="M611" t="s">
-        <v>2411</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="612" spans="1:13">
       <c r="A612" t="s">
-        <v>2412</v>
+        <v>2424</v>
       </c>
       <c r="B612" t="s">
-        <v>2413</v>
+        <v>2425</v>
       </c>
       <c r="C612" t="s">
-        <v>2414</v>
+        <v>2426</v>
       </c>
       <c r="D612" t="s">
         <v>44</v>
       </c>
       <c r="E612" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="613" spans="1:13">
       <c r="A613" t="s">
-        <v>2415</v>
+        <v>2427</v>
       </c>
       <c r="B613" t="s">
-        <v>2416</v>
+        <v>2428</v>
       </c>
       <c r="C613" t="s">
-        <v>2417</v>
+        <v>2429</v>
       </c>
       <c r="D613" t="s">
         <v>44</v>
       </c>
       <c r="E613" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="G613" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H613" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J613" t="s">
-        <v>2418</v>
+        <v>2430</v>
       </c>
       <c r="K613" t="s">
-        <v>2419</v>
+        <v>2431</v>
       </c>
       <c r="L613" t="s">
-        <v>2420</v>
+        <v>2432</v>
       </c>
       <c r="M613" t="s">
-        <v>2421</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="614" spans="1:13">
       <c r="A614" t="s">
-        <v>2422</v>
+        <v>2434</v>
       </c>
       <c r="B614" t="s">
-        <v>2423</v>
+        <v>2435</v>
       </c>
       <c r="C614" t="s">
-        <v>2424</v>
+        <v>2436</v>
       </c>
       <c r="D614" t="s">
         <v>44</v>
       </c>
       <c r="E614" t="s">
         <v>45</v>
       </c>
       <c r="H614" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J614" t="s">
-        <v>2425</v>
+        <v>2437</v>
       </c>
       <c r="K614" t="s">
-        <v>2426</v>
+        <v>2438</v>
       </c>
       <c r="L614" t="s">
-        <v>2427</v>
+        <v>2439</v>
       </c>
       <c r="M614" t="s">
-        <v>2428</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="615" spans="1:13">
       <c r="A615" t="s">
-        <v>2429</v>
+        <v>2441</v>
       </c>
       <c r="B615" t="s">
-        <v>2430</v>
+        <v>2442</v>
       </c>
       <c r="C615" t="s">
-        <v>2431</v>
+        <v>2443</v>
       </c>
       <c r="D615" t="s">
         <v>44</v>
       </c>
       <c r="E615" t="s">
         <v>45</v>
       </c>
       <c r="H615" t="s">
         <v>55</v>
       </c>
       <c r="J615" t="s">
-        <v>2432</v>
+        <v>2444</v>
       </c>
       <c r="K615" t="s">
-        <v>2426</v>
+        <v>2438</v>
       </c>
       <c r="L615" t="s">
-        <v>2433</v>
+        <v>2445</v>
       </c>
       <c r="M615" t="s">
-        <v>2434</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="616" spans="1:13">
       <c r="A616" t="s">
-        <v>2435</v>
+        <v>2447</v>
       </c>
       <c r="B616" t="s">
-        <v>2436</v>
+        <v>2448</v>
       </c>
       <c r="C616" t="s">
+        <v>2449</v>
+      </c>
+      <c r="D616" t="s">
+        <v>44</v>
+      </c>
+      <c r="E616" t="s">
+        <v>45</v>
+      </c>
+      <c r="H616" t="s">
+        <v>1113</v>
+      </c>
+      <c r="J616" t="s">
         <v>2437</v>
       </c>
-      <c r="D616" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K616" t="s">
-        <v>2426</v>
+        <v>2438</v>
       </c>
       <c r="L616" t="s">
-        <v>2427</v>
+        <v>2439</v>
       </c>
       <c r="M616" t="s">
-        <v>2428</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="617" spans="1:13">
       <c r="A617" t="s">
-        <v>2438</v>
+        <v>2450</v>
       </c>
       <c r="B617" t="s">
-        <v>2439</v>
+        <v>2451</v>
       </c>
       <c r="C617" t="s">
-        <v>2440</v>
+        <v>2452</v>
       </c>
       <c r="D617" t="s">
         <v>44</v>
       </c>
       <c r="E617" t="s">
         <v>45</v>
       </c>
       <c r="H617" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J617" t="s">
-        <v>2441</v>
+        <v>2453</v>
       </c>
       <c r="K617" t="s">
-        <v>2442</v>
+        <v>2454</v>
       </c>
       <c r="L617" t="s">
-        <v>2443</v>
+        <v>2455</v>
       </c>
       <c r="M617" t="s">
-        <v>2444</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="618" spans="1:13">
       <c r="A618" t="s">
-        <v>2445</v>
+        <v>2457</v>
       </c>
       <c r="B618" t="s">
-        <v>2446</v>
+        <v>2458</v>
       </c>
       <c r="C618" t="s">
-        <v>2447</v>
+        <v>2459</v>
       </c>
       <c r="D618" t="s">
         <v>44</v>
       </c>
       <c r="E618" t="s">
         <v>45</v>
       </c>
       <c r="H618" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J618" t="s">
-        <v>2425</v>
+        <v>2437</v>
       </c>
       <c r="K618" t="s">
-        <v>2426</v>
+        <v>2438</v>
       </c>
       <c r="L618" t="s">
-        <v>2427</v>
+        <v>2439</v>
       </c>
       <c r="M618" t="s">
-        <v>2428</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="619" spans="1:13">
       <c r="A619" t="s">
-        <v>2448</v>
+        <v>2460</v>
       </c>
       <c r="B619" t="s">
-        <v>2449</v>
+        <v>2461</v>
       </c>
       <c r="C619" t="s">
-        <v>2450</v>
+        <v>2462</v>
       </c>
       <c r="D619" t="s">
         <v>44</v>
       </c>
       <c r="E619" t="s">
         <v>45</v>
       </c>
       <c r="H619" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J619" t="s">
-        <v>2425</v>
+        <v>2437</v>
       </c>
       <c r="K619" t="s">
-        <v>2426</v>
+        <v>2438</v>
       </c>
       <c r="L619" t="s">
-        <v>2427</v>
+        <v>2439</v>
       </c>
       <c r="M619" t="s">
-        <v>2428</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="620" spans="1:13">
       <c r="A620" t="s">
-        <v>2451</v>
+        <v>2463</v>
       </c>
       <c r="B620" t="s">
-        <v>2452</v>
+        <v>2464</v>
       </c>
       <c r="C620" t="s">
-        <v>2453</v>
+        <v>2465</v>
       </c>
       <c r="D620" t="s">
         <v>44</v>
       </c>
       <c r="E620" t="s">
         <v>45</v>
       </c>
       <c r="F620" t="s">
-        <v>2454</v>
+        <v>2466</v>
       </c>
       <c r="H620" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J620" t="s">
-        <v>2455</v>
+        <v>2467</v>
       </c>
       <c r="K620" t="s">
-        <v>2456</v>
+        <v>2468</v>
       </c>
       <c r="L620" t="s">
-        <v>2457</v>
+        <v>2469</v>
       </c>
       <c r="M620" t="s">
-        <v>2458</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="621" spans="1:13">
       <c r="A621" t="s">
-        <v>2459</v>
+        <v>2471</v>
       </c>
       <c r="B621" t="s">
-        <v>2460</v>
+        <v>2472</v>
       </c>
       <c r="C621" t="s">
-        <v>2461</v>
+        <v>2473</v>
       </c>
       <c r="D621" t="s">
         <v>44</v>
       </c>
       <c r="E621" t="s">
         <v>45</v>
       </c>
       <c r="F621" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="H621" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J621" t="s">
-        <v>2462</v>
+        <v>2474</v>
       </c>
       <c r="K621" t="s">
-        <v>2463</v>
+        <v>2475</v>
       </c>
       <c r="L621" t="s">
-        <v>2464</v>
+        <v>2476</v>
       </c>
       <c r="M621" t="s">
-        <v>2465</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="622" spans="1:13">
       <c r="A622" t="s">
-        <v>2466</v>
+        <v>2478</v>
       </c>
       <c r="B622" t="s">
-        <v>2467</v>
+        <v>2479</v>
       </c>
       <c r="C622" t="s">
-        <v>2468</v>
+        <v>2480</v>
       </c>
       <c r="D622" t="s">
         <v>44</v>
       </c>
       <c r="E622" t="s">
         <v>45</v>
       </c>
       <c r="H622" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J622" t="s">
-        <v>2425</v>
+        <v>2437</v>
       </c>
       <c r="K622" t="s">
-        <v>2426</v>
+        <v>2438</v>
       </c>
       <c r="L622" t="s">
-        <v>2427</v>
+        <v>2439</v>
       </c>
       <c r="M622" t="s">
-        <v>2428</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="623" spans="1:13">
       <c r="A623" t="s">
-        <v>2469</v>
+        <v>2481</v>
       </c>
       <c r="B623" t="s">
-        <v>2470</v>
+        <v>2482</v>
       </c>
       <c r="C623" t="s">
-        <v>2471</v>
+        <v>2483</v>
       </c>
       <c r="D623" t="s">
         <v>44</v>
       </c>
       <c r="E623" t="s">
         <v>45</v>
       </c>
       <c r="H623" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J623" t="s">
-        <v>2472</v>
+        <v>2484</v>
       </c>
       <c r="K623" t="s">
-        <v>1293</v>
+        <v>1299</v>
       </c>
       <c r="L623" t="s">
-        <v>1294</v>
+        <v>1300</v>
       </c>
       <c r="M623" t="s">
-        <v>2473</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="624" spans="1:13">
       <c r="A624" t="s">
-        <v>2474</v>
+        <v>2486</v>
       </c>
       <c r="B624" t="s">
-        <v>2475</v>
+        <v>2487</v>
       </c>
       <c r="C624" t="s">
-        <v>2476</v>
+        <v>2488</v>
       </c>
       <c r="D624" t="s">
         <v>44</v>
       </c>
       <c r="E624" t="s">
         <v>45</v>
       </c>
       <c r="H624" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J624" t="s">
-        <v>2472</v>
+        <v>2484</v>
       </c>
       <c r="K624" t="s">
-        <v>1293</v>
+        <v>1299</v>
       </c>
       <c r="L624" t="s">
-        <v>1294</v>
+        <v>1300</v>
       </c>
       <c r="M624" t="s">
-        <v>2473</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="625" spans="1:13">
       <c r="A625" t="s">
-        <v>2477</v>
+        <v>2489</v>
       </c>
       <c r="B625" t="s">
-        <v>2478</v>
+        <v>2490</v>
       </c>
       <c r="C625" t="s">
-        <v>2479</v>
+        <v>2491</v>
       </c>
       <c r="D625" t="s">
         <v>44</v>
       </c>
       <c r="E625" t="s">
         <v>45</v>
       </c>
       <c r="F625" t="s">
-        <v>2480</v>
+        <v>2492</v>
       </c>
       <c r="H625" t="s">
         <v>55</v>
       </c>
       <c r="J625" t="s">
-        <v>2481</v>
+        <v>2493</v>
       </c>
       <c r="K625" t="s">
-        <v>2482</v>
+        <v>2494</v>
       </c>
       <c r="L625" t="s">
-        <v>2233</v>
+        <v>2495</v>
       </c>
       <c r="M625" t="s">
-        <v>2483</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="626" spans="1:13">
       <c r="A626" t="s">
+        <v>2497</v>
+      </c>
+      <c r="B626" t="s">
+        <v>2498</v>
+      </c>
+      <c r="C626" t="s">
+        <v>2499</v>
+      </c>
+      <c r="D626" t="s">
+        <v>44</v>
+      </c>
+      <c r="E626" t="s">
+        <v>45</v>
+      </c>
+      <c r="H626" t="s">
+        <v>153</v>
+      </c>
+      <c r="J626" t="s">
         <v>2484</v>
       </c>
-      <c r="B626" t="s">
+      <c r="K626" t="s">
+        <v>1299</v>
+      </c>
+      <c r="L626" t="s">
+        <v>1300</v>
+      </c>
+      <c r="M626" t="s">
         <v>2485</v>
-      </c>
-[...22 lines deleted...]
-        <v>2473</v>
       </c>
     </row>
     <row r="627" spans="1:13">
       <c r="A627" t="s">
-        <v>2487</v>
+        <v>2500</v>
       </c>
       <c r="B627" t="s">
-        <v>2488</v>
+        <v>2501</v>
       </c>
       <c r="C627" t="s">
-        <v>2489</v>
+        <v>2502</v>
       </c>
       <c r="D627" t="s">
         <v>44</v>
       </c>
       <c r="E627" t="s">
         <v>45</v>
       </c>
       <c r="H627" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J627" t="s">
-        <v>2490</v>
+        <v>2503</v>
       </c>
       <c r="K627" t="s">
-        <v>1293</v>
+        <v>1299</v>
       </c>
       <c r="L627" t="s">
-        <v>1294</v>
+        <v>1300</v>
       </c>
       <c r="M627" t="s">
-        <v>2491</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="628" spans="1:13">
       <c r="A628" t="s">
-        <v>2492</v>
+        <v>2505</v>
       </c>
       <c r="B628" t="s">
-        <v>2493</v>
+        <v>2506</v>
       </c>
       <c r="C628" t="s">
-        <v>2494</v>
+        <v>2507</v>
       </c>
       <c r="D628" t="s">
         <v>44</v>
       </c>
       <c r="E628" t="s">
         <v>45</v>
       </c>
       <c r="H628" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J628" t="s">
-        <v>2490</v>
+        <v>2503</v>
       </c>
       <c r="K628" t="s">
-        <v>1293</v>
+        <v>1299</v>
       </c>
       <c r="L628" t="s">
-        <v>1294</v>
+        <v>1300</v>
       </c>
       <c r="M628" t="s">
-        <v>2491</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="629" spans="1:13">
       <c r="A629" t="s">
-        <v>2495</v>
+        <v>2508</v>
       </c>
       <c r="B629" t="s">
-        <v>2496</v>
+        <v>2509</v>
       </c>
       <c r="C629" t="s">
-        <v>2497</v>
+        <v>2510</v>
       </c>
       <c r="D629" t="s">
         <v>44</v>
       </c>
       <c r="E629" t="s">
         <v>45</v>
       </c>
       <c r="H629" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J629" t="s">
-        <v>2498</v>
+        <v>2511</v>
       </c>
       <c r="K629" t="s">
-        <v>2268</v>
+        <v>2278</v>
       </c>
       <c r="L629" t="s">
-        <v>2499</v>
+        <v>2512</v>
       </c>
       <c r="M629" t="s">
-        <v>2500</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="630" spans="1:13">
       <c r="A630" t="s">
-        <v>2501</v>
+        <v>2514</v>
       </c>
       <c r="B630" t="s">
-        <v>2502</v>
+        <v>2515</v>
       </c>
       <c r="C630" t="s">
-        <v>2503</v>
+        <v>2516</v>
       </c>
       <c r="D630" t="s">
         <v>82</v>
       </c>
       <c r="E630" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="631" spans="1:13">
       <c r="A631" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="B631" t="s">
-        <v>2505</v>
+        <v>2518</v>
       </c>
       <c r="C631" t="s">
-        <v>2506</v>
+        <v>2519</v>
       </c>
       <c r="D631" t="s">
         <v>44</v>
       </c>
       <c r="E631" t="s">
         <v>45</v>
       </c>
       <c r="J631" t="s">
-        <v>2507</v>
+        <v>2520</v>
       </c>
       <c r="K631" t="s">
-        <v>2508</v>
+        <v>2521</v>
       </c>
       <c r="L631" t="s">
-        <v>2509</v>
+        <v>2522</v>
       </c>
       <c r="M631" t="s">
-        <v>2510</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="632" spans="1:13">
       <c r="A632" t="s">
-        <v>2511</v>
+        <v>2524</v>
       </c>
       <c r="B632" t="s">
-        <v>2512</v>
+        <v>2525</v>
       </c>
       <c r="C632" t="s">
-        <v>2513</v>
+        <v>2526</v>
       </c>
       <c r="D632" t="s">
         <v>44</v>
       </c>
       <c r="E632" t="s">
         <v>45</v>
       </c>
       <c r="H632" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="J632" t="s">
-        <v>2514</v>
+        <v>2527</v>
       </c>
       <c r="K632" t="s">
-        <v>1865</v>
+        <v>1868</v>
       </c>
       <c r="L632" t="s">
-        <v>2515</v>
+        <v>2528</v>
       </c>
       <c r="M632" t="s">
-        <v>2516</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="633" spans="1:13">
       <c r="A633" t="s">
-        <v>2517</v>
+        <v>2530</v>
       </c>
       <c r="B633" t="s">
-        <v>2518</v>
+        <v>2531</v>
       </c>
       <c r="C633" t="s">
-        <v>2519</v>
+        <v>2532</v>
       </c>
       <c r="D633" t="s">
         <v>44</v>
       </c>
       <c r="E633" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="634" spans="1:13">
       <c r="A634" t="s">
-        <v>2520</v>
+        <v>2533</v>
       </c>
       <c r="B634" t="s">
-        <v>2521</v>
+        <v>2534</v>
       </c>
       <c r="C634" t="s">
-        <v>2522</v>
+        <v>2535</v>
       </c>
       <c r="D634" t="s">
         <v>44</v>
       </c>
       <c r="E634" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="635" spans="1:13">
       <c r="A635" t="s">
-        <v>2523</v>
+        <v>2536</v>
       </c>
       <c r="B635" t="s">
-        <v>2524</v>
+        <v>2537</v>
       </c>
       <c r="C635" t="s">
-        <v>2525</v>
+        <v>2538</v>
       </c>
       <c r="D635" t="s">
         <v>44</v>
       </c>
       <c r="E635" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="636" spans="1:13">
       <c r="A636" t="s">
-        <v>2526</v>
+        <v>2539</v>
       </c>
       <c r="B636" t="s">
-        <v>2527</v>
+        <v>2540</v>
       </c>
       <c r="C636" t="s">
-        <v>2528</v>
+        <v>2541</v>
       </c>
       <c r="D636" t="s">
         <v>44</v>
       </c>
       <c r="E636" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="637" spans="1:13">
       <c r="A637" t="s">
-        <v>2529</v>
+        <v>2542</v>
       </c>
       <c r="B637" t="s">
-        <v>2530</v>
+        <v>2543</v>
       </c>
       <c r="C637" t="s">
-        <v>2531</v>
+        <v>2544</v>
       </c>
       <c r="D637" t="s">
         <v>44</v>
       </c>
       <c r="E637" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="638" spans="1:13">
       <c r="A638" t="s">
-        <v>2532</v>
+        <v>2545</v>
       </c>
       <c r="B638" t="s">
-        <v>2533</v>
+        <v>2546</v>
       </c>
       <c r="C638" t="s">
-        <v>2534</v>
+        <v>2547</v>
       </c>
       <c r="D638" t="s">
         <v>44</v>
       </c>
       <c r="E638" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="639" spans="1:13">
       <c r="A639" t="s">
-        <v>2535</v>
+        <v>2548</v>
       </c>
       <c r="B639" t="s">
-        <v>2536</v>
+        <v>2549</v>
       </c>
       <c r="C639" t="s">
-        <v>2537</v>
+        <v>2550</v>
       </c>
       <c r="D639" t="s">
         <v>82</v>
       </c>
       <c r="E639" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="640" spans="1:13">
       <c r="A640" t="s">
-        <v>2538</v>
+        <v>2551</v>
       </c>
       <c r="B640" t="s">
-        <v>2539</v>
+        <v>2552</v>
       </c>
       <c r="C640" t="s">
-        <v>2540</v>
+        <v>2553</v>
       </c>
       <c r="D640" t="s">
         <v>44</v>
       </c>
       <c r="E640" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="641" spans="1:13">
       <c r="A641" t="s">
-        <v>2541</v>
+        <v>2554</v>
       </c>
       <c r="B641" t="s">
-        <v>2542</v>
+        <v>2555</v>
       </c>
       <c r="C641" t="s">
-        <v>2543</v>
+        <v>2556</v>
       </c>
       <c r="D641" t="s">
         <v>44</v>
       </c>
       <c r="E641" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="642" spans="1:13">
       <c r="A642" t="s">
-        <v>2544</v>
+        <v>2557</v>
       </c>
       <c r="B642" t="s">
-        <v>2545</v>
+        <v>2558</v>
       </c>
       <c r="C642" t="s">
-        <v>2546</v>
+        <v>2559</v>
       </c>
       <c r="D642" t="s">
         <v>82</v>
       </c>
       <c r="E642" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="643" spans="1:13">
       <c r="A643" t="s">
-        <v>2547</v>
+        <v>2560</v>
       </c>
       <c r="B643" t="s">
-        <v>2548</v>
+        <v>2561</v>
       </c>
       <c r="C643" t="s">
-        <v>2549</v>
+        <v>2562</v>
       </c>
       <c r="D643" t="s">
         <v>44</v>
       </c>
       <c r="E643" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="644" spans="1:13">
       <c r="A644" t="s">
-        <v>2550</v>
+        <v>2563</v>
       </c>
       <c r="B644" t="s">
-        <v>2551</v>
+        <v>2564</v>
       </c>
       <c r="C644" t="s">
-        <v>2552</v>
+        <v>2565</v>
       </c>
       <c r="D644" t="s">
         <v>44</v>
       </c>
       <c r="E644" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="645" spans="1:13">
       <c r="A645" t="s">
-        <v>2553</v>
+        <v>2566</v>
       </c>
       <c r="B645" t="s">
-        <v>2554</v>
+        <v>2567</v>
       </c>
       <c r="C645" t="s">
-        <v>2555</v>
+        <v>2568</v>
       </c>
       <c r="D645" t="s">
         <v>44</v>
       </c>
       <c r="E645" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="646" spans="1:13">
       <c r="A646" t="s">
-        <v>2556</v>
+        <v>2569</v>
       </c>
       <c r="B646" t="s">
-        <v>2557</v>
+        <v>2570</v>
       </c>
       <c r="C646" t="s">
-        <v>2558</v>
+        <v>2571</v>
       </c>
       <c r="D646" t="s">
         <v>44</v>
       </c>
       <c r="E646" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="647" spans="1:13">
       <c r="A647" t="s">
-        <v>2559</v>
+        <v>2572</v>
       </c>
       <c r="B647" t="s">
-        <v>2560</v>
+        <v>2573</v>
       </c>
       <c r="C647" t="s">
-        <v>2561</v>
+        <v>2574</v>
       </c>
       <c r="D647" t="s">
         <v>44</v>
       </c>
       <c r="E647" t="s">
         <v>45</v>
       </c>
       <c r="J647" t="s">
-        <v>2562</v>
+        <v>2575</v>
       </c>
       <c r="K647" t="s">
-        <v>2563</v>
+        <v>2576</v>
       </c>
       <c r="M647" t="s">
-        <v>2564</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="648" spans="1:13">
       <c r="A648" t="s">
-        <v>2565</v>
+        <v>2578</v>
       </c>
       <c r="B648" t="s">
-        <v>2566</v>
+        <v>2579</v>
       </c>
       <c r="C648" t="s">
-        <v>2567</v>
+        <v>2580</v>
       </c>
       <c r="D648" t="s">
         <v>44</v>
       </c>
       <c r="E648" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="649" spans="1:13">
       <c r="A649" t="s">
-        <v>2568</v>
+        <v>2581</v>
       </c>
       <c r="B649" t="s">
-        <v>2569</v>
+        <v>2582</v>
       </c>
       <c r="C649" t="s">
-        <v>2570</v>
+        <v>2583</v>
       </c>
       <c r="D649" t="s">
         <v>44</v>
       </c>
       <c r="E649" t="s">
         <v>45</v>
       </c>
       <c r="F649" t="s">
-        <v>2571</v>
+        <v>2584</v>
       </c>
       <c r="H649" t="s">
         <v>55</v>
       </c>
       <c r="J649" t="s">
-        <v>2572</v>
+        <v>2585</v>
       </c>
       <c r="K649" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="L649" t="s">
-        <v>2573</v>
+        <v>2586</v>
       </c>
       <c r="M649" t="s">
-        <v>2574</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="650" spans="1:13">
       <c r="A650" t="s">
-        <v>2575</v>
+        <v>2588</v>
       </c>
       <c r="B650" t="s">
-        <v>2576</v>
+        <v>2589</v>
       </c>
       <c r="C650" t="s">
-        <v>2577</v>
+        <v>2590</v>
       </c>
       <c r="D650" t="s">
         <v>44</v>
       </c>
       <c r="E650" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="651" spans="1:13">
       <c r="A651" t="s">
-        <v>2578</v>
+        <v>2591</v>
       </c>
       <c r="B651" t="s">
-        <v>2579</v>
+        <v>2592</v>
       </c>
       <c r="C651" t="s">
-        <v>2580</v>
+        <v>2593</v>
       </c>
       <c r="D651" t="s">
         <v>44</v>
       </c>
       <c r="E651" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="652" spans="1:13">
       <c r="A652" t="s">
-        <v>2581</v>
+        <v>2594</v>
       </c>
       <c r="B652" t="s">
-        <v>2582</v>
+        <v>2595</v>
       </c>
       <c r="C652" t="s">
-        <v>2583</v>
+        <v>2596</v>
       </c>
       <c r="D652" t="s">
         <v>44</v>
       </c>
       <c r="E652" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="653" spans="1:13">
       <c r="A653" t="s">
-        <v>2584</v>
+        <v>2597</v>
       </c>
       <c r="B653" t="s">
-        <v>2585</v>
+        <v>2598</v>
       </c>
       <c r="C653" t="s">
-        <v>2586</v>
+        <v>2599</v>
       </c>
       <c r="D653" t="s">
         <v>44</v>
       </c>
       <c r="E653" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="654" spans="1:13">
       <c r="A654" t="s">
-        <v>2587</v>
+        <v>2600</v>
       </c>
       <c r="B654" t="s">
-        <v>2588</v>
+        <v>2601</v>
       </c>
       <c r="C654" t="s">
-        <v>2589</v>
+        <v>2602</v>
       </c>
       <c r="D654" t="s">
         <v>44</v>
       </c>
       <c r="E654" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="655" spans="1:13">
       <c r="A655" t="s">
-        <v>2590</v>
+        <v>2603</v>
       </c>
       <c r="B655" t="s">
-        <v>2591</v>
+        <v>2604</v>
       </c>
       <c r="C655" t="s">
-        <v>2592</v>
+        <v>2605</v>
       </c>
       <c r="D655" t="s">
         <v>44</v>
       </c>
       <c r="E655" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="656" spans="1:13">
       <c r="A656" t="s">
-        <v>2593</v>
+        <v>2606</v>
       </c>
       <c r="B656" t="s">
-        <v>2594</v>
+        <v>2607</v>
       </c>
       <c r="C656" t="s">
-        <v>2595</v>
+        <v>2608</v>
       </c>
       <c r="D656" t="s">
         <v>44</v>
       </c>
       <c r="E656" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="657" spans="1:13">
       <c r="A657" t="s">
-        <v>2596</v>
+        <v>2609</v>
       </c>
       <c r="B657" t="s">
-        <v>2597</v>
+        <v>2610</v>
       </c>
       <c r="C657" t="s">
-        <v>2598</v>
+        <v>2611</v>
       </c>
       <c r="D657" t="s">
         <v>44</v>
       </c>
       <c r="E657" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="658" spans="1:13">
       <c r="A658" t="s">
-        <v>2599</v>
+        <v>2612</v>
       </c>
       <c r="B658" t="s">
-        <v>2600</v>
+        <v>2613</v>
       </c>
       <c r="C658" t="s">
-        <v>2601</v>
+        <v>2614</v>
       </c>
       <c r="D658" t="s">
         <v>44</v>
       </c>
       <c r="E658" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="659" spans="1:13">
       <c r="A659" t="s">
-        <v>2602</v>
+        <v>2615</v>
       </c>
       <c r="B659" t="s">
-        <v>2603</v>
+        <v>2616</v>
       </c>
       <c r="C659" t="s">
-        <v>2604</v>
+        <v>2617</v>
       </c>
       <c r="D659" t="s">
         <v>44</v>
       </c>
       <c r="E659" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="660" spans="1:13">
       <c r="A660" t="s">
-        <v>2605</v>
+        <v>2618</v>
       </c>
       <c r="B660" t="s">
-        <v>2606</v>
+        <v>2619</v>
       </c>
       <c r="C660" t="s">
-        <v>2607</v>
+        <v>2620</v>
       </c>
       <c r="D660" t="s">
         <v>44</v>
       </c>
       <c r="E660" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="661" spans="1:13">
       <c r="A661" t="s">
-        <v>2608</v>
+        <v>2621</v>
       </c>
       <c r="B661" t="s">
-        <v>2609</v>
+        <v>2622</v>
       </c>
       <c r="C661" t="s">
-        <v>2610</v>
+        <v>2623</v>
       </c>
       <c r="D661" t="s">
         <v>44</v>
       </c>
       <c r="E661" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="662" spans="1:13">
       <c r="A662" t="s">
-        <v>2611</v>
+        <v>2624</v>
       </c>
       <c r="B662" t="s">
-        <v>2612</v>
+        <v>2625</v>
       </c>
       <c r="C662" t="s">
-        <v>2613</v>
+        <v>2626</v>
       </c>
       <c r="D662" t="s">
         <v>44</v>
       </c>
       <c r="E662" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="663" spans="1:13">
       <c r="A663" t="s">
-        <v>2614</v>
+        <v>2627</v>
       </c>
       <c r="B663" t="s">
-        <v>1388</v>
+        <v>1395</v>
       </c>
       <c r="C663" t="s">
-        <v>2615</v>
+        <v>2628</v>
       </c>
       <c r="D663" t="s">
         <v>44</v>
       </c>
       <c r="E663" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="664" spans="1:13">
       <c r="A664" t="s">
-        <v>2616</v>
+        <v>2629</v>
       </c>
       <c r="B664" t="s">
-        <v>1388</v>
+        <v>1395</v>
       </c>
       <c r="C664" t="s">
-        <v>2617</v>
+        <v>2630</v>
       </c>
       <c r="D664" t="s">
         <v>44</v>
       </c>
       <c r="E664" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="665" spans="1:13">
       <c r="A665" t="s">
-        <v>2618</v>
+        <v>2631</v>
       </c>
       <c r="B665" t="s">
-        <v>2619</v>
+        <v>2632</v>
       </c>
       <c r="C665" t="s">
-        <v>2620</v>
+        <v>2633</v>
       </c>
       <c r="D665" t="s">
         <v>44</v>
       </c>
       <c r="E665" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="666" spans="1:13">
       <c r="A666" t="s">
-        <v>2621</v>
+        <v>2634</v>
       </c>
       <c r="B666" t="s">
-        <v>2622</v>
+        <v>2635</v>
       </c>
       <c r="C666" t="s">
-        <v>2623</v>
+        <v>2636</v>
       </c>
       <c r="D666" t="s">
         <v>44</v>
       </c>
       <c r="E666" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="667" spans="1:13">
       <c r="A667" t="s">
-        <v>2624</v>
+        <v>2637</v>
       </c>
       <c r="B667" t="s">
-        <v>2625</v>
+        <v>2638</v>
       </c>
       <c r="C667" t="s">
-        <v>2626</v>
+        <v>2639</v>
       </c>
       <c r="D667" t="s">
         <v>44</v>
       </c>
       <c r="E667" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="668" spans="1:13">
       <c r="A668" t="s">
-        <v>2627</v>
+        <v>2640</v>
       </c>
       <c r="B668" t="s">
-        <v>2628</v>
+        <v>2641</v>
       </c>
       <c r="C668" t="s">
-        <v>2629</v>
+        <v>2642</v>
       </c>
       <c r="D668" t="s">
         <v>44</v>
       </c>
       <c r="E668" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="669" spans="1:13">
       <c r="A669" t="s">
-        <v>2630</v>
+        <v>2643</v>
       </c>
       <c r="B669" t="s">
-        <v>2631</v>
+        <v>2644</v>
       </c>
       <c r="C669" t="s">
-        <v>2632</v>
+        <v>2645</v>
       </c>
       <c r="D669" t="s">
         <v>44</v>
       </c>
       <c r="E669" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="670" spans="1:13">
       <c r="A670" t="s">
-        <v>2633</v>
+        <v>2646</v>
       </c>
       <c r="B670" t="s">
-        <v>2634</v>
+        <v>2647</v>
       </c>
       <c r="C670" t="s">
-        <v>2635</v>
+        <v>2648</v>
       </c>
       <c r="D670" t="s">
         <v>44</v>
       </c>
       <c r="E670" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="671" spans="1:13">
       <c r="A671" t="s">
-        <v>2636</v>
+        <v>2649</v>
       </c>
       <c r="B671" t="s">
-        <v>2637</v>
+        <v>2650</v>
       </c>
       <c r="C671" t="s">
-        <v>2638</v>
+        <v>2651</v>
       </c>
       <c r="D671" t="s">
         <v>44</v>
       </c>
       <c r="E671" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="672" spans="1:13">
       <c r="A672" t="s">
-        <v>2639</v>
+        <v>2652</v>
       </c>
       <c r="B672" t="s">
-        <v>2640</v>
+        <v>2653</v>
       </c>
       <c r="C672" t="s">
-        <v>2641</v>
+        <v>2654</v>
       </c>
       <c r="D672" t="s">
         <v>82</v>
       </c>
       <c r="E672" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="673" spans="1:13">
       <c r="A673" t="s">
-        <v>2642</v>
+        <v>2655</v>
       </c>
       <c r="B673" t="s">
-        <v>2643</v>
+        <v>2656</v>
       </c>
       <c r="C673" t="s">
-        <v>2644</v>
+        <v>2657</v>
       </c>
       <c r="D673" t="s">
         <v>82</v>
       </c>
       <c r="E673" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="674" spans="1:13">
       <c r="A674" t="s">
-        <v>2645</v>
+        <v>2658</v>
       </c>
       <c r="B674" t="s">
-        <v>2646</v>
+        <v>2659</v>
       </c>
       <c r="C674" t="s">
-        <v>2647</v>
+        <v>2660</v>
       </c>
       <c r="D674" t="s">
         <v>82</v>
       </c>
       <c r="E674" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="675" spans="1:13">
       <c r="A675" t="s">
-        <v>2648</v>
+        <v>2661</v>
       </c>
       <c r="B675" t="s">
-        <v>2649</v>
+        <v>2662</v>
       </c>
       <c r="C675" t="s">
-        <v>2650</v>
+        <v>2663</v>
       </c>
       <c r="D675" t="s">
         <v>44</v>
       </c>
       <c r="E675" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="676" spans="1:13">
       <c r="A676" t="s">
-        <v>2651</v>
+        <v>2664</v>
       </c>
       <c r="B676" t="s">
-        <v>2652</v>
+        <v>2665</v>
       </c>
       <c r="C676" t="s">
-        <v>2653</v>
+        <v>2666</v>
       </c>
       <c r="D676" t="s">
         <v>44</v>
       </c>
       <c r="E676" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="677" spans="1:13">
       <c r="A677" t="s">
-        <v>2654</v>
+        <v>2667</v>
       </c>
       <c r="B677" t="s">
-        <v>2655</v>
+        <v>2668</v>
       </c>
       <c r="C677" t="s">
-        <v>2656</v>
+        <v>2669</v>
       </c>
       <c r="D677" t="s">
         <v>44</v>
       </c>
       <c r="E677" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="678" spans="1:13">
       <c r="A678" t="s">
-        <v>2657</v>
+        <v>2670</v>
       </c>
       <c r="B678" t="s">
-        <v>2658</v>
+        <v>2671</v>
       </c>
       <c r="C678" t="s">
-        <v>2659</v>
+        <v>2672</v>
       </c>
       <c r="D678" t="s">
         <v>44</v>
       </c>
       <c r="E678" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="679" spans="1:13">
       <c r="A679" t="s">
-        <v>2660</v>
+        <v>2673</v>
       </c>
       <c r="B679" t="s">
-        <v>2661</v>
+        <v>2674</v>
       </c>
       <c r="C679" t="s">
-        <v>2662</v>
+        <v>2675</v>
       </c>
       <c r="D679" t="s">
         <v>44</v>
       </c>
       <c r="E679" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="680" spans="1:13">
       <c r="A680" t="s">
-        <v>2663</v>
+        <v>2676</v>
       </c>
       <c r="B680" t="s">
-        <v>2664</v>
+        <v>2677</v>
       </c>
       <c r="C680" t="s">
-        <v>2665</v>
+        <v>2678</v>
       </c>
       <c r="D680" t="s">
         <v>44</v>
       </c>
       <c r="E680" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="681" spans="1:13">
       <c r="A681" t="s">
-        <v>2666</v>
+        <v>2679</v>
       </c>
       <c r="B681" t="s">
-        <v>2667</v>
+        <v>2680</v>
       </c>
       <c r="C681" t="s">
-        <v>2668</v>
+        <v>2681</v>
       </c>
       <c r="D681" t="s">
         <v>44</v>
       </c>
       <c r="E681" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="682" spans="1:13">
       <c r="A682" t="s">
-        <v>2669</v>
+        <v>2682</v>
       </c>
       <c r="B682" t="s">
-        <v>2670</v>
+        <v>2683</v>
       </c>
       <c r="C682" t="s">
-        <v>2671</v>
+        <v>2684</v>
       </c>
       <c r="D682" t="s">
         <v>44</v>
       </c>
       <c r="E682" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="683" spans="1:13">
       <c r="A683" t="s">
-        <v>2672</v>
+        <v>2685</v>
       </c>
       <c r="B683" t="s">
-        <v>2673</v>
+        <v>2686</v>
       </c>
       <c r="C683" t="s">
-        <v>2674</v>
+        <v>2687</v>
       </c>
       <c r="D683" t="s">
         <v>44</v>
       </c>
       <c r="E683" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="684" spans="1:13">
       <c r="A684" t="s">
-        <v>2675</v>
+        <v>2688</v>
       </c>
       <c r="B684" t="s">
-        <v>2676</v>
+        <v>2689</v>
       </c>
       <c r="C684" t="s">
-        <v>2677</v>
+        <v>2690</v>
       </c>
       <c r="D684" t="s">
         <v>44</v>
       </c>
       <c r="E684" t="s">
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="F684" t="s">
+        <v>2691</v>
+      </c>
+      <c r="G684" t="s">
+        <v>1655</v>
+      </c>
+      <c r="H684" t="s">
+        <v>153</v>
       </c>
       <c r="I684" t="s">
-        <v>66</v>
+        <v>2692</v>
       </c>
       <c r="J684" t="s">
-        <v>2678</v>
+        <v>2693</v>
       </c>
       <c r="K684" t="s">
-        <v>2679</v>
-[...2 lines deleted...]
-        <v>2680</v>
+        <v>1278</v>
       </c>
       <c r="M684" t="s">
-        <v>2681</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="685" spans="1:13">
       <c r="A685" t="s">
-        <v>2682</v>
+        <v>2695</v>
       </c>
       <c r="B685" t="s">
-        <v>2683</v>
+        <v>2696</v>
       </c>
       <c r="C685" t="s">
-        <v>2684</v>
+        <v>2697</v>
       </c>
       <c r="D685" t="s">
         <v>44</v>
       </c>
       <c r="E685" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="686" spans="1:13">
       <c r="A686" t="s">
-        <v>2685</v>
+        <v>2698</v>
       </c>
       <c r="B686" t="s">
-        <v>2686</v>
+        <v>2699</v>
       </c>
       <c r="C686" t="s">
-        <v>2687</v>
+        <v>2700</v>
       </c>
       <c r="D686" t="s">
         <v>44</v>
       </c>
       <c r="E686" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="687" spans="1:13">
       <c r="A687" t="s">
-        <v>2688</v>
+        <v>2701</v>
       </c>
       <c r="B687" t="s">
-        <v>2689</v>
+        <v>2702</v>
       </c>
       <c r="C687" t="s">
-        <v>2690</v>
+        <v>2703</v>
       </c>
       <c r="D687" t="s">
         <v>44</v>
       </c>
       <c r="E687" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="688" spans="1:13">
       <c r="A688" t="s">
-        <v>2691</v>
+        <v>2704</v>
       </c>
       <c r="B688" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="C688" t="s">
-        <v>2693</v>
+        <v>2706</v>
       </c>
       <c r="D688" t="s">
         <v>44</v>
       </c>
       <c r="E688" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="689" spans="1:13">
       <c r="A689" t="s">
-        <v>2694</v>
+        <v>2707</v>
       </c>
       <c r="B689" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="C689" t="s">
-        <v>2695</v>
+        <v>2708</v>
       </c>
       <c r="D689" t="s">
         <v>44</v>
       </c>
       <c r="E689" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="690" spans="1:13">
       <c r="A690" t="s">
-        <v>2696</v>
+        <v>2709</v>
       </c>
       <c r="B690" t="s">
-        <v>2697</v>
+        <v>2710</v>
       </c>
       <c r="C690" t="s">
-        <v>2698</v>
+        <v>2711</v>
       </c>
       <c r="D690" t="s">
         <v>82</v>
       </c>
       <c r="E690" t="s">
         <v>45</v>
       </c>
       <c r="J690" t="s">
-        <v>2699</v>
+        <v>2712</v>
       </c>
       <c r="K690" t="s">
-        <v>2700</v>
+        <v>2713</v>
       </c>
       <c r="M690" t="s">
-        <v>2701</v>
+        <v>2714</v>
       </c>
     </row>
     <row r="691" spans="1:13">
       <c r="A691" t="s">
-        <v>2696</v>
+        <v>2709</v>
       </c>
       <c r="B691" t="s">
-        <v>2697</v>
+        <v>2710</v>
       </c>
       <c r="C691" t="s">
-        <v>2698</v>
+        <v>2711</v>
       </c>
       <c r="D691" t="s">
         <v>82</v>
       </c>
       <c r="E691" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="692" spans="1:13">
       <c r="A692" t="s">
-        <v>2702</v>
+        <v>2715</v>
       </c>
       <c r="B692" t="s">
-        <v>2703</v>
+        <v>2716</v>
       </c>
       <c r="C692" t="s">
-        <v>2704</v>
+        <v>2717</v>
       </c>
       <c r="D692" t="s">
         <v>82</v>
       </c>
       <c r="E692" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="G692" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H692" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="I692" t="s">
-        <v>2705</v>
+        <v>2692</v>
       </c>
       <c r="J692" t="s">
-        <v>2706</v>
+        <v>2718</v>
       </c>
       <c r="K692" t="s">
-        <v>2707</v>
+        <v>2719</v>
       </c>
       <c r="M692" t="s">
-        <v>2708</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="693" spans="1:13">
       <c r="A693" t="s">
-        <v>2702</v>
+        <v>2715</v>
       </c>
       <c r="B693" t="s">
-        <v>2703</v>
+        <v>2716</v>
       </c>
       <c r="C693" t="s">
-        <v>2704</v>
+        <v>2717</v>
       </c>
       <c r="D693" t="s">
         <v>44</v>
       </c>
       <c r="E693" t="s">
         <v>45</v>
       </c>
       <c r="F693" t="s">
-        <v>2709</v>
+        <v>2721</v>
       </c>
       <c r="G693" t="s">
-        <v>2241</v>
+        <v>2250</v>
       </c>
       <c r="H693" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J693" t="s">
-        <v>2710</v>
+        <v>2722</v>
       </c>
       <c r="K693" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="L693" t="s">
-        <v>2711</v>
+        <v>2723</v>
       </c>
       <c r="M693" t="s">
-        <v>2712</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="694" spans="1:13">
       <c r="A694" t="s">
-        <v>2713</v>
+        <v>2725</v>
       </c>
       <c r="B694" t="s">
-        <v>2714</v>
+        <v>2726</v>
       </c>
       <c r="C694" t="s">
-        <v>2715</v>
+        <v>2727</v>
       </c>
       <c r="D694" t="s">
         <v>82</v>
       </c>
       <c r="E694" t="s">
         <v>45</v>
       </c>
       <c r="J694" t="s">
-        <v>2716</v>
+        <v>2728</v>
       </c>
       <c r="K694" t="s">
-        <v>2717</v>
+        <v>2729</v>
       </c>
       <c r="M694" t="s">
-        <v>2718</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="695" spans="1:13">
       <c r="A695" t="s">
-        <v>2713</v>
+        <v>2725</v>
       </c>
       <c r="B695" t="s">
-        <v>2714</v>
+        <v>2726</v>
       </c>
       <c r="C695" t="s">
-        <v>2715</v>
+        <v>2727</v>
       </c>
       <c r="D695" t="s">
         <v>82</v>
       </c>
       <c r="E695" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="696" spans="1:13">
       <c r="A696" t="s">
-        <v>2719</v>
+        <v>2731</v>
       </c>
       <c r="B696" t="s">
-        <v>2720</v>
+        <v>2732</v>
       </c>
       <c r="C696" t="s">
+        <v>2733</v>
+      </c>
+      <c r="D696" t="s">
+        <v>44</v>
+      </c>
+      <c r="E696" t="s">
+        <v>45</v>
+      </c>
+      <c r="F696" t="s">
         <v>2721</v>
       </c>
-      <c r="D696" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G696" t="s">
-        <v>2241</v>
+        <v>2250</v>
       </c>
       <c r="H696" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J696" t="s">
-        <v>2710</v>
+        <v>2722</v>
       </c>
       <c r="K696" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="L696" t="s">
-        <v>2711</v>
+        <v>2723</v>
       </c>
       <c r="M696" t="s">
-        <v>2712</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="697" spans="1:13">
       <c r="A697" t="s">
+        <v>2734</v>
+      </c>
+      <c r="B697" t="s">
+        <v>2735</v>
+      </c>
+      <c r="C697" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D697" t="s">
+        <v>44</v>
+      </c>
+      <c r="E697" t="s">
+        <v>45</v>
+      </c>
+      <c r="F697" t="s">
+        <v>2721</v>
+      </c>
+      <c r="G697" t="s">
+        <v>2250</v>
+      </c>
+      <c r="H697" t="s">
+        <v>360</v>
+      </c>
+      <c r="J697" t="s">
         <v>2722</v>
       </c>
-      <c r="B697" t="s">
+      <c r="K697" t="s">
+        <v>1982</v>
+      </c>
+      <c r="L697" t="s">
         <v>2723</v>
       </c>
-      <c r="C697" t="s">
+      <c r="M697" t="s">
         <v>2724</v>
-      </c>
-[...25 lines deleted...]
-        <v>2712</v>
       </c>
     </row>
     <row r="698" spans="1:13">
       <c r="A698" t="s">
-        <v>2725</v>
+        <v>2737</v>
       </c>
       <c r="B698" t="s">
-        <v>2726</v>
+        <v>2738</v>
       </c>
       <c r="C698" t="s">
-        <v>2727</v>
+        <v>2739</v>
       </c>
       <c r="D698" t="s">
         <v>44</v>
       </c>
       <c r="E698" t="s">
         <v>45</v>
       </c>
       <c r="F698" t="s">
-        <v>2709</v>
+        <v>2721</v>
       </c>
       <c r="G698" t="s">
-        <v>2241</v>
+        <v>2250</v>
       </c>
       <c r="H698" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J698" t="s">
-        <v>2710</v>
+        <v>2722</v>
       </c>
       <c r="K698" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="L698" t="s">
-        <v>2711</v>
+        <v>2723</v>
       </c>
       <c r="M698" t="s">
-        <v>2712</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="699" spans="1:13">
       <c r="A699" t="s">
-        <v>2728</v>
+        <v>2740</v>
       </c>
       <c r="B699" t="s">
-        <v>2729</v>
+        <v>2741</v>
       </c>
       <c r="C699" t="s">
-        <v>2730</v>
+        <v>2742</v>
       </c>
       <c r="D699" t="s">
         <v>44</v>
       </c>
       <c r="E699" t="s">
         <v>45</v>
       </c>
       <c r="F699" t="s">
-        <v>2709</v>
+        <v>2721</v>
       </c>
       <c r="G699" t="s">
-        <v>2241</v>
+        <v>2250</v>
       </c>
       <c r="H699" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J699" t="s">
-        <v>2710</v>
+        <v>2722</v>
       </c>
       <c r="K699" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="L699" t="s">
-        <v>2711</v>
+        <v>2723</v>
       </c>
       <c r="M699" t="s">
-        <v>2712</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="700" spans="1:13">
       <c r="A700" t="s">
-        <v>2728</v>
+        <v>2740</v>
       </c>
       <c r="B700" t="s">
-        <v>2729</v>
+        <v>2741</v>
       </c>
       <c r="C700" t="s">
-        <v>2730</v>
+        <v>2742</v>
       </c>
       <c r="D700" t="s">
         <v>82</v>
       </c>
       <c r="E700" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="701" spans="1:13">
       <c r="A701" t="s">
-        <v>2731</v>
+        <v>2743</v>
       </c>
       <c r="B701" t="s">
-        <v>2732</v>
+        <v>2744</v>
       </c>
       <c r="C701" t="s">
-        <v>2733</v>
+        <v>2745</v>
       </c>
       <c r="D701" t="s">
         <v>44</v>
       </c>
       <c r="E701" t="s">
         <v>45</v>
       </c>
       <c r="F701" t="s">
-        <v>2709</v>
+        <v>2721</v>
       </c>
       <c r="G701" t="s">
-        <v>2241</v>
+        <v>2250</v>
       </c>
       <c r="H701" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J701" t="s">
-        <v>2710</v>
+        <v>2722</v>
       </c>
       <c r="K701" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="L701" t="s">
-        <v>2711</v>
+        <v>2723</v>
       </c>
       <c r="M701" t="s">
-        <v>2712</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="702" spans="1:13">
       <c r="A702" t="s">
-        <v>2731</v>
+        <v>2743</v>
       </c>
       <c r="B702" t="s">
-        <v>2734</v>
+        <v>2746</v>
       </c>
       <c r="C702" t="s">
-        <v>2733</v>
+        <v>2745</v>
       </c>
       <c r="D702" t="s">
         <v>82</v>
       </c>
       <c r="E702" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="703" spans="1:13">
       <c r="A703" t="s">
-        <v>2735</v>
+        <v>2747</v>
       </c>
       <c r="B703" t="s">
-        <v>2736</v>
+        <v>2748</v>
       </c>
       <c r="C703" t="s">
-        <v>2737</v>
+        <v>2749</v>
       </c>
       <c r="D703" t="s">
         <v>44</v>
       </c>
       <c r="E703" t="s">
         <v>45</v>
       </c>
       <c r="F703" t="s">
-        <v>2709</v>
+        <v>2721</v>
       </c>
       <c r="G703" t="s">
-        <v>2241</v>
+        <v>2250</v>
       </c>
       <c r="H703" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J703" t="s">
-        <v>2710</v>
+        <v>2722</v>
       </c>
       <c r="K703" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="L703" t="s">
-        <v>2711</v>
+        <v>2723</v>
       </c>
       <c r="M703" t="s">
-        <v>2712</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="704" spans="1:13">
       <c r="A704" t="s">
-        <v>2735</v>
+        <v>2747</v>
       </c>
       <c r="B704" t="s">
-        <v>2738</v>
+        <v>2750</v>
       </c>
       <c r="C704" t="s">
-        <v>2737</v>
+        <v>2749</v>
       </c>
       <c r="D704" t="s">
         <v>82</v>
       </c>
       <c r="E704" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="705" spans="1:13">
       <c r="A705" t="s">
-        <v>2739</v>
+        <v>2751</v>
       </c>
       <c r="B705" t="s">
-        <v>2740</v>
+        <v>2752</v>
       </c>
       <c r="C705" t="s">
-        <v>2741</v>
+        <v>2753</v>
       </c>
       <c r="D705" t="s">
         <v>44</v>
       </c>
       <c r="E705" t="s">
         <v>45</v>
       </c>
       <c r="F705" t="s">
-        <v>2709</v>
+        <v>2721</v>
       </c>
       <c r="G705" t="s">
-        <v>2241</v>
+        <v>2250</v>
       </c>
       <c r="H705" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J705" t="s">
-        <v>2710</v>
+        <v>2722</v>
       </c>
       <c r="K705" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="L705" t="s">
-        <v>2711</v>
+        <v>2723</v>
       </c>
       <c r="M705" t="s">
-        <v>2712</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="706" spans="1:13">
       <c r="A706" t="s">
-        <v>2739</v>
+        <v>2751</v>
       </c>
       <c r="B706" t="s">
-        <v>2742</v>
+        <v>2754</v>
       </c>
       <c r="C706" t="s">
-        <v>2741</v>
+        <v>2753</v>
       </c>
       <c r="D706" t="s">
         <v>82</v>
       </c>
       <c r="E706" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="707" spans="1:13">
       <c r="A707" t="s">
-        <v>2743</v>
+        <v>2755</v>
       </c>
       <c r="B707" t="s">
-        <v>2744</v>
+        <v>2756</v>
       </c>
       <c r="C707" t="s">
-        <v>2745</v>
+        <v>2757</v>
       </c>
       <c r="D707" t="s">
         <v>82</v>
       </c>
       <c r="E707" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="708" spans="1:13">
       <c r="A708" t="s">
-        <v>2746</v>
+        <v>2758</v>
       </c>
       <c r="B708" t="s">
-        <v>2747</v>
+        <v>2759</v>
       </c>
       <c r="C708" t="s">
-        <v>2748</v>
+        <v>2760</v>
       </c>
       <c r="D708" t="s">
         <v>44</v>
       </c>
       <c r="E708" t="s">
         <v>45</v>
       </c>
       <c r="F708" t="s">
-        <v>2749</v>
+        <v>2761</v>
       </c>
       <c r="H708" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J708" t="s">
-        <v>2750</v>
+        <v>2762</v>
       </c>
       <c r="K708" t="s">
-        <v>1858</v>
+        <v>1861</v>
       </c>
       <c r="L708" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="M708" t="s">
-        <v>2751</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="709" spans="1:13">
       <c r="A709" t="s">
-        <v>2752</v>
+        <v>2764</v>
       </c>
       <c r="B709" t="s">
-        <v>2753</v>
+        <v>2765</v>
       </c>
       <c r="C709" t="s">
-        <v>2754</v>
+        <v>2766</v>
       </c>
       <c r="D709" t="s">
         <v>44</v>
       </c>
       <c r="E709" t="s">
         <v>45</v>
       </c>
       <c r="F709" t="s">
-        <v>2749</v>
+        <v>2761</v>
       </c>
       <c r="H709" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J709" t="s">
-        <v>2755</v>
+        <v>2767</v>
       </c>
       <c r="K709" t="s">
-        <v>1858</v>
+        <v>1861</v>
       </c>
       <c r="L709" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="M709" t="s">
-        <v>2756</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="710" spans="1:13">
       <c r="A710" t="s">
-        <v>2757</v>
+        <v>2769</v>
       </c>
       <c r="B710" t="s">
-        <v>2758</v>
+        <v>2770</v>
       </c>
       <c r="C710" t="s">
-        <v>2759</v>
+        <v>2771</v>
       </c>
       <c r="D710" t="s">
         <v>82</v>
       </c>
       <c r="E710" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="F710" t="s">
-        <v>2760</v>
+        <v>2772</v>
       </c>
       <c r="H710" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J710" t="s">
-        <v>2761</v>
+        <v>2773</v>
       </c>
       <c r="K710" t="s">
-        <v>2762</v>
+        <v>2774</v>
       </c>
       <c r="M710" t="s">
-        <v>2763</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="711" spans="1:13">
       <c r="A711" t="s">
-        <v>2757</v>
+        <v>2769</v>
       </c>
       <c r="B711" t="s">
-        <v>2764</v>
+        <v>2776</v>
       </c>
       <c r="C711" t="s">
-        <v>2759</v>
+        <v>2771</v>
       </c>
       <c r="D711" t="s">
         <v>44</v>
       </c>
       <c r="E711" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="F711" t="s">
-        <v>2760</v>
+        <v>2772</v>
       </c>
       <c r="H711" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J711" t="s">
-        <v>2761</v>
+        <v>2773</v>
       </c>
       <c r="K711" t="s">
-        <v>2762</v>
+        <v>2774</v>
       </c>
       <c r="M711" t="s">
-        <v>2763</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="712" spans="1:13">
       <c r="A712" t="s">
-        <v>2765</v>
+        <v>2777</v>
       </c>
       <c r="B712" t="s">
-        <v>2766</v>
+        <v>2778</v>
       </c>
       <c r="C712" t="s">
-        <v>2767</v>
+        <v>2779</v>
       </c>
       <c r="D712" t="s">
         <v>44</v>
       </c>
       <c r="E712" t="s">
         <v>45</v>
       </c>
       <c r="J712" t="s">
-        <v>2768</v>
+        <v>2780</v>
       </c>
       <c r="K712" t="s">
-        <v>2769</v>
+        <v>2781</v>
       </c>
       <c r="L712" t="s">
-        <v>2770</v>
+        <v>2782</v>
       </c>
       <c r="M712" t="s">
-        <v>2771</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="713" spans="1:13">
       <c r="A713" t="s">
-        <v>2765</v>
+        <v>2777</v>
       </c>
       <c r="B713" t="s">
-        <v>2772</v>
+        <v>2784</v>
       </c>
       <c r="C713" t="s">
-        <v>2767</v>
+        <v>2779</v>
       </c>
       <c r="D713" t="s">
         <v>82</v>
       </c>
       <c r="E713" t="s">
         <v>45</v>
       </c>
       <c r="J713" t="s">
-        <v>2773</v>
+        <v>2785</v>
       </c>
       <c r="K713" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
       <c r="M713" t="s">
-        <v>2774</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="714" spans="1:13">
       <c r="A714" t="s">
-        <v>2775</v>
+        <v>2787</v>
       </c>
       <c r="B714" t="s">
-        <v>2776</v>
+        <v>2788</v>
       </c>
       <c r="C714" t="s">
-        <v>2777</v>
+        <v>2789</v>
       </c>
       <c r="D714" t="s">
         <v>44</v>
       </c>
       <c r="E714" t="s">
         <v>45</v>
       </c>
       <c r="H714" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J714" t="s">
-        <v>2778</v>
+        <v>2790</v>
       </c>
       <c r="K714" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="L714" t="s">
-        <v>2779</v>
+        <v>2791</v>
       </c>
       <c r="M714" t="s">
-        <v>2780</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="715" spans="1:13">
       <c r="A715" t="s">
-        <v>2775</v>
+        <v>2787</v>
       </c>
       <c r="B715" t="s">
-        <v>2776</v>
+        <v>2788</v>
       </c>
       <c r="C715" t="s">
-        <v>2777</v>
+        <v>2789</v>
       </c>
       <c r="D715" t="s">
         <v>82</v>
       </c>
       <c r="E715" t="s">
-        <v>338</v>
+        <v>150</v>
       </c>
       <c r="G715" t="s">
-        <v>434</v>
+        <v>152</v>
       </c>
       <c r="H715" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="I715" t="s">
-        <v>2781</v>
+        <v>154</v>
       </c>
       <c r="J715" t="s">
-        <v>2782</v>
+        <v>2793</v>
       </c>
       <c r="K715" t="s">
-        <v>2783</v>
+        <v>2794</v>
       </c>
       <c r="M715" t="s">
-        <v>2784</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="716" spans="1:13">
       <c r="A716" t="s">
-        <v>2785</v>
+        <v>2796</v>
       </c>
       <c r="B716" t="s">
-        <v>2786</v>
+        <v>2797</v>
       </c>
       <c r="C716" t="s">
-        <v>2787</v>
+        <v>2798</v>
       </c>
       <c r="D716" t="s">
         <v>82</v>
       </c>
       <c r="E716" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="717" spans="1:13">
       <c r="A717" t="s">
-        <v>2788</v>
+        <v>2799</v>
       </c>
       <c r="B717" t="s">
-        <v>2789</v>
+        <v>2800</v>
       </c>
       <c r="C717" t="s">
-        <v>2790</v>
+        <v>2801</v>
       </c>
       <c r="D717" t="s">
         <v>44</v>
       </c>
       <c r="E717" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="718" spans="1:13">
       <c r="A718" t="s">
-        <v>2788</v>
+        <v>2799</v>
       </c>
       <c r="B718" t="s">
-        <v>2789</v>
+        <v>2800</v>
       </c>
       <c r="C718" t="s">
-        <v>2790</v>
+        <v>2801</v>
       </c>
       <c r="D718" t="s">
         <v>82</v>
       </c>
       <c r="E718" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="719" spans="1:13">
       <c r="A719" t="s">
-        <v>2791</v>
+        <v>2802</v>
       </c>
       <c r="B719" t="s">
-        <v>2792</v>
+        <v>2803</v>
       </c>
       <c r="C719" t="s">
-        <v>2793</v>
+        <v>2804</v>
       </c>
       <c r="D719" t="s">
         <v>82</v>
       </c>
       <c r="E719" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="720" spans="1:13">
       <c r="A720" t="s">
-        <v>2794</v>
+        <v>2805</v>
       </c>
       <c r="B720" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C720" t="s">
-        <v>2795</v>
+        <v>2806</v>
       </c>
       <c r="D720" t="s">
         <v>44</v>
       </c>
       <c r="E720" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="721" spans="1:13">
       <c r="A721" t="s">
-        <v>2794</v>
+        <v>2805</v>
       </c>
       <c r="B721" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C721" t="s">
-        <v>2795</v>
+        <v>2806</v>
       </c>
       <c r="D721" t="s">
         <v>82</v>
       </c>
       <c r="E721" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="722" spans="1:13">
       <c r="A722" t="s">
-        <v>2796</v>
+        <v>2807</v>
       </c>
       <c r="B722" t="s">
-        <v>2797</v>
+        <v>2808</v>
       </c>
       <c r="C722" t="s">
-        <v>2798</v>
+        <v>2809</v>
       </c>
       <c r="D722" t="s">
         <v>44</v>
       </c>
       <c r="E722" t="s">
         <v>45</v>
       </c>
       <c r="J722" t="s">
-        <v>2799</v>
+        <v>2810</v>
       </c>
       <c r="K722" t="s">
-        <v>2800</v>
+        <v>2811</v>
       </c>
       <c r="L722" t="s">
-        <v>2801</v>
+        <v>2812</v>
       </c>
       <c r="M722" t="s">
-        <v>2802</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="723" spans="1:13">
       <c r="A723" t="s">
-        <v>2803</v>
+        <v>2814</v>
       </c>
       <c r="B723" t="s">
-        <v>2804</v>
+        <v>2815</v>
       </c>
       <c r="C723" t="s">
-        <v>2805</v>
+        <v>2816</v>
       </c>
       <c r="D723" t="s">
         <v>44</v>
       </c>
       <c r="E723" t="s">
         <v>45</v>
       </c>
       <c r="J723" t="s">
-        <v>2799</v>
+        <v>2810</v>
       </c>
       <c r="K723" t="s">
-        <v>2800</v>
+        <v>2811</v>
       </c>
       <c r="L723" t="s">
-        <v>2801</v>
+        <v>2812</v>
       </c>
       <c r="M723" t="s">
-        <v>2802</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="724" spans="1:13">
       <c r="A724" t="s">
-        <v>2806</v>
+        <v>2817</v>
       </c>
       <c r="B724" t="s">
-        <v>2807</v>
+        <v>2818</v>
       </c>
       <c r="C724" t="s">
-        <v>2808</v>
+        <v>2819</v>
       </c>
       <c r="D724" t="s">
         <v>44</v>
       </c>
       <c r="E724" t="s">
         <v>45</v>
       </c>
       <c r="J724" t="s">
-        <v>2799</v>
+        <v>2810</v>
       </c>
       <c r="K724" t="s">
-        <v>2800</v>
+        <v>2811</v>
       </c>
       <c r="L724" t="s">
-        <v>2801</v>
+        <v>2812</v>
       </c>
       <c r="M724" t="s">
-        <v>2802</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="725" spans="1:13">
       <c r="A725" t="s">
-        <v>2809</v>
+        <v>2820</v>
       </c>
       <c r="B725" t="s">
+        <v>2821</v>
+      </c>
+      <c r="C725" t="s">
+        <v>2822</v>
+      </c>
+      <c r="D725" t="s">
+        <v>44</v>
+      </c>
+      <c r="E725" t="s">
+        <v>45</v>
+      </c>
+      <c r="J725" t="s">
         <v>2810</v>
       </c>
-      <c r="C725" t="s">
+      <c r="K725" t="s">
         <v>2811</v>
       </c>
-      <c r="D725" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="L725" t="s">
-        <v>2801</v>
+        <v>2812</v>
       </c>
       <c r="M725" t="s">
-        <v>2802</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="726" spans="1:13">
       <c r="A726" t="s">
-        <v>2812</v>
+        <v>2823</v>
       </c>
       <c r="B726" t="s">
-        <v>2813</v>
+        <v>2824</v>
       </c>
       <c r="C726" t="s">
-        <v>2814</v>
+        <v>2825</v>
       </c>
       <c r="D726" t="s">
         <v>44</v>
       </c>
       <c r="E726" t="s">
         <v>45</v>
       </c>
       <c r="F726" t="s">
-        <v>2709</v>
+        <v>2721</v>
       </c>
       <c r="G726" t="s">
-        <v>2241</v>
+        <v>2250</v>
       </c>
       <c r="H726" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J726" t="s">
-        <v>2710</v>
+        <v>2722</v>
       </c>
       <c r="K726" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="L726" t="s">
-        <v>2711</v>
+        <v>2723</v>
       </c>
       <c r="M726" t="s">
-        <v>2712</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="727" spans="1:13">
       <c r="A727" t="s">
-        <v>2815</v>
+        <v>2826</v>
       </c>
       <c r="B727" t="s">
-        <v>2816</v>
+        <v>2827</v>
       </c>
       <c r="C727" t="s">
-        <v>2817</v>
+        <v>2828</v>
       </c>
       <c r="D727" t="s">
         <v>44</v>
       </c>
       <c r="E727" t="s">
         <v>45</v>
       </c>
       <c r="F727" t="s">
-        <v>2709</v>
+        <v>2721</v>
       </c>
       <c r="G727" t="s">
-        <v>2241</v>
+        <v>2250</v>
       </c>
       <c r="H727" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J727" t="s">
-        <v>2710</v>
+        <v>2722</v>
       </c>
       <c r="K727" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="L727" t="s">
-        <v>2711</v>
+        <v>2723</v>
       </c>
       <c r="M727" t="s">
-        <v>2712</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="728" spans="1:13">
       <c r="A728" t="s">
-        <v>2818</v>
+        <v>2829</v>
       </c>
       <c r="B728" t="s">
-        <v>2819</v>
+        <v>2830</v>
       </c>
       <c r="C728" t="s">
-        <v>2820</v>
+        <v>2831</v>
       </c>
       <c r="D728" t="s">
         <v>44</v>
       </c>
       <c r="E728" t="s">
         <v>45</v>
       </c>
       <c r="F728" t="s">
-        <v>2709</v>
+        <v>2721</v>
       </c>
       <c r="G728" t="s">
-        <v>2241</v>
+        <v>2250</v>
       </c>
       <c r="H728" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J728" t="s">
-        <v>2710</v>
+        <v>2722</v>
       </c>
       <c r="K728" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="L728" t="s">
-        <v>2711</v>
+        <v>2723</v>
       </c>
       <c r="M728" t="s">
-        <v>2712</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="729" spans="1:13">
       <c r="A729" t="s">
-        <v>2821</v>
+        <v>2832</v>
       </c>
       <c r="B729" t="s">
-        <v>2822</v>
+        <v>2833</v>
       </c>
       <c r="C729" t="s">
-        <v>2823</v>
+        <v>2834</v>
       </c>
       <c r="D729" t="s">
         <v>44</v>
       </c>
       <c r="E729" t="s">
         <v>45</v>
       </c>
       <c r="F729" t="s">
-        <v>2709</v>
+        <v>2721</v>
       </c>
       <c r="G729" t="s">
-        <v>2241</v>
+        <v>2250</v>
       </c>
       <c r="H729" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J729" t="s">
-        <v>2710</v>
+        <v>2722</v>
       </c>
       <c r="K729" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="L729" t="s">
-        <v>2711</v>
+        <v>2723</v>
       </c>
       <c r="M729" t="s">
-        <v>2712</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="730" spans="1:13">
       <c r="A730" t="s">
-        <v>2824</v>
+        <v>2835</v>
       </c>
       <c r="B730" t="s">
-        <v>2825</v>
+        <v>2836</v>
       </c>
       <c r="C730" t="s">
-        <v>2826</v>
+        <v>2837</v>
       </c>
       <c r="D730" t="s">
         <v>44</v>
       </c>
       <c r="E730" t="s">
         <v>45</v>
       </c>
       <c r="F730" t="s">
-        <v>2709</v>
+        <v>2721</v>
       </c>
       <c r="G730" t="s">
-        <v>2241</v>
+        <v>2250</v>
       </c>
       <c r="H730" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J730" t="s">
-        <v>2710</v>
+        <v>2722</v>
       </c>
       <c r="K730" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="L730" t="s">
-        <v>2711</v>
+        <v>2723</v>
       </c>
       <c r="M730" t="s">
-        <v>2712</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="731" spans="1:13">
       <c r="A731" t="s">
-        <v>2827</v>
+        <v>2838</v>
       </c>
       <c r="B731" t="s">
-        <v>2828</v>
+        <v>2839</v>
       </c>
       <c r="C731" t="s">
-        <v>2829</v>
+        <v>2840</v>
       </c>
       <c r="D731" t="s">
         <v>44</v>
       </c>
       <c r="E731" t="s">
         <v>45</v>
       </c>
       <c r="F731" t="s">
-        <v>2709</v>
+        <v>2721</v>
       </c>
       <c r="G731" t="s">
-        <v>2241</v>
+        <v>2250</v>
       </c>
       <c r="H731" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J731" t="s">
-        <v>2710</v>
+        <v>2722</v>
       </c>
       <c r="K731" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="L731" t="s">
-        <v>2711</v>
+        <v>2723</v>
       </c>
       <c r="M731" t="s">
-        <v>2712</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="732" spans="1:13">
       <c r="A732" t="s">
-        <v>2830</v>
+        <v>2841</v>
       </c>
       <c r="B732" t="s">
-        <v>2831</v>
+        <v>2842</v>
       </c>
       <c r="C732" t="s">
-        <v>2832</v>
+        <v>2843</v>
       </c>
       <c r="D732" t="s">
         <v>44</v>
       </c>
       <c r="E732" t="s">
         <v>45</v>
       </c>
       <c r="F732" t="s">
-        <v>2709</v>
+        <v>2721</v>
       </c>
       <c r="G732" t="s">
-        <v>2241</v>
+        <v>2250</v>
       </c>
       <c r="H732" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="J732" t="s">
-        <v>2710</v>
+        <v>2722</v>
       </c>
       <c r="K732" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="L732" t="s">
-        <v>2711</v>
+        <v>2723</v>
       </c>
       <c r="M732" t="s">
-        <v>2712</v>
+        <v>2724</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>