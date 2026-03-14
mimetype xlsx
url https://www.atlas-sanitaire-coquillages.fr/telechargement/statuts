--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -16,59 +16,59 @@
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="1" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Lisez moi" sheetId="1" r:id="rId4"/>
     <sheet name="Statut" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2844">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2864">
   <si>
     <t>Atlas des zones françaises de production et de reparcage de coquillages</t>
   </si>
   <si>
     <t>France métropolitaine</t>
   </si>
   <si>
-    <t>Statuts au 28/01/2026</t>
+    <t>Statuts au 14/03/2026</t>
   </si>
   <si>
     <t>Liste des champs</t>
   </si>
   <si>
     <t>Correspondance Sandre</t>
   </si>
   <si>
     <t>ZONE_CODE</t>
   </si>
   <si>
     <t>Code de la zone dans le réseau de contrôle microbien REMI</t>
   </si>
   <si>
     <t>CdZoneConchylicole</t>
   </si>
   <si>
     <t>ZONE_TITLE</t>
   </si>
   <si>
     <t>Nom de la zone</t>
   </si>
   <si>
     <t>NomZoneConchylicole</t>
   </si>
@@ -141,2666 +141,2675 @@
   <si>
     <t>Commentaire sur l'arrêté</t>
   </si>
   <si>
     <t>ARRETE_FILE</t>
   </si>
   <si>
     <t>Lien vers l'arrêté</t>
   </si>
   <si>
     <t>URLTexteReglem</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ddd/ZCY/2/CdZoneConchylicole</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ddd/ZCY/2/NomZoneConchylicole</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ddd/ZCY/2/CdGroupeEspCoquillage</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ddd/TRE/1/URLTexteReglem</t>
   </si>
   <si>
-    <t xml:space="preserve"> 11.12O</t>
+    <t>11.01</t>
+  </si>
+  <si>
+    <t>Lotissement Conchylicole De Fleury D'aude</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.01</t>
+  </si>
+  <si>
+    <t>Non</t>
+  </si>
+  <si>
+    <t>Alerte en cours</t>
+  </si>
+  <si>
+    <t>Arrêté préfectoral n° DDTM/SML/2026-056-001_x000A_portant interdiction temporaire de la pêche, du ramassage, du transport, de la purification, de l’expédition, du stockage, de la distribution, de la commercialisation et de la mise à la consommation humaine des coquillages du groupe 3 (moules) en provenance_x000A_de la zone 11-01 « Lotissement Conchylicole de Fleury d’Aude »</t>
+  </si>
+  <si>
+    <t>Alerte microbiologique (E-coli)</t>
+  </si>
+  <si>
+    <t>Groupe 3</t>
+  </si>
+  <si>
+    <t>Moules</t>
+  </si>
+  <si>
+    <t>DDTM-SML-2026-056-001</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/dd/ddtm-sml-2026-056-001-69a00e44b1984248408855.pdf</t>
+  </si>
+  <si>
+    <t>11.02</t>
+  </si>
+  <si>
+    <t>Lotissement Conchylicole De Gruissan</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.02</t>
+  </si>
+  <si>
+    <t>Pas d'alerte en cours</t>
+  </si>
+  <si>
+    <t>11.03</t>
+  </si>
+  <si>
+    <t>Etang Des Ayguades Et De Mateille (nord)</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.03</t>
+  </si>
+  <si>
+    <t>Arrêté préfectoral n° DDTM-SML-2026-051-001_x000A_portant levée d’interdiction temporaire de la pêche, du ramassage, du transport, de la purification, de l’expédition, du stockage, de la distribution, de la commercialisation et de la mise à la consommation humaine des coquillages du groupe 2 (palourdes) en provenance_x000A_de la zone 11-03 « Etang des Ayguades et de Mateille (nord)»</t>
+  </si>
+  <si>
+    <t>Groupe 2</t>
+  </si>
+  <si>
+    <t>Palourdes</t>
+  </si>
+  <si>
+    <t>260220-2026-051-001-OUVERTURE-PALOURDES-11-03</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/26/260220-2026-051-001-ouverture-palourdes-11-03-699c1c354e735630856502.pdf</t>
+  </si>
+  <si>
+    <t>11.04</t>
+  </si>
+  <si>
+    <t>Etang De Mateille Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.04</t>
+  </si>
+  <si>
+    <t>11.05</t>
+  </si>
+  <si>
+    <t>Etang Du Grazel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.05</t>
+  </si>
+  <si>
+    <t>G3</t>
+  </si>
+  <si>
+    <t>AP-2022-0154-001-zone-11-05</t>
+  </si>
+  <si>
+    <t>03/06/2022</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 19 mai 2022</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-2022-0154-001-zone-11-05-692d59ad3031c534665825.pdf</t>
+  </si>
+  <si>
+    <t>11.05.02</t>
+  </si>
+  <si>
+    <t>Etang Du Grazel Rejet 1</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.05.02</t>
+  </si>
+  <si>
+    <t>11.05.03</t>
+  </si>
+  <si>
+    <t>Etang Du Grazel Rejet 2</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.05.03</t>
+  </si>
+  <si>
+    <t>11.05.04</t>
+  </si>
+  <si>
+    <t>Port De Gruissan Les Darses</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.05.04</t>
+  </si>
+  <si>
+    <t>11.05bis</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.05bis</t>
+  </si>
+  <si>
+    <t>Oui</t>
+  </si>
+  <si>
+    <t>11.06</t>
+  </si>
+  <si>
+    <t>Etang De Gruissan</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.06</t>
+  </si>
+  <si>
+    <t>11.07</t>
+  </si>
+  <si>
+    <t>Canal Du Grazel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.07</t>
+  </si>
+  <si>
+    <t>11.08</t>
+  </si>
+  <si>
+    <t>Plan D'eau Du Grazel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.08</t>
+  </si>
+  <si>
+    <t>11.09</t>
+  </si>
+  <si>
+    <t>Etangs De Campignol Et De L'ayrolle (nord-ouest)</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.09</t>
+  </si>
+  <si>
+    <t>11.09.02</t>
+  </si>
+  <si>
+    <t>Canal De La Reunion</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.09.02</t>
+  </si>
+  <si>
+    <t>11.10</t>
+  </si>
+  <si>
+    <t>Etang De L'ayrolle Canal Des Allemands</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.10</t>
+  </si>
+  <si>
+    <t>11.11</t>
+  </si>
+  <si>
+    <t>Etang De L'ayrolle</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.11</t>
+  </si>
+  <si>
+    <t>Arrêté préfectoral n° DDTM-SML-2026-056-002_x000A_portant levée d’interdiction temporaire de la pêche, du ramassage, du transport, de la purification, de l’expédition, du stockage, de la distribution, de la commercialisation et de la mise à la consommation humaine des coquillages du groupe 2 (palourdes) en provenance_x000A_de la zone 11-11 « Etang de l’Ayrolle»</t>
+  </si>
+  <si>
+    <t>DDTM-SML-2026-056-002</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/dd/ddtm-sml-2026-056-002-69a01235ad51f661692217.pdf</t>
+  </si>
+  <si>
+    <t>11.12.02</t>
+  </si>
+  <si>
+    <t>La Coutive</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12.02</t>
+  </si>
+  <si>
+    <t>11.12.03</t>
+  </si>
+  <si>
+    <t>La Berre</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12.03</t>
+  </si>
+  <si>
+    <t>11.12.04</t>
+  </si>
+  <si>
+    <t>Station D'epuration Peyrac-de-mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12.04</t>
+  </si>
+  <si>
+    <t>11.12.05</t>
+  </si>
+  <si>
+    <t>Station D'epuration De Bages</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12.05</t>
+  </si>
+  <si>
+    <t>11.12.06</t>
+  </si>
+  <si>
+    <t>Ruisseau De La Plaine</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12.06</t>
+  </si>
+  <si>
+    <t>11.12.07</t>
+  </si>
+  <si>
+    <t>Ruisseau De L'etang</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12.07</t>
+  </si>
+  <si>
+    <t>11.12.08</t>
+  </si>
+  <si>
+    <t>Le Veyret</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12.08</t>
+  </si>
+  <si>
+    <t>11.12.09</t>
+  </si>
+  <si>
+    <t>Le Canelou</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12.09</t>
+  </si>
+  <si>
+    <t>11.12.10</t>
+  </si>
+  <si>
+    <t>Port-la-nautique</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12.10</t>
+  </si>
+  <si>
+    <t>11.12N</t>
+  </si>
+  <si>
+    <t>Etang De Bages-sigean Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12N</t>
+  </si>
+  <si>
+    <t>11.12O</t>
   </si>
   <si>
     <t>Etang De Bages Sigean Ouest</t>
   </si>
   <si>
-    <t>https://id.eaufrance.fr/ZoneProdConchy/ 11.12O</t>
-[...179 lines deleted...]
-    <t>https://id.eaufrance.fr/ZoneProdConchy/11.11</t>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12O</t>
+  </si>
+  <si>
+    <t>11.12S</t>
+  </si>
+  <si>
+    <t>Etang De Bages-sigean Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12S</t>
+  </si>
+  <si>
+    <t>11.12W</t>
+  </si>
+  <si>
+    <t>Etang De Bages-sigean Ouest</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12W</t>
+  </si>
+  <si>
+    <t>11.13</t>
+  </si>
+  <si>
+    <t>Port De Port La Nouvelle</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.13</t>
+  </si>
+  <si>
+    <t>11.14</t>
+  </si>
+  <si>
+    <t>Etang De Leucate Parcs Ostreicoles</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.14</t>
+  </si>
+  <si>
+    <t>interdiction temporaire de la pêche, du ramassage, du transport, de la purification, de l’expédition, du stockage, de la distribution, de la commercialisation et de la mise à la consommation humaine des moules en provenance de la zone 11-14 « Etang de Leucate – Parcs ostréicoles »</t>
+  </si>
+  <si>
+    <t>Alerte toxinique (Lipophile (DSP))</t>
+  </si>
+  <si>
+    <t>moules</t>
+  </si>
+  <si>
+    <t>DDTM-SML-2025-353-001</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/dd/ddtm-sml-2025-353-001-694914f1db45f620980411.pdf</t>
+  </si>
+  <si>
+    <t>11.15</t>
+  </si>
+  <si>
+    <t>Etang De Leucate Etang Du Paurel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.15</t>
+  </si>
+  <si>
+    <t>11.15.02</t>
+  </si>
+  <si>
+    <t>Ruisseau De L'arena Et Ruisseau Des Estacades</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.15.02</t>
+  </si>
+  <si>
+    <t>11.15.03</t>
+  </si>
+  <si>
+    <t>Station D'epuration Fitou</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.15.03</t>
+  </si>
+  <si>
+    <t>11.15.04</t>
+  </si>
+  <si>
+    <t>Ruisseau Du Pla</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.15.04</t>
+  </si>
+  <si>
+    <t>11.15.05</t>
+  </si>
+  <si>
+    <t>Ruisseau Canaveire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.15.05</t>
+  </si>
+  <si>
+    <t>11.16</t>
+  </si>
+  <si>
+    <t>Etang De Leucate Anse De Leucate</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.16</t>
+  </si>
+  <si>
+    <t>11.16.02</t>
+  </si>
+  <si>
+    <t>Station D'epuration De Leucate</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.16.02</t>
+  </si>
+  <si>
+    <t>11.18</t>
+  </si>
+  <si>
+    <t>Etang De Leucate</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.18</t>
+  </si>
+  <si>
+    <t>11.19</t>
+  </si>
+  <si>
+    <t>Port Leucate Avant Port</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.19</t>
+  </si>
+  <si>
+    <t>Arrêté préfectoral n° DDTM-SML-2026-056-003_x000A_portant levée d’interdiction temporaire de la pêche, du ramassage, du transport, de la purification, de l’expédition, du stockage, de la distribution, de la commercialisation et de la mise à la consommation humaine des coquillages du groupe 2 (exemple : palourdes …) en provenance de la zone 11-19 « Port de Leucate - avant-port »</t>
+  </si>
+  <si>
+    <t>AP-DDTM-SML-2026-056-003</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-ddtm-sml-2026-056-003-69a020e9d8685341853183.pdf</t>
+  </si>
+  <si>
+    <t>11.19bis</t>
+  </si>
+  <si>
+    <t>Port Leucate Les Darses</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.19bis</t>
+  </si>
+  <si>
+    <t>11.20</t>
+  </si>
+  <si>
+    <t>Bande Littorale Nord De Port La Nouvelle</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.20</t>
+  </si>
+  <si>
+    <t>AP-DDTM-SML-2023-047-001</t>
+  </si>
+  <si>
+    <t>16/02/2023</t>
+  </si>
+  <si>
+    <t>Arrêté abrogeant du 2023-02-16</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-ddtm-sml-2023-047-001-692d5a17b28dd689809517.pdf</t>
+  </si>
+  <si>
+    <t>11.20.02</t>
+  </si>
+  <si>
+    <t>Etang Des Exal</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.20.02</t>
+  </si>
+  <si>
+    <t>11.20.03</t>
+  </si>
+  <si>
+    <t>Port De St Pierre-sur-mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.20.03</t>
+  </si>
+  <si>
+    <t>11.21</t>
+  </si>
+  <si>
+    <t>Bande Littorale De Port La Nouvelle Au Grau De La Franqui</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.21</t>
+  </si>
+  <si>
+    <t>250404-OUVERTURE-TELLINES-11-21</t>
+  </si>
+  <si>
+    <t>04/04/2025</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 07/02/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/250404-ouverture-tellines-11-21-692d5bdf74af8208187726.pdf</t>
+  </si>
+  <si>
+    <t>11.22</t>
+  </si>
+  <si>
+    <t>Bande Littorale Grau De La Franqui</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.22</t>
+  </si>
+  <si>
+    <t>11.23</t>
+  </si>
+  <si>
+    <t>Bande Littorale Du Grau De La Franqui Au Cap Leucate</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.23</t>
+  </si>
+  <si>
+    <t>11.23.02</t>
+  </si>
+  <si>
+    <t>Le Rieu</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.23.02</t>
+  </si>
+  <si>
+    <t>11.23.03</t>
+  </si>
+  <si>
+    <t>Etang De La Palme</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.23.03</t>
+  </si>
+  <si>
+    <t>11.23.04</t>
+  </si>
+  <si>
+    <t>Ruisseau Du Moulas Et Ruisseau Des Vignes</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.23.04</t>
+  </si>
+  <si>
+    <t>11.23.05</t>
+  </si>
+  <si>
+    <t>Station D'epuration De La Palme</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.23.05</t>
+  </si>
+  <si>
+    <t>11.24</t>
+  </si>
+  <si>
+    <t>Bande Littorale Du Cap Leucate A La Limite Du Departement</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.24</t>
+  </si>
+  <si>
+    <t>2018331-0001</t>
+  </si>
+  <si>
+    <t>30/11/2018</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2018331-0001-692d5850c9ae3270080605.pdf</t>
+  </si>
+  <si>
+    <t>11.25</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.25</t>
+  </si>
+  <si>
+    <t>11.25bis</t>
+  </si>
+  <si>
+    <t>11.25 Bis</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.25bis</t>
+  </si>
+  <si>
+    <t>13.01</t>
+  </si>
+  <si>
+    <t>Golfe Des Stes Maries De La Mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.01</t>
+  </si>
+  <si>
+    <t>1_AP_levee_Interdiction_Peche_type_vsigne</t>
+  </si>
+  <si>
+    <t>04/10/2023</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 05/10/2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/1-/1-ap-levee-interdiction-peche-type-vsigne-692d5aa558ecb295005249.pdf</t>
+  </si>
+  <si>
+    <t>13.03</t>
+  </si>
+  <si>
+    <t>Zone 13-03</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.03</t>
+  </si>
+  <si>
+    <t>13.04</t>
+  </si>
+  <si>
+    <t>Pompage De Beauduc-grand Rhone</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.04</t>
+  </si>
+  <si>
+    <t>AP_levée_interdiction_Courbe_20190912</t>
+  </si>
+  <si>
+    <t>12/09/2019</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-levee-interdiction-courbe-20190912-692d588624292735017179.pdf</t>
+  </si>
+  <si>
+    <t>13.05</t>
+  </si>
+  <si>
+    <t>They De La Gracieuse</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.05</t>
+  </si>
+  <si>
+    <t>13.06</t>
+  </si>
+  <si>
+    <t>Golfe De Fos</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.06</t>
+  </si>
+  <si>
+    <t>13.06.01</t>
+  </si>
+  <si>
+    <t>Anse De Carteau Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.06.01</t>
+  </si>
+  <si>
+    <t>Arrêté portant levée de fermeture d’une zone de production avec interdiction temporaire de la pêche, du ramassage, du transport, de la purification, de l’expédition, du stockage,_x000A_de la distribution, de la commercialisation et de la mise à la consommation humaine des coquillages issus de la zone Anse de Carteau Sud 13.06.01 et prescrivant des mesures de_x000A_gestion complémentaires liées à une contamination de ces coquillages par des norovirus</t>
+  </si>
+  <si>
+    <t>Groupe 2, Groupe 3</t>
+  </si>
+  <si>
+    <t>recueil-13-2026-064-recueil-des-actes-administratifs-nominatifs du 02 mars 2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/re/recueil-13-2026-064-recueil-des-actes-administratifs-nominatifs-du-02-mars-2026-69a5cdce7f94d474863908.pdf</t>
+  </si>
+  <si>
+    <t>13.06.02</t>
+  </si>
+  <si>
+    <t>Anse De Carteau Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.06.02</t>
+  </si>
+  <si>
+    <t>13.07</t>
+  </si>
+  <si>
+    <t>Cote Bleue A Baie De La Ciotat</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.07</t>
+  </si>
+  <si>
+    <t>13.07.01</t>
+  </si>
+  <si>
+    <t>Grand Port Maritime De Marseille</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.07.01</t>
+  </si>
+  <si>
+    <t>13.07.02</t>
+  </si>
+  <si>
+    <t>Zone 13-07.02</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.07.02</t>
+  </si>
+  <si>
+    <t>13.07.03</t>
+  </si>
+  <si>
+    <t>Rejet Station D'epuration De Carry-sausset</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.07.03</t>
+  </si>
+  <si>
+    <t>13.07.04</t>
+  </si>
+  <si>
+    <t>Rejet De Cortiou</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.07.04</t>
+  </si>
+  <si>
+    <t>13.07.05</t>
+  </si>
+  <si>
+    <t>Rejet Station D'epuration De Cassis</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.07.05</t>
+  </si>
+  <si>
+    <t>13.07.06</t>
+  </si>
+  <si>
+    <t>Rejet Station D'epuration De La Ciotat</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.07.06</t>
+  </si>
+  <si>
+    <t>13.08</t>
+  </si>
+  <si>
+    <t>Etang De Berre</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.08</t>
+  </si>
+  <si>
+    <t>Arrêté portant levée de l’interdiction temporaire du transport, de la purification, de l’expédition, du stockage, de la distribution, de la commercialisation et de la mise à la consommation humaine des coquillages pour le groupe 2 en provenance de la zone 13.08 « Etang de Berre»  (Bouches-du-Rhône)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RAA - Arrêté levée interdiction commercialisation Berre </t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ra/raa-arrete-levee-interdiction-commercialisation-berre-69a1bad3b7a27389639269.pdf</t>
+  </si>
+  <si>
+    <t>13.08.01</t>
+  </si>
+  <si>
+    <t>Cordon Du Jaï</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.08.01</t>
+  </si>
+  <si>
+    <t>13.09</t>
+  </si>
+  <si>
+    <t>Côte Bleue</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.09</t>
+  </si>
+  <si>
+    <t>13.10</t>
+  </si>
+  <si>
+    <t>Iles De Marseille</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.10</t>
+  </si>
+  <si>
+    <t>13.11</t>
+  </si>
+  <si>
+    <t>Cap Morgiou à Baie De La Ciotat</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/13.11</t>
+  </si>
+  <si>
+    <t>14.010</t>
+  </si>
+  <si>
+    <t>Zone Portuaire De Honfleur</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.010</t>
+  </si>
+  <si>
+    <t>14.020</t>
+  </si>
+  <si>
+    <t>De L'estuaire De Seine A Trouville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.020</t>
+  </si>
+  <si>
+    <t>14.021</t>
+  </si>
+  <si>
+    <t>Estuaire De La Touques Et Zone Portuaire De Deauville Et Trouville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.021</t>
+  </si>
+  <si>
+    <t>14.030</t>
+  </si>
+  <si>
+    <t>Estuaire De La Dives Et Zone Portuaire De Dives-cabourg-houlgate</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.030</t>
+  </si>
+  <si>
+    <t>14.031</t>
+  </si>
+  <si>
+    <t>De L'estuaire De La Dives A Merville-franceville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.031</t>
+  </si>
+  <si>
+    <t>2020-12-07_AP_19-2020-abrogation_AP_22-10-2019</t>
+  </si>
+  <si>
+    <t>07/12/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2020-12-07-ap-19-2020-abrogation-ap-22-10-2019-692d58d67ff90912544907.pdf</t>
+  </si>
+  <si>
+    <t>14.032</t>
+  </si>
+  <si>
+    <t>Merville-franceville Ouest</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.032</t>
+  </si>
+  <si>
+    <t>14.040</t>
+  </si>
+  <si>
+    <t>Estuaire De L'orne</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.040</t>
+  </si>
+  <si>
+    <t>14.041</t>
+  </si>
+  <si>
+    <t>Pointe Du Siege A Ouistreham</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.041</t>
+  </si>
+  <si>
+    <t>Alerte microbiologique</t>
+  </si>
+  <si>
+    <t>20251125-AP fermeture pointe du siege_signé</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>Nouvel arrêté du 25/11/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/20251125-ap-fermeture-pointe-du-siege-signe-692d5c1e87a19373927968.pdf</t>
+  </si>
+  <si>
+    <t>14.045</t>
+  </si>
+  <si>
+    <t>Zone Portuaire De Caen-ouistreham Et Canal De Caen à La Mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.045</t>
+  </si>
+  <si>
+    <t>14.050</t>
+  </si>
+  <si>
+    <t>Ouistreham Et Colleville-montgomery</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.050</t>
+  </si>
+  <si>
+    <t>14.060</t>
+  </si>
+  <si>
+    <t>Les Essarts</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.060</t>
+  </si>
+  <si>
+    <t>AP_2019-09-11-abrog_14-060</t>
+  </si>
+  <si>
+    <t>11/09/2019</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-2019-09-11-abrog-14-060-692d588667821610185839.pdf</t>
+  </si>
+  <si>
+    <t>14.070</t>
+  </si>
+  <si>
+    <t>De Colleville-montgomery à Bernieres Sur Mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.070</t>
+  </si>
+  <si>
+    <t>Groupe 1, Groupe 2, Groupe 3</t>
+  </si>
+  <si>
+    <t>2019-07-12-AP_levee_partielle</t>
+  </si>
+  <si>
+    <t>12/07/2019</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2019-07-12-ap-levee-partielle-692d5879566c5212523740.pdf</t>
+  </si>
+  <si>
+    <t>14.085</t>
+  </si>
+  <si>
+    <t>Estuaire De La Seulles Et Zone Portuaire De Courseulles-sur-mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.085</t>
+  </si>
+  <si>
+    <t>14.090</t>
+  </si>
+  <si>
+    <t>L'epee Et Le Vilain</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.090</t>
+  </si>
+  <si>
+    <t>moules uniquement</t>
+  </si>
+  <si>
+    <t>AP-65-2019-modalités-abroge59-2019</t>
+  </si>
+  <si>
+    <t>17/05/2019</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-65-2019-modalites-abroge59-2019-692d5980a6fd1160155560.pdf</t>
+  </si>
+  <si>
+    <t>14.100</t>
+  </si>
+  <si>
+    <t>Meuvaines Et Ver Sur Mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.100</t>
+  </si>
+  <si>
+    <t>AP4_17-01-2020-fermeture_temp_14-100-PLAN-1_0</t>
+  </si>
+  <si>
+    <t>17/01/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap4-17-01-2020-fermeture-temp-14-100-plan-1-0-692d5899b2306047540637.pdf</t>
+  </si>
+  <si>
+    <t>14.120</t>
+  </si>
+  <si>
+    <t>Port En Bessin Est</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.120</t>
+  </si>
+  <si>
+    <t>14-20080131-1-AP classement sanitaire CONSOLIDE_0</t>
+  </si>
+  <si>
+    <t>31/01/2008</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/14/14-20080131-1-ap-classement-sanitaire-consolide-0-692d57fc36198676036244.pdf</t>
+  </si>
+  <si>
+    <t>14.125</t>
+  </si>
+  <si>
+    <t>Zone Portuaire De Port-en-bessin-huppain</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.125</t>
+  </si>
+  <si>
+    <t>14.130</t>
+  </si>
+  <si>
+    <t>Port En Bessin Ouest</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.130</t>
+  </si>
+  <si>
+    <t>14.140</t>
+  </si>
+  <si>
+    <t>Englesqueville La Percee</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.140</t>
+  </si>
+  <si>
+    <t>14.155</t>
+  </si>
+  <si>
+    <t>Zone Portuaire De Grandcamp-maisy</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.155</t>
+  </si>
+  <si>
+    <t>14.160</t>
+  </si>
+  <si>
+    <t>Grandcamp-maisy Est</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.160</t>
+  </si>
+  <si>
+    <t>Arrêté</t>
+  </si>
+  <si>
+    <t>24/05/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-692d5b2dac01f541435385.pdf</t>
+  </si>
+  <si>
+    <t>14.161</t>
+  </si>
+  <si>
+    <t>Grandcamp-maisy Ouest Et Gefosse-fontenay</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.161</t>
+  </si>
+  <si>
+    <t>14.169</t>
+  </si>
+  <si>
+    <t>Géfosse-fontenay Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.169</t>
+  </si>
+  <si>
+    <t>14.170</t>
+  </si>
+  <si>
+    <t>Gefosse-fontenay Sud (le Wigwam)</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.170</t>
+  </si>
+  <si>
+    <t>14.175</t>
+  </si>
+  <si>
+    <t>Confluence Aure-vire Et Zone Portuaire D'isigny-sur-mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/14.175</t>
+  </si>
+  <si>
+    <t>17.01</t>
+  </si>
+  <si>
+    <t>Estuaire De La Sevre Niortaise</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.01</t>
+  </si>
+  <si>
+    <t>AP 20_023 18062020</t>
+  </si>
+  <si>
+    <t>18/06/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-20-023-18062020-692d58ba0b942480973153.pdf</t>
+  </si>
+  <si>
+    <t>17.02.01</t>
+  </si>
+  <si>
+    <t>Est Du Pertuis Breton Mytilicole</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.02.01</t>
+  </si>
+  <si>
+    <t>Zone classée B depuis le 1er novembre 2024, conformément à son classement alternatif A/B défini par l'arrêté de classement n°22-074 du 22 décembre 2022</t>
+  </si>
+  <si>
+    <t>AP 24_077 13112024</t>
+  </si>
+  <si>
+    <t>13/11/2024</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 09/10/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-24-077-13112024-692d5b9a833e6940872965.pdf</t>
+  </si>
+  <si>
+    <t>17.02.02</t>
+  </si>
+  <si>
+    <t>Est Du Pertuis Breton Ostreicole</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.02.02</t>
+  </si>
+  <si>
+    <t>17.03</t>
+  </si>
+  <si>
+    <t>Sud Du Pertuis Breton</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.03</t>
+  </si>
+  <si>
+    <t>AP 23_076 20062023</t>
+  </si>
+  <si>
+    <t>20/06/2023</t>
+  </si>
+  <si>
+    <t>Modifie l'arrêté du 6 juin 2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-23-076-20062023-692d5a5baee8a117567071.pdf</t>
+  </si>
+  <si>
+    <t>17.04.01</t>
+  </si>
+  <si>
+    <t>Fier D'ars</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.04.01</t>
+  </si>
+  <si>
+    <t>17.04.02</t>
+  </si>
+  <si>
+    <t>La Moulinatte</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.04.02</t>
+  </si>
+  <si>
+    <t>17.04.03</t>
+  </si>
+  <si>
+    <t>La Flotte</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.04.03</t>
+  </si>
+  <si>
+    <t>17.04.04</t>
+  </si>
+  <si>
+    <t>Rivedoux</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.04.04</t>
+  </si>
+  <si>
+    <t>17.04.05</t>
+  </si>
+  <si>
+    <t>Pointe Du Grouin - La Grande Tonille</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.04.05</t>
+  </si>
+  <si>
+    <t>17.05.01</t>
+  </si>
+  <si>
+    <t>La Martray</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.05.01</t>
+  </si>
+  <si>
+    <t>17.05.02</t>
+  </si>
+  <si>
+    <t>Sainte-marie</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.05.02</t>
+  </si>
+  <si>
+    <t>17.06.01</t>
+  </si>
+  <si>
+    <t>La Pallice</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.06.01</t>
+  </si>
+  <si>
+    <t>17.06.02</t>
+  </si>
+  <si>
+    <t>Baie De La Rochelle</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.06.02</t>
+  </si>
+  <si>
+    <t>17.07</t>
+  </si>
+  <si>
+    <t>Sud Pointe Des Minimes</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.07</t>
+  </si>
+  <si>
+    <t>17.08</t>
+  </si>
+  <si>
+    <t>Ouest Du Pertuis D'antioche</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.08</t>
+  </si>
+  <si>
+    <t>Arrêté abrogeant celui du 6 juin 2023</t>
+  </si>
+  <si>
+    <t>AP 23_079 28062023</t>
+  </si>
+  <si>
+    <t>28/06/2023</t>
+  </si>
+  <si>
+    <t>Arrêté abrogeant du 2023-06-28</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-23-079-28062023-692d5a60c5588285784569.pdf</t>
+  </si>
+  <si>
+    <t>17.09</t>
+  </si>
+  <si>
+    <t>Est Du Pertuis D'antioche</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.09</t>
+  </si>
+  <si>
+    <t>17.09.01</t>
+  </si>
+  <si>
+    <t>Baie D'aytré</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.09.01</t>
+  </si>
+  <si>
+    <t>17.09.02</t>
+  </si>
+  <si>
+    <t>Angoulins-chatelaillon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.09.02</t>
+  </si>
+  <si>
+    <t>17.09.03</t>
+  </si>
+  <si>
+    <t>Baie D'yves - Filières Pertuis Antioche</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.09.03</t>
+  </si>
+  <si>
+    <t>Zone 17.09.03 complètement ouverte (bouchots et filières)</t>
+  </si>
+  <si>
+    <t>AP 23_077 23062023</t>
+  </si>
+  <si>
+    <t>23/06/2023</t>
+  </si>
+  <si>
+    <t>Modifie l'arrêté du 06 juin 2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-23-077-23062023-692d5a5f6a455325012668.pdf</t>
+  </si>
+  <si>
+    <t>17.09.04</t>
+  </si>
+  <si>
+    <t>Fouras</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.09.04</t>
+  </si>
+  <si>
+    <t>17.09.05</t>
+  </si>
+  <si>
+    <t>Ile D'aix</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.09.05</t>
+  </si>
+  <si>
+    <t>Arrêté modifiant celui du 6 juin 2023</t>
+  </si>
+  <si>
+    <t>AP 23_075 14062023</t>
+  </si>
+  <si>
+    <t>14/06/2023</t>
+  </si>
+  <si>
+    <t>Arrêté modifiant du 2023-06-14</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-23-075-14062023-692d5a5607185620835302.pdf</t>
+  </si>
+  <si>
+    <t>17.10</t>
+  </si>
+  <si>
+    <t>Est Du Coureau D'oleron</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.10</t>
+  </si>
+  <si>
+    <t>17.10.01</t>
+  </si>
+  <si>
+    <t>Les Palles</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.10.01</t>
+  </si>
+  <si>
+    <t>AP 23_078 27062023</t>
+  </si>
+  <si>
+    <t>27/06/2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-23-078-27062023-692d5a6068593146714070.pdf</t>
+  </si>
+  <si>
+    <t>17.10.02</t>
+  </si>
+  <si>
+    <t>Estrée</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.10.02</t>
+  </si>
+  <si>
+    <t>17.10.03</t>
+  </si>
+  <si>
+    <t>Mérignac - Lamouroux</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.10.03</t>
+  </si>
+  <si>
+    <t>17.10.04</t>
+  </si>
+  <si>
+    <t>Daire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.10.04</t>
+  </si>
+  <si>
+    <t>17.10.05</t>
+  </si>
+  <si>
+    <t>Bourgeois</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.10.05</t>
+  </si>
+  <si>
+    <t>17.11</t>
+  </si>
+  <si>
+    <t>Ouest Du Coureau D'oleron</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.11</t>
+  </si>
+  <si>
+    <t>17.11.01</t>
+  </si>
+  <si>
+    <t>Côte Nord Est Oléron</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.11.01</t>
+  </si>
+  <si>
+    <t>17.11.02</t>
+  </si>
+  <si>
+    <t>Ors - La Casse</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.11.02</t>
+  </si>
+  <si>
+    <t>17.11.03</t>
+  </si>
+  <si>
+    <t>Saint Trojan</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.11.03</t>
+  </si>
+  <si>
+    <t>17.12.01</t>
+  </si>
+  <si>
+    <t>Seudre Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.12.01</t>
+  </si>
+  <si>
+    <t>AP 22_049 28062022(1)</t>
+  </si>
+  <si>
+    <t>28/06/2022</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 16 juin 2022</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-22-049-28062022-1-692d59b416a9d069401741.pdf</t>
+  </si>
+  <si>
+    <t>17.12.02</t>
+  </si>
+  <si>
+    <t>Seudre Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.12.02</t>
+  </si>
+  <si>
+    <t>17.13</t>
+  </si>
+  <si>
+    <t>Ronce Les Bains</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.13</t>
+  </si>
+  <si>
+    <t>Levée des mesures d'interdiction</t>
+  </si>
+  <si>
+    <t>AP 21_037 01072021</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-21-037-01072021-692d5925d9f8a218446317.pdf</t>
+  </si>
+  <si>
+    <t>17.14</t>
+  </si>
+  <si>
+    <t>Nord De L'estuaire De La Gironde</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.14</t>
+  </si>
+  <si>
+    <t>17.42</t>
+  </si>
+  <si>
+    <t>Fiers D'ars</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.42</t>
+  </si>
+  <si>
+    <t>17.43</t>
+  </si>
+  <si>
+    <t>Baie De Bellevue</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.43</t>
+  </si>
+  <si>
+    <t>17.45</t>
+  </si>
+  <si>
+    <t>Grand Plage Vert Bois - La Giraudiere</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.45</t>
+  </si>
+  <si>
+    <t>Arrêté préfectoral n° 21-057 abrogeant l'arrêté préfectoral n° 20-043 du 23 avril 2020 portant sur l'exploitation et la surveillance sanitaire du gisement de tellines de la zone « à éclipse» 17.45 « Vert Bois - La Giraudière »</t>
+  </si>
+  <si>
+    <t xml:space="preserve">mollusques bivalves du groupe 2 (coquillages fouisseurs dont les tellines) </t>
+  </si>
+  <si>
+    <t>AP 21_057 04112021</t>
+  </si>
+  <si>
+    <t>04/11/2021</t>
+  </si>
+  <si>
+    <t>Arrêté préfectoral n° 21-057 abrogeant l'arrêté préfectoral n° 20-043 du 23 avril 2020 portant sur l'exploitation et la _x000A_surveillance sanitaire du gisement de tellines de la zone « à éclipse» 17.45 « Vert Bois - La Giraud</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-21-057-04112021-692d5979a1af5606677308.pdf</t>
+  </si>
+  <si>
+    <t>17.46</t>
+  </si>
+  <si>
+    <t>Cote Sauvage</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.46</t>
+  </si>
+  <si>
+    <t>AP n° 19-00010_260219_tellines</t>
+  </si>
+  <si>
+    <t>26/02/2019</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-n-19-00010-260219-tellines-692d58598579f747891648.pdf</t>
+  </si>
+  <si>
+    <t>17.47</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.47</t>
+  </si>
+  <si>
+    <t>17.48</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.48</t>
+  </si>
+  <si>
+    <t>17.49</t>
+  </si>
+  <si>
+    <t>Bonne Anse</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.49</t>
+  </si>
+  <si>
+    <t>17.50</t>
+  </si>
+  <si>
+    <t>Ade-menson</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.50</t>
+  </si>
+  <si>
+    <t>AP 20_042</t>
+  </si>
+  <si>
+    <t>29/09/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-20-042-692d58c6e2694451272655.pdf</t>
+  </si>
+  <si>
+    <t>17.51</t>
+  </si>
+  <si>
+    <t>Bourgeois - Barat</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.51</t>
+  </si>
+  <si>
+    <t>17.52</t>
+  </si>
+  <si>
+    <t>Ronce - Perquis</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.52</t>
+  </si>
+  <si>
+    <t>AP 17-2624 DU 22 DEC 2017</t>
+  </si>
+  <si>
+    <t>22/12/2017</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-17-2624-du-22-dec-2017-692d5811a4019710837969.pdf</t>
+  </si>
+  <si>
+    <t>17.53</t>
+  </si>
+  <si>
+    <t>Daire-mérignac</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.53</t>
+  </si>
+  <si>
+    <t>17.54</t>
+  </si>
+  <si>
+    <t>Les Lests-mergignan</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.54</t>
+  </si>
+  <si>
+    <t>17.55</t>
+  </si>
+  <si>
+    <t>Ors - Padane</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.55</t>
+  </si>
+  <si>
+    <t>17.C.01</t>
+  </si>
+  <si>
+    <t>Est Ile De Ré</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.01</t>
+  </si>
+  <si>
+    <t>17.C.02</t>
+  </si>
+  <si>
+    <t>Esnandes</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.02</t>
+  </si>
+  <si>
+    <t>17.C.03</t>
+  </si>
+  <si>
+    <t>Nieul Sur Mer - Marais De Lauzières</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.03</t>
+  </si>
+  <si>
+    <t>17.C.04</t>
+  </si>
+  <si>
+    <t>Angoulins - Marais Du Chay</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.04</t>
+  </si>
+  <si>
+    <t>17.C.05</t>
+  </si>
+  <si>
+    <t>Aytré - Maris De Godechaud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.05</t>
+  </si>
+  <si>
+    <t>17.C.06</t>
+  </si>
+  <si>
+    <t>Yves - Les Boucholeurs</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.06</t>
+  </si>
+  <si>
+    <t>17.C.07</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.07</t>
+  </si>
+  <si>
+    <t>17.C.08</t>
+  </si>
+  <si>
+    <t>Port Des Barques - Montportail</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.08</t>
+  </si>
+  <si>
+    <t>AP 24_054 24102024</t>
+  </si>
+  <si>
+    <t>24/10/2024</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 11/10/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-24-054-24102024-692d5b90451fd275470320.pdf</t>
+  </si>
+  <si>
+    <t>17.C.09</t>
+  </si>
+  <si>
+    <t>Brouage</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.09</t>
+  </si>
+  <si>
+    <t>17.C.10</t>
+  </si>
+  <si>
+    <t>Bourcefranc - Mérignac</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.10</t>
+  </si>
+  <si>
+    <t>17.C.11</t>
+  </si>
+  <si>
+    <t>Bourcefranc Nord - Daire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.11</t>
+  </si>
+  <si>
+    <t>AP 19 050 26112019</t>
+  </si>
+  <si>
+    <t>26/11/2019</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-19-050-26112019-692d588db361f849015605.pdf</t>
+  </si>
+  <si>
+    <t>17.C.12</t>
+  </si>
+  <si>
+    <t>Marennes - Les Faulx</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.12</t>
+  </si>
+  <si>
+    <t>17.C.13</t>
+  </si>
+  <si>
+    <t>Marennes - Lindron</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.13</t>
+  </si>
+  <si>
+    <t>Cette zone classée A pour les fouisseurs a été temporairement déclassée B par l'AP 23-094 du 13/11/2023._x000A_Elle a depuis fait l'objet d'un reclassement sanitaire pérenne B pour les fouisseurs par l'AP 24-128 du 18/12/2024. _x000A_Elle n'est donc plus sous statut d'alerte, mais classée B pour les coquillages du groupe II.</t>
+  </si>
+  <si>
+    <t>AP 24_128 18122024_0_0</t>
+  </si>
+  <si>
+    <t>18/12/2024</t>
+  </si>
+  <si>
+    <t>Nouvel arrêté du 18/12/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-24-128-18122024-0-0-692d5c0ba5531545300846.pdf</t>
+  </si>
+  <si>
+    <t>17.C.14</t>
+  </si>
+  <si>
+    <t>Luzac</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.14</t>
+  </si>
+  <si>
+    <t>17.C.15</t>
+  </si>
+  <si>
+    <t>Marais De Nieulle Sur Seudre</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.15</t>
+  </si>
+  <si>
+    <t>AP 22_068 22112022_0</t>
+  </si>
+  <si>
+    <t>22/11/2022</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté n° 22-065 du 8 novembre 2022</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-22-068-22112022-0-692d59e73957b983960537.pdf</t>
+  </si>
+  <si>
+    <t>17.C.16</t>
+  </si>
+  <si>
+    <t>Seudre-amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.16</t>
+  </si>
+  <si>
+    <t>Levée des mesures d'interdiction sur le groupe 2</t>
+  </si>
+  <si>
+    <t>AP 26_010 27022026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-26-010-27022026-69a180100dbf7517724741.pdf</t>
+  </si>
+  <si>
+    <t>17.C.17</t>
+  </si>
+  <si>
+    <t>Mornac</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Abrogeant l'arrêté préfectoral n° 22-057 du 12 août 2022 et levant les mesures de restriction temporaire concernant la pêche maritime professionnelle, la commercialisation et la mise à la consommation humaine de coquillages bivalves non fouisseurs liées à une contamination microbiologique sur des huîtres en Charente-Maritime, dans le secteur des claires de« Mornac» (zone 17C17) . </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Groupe 3 </t>
+  </si>
+  <si>
+    <t>AP_22_058_250822</t>
+  </si>
+  <si>
+    <t>26/08/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arrêté du n° 22-058_x000A_Abrogeant l'arrêté préfectoral n° 22-057 du 12 août 2022 et levant les mesures de restriction temporaire concernant la pêche maritime professionnelle, la commercialisation et la mise à la consommation humaine de coquillages bivalves non fouisseurs liées à une contamination microbiologique sur des huîtres en Charente-Maritime, dans le secteur des claires de« Mornac» (zone 17C17) _x000A__x000A_L'arrêté n° 22-057 du 12 août 2022 sus-visé est abrogé. </t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-22-058-250822-692d59c0d5a71411732748.pdf</t>
+  </si>
+  <si>
+    <t>17.C.18</t>
+  </si>
+  <si>
+    <t>Chaillevette</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.18</t>
+  </si>
+  <si>
+    <t>AP_20_.001_du_ 07_01_2020_0</t>
+  </si>
+  <si>
+    <t>15/01/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-20-001-du-07-01-2020-0-692d589857fd8093534682.pdf</t>
+  </si>
+  <si>
+    <t>17.C.19</t>
+  </si>
+  <si>
+    <t>Etaules</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.19</t>
+  </si>
+  <si>
+    <t>17.C.20</t>
+  </si>
+  <si>
+    <t>Coux</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.20</t>
+  </si>
+  <si>
+    <t>17.C.21</t>
+  </si>
+  <si>
+    <t>La Tremblade - Nord Route Neuve</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.21</t>
+  </si>
+  <si>
+    <t>17.C.22</t>
+  </si>
+  <si>
+    <t>Grand Village</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.22</t>
+  </si>
+  <si>
+    <t>17.C.23</t>
+  </si>
+  <si>
+    <t>Oléron - Chenal Oulme</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.23</t>
+  </si>
+  <si>
+    <t>17.C.24</t>
+  </si>
+  <si>
+    <t>Oléron - Chenal De L'etier Neuf</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.24</t>
+  </si>
+  <si>
+    <t>17.C.25</t>
+  </si>
+  <si>
+    <t>Oléron - Chenal De La Brande</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.25</t>
+  </si>
+  <si>
+    <t>AP 20_003 10012020</t>
+  </si>
+  <si>
+    <t>10/01/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-20-003-10012020-692d5896a3e33586131435.pdf</t>
+  </si>
+  <si>
+    <t>17.C.26</t>
+  </si>
+  <si>
+    <t>Oléron - Chenal De La Beaudissière</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.26</t>
+  </si>
+  <si>
+    <t>17.C.27</t>
+  </si>
+  <si>
+    <t>Oléron - Chenal D'arceau</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.27</t>
+  </si>
+  <si>
+    <t>17.C.28</t>
+  </si>
+  <si>
+    <t>Ile Madame</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.28</t>
+  </si>
+  <si>
+    <t>Levée des mesures de restriction sur les huîtres dans le secteur des claires de l'Ile Madame"</t>
+  </si>
+  <si>
+    <t>Huitres - Groupe 3</t>
+  </si>
+  <si>
+    <t>AP 21_060 16112021</t>
+  </si>
+  <si>
+    <t>16/11/2021</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-21-060-16112021-692d5951327bc578878958.pdf</t>
+  </si>
+  <si>
+    <t>17.C.29</t>
+  </si>
+  <si>
+    <t>Pointe De Grouin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.29</t>
+  </si>
+  <si>
+    <t>La Garenne</t>
+  </si>
+  <si>
+    <t>17.C.30</t>
+  </si>
+  <si>
+    <t>Ouest Ile De Ré</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.30</t>
+  </si>
+  <si>
+    <t>17.C.31</t>
+  </si>
+  <si>
+    <t>Bourcefranc Sud - Marécareuil - Sinche</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.31</t>
+  </si>
+  <si>
+    <t>AP 23_098 21112023</t>
+  </si>
+  <si>
+    <t>21/11/2023</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 26/10/2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-23-098-21112023-692d5ad2c00cf872798187.pdf</t>
+  </si>
+  <si>
+    <t>17.C.32</t>
+  </si>
+  <si>
+    <t>Oléron - Chenal De La Perrotine</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.32</t>
+  </si>
+  <si>
+    <t>17.C.33</t>
+  </si>
+  <si>
+    <t>La Tremblade - Sud Route Neuve</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.33</t>
+  </si>
+  <si>
+    <t>17.F.01</t>
+  </si>
+  <si>
+    <t>Ouest Ile De Re</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.01</t>
+  </si>
+  <si>
+    <t>17.F.02</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.02</t>
+  </si>
+  <si>
+    <t>17.F.03</t>
+  </si>
+  <si>
+    <t>Marais De Lauzieres</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.03</t>
+  </si>
+  <si>
+    <t>17.F.04</t>
+  </si>
+  <si>
+    <t>Marais Du Chay</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.04</t>
+  </si>
+  <si>
+    <t>17.F.05</t>
+  </si>
+  <si>
+    <t>Marais De Godechaud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.05</t>
+  </si>
+  <si>
+    <t>17.F.06</t>
+  </si>
+  <si>
+    <t>Yves</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.06</t>
+  </si>
+  <si>
+    <t>17.F.07</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.07</t>
+  </si>
+  <si>
+    <t>Arrêté modifiant celui du 6/06/23</t>
+  </si>
+  <si>
+    <t>17.F.08</t>
+  </si>
+  <si>
+    <t>Montportail</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.08</t>
+  </si>
+  <si>
+    <t>17.F.08.01</t>
+  </si>
+  <si>
+    <t>Ile Madame / La Garenne</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.08.01</t>
+  </si>
+  <si>
+    <t>17.F.09</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.09</t>
+  </si>
+  <si>
+    <t>17.F.10</t>
+  </si>
+  <si>
+    <t>Merignac</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.10</t>
+  </si>
+  <si>
+    <t>17.F.11</t>
+  </si>
+  <si>
+    <t>Bourcefranc</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.11</t>
+  </si>
+  <si>
+    <t>17.F.12</t>
+  </si>
+  <si>
+    <t>Les Faulx</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.12</t>
+  </si>
+  <si>
+    <t>17.F.13</t>
+  </si>
+  <si>
+    <t>Lindron</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.13</t>
+  </si>
+  <si>
+    <t>17.F.14</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.14</t>
+  </si>
+  <si>
+    <t>17.F.15</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.15</t>
+  </si>
+  <si>
+    <t>17.F.16</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.16</t>
+  </si>
+  <si>
+    <t>17.F.17</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.17</t>
+  </si>
+  <si>
+    <t>17.F.18</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.18</t>
+  </si>
+  <si>
+    <t>17.F.19</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.19</t>
+  </si>
+  <si>
+    <t>17.F.20</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.20</t>
+  </si>
+  <si>
+    <t>17.F.21</t>
+  </si>
+  <si>
+    <t>Route Neuve</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.21</t>
+  </si>
+  <si>
+    <t>17.F.22</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.22</t>
+  </si>
+  <si>
+    <t>17.F.23</t>
+  </si>
+  <si>
+    <t>Oulme</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.23</t>
+  </si>
+  <si>
+    <t>17.F.24</t>
+  </si>
+  <si>
+    <t>Etier Neuf</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.24</t>
+  </si>
+  <si>
+    <t>17.F.25</t>
+  </si>
+  <si>
+    <t>La Brande</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.25</t>
+  </si>
+  <si>
+    <t>17.F.26</t>
+  </si>
+  <si>
+    <t>La Beaudissiere</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.26</t>
+  </si>
+  <si>
+    <t>17.F.27</t>
+  </si>
+  <si>
+    <t>Nord Oleron</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17.F.27</t>
+  </si>
+  <si>
+    <t>17P01</t>
+  </si>
+  <si>
+    <t>Ile De Re Pointe Du Grouin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17P01</t>
+  </si>
+  <si>
+    <t>17P02</t>
+  </si>
+  <si>
+    <t>Ile De Ré Ouest Loix En Ré</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17P02</t>
+  </si>
+  <si>
+    <t>17P12</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17P12</t>
+  </si>
+  <si>
+    <t>17P13</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17P13</t>
+  </si>
+  <si>
+    <t>17P14</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17P14</t>
+  </si>
+  <si>
+    <t>17P15</t>
+  </si>
+  <si>
+    <t>Marais De Nieulles / Seudre</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17P15</t>
+  </si>
+  <si>
+    <t>17P17</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17P17</t>
+  </si>
+  <si>
+    <t>17P19</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17P19</t>
+  </si>
+  <si>
+    <t>17P23</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17P23</t>
+  </si>
+  <si>
+    <t>17P27</t>
+  </si>
+  <si>
+    <t>Nord Ile D'oléron</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/17P27</t>
+  </si>
+  <si>
+    <t>22.00.00</t>
+  </si>
+  <si>
+    <t>Eaux Territoriales</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.00.00</t>
+  </si>
+  <si>
+    <t>Tous coquillages sauf huîtres</t>
+  </si>
+  <si>
+    <t>2022-10-21_ArreteFermetureRephytoxBaieLannion_signe-1</t>
+  </si>
+  <si>
+    <t>21/10/2022</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2022-10-21-arretefermeturerephytoxbaielannion-signe-1-692d59d41aab4563430371.pdf</t>
+  </si>
+  <si>
+    <t>22.01.10</t>
+  </si>
+  <si>
+    <t>Baie De Lancieux</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.01.10</t>
+  </si>
+  <si>
+    <t>22.01.20</t>
+  </si>
+  <si>
+    <t>Baie De L'arguenon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.01.20</t>
+  </si>
+  <si>
+    <t>2010_10_27_AP_levee sanitaire ARGUENON</t>
+  </si>
+  <si>
+    <t>27/10/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2010-10-27-ap-levee-sanitaire-arguenon-692d58c9e5112687585508.pdf</t>
+  </si>
+  <si>
+    <t>22.01.30</t>
+  </si>
+  <si>
+    <t>Partie Maritime De L'arguenon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.01.30</t>
+  </si>
+  <si>
+    <t>22.02.10</t>
+  </si>
+  <si>
+    <t>Baie De La Fresnaie</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.02.10</t>
+  </si>
+  <si>
+    <t>2021_04_30_Arrete_levee_des_mesures_baie_Fresnaie</t>
+  </si>
+  <si>
+    <t>30/04/2021</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 15 avril 2021.</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2021-04-30-arrete-levee-des-mesures-baie-fresnaie-692d590911834879606889.pdf</t>
+  </si>
+  <si>
+    <t>22.02.11</t>
+  </si>
+  <si>
+    <t>Baie De La Fresnaie - Partie Est</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.02.11</t>
+  </si>
+  <si>
+    <t>2010_10_27_AP_levee sanitaire LA FRESNAYE</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2010-10-27-ap-levee-sanitaire-la-fresnaye-692d58ca1c1fa734329614.pdf</t>
+  </si>
+  <si>
+    <t>22.02.12</t>
+  </si>
+  <si>
+    <t>Baie De La Fresnaie - Partie Ouest</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.02.12</t>
+  </si>
+  <si>
+    <t>22.02.15</t>
+  </si>
+  <si>
+    <t>Le Frémur</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.02.15</t>
+  </si>
+  <si>
+    <t>22.02.20</t>
+  </si>
+  <si>
+    <t>Pleherel - Plurien - Erquy</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.02.20</t>
+  </si>
+  <si>
+    <t>22.02.30</t>
+  </si>
+  <si>
+    <t>Caroual</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.02.30</t>
+  </si>
+  <si>
+    <t>22.03.09</t>
+  </si>
+  <si>
+    <t>Port De Dahouët</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.09</t>
+  </si>
+  <si>
+    <t>22.03.10</t>
+  </si>
+  <si>
+    <t>Dahouet</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.10</t>
+  </si>
+  <si>
+    <t>22.03.21</t>
+  </si>
+  <si>
+    <t>La Cotentin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arrêté portant levée des mesures de restriction pour la mise sur le marché en vue de la consommation humaine des bivalves non fouisseurs du groupe 3 en provenance de la zone dite« La Cotentin» à Planguenoual -LAMBALLE-ARMOR (zone 22.03.21 du classement REMI) </t>
+  </si>
+  <si>
+    <t>2022-02-09-Arrete levee sanitaire La Cotentin-1_0</t>
+  </si>
+  <si>
+    <t>09/02/2022</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2022-02-09-arrete-levee-sanitaire-la-cotentin-1-0-692d597501960422247306.pdf</t>
+  </si>
+  <si>
+    <t>22.03.22</t>
+  </si>
+  <si>
+    <t>Baie De Morieux, Hillion</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.22</t>
+  </si>
+  <si>
+    <t>22.03.23</t>
+  </si>
+  <si>
+    <t>Baie D'yffiniac Est</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.23</t>
   </si>
   <si>
     <t>G2</t>
   </si>
   <si>
-    <t>AP-DDTM-SML-2022-123-001-Ouverture zone11-11</t>
-[...2422 lines deleted...]
-  <si>
     <t>Arrêté-levée- Baie-Yffiniac-Est-signé-avec-carte</t>
   </si>
   <si>
     <t>13/07/2021</t>
   </si>
   <si>
     <t>Abroge l'arrêté du 15 juin 2021</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-levee-baie-yffiniac-est-signe-avec-carte-692d593539564405504602.pdf</t>
   </si>
   <si>
     <t>22.03.24</t>
   </si>
   <si>
     <t>Baie D'yffiniac Sud</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.24</t>
   </si>
   <si>
     <t>22.03.25</t>
   </si>
   <si>
     <t>Le Légué</t>
@@ -3357,53 +3366,50 @@
   <si>
     <t>10/05/2022</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/22/220510-ap-29-2022-05-10-0000x-nov-reouverture-baie-morlaix-aval-692d5990dfb3a490382430.pdf</t>
   </si>
   <si>
     <t>29.01.050</t>
   </si>
   <si>
     <t>Baie De Morlaix Large</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/29.01.050</t>
   </si>
   <si>
     <t>29.01.060</t>
   </si>
   <si>
     <t>Riviere De Penze</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/29.01.060</t>
   </si>
   <si>
-    <t>Groupe 2, Groupe 3</t>
-[...1 lines deleted...]
-  <si>
     <t>231016_AP_29-2023-10-16-0000x_REMI_levée_fermeture_gr_2_PENZE</t>
   </si>
   <si>
     <t>16/10/2023</t>
   </si>
   <si>
     <t>Abroge l'arrêté du 22/09/2023</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/23/231016-ap-29-2023-10-16-0000x-remi-levee-fermeture-gr-2-penze-692d5aab3e903842440845.pdf</t>
   </si>
   <si>
     <t>29.01.070</t>
   </si>
   <si>
     <t>Ile Callot</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/29.01.070</t>
   </si>
   <si>
     <t>210603_AP29-2021-06-03-0000x_ASP_levée_penze</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/21/210603-ap29-2021-06-03-0000x-asp-levee-penze-692d5915c399d271361994.pdf</t>
@@ -3549,57 +3555,63 @@
   <si>
     <t>Anses De Camfrout, Kerhuon Et Poul Ar Velin</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.020</t>
   </si>
   <si>
     <t>29.04.030</t>
   </si>
   <si>
     <t>Riviere De L'elorn Amont</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.030</t>
   </si>
   <si>
     <t>29.04.041</t>
   </si>
   <si>
     <t>Riviere De L'elorn Aval</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.041</t>
   </si>
   <si>
-    <t>250425_AP_29-2025-04-25-0000x_ASP_fermeture_Pectinidés_Rade_de_Brest</t>
-[...5 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/250425-ap-29-2025-04-25-0000x-asp-fermeture-pectinides-rade-de-brest-692d5bf39f25b985634513.pdf</t>
+    <t>Arrêté portant interdiction temporaire de la pêche, du ramassage, du transfert, de la purification, de l'expédition, de la distribution, de la commercialisation des pectinidés provenant de la zone marine "Rade de Brest" n°39</t>
+  </si>
+  <si>
+    <t>251030_AP_29-2025-10-30-00006_ASP_levée_partielle_rade_Brest_sud_Pectinides</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 25 avril 2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/251030-ap-29-2025-10-30-00006-asp-levee-partielle-rade-brest-sud-pectinides-692d5c1330faa025579021.pdf</t>
   </si>
   <si>
     <t>29.04.042</t>
   </si>
   <si>
     <t>Riviere De L'elorn Intermediaire</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.042</t>
   </si>
   <si>
     <t>29.04.060</t>
   </si>
   <si>
     <t>Anse Du Moulin Neuf</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.060</t>
   </si>
   <si>
     <t>29.04.070</t>
   </si>
   <si>
     <t>Anse De Penfoul</t>
   </si>
@@ -3660,53 +3672,50 @@
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.130</t>
   </si>
   <si>
     <t>29.04.150</t>
   </si>
   <si>
     <t>Baie De Roscanvel</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.150</t>
   </si>
   <si>
     <t>29.05.010</t>
   </si>
   <si>
     <t>Mer D'iroise Et Baie De Douarnenez</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/29.05.010</t>
   </si>
   <si>
     <t>251030_AP_29-2025-10-30-00003_ASP_fermeture_TC_sauf_pétoncles_amandes_spisules_praires_vernis_Douarnenez_eaux_profondes</t>
   </si>
   <si>
-    <t>30/10/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/251030-ap-29-2025-10-30-00003-asp-fermeture-tc-sauf-petoncles-amandes-spisules-praires-vernis-douarnenez-eaux-profondes-692d5c1442e2d105781365.pdf</t>
   </si>
   <si>
     <t>29.05.020</t>
   </si>
   <si>
     <t>Anse De Camaret</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/29.05.020</t>
   </si>
   <si>
     <t>- à l’intérieur des lignes Pointe du diable (commune de Plouzané) - Ancien fort Robert (commune de Roscanvel) et Pointe du Toulinguet (commune de Camaret/Mer) - Pointe Saint-Mathieu (commune de Plougonvelin).</t>
   </si>
   <si>
     <t>250430_AP_29-2025-04-30-0000x_ASP_fermeture_Pectinidés_Baie_Camaret</t>
   </si>
   <si>
     <t>30/04/2025</t>
   </si>
   <si>
     <t>Abroge l'arrêté du 31/03/2025</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/250430-ap-29-2025-04-30-0000x-asp-fermeture-pectinides-baie-camaret-692d5bf3ea5ef563539792.pdf</t>
@@ -4119,66 +4128,63 @@
   <si>
     <t>Abroge l'arrêté du 19/03/2025</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/250403-ap-29-2025-04-03-0000x-asp-levee-riviere-laita-692d5bdd73481400569850.pdf</t>
   </si>
   <si>
     <t>2956.08.110</t>
   </si>
   <si>
     <t>Anse De Stervilin</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/2956.08.110</t>
   </si>
   <si>
     <t>2B.01</t>
   </si>
   <si>
     <t>Etang De Diana</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/2B.01</t>
   </si>
   <si>
-    <t>Arrêté portant interdiction temporaire de la pêche maritime professionnelle et de loisir, du ramassage, de l'expédition, du transport, de la purification, du stockage et de la commercialisation des coquillages en provenance de l'étang de Diana. Pas de mesures de retrait / rappel - les exploitants avaient stoppé la commercialisation par mesure de précaution le 9 janvier 2026.</t>
-[...14 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-150126-fermeture-etang-diana-696a53bc7a857007928101.pdf</t>
+    <t>interdiction temporaire de la pêche maritime professionnelle et de loisir, du ramassage, de l’expédition, du transport, de la purification, du stockage et de la commercialisation des coquillages en provenance de l’étang de Diana</t>
+  </si>
+  <si>
+    <t>Huîtres creuses / huîtres plates</t>
+  </si>
+  <si>
+    <t>AP 05032026 - Fermeture etang Diana</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-05032026-fermeture-etang-diana-69a9dacad624b691961867.pdf</t>
   </si>
   <si>
     <t>2B.02</t>
   </si>
   <si>
     <t>Etang D'urbinu</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/2B.02</t>
   </si>
   <si>
     <t>30.01</t>
   </si>
   <si>
     <t>Etang Du Ponant</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/30.01</t>
   </si>
   <si>
     <t>arrêté DDTM34-2018-01-10042 portant ré-ouverture de la zone 30-01</t>
   </si>
   <si>
     <t>24/01/2019</t>
   </si>
@@ -4239,86 +4245,86 @@
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/11/11-arrete-du-23-fevrier-ouverture-bande-littorale-du-gard-692d58198aaa4780290185.pdf</t>
   </si>
   <si>
     <t>30.06</t>
   </si>
   <si>
     <t>Etang De Salonique</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/30.06</t>
   </si>
   <si>
     <t>30.07</t>
   </si>
   <si>
     <t>Centre Helio-marin</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/30.07</t>
   </si>
   <si>
     <t>33.01</t>
   </si>
   <si>
+    <t>Arguin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.01</t>
+  </si>
+  <si>
+    <t>Arrêté de réouverture coquillages BA 18- 01-2024</t>
+  </si>
+  <si>
+    <t>18/01/2024</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 27/12/2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-de-reouverture-coquillages-ba-18-01-2024-692d5afe7c5a4228097722.pdf</t>
+  </si>
+  <si>
     <t>Piraillan</t>
   </si>
   <si>
-    <t>https://id.eaufrance.fr/ZoneProdConchy/33.01</t>
-[...1 lines deleted...]
-  <si>
     <t>33.01 à 10B correspond aux zones 33.01, 33.02-03, 33.04, 33.05-06, 33.08, 33.10A et 33.10B</t>
   </si>
   <si>
     <t>2021-33_Arrêté de réouverture_SPREF33-I-T21031116160-1</t>
   </si>
   <si>
     <t>12/03/2021</t>
   </si>
   <si>
     <t xml:space="preserve">Abroge l'arrêté modifié du 18 février portant suspension de la pêche et du ramassage de tous les coquillages en provenance de toutes les zones de production du bassin d'Arcachon y compris le banc d'Arguin. </t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2021-33-arrete-de-reouverture-spref33-i-t21031116160-1-692d58f5eccf3253347782.pdf</t>
   </si>
   <si>
-    <t>Arguin</t>
-[...13 lines deleted...]
-  <si>
     <t>33.02</t>
   </si>
   <si>
     <t>Centre</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/33.02</t>
   </si>
   <si>
     <t>33.02.01</t>
   </si>
   <si>
     <t>Jacquets</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/33.02.01</t>
   </si>
   <si>
     <t>33.02.02</t>
   </si>
   <si>
     <t>Matelle</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/33.02.02</t>
@@ -4407,56 +4413,56 @@
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-levee-declassement-zone-33-07-le-teich-692d5aff4cc7d301191396.pdf</t>
   </si>
   <si>
     <t>33.08</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/33.08</t>
   </si>
   <si>
     <t>REMI AP Zone 33.08 levée de declassement SIGNE</t>
   </si>
   <si>
     <t>07/05/2024</t>
   </si>
   <si>
     <t>Arrêté abrogeant du 2024-05-07</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/re/remi-ap-zone-33-08-levee-de-declassement-signe-692d5b29143c7827605183.pdf</t>
   </si>
   <si>
     <t>33.09</t>
   </si>
   <si>
+    <t>Moulleau</t>
+  </si>
+  <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/33.09</t>
   </si>
   <si>
-    <t>Moulleau</t>
-[...1 lines deleted...]
-  <si>
     <t>33.10</t>
   </si>
   <si>
     <t>Intra Bassin</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/33.10</t>
   </si>
   <si>
     <t>33.10.A</t>
   </si>
   <si>
     <t>Intra-bassin</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/33.10.A</t>
   </si>
   <si>
     <t>33.10.A.R</t>
   </si>
   <si>
     <t>La Matelle (zone De Reparcage)</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/33.10.A.R</t>
@@ -4737,63 +4743,60 @@
   <si>
     <t>Canal Du Rhone A Sete</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/34.20</t>
   </si>
   <si>
     <t>34.21</t>
   </si>
   <si>
     <t>Lotissement Conchylicole Des Aresquiers</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/34.21</t>
   </si>
   <si>
     <t>34.22</t>
   </si>
   <si>
     <t>Etang De Vic Et Etang Des Moures</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/34.22</t>
   </si>
   <si>
-    <t>fermeture zone conchylicole 34.22 faisant suite à une contamination microbiologique E.coli.</t>
-[...11 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-26-xix-004-fermeture-34-22-signe-696109a1d071b091582578.pdf</t>
+    <t>levée des restrictions pour la zone conchylicole 34.22</t>
+  </si>
+  <si>
+    <t>AP_DDPP34-26-XIX-030_03022026</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-ddpp34-26-xix-030-03022026-69821025ed198468571684.pdf</t>
   </si>
   <si>
     <t>34.23</t>
   </si>
   <si>
     <t>Etang De Vic- Zones De Rejet</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/34.23</t>
   </si>
   <si>
     <t>34.24</t>
   </si>
   <si>
     <t>Etang De Pierre Blanche</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/34.24</t>
   </si>
   <si>
     <t>34.25</t>
   </si>
   <si>
     <t>Etang De L'arnel</t>
   </si>
@@ -4914,60 +4917,60 @@
   <si>
     <t>Port De Palavas</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/34.32</t>
   </si>
   <si>
     <t>34.32.01</t>
   </si>
   <si>
     <t>Canal Du Grau Du Lez</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/34.32.01</t>
   </si>
   <si>
     <t>34.33</t>
   </si>
   <si>
     <t>Bande Littorale De Palavas A L'embouchure Du Ponant</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/34.33</t>
   </si>
   <si>
-    <t>Ouverture AP 25-XIX-287_34.33_GTO-21112025</t>
-[...8 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ou/ouverture-ap-25-xix-287-34-33-gto-21112025-692d5c1a75acf287560246.pdf</t>
+    <t>Portant fermeture d’une zone de production avec interdiction temporaire de la récolte, de la pêche, du ramassage, du transfert de coquillages de taille marchande,_x000A_de l’expédition, de la distribution, de la mise en vente et de la vente pour la consommation humaine,  des coquillages du groupe 2 (tellines, couteaux, ...) de la zone 34.33 Bande littorale de Palavas à l’embouchure du Ponant suite à une contamination bactérienne (EColi)</t>
+  </si>
+  <si>
+    <t>AP 26-XIX-074_fermeture 34.33_11032026 signé</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-26-xix-074-fermeture-34-33-11032026-signe-69b18b1753ed9501732087.pdf</t>
   </si>
   <si>
     <t>34.34</t>
   </si>
   <si>
     <t>Port De Carnon</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/34.34</t>
   </si>
   <si>
     <t>34.35</t>
   </si>
   <si>
     <t>Port De La Grande Motte</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/34.35</t>
   </si>
   <si>
     <t>34.36</t>
   </si>
   <si>
     <t>Exterieur De L'embouchure Du Ponant</t>
   </si>
@@ -4980,155 +4983,155 @@
   <si>
     <t>Lagune De Thau</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/34.38</t>
   </si>
   <si>
     <t>Sauf huîtres et gastéropodes</t>
   </si>
   <si>
     <t>20221021-AP-DDPP34-2022-XIX-162 signé</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/20221021-ap-ddpp34-2022-xix-162-signe-692d59d6d992a485912868.pdf</t>
   </si>
   <si>
     <t>34.38.01</t>
   </si>
   <si>
     <t>Sète-pont Levis</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/34.38.01</t>
   </si>
   <si>
-    <t>Portant modification de l’arrêté préfectoral N°DDPP34-25-XIX-323 « fermeture des zones Lagune de Thau (34.38), Lotissements conchylicoles de l’Étang de Thau (34.39), zone des Eaux Blanches (34.40) et prescrivant des mesures de gestion liées à une contamination de ces coquillages par des norovirus »</t>
-[...17 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/re/recueil-special-n-269-du-30-decembre-2025-1-6954d76aab52c212009557-6954d8c692e98324003278.pdf</t>
+    <t>Portant levée de l’interdiction temporaire des mesures de gestion liées à des contaminations des coquillages bivalves filtreurs par des Norovirus des zones Lagune de Thau (34.38), Lotissements conchylicoles de l’Étang de Thau (34.39), zone des Eaux Blanches (34.40)</t>
+  </si>
+  <si>
+    <t>AP_OUVERTRUE_Norovirus_DDPP34_26_XIX_037V2-signé</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-ouvertrue-norovirus-ddpp34-26-xix-037v2-signe-69945307209a0973731023.pdf</t>
   </si>
   <si>
     <t>34.38.02</t>
   </si>
   <si>
     <t>Mèze-conque</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/34.38.02</t>
   </si>
   <si>
-    <t>Recueil spécial n°269 du 30 décembre 2025 (1)</t>
-[...5 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/re/recueil-special-n-269-du-30-decembre-2025-1-6954d76aab52c212009557.pdf</t>
+    <t>Portant fermeture d’une zone de production avec interdiction temporaire de la récolte, de la pêche, du ramassage, du transfert de coquillages de taille marchande,_x000A_de l’expédition, de la distribution, de la mise en vente et de la vente pour la consommation humaine, des coquillages du groupe 2 (palourdes, coques, couteaux ...) de la zone 34.38.02 – Mèze – Conque suite à une contamination bactérienne (E.Coli)</t>
+  </si>
+  <si>
+    <t>AP_DDPP-26-XIX-073signé</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-ddpp-26-xix-073signe-69b18acb1e017501418546.pdf</t>
   </si>
   <si>
     <t>34.38.03</t>
   </si>
   <si>
     <t>Marseillan-maldormir</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/34.38.03</t>
   </si>
   <si>
-    <t>Mollusques Bivalves Vivants</t>
-[...7 lines deleted...]
-  <si>
     <t>34.39</t>
   </si>
   <si>
     <t>Lotissements Conchylicoles</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/34.39</t>
   </si>
   <si>
     <t>Levée de mesures pour huîtres et moules</t>
   </si>
   <si>
     <t>55 - arrêté du 23 novembre ouverture zone conchylicole Thau</t>
   </si>
   <si>
     <t>23/11/2018</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/55/55-arrete-du-23-novembre-ouverture-zone-conchylicole-thau-692d584f9426e699623210.pdf</t>
   </si>
   <si>
     <t>34.39.01</t>
   </si>
   <si>
     <t>Zone A - Bouzigues-loupian</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/34.39.01</t>
   </si>
   <si>
+    <t>Portant levée des restrictions concernant la zone Bouzigues – Loupian (34.39.01) pour les coquillages du groupe 3</t>
+  </si>
+  <si>
+    <t>AP_OUVERTURE_E.coli_DDPP34_26_038V2-signé</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-ouverture-e-coli-ddpp34-26-038v2-signe-69945e18ca604318361071.pdf</t>
+  </si>
+  <si>
     <t>34.39.02</t>
   </si>
   <si>
     <t>Zone B - Mèze Marseillan</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/34.39.02</t>
   </si>
   <si>
+    <t>Huitres, Moules</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-ouvertrue-norovirus-ddpp34-26-xix-037v2-signe-699451c597f0e346118042.pdf</t>
+  </si>
+  <si>
     <t>34.40</t>
   </si>
   <si>
     <t>Zone Des Eaux Blanches</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/34.40</t>
   </si>
   <si>
+    <t>Palourdes, Praires</t>
+  </si>
+  <si>
     <t>34.41</t>
   </si>
   <si>
     <t>Crique De L'angle: Partie Sud</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/34.41</t>
   </si>
   <si>
     <t>AP ouverture DDPP34-23-XIX-049 signé_0_0</t>
   </si>
   <si>
     <t>03/03/2023</t>
   </si>
   <si>
     <t>Arrêté abrogeant</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-ouverture-ddpp34-23-xix-049-signe-0-0-692d5b1736b9a343129133.pdf</t>
   </si>
   <si>
     <t>34.42.01</t>
   </si>
   <si>
     <t>Etang De Thau : Sortie De La Pointe Courte</t>
@@ -5391,113 +5394,113 @@
   <si>
     <t>35.06.03</t>
   </si>
   <si>
     <t>Rivage Zone 3</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/35.06.03</t>
   </si>
   <si>
     <t>35.06.2</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/35.06.2</t>
   </si>
   <si>
     <t>35.06.3</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/35.06.3</t>
   </si>
   <si>
     <t>35.07</t>
   </si>
   <si>
+    <t>Cancale</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.07</t>
+  </si>
+  <si>
     <t>Zone 35-07</t>
   </si>
   <si>
-    <t>https://id.eaufrance.fr/ZoneProdConchy/35.07</t>
-[...4 lines deleted...]
-  <si>
     <t>35.08</t>
   </si>
   <si>
     <t>Stockage Cancale</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/35.08</t>
   </si>
   <si>
     <t>35.11</t>
   </si>
   <si>
     <t>Zone 35-11</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/35.11</t>
   </si>
   <si>
     <t>Zone Conchylicole Hirel</t>
   </si>
   <si>
     <t>20200109132651291</t>
   </si>
   <si>
     <t>09/01/2020</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/20200109132651291-692d589589b48327104604.pdf</t>
   </si>
   <si>
     <t>35.13</t>
   </si>
   <si>
+    <t>Zone Conchylicole Cherrueix</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.13</t>
+  </si>
+  <si>
     <t>Zone 35-13</t>
   </si>
   <si>
-    <t>https://id.eaufrance.fr/ZoneProdConchy/35.13</t>
-[...4 lines deleted...]
-  <si>
     <t>35.14</t>
   </si>
   <si>
+    <t>Zone 35-14</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.14</t>
+  </si>
+  <si>
     <t>Zone Conchylicole Les Hermelles</t>
   </si>
   <si>
-    <t>https://id.eaufrance.fr/ZoneProdConchy/35.14</t>
-[...4 lines deleted...]
-  <si>
     <t>35.15</t>
   </si>
   <si>
     <t>Super Est</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/35.15</t>
   </si>
   <si>
     <t>Zone 35-15</t>
   </si>
   <si>
     <t>35.16</t>
   </si>
   <si>
     <t>Zone 35-16</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/35.16</t>
   </si>
   <si>
     <t>Rivage Ouest</t>
   </si>
   <si>
     <t>35.17</t>
@@ -5790,147 +5793,162 @@
   <si>
     <t>25/07/2019</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-n-40-du-25-juillet-2019-692d58806eaf7251041686.pdf</t>
   </si>
   <si>
     <t>44.05.03</t>
   </si>
   <si>
     <t>Pointe De Penchâteau</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/44.05.03</t>
   </si>
   <si>
     <t>44.06</t>
   </si>
   <si>
     <t>Traict Du Croisic</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/44.06</t>
   </si>
   <si>
+    <t>Levée des interdictions qui portaient sur la zone 44.06 - maintien de celles de la zone 44.09.</t>
+  </si>
+  <si>
+    <t>26 03 10 réouverture 44.06 maintien fermeture 44.09</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/26/26-03-10-reouverture-44-06-maintien-fermeture-44-09-69b048f84dfb7490213273.pdf</t>
+  </si>
+  <si>
     <t>44.06.01</t>
   </si>
   <si>
     <t>Nord Traict Du Croisic</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/44.06.01</t>
   </si>
   <si>
+    <t>les 2 résultats successifs des analyses effectuées par Inovalys sur des huîtres prélevés les 23 février et 02 mars 2026, démontrant un retour à la normale sur la zone 44.06.01 – Petit Traict pour les coquillages du groupe 3</t>
+  </si>
+  <si>
+    <t>AP de fermeture 44.09 et ouverture 44.06.01</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-de-fermeture-44-09-et-ouverture-44-06-01-69a6f8f0d01b0088596921.pdf</t>
+  </si>
+  <si>
     <t>44.06.02</t>
   </si>
   <si>
     <t>Sud Traict Du Croisic</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/44.06.02</t>
   </si>
   <si>
     <t>44.07.01</t>
   </si>
   <si>
+    <t>Pointe De Penchateau</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.07.01</t>
+  </si>
+  <si>
+    <t>Arrêté de réouverture de la zone 44.07.01</t>
+  </si>
+  <si>
+    <t>25 12 31 arrêté réouverture REMI 44.07.01</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/25-12-31-arrete-reouverture-remi-44-07-01-6954f3e047d7d046744028.pdf</t>
+  </si>
+  <si>
     <t>Le Pouligen</t>
   </si>
   <si>
-    <t>https://id.eaufrance.fr/ZoneProdConchy/44.07.01</t>
-[...1 lines deleted...]
-  <si>
     <t>arrêté 37 du 25 juin 2020</t>
   </si>
   <si>
     <t>25/06/2020</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-37-du-25-juin-2020-692d58bb32a8c075157719.pdf</t>
   </si>
   <si>
-    <t>Pointe De Penchateau</t>
-[...13 lines deleted...]
-  <si>
     <t>44.07.02</t>
   </si>
   <si>
     <t>La Baule</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/44.07.02</t>
   </si>
   <si>
     <t xml:space="preserve">25 04 03 arrêté REPHYTOX réouverture partielle </t>
   </si>
   <si>
     <t>Modifie l'arrêté du 27/03/2025</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/25-04-03-arrete-rephytox-reouverture-partielle-692d5bd260393460536515.pdf</t>
   </si>
   <si>
     <t>44.08</t>
   </si>
   <si>
     <t>Pornichet - Les Ilots</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/44.08</t>
   </si>
   <si>
     <t>44.09</t>
   </si>
   <si>
     <t>Estuaire De La Loire</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/44.09</t>
   </si>
   <si>
-    <t>Ouverture d'une zone à exploitation occasionnelle</t>
-[...8 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/sc/scan-20251003152204-692d5c095e49e733100533.pdf</t>
+    <t>les résultats des analyses effectuées par Inovalys sur les palourdes prélevées les 18 février et 02 mars 2026 dans la zone 44.09  – Estuaire de la Loire montrent une contamination bactérienne dépassant la valeur seuil de 4600 E. coli pour 100 g (rapports d’analyses n° D260211611 et n° D260300564), et que ces coquillages sont susceptibles de ce fait d'entraîner un risque pour la santé humaine en cas d'ingestion</t>
   </si>
   <si>
     <t>44.09.01</t>
   </si>
   <si>
     <t>Secteur Côtier Saint-nazaire</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/44.09.01</t>
   </si>
   <si>
     <t>44.09.02</t>
   </si>
   <si>
     <t>Estuaire de la Loire – Secteur Sud</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/44.09.02</t>
   </si>
   <si>
     <t>44.10</t>
   </si>
   <si>
     <t>Embouchure - Banc Du Nord</t>
   </si>
@@ -6237,68 +6255,68 @@
   <si>
     <t>Abroge l'arrêté du 18/09/2025</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/2-/2-ap-de-reouverture-de-la-zone-50-12-pirou-nord-gr3-gr2-signe-692d5c07be5d2373913031.pdf</t>
   </si>
   <si>
     <t>50.13</t>
   </si>
   <si>
     <t>Pirou Sud</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/50.13</t>
   </si>
   <si>
     <t>AP_2018-005_portant_reouverture_zone_pirou_sud</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-2018-005-portant-reouverture-zone-pirou-sud-692d5818eae62043631918.pdf</t>
   </si>
   <si>
     <t>50.14</t>
   </si>
   <si>
+    <t>Blainville-gouville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.14</t>
+  </si>
+  <si>
     <t>Gouville - Blainville</t>
   </si>
   <si>
-    <t>https://id.eaufrance.fr/ZoneProdConchy/50.14</t>
-[...1 lines deleted...]
-  <si>
     <t>AP_CM-S-2020_009_levee_interdiction</t>
   </si>
   <si>
     <t>09/09/2020</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-cm-s-2020-009-levee-interdiction-692d58c6126ab101072672.pdf</t>
   </si>
   <si>
-    <t>Blainville-gouville</t>
-[...1 lines deleted...]
-  <si>
     <t>50.14.002</t>
   </si>
   <si>
     <t>Gouville/blainville</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/50.14.002</t>
   </si>
   <si>
     <t>50.14.01</t>
   </si>
   <si>
     <t>Anneville-sur-mer</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/50.14.01</t>
   </si>
   <si>
     <t>Arrêté CM S 2021 011</t>
   </si>
   <si>
     <t>16/07/2021</t>
   </si>
   <si>
     <t>Abroge l'arrêté du 2 juillet 2021</t>
@@ -6594,68 +6612,80 @@
   <si>
     <t>Zone Du Large – Belle Ile</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.01.1</t>
   </si>
   <si>
     <t>2025-04-10-ASP-modif-fermeture-coquilles-st-jacques-Belle-ile-Hout-Hoedic</t>
   </si>
   <si>
     <t>Modifie l'arrêté du 08/04/2025</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-04-10-asp-modif-fermeture-coquilles-st-jacques-belle-ile-hout-hoedic-692d5bec1b26d950037234.pdf</t>
   </si>
   <si>
     <t>56.01.2</t>
   </si>
   <si>
     <t>Zone Du Large - Ile De Groix - Zone De Parcs</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.01.2</t>
   </si>
   <si>
+    <t>levée de Déclassement de A en B pour le groupe 3</t>
+  </si>
+  <si>
+    <t>2026-03-12_REMI_levée - Declassement_A-en-B_groupe-3_zone-du-large_ile-de-groix-zone-de-parcs_56-01-2</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-03-12-remi-levee-declassement-a-en-b-groupe-3-zone-du-large-ile-de-groix-zone-de-parcs-56-01-2-69b2d093a7eb9847186018.pdf</t>
+  </si>
+  <si>
+    <t>56.01.3</t>
+  </si>
+  <si>
+    <t>Zone Du Large - Ile De Groix - Bande Cotiere</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.01.3</t>
+  </si>
+  <si>
     <t>2025-10-23-DSP-Ouverture-coquillages_groix_rade_port_louis</t>
   </si>
   <si>
     <t>Abroge l'arrêté du 25/09/2025</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-10-23-dsp-ouverture-coquillages-groix-rade-port-louis-692d5bff6893c859422122.pdf</t>
   </si>
   <si>
-    <t>56.01.3</t>
-[...7 lines deleted...]
-  <si>
     <t>56.01.4</t>
   </si>
   <si>
     <t>Zone Du Large - Belle Ile</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.01.4</t>
   </si>
   <si>
     <t>56.01.5</t>
   </si>
   <si>
     <t>Zone Du Large - Ile De Houat</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.01.5</t>
   </si>
   <si>
     <t>56.01.6</t>
   </si>
   <si>
     <t>Zone Du Large - Ile De Hoedic</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.01.6</t>
@@ -6729,69 +6759,81 @@
   <si>
     <t>Abroge l'arrêté du 21/03/2025</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-04-11-asp-ouverture-tous-coquillages-le-blavet-692d5bec7afc1462554037.pdf</t>
   </si>
   <si>
     <t>56.04.2</t>
   </si>
   <si>
     <t>Lorient - Le Blavet Amont</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.04.2</t>
   </si>
   <si>
     <t>56.04.3</t>
   </si>
   <si>
     <t>Lorient - Le Blavet Aval</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.04.3</t>
   </si>
   <si>
+    <t>levée d'interdiction pour le groupe 3</t>
+  </si>
+  <si>
+    <t>2026-03-13_levee_interdiction_56-04-3_lorient_le-blavet-aval-groupe 3</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-03-13-levee-interdiction-56-04-3-lorient-le-blavet-aval-groupe-3-69b4255f5c550559597838.pdf</t>
+  </si>
+  <si>
     <t>56.04.4</t>
   </si>
   <si>
     <t>Lorient - Petite Mer De Gavres</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.04.4</t>
   </si>
   <si>
-    <t>Fermeture de zone pour groupe 2</t>
-[...8 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-01-21-remi-fermeture-groupe-2-lorient-petite-mer-de-gavres-56-04-4-69708a07663c4462639543.pdf</t>
+    <t>levée d'interdiction groupe 2</t>
+  </si>
+  <si>
+    <t>2026-03-09_levee_interdiction_56-04-4_lorient-petite-mer-de-gavres__Gr2</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-03-09-levee-interdiction-56-04-4-lorient-petite-mer-de-gavres-gr2-69ae99697cdbb778848108.pdf</t>
   </si>
   <si>
     <t>56.04.5</t>
   </si>
   <si>
     <t>Lorient - Cote Entre La Rade De Port-louis Et La Riviere D'etel</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.04.5</t>
   </si>
   <si>
     <t>56.05.1</t>
   </si>
   <si>
     <t>Riviere D'etel - Bras De Nostang</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.05.1</t>
   </si>
   <si>
     <t>Alerte toxinique (ASP)</t>
   </si>
   <si>
     <t>2025-04-10-ASP-Ouverture-tous-coquillages-Riviere-Etel</t>
   </si>
@@ -6816,63 +6858,60 @@
   <si>
     <t>Riviere D'etel - Anse Du Listrec</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.05.3</t>
   </si>
   <si>
     <t>56.05.4</t>
   </si>
   <si>
     <t>Riviere D'etel - La Cote</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.05.4</t>
   </si>
   <si>
     <t>56.05.5</t>
   </si>
   <si>
     <t>Riviere D'etel - Beg Er Vil</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.05.5</t>
   </si>
   <si>
-    <t>déclassement de la zone de A en B</t>
-[...11 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-01-19-remi-declassement-a-en-b-groupe-3-beg-er-vil-56-05-5-696e31c491a95602333339.pdf</t>
+    <t>portant levée de l’interdiction temporaire de la pêche, du ramassage, du transport, de l’expédition, du stockage, de la distribution, de la commercialisation et de la mise à la consommation humaine des bivalves fouisseurs – groupe 2 (palourdes, …) en provenance de la zone de production conchylicole_x000A_n° 56.05.5 – Rivière d’Etel – Beg Er Vil</t>
+  </si>
+  <si>
+    <t>2026-01-28_levee_interdiction_56-05-5_Riviere-Etel_Beg-Er-Vil_Gr2</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-01-28-levee-interdiction-56-05-5-riviere-etel-beg-er-vil-gr2-697b2b66235d9760988384.pdf</t>
   </si>
   <si>
     <t>56.05.6</t>
   </si>
   <si>
     <t>Riviere D'etel - Anse Du Sach</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.05.6</t>
   </si>
   <si>
     <t>56.06.1</t>
   </si>
   <si>
     <t>Bande Cotiere Entre La Riviere D'etel Et Penthievre</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.06.1</t>
   </si>
   <si>
     <t>2025-14-11_DSP_AP-fermeture_tellines_Penthievre</t>
   </si>
   <si>
     <t>14/11/2025</t>
   </si>
@@ -6930,60 +6969,63 @@
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.08.1</t>
   </si>
   <si>
     <t>Arrêté préfectoral de levée d'interdiction (tellines)</t>
   </si>
   <si>
     <t>tellines</t>
   </si>
   <si>
     <t>2025-12-18-DSP-Ouverture-tellines_penthievre</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-12-18-dsp-ouverture-tellines-penthievre-694407ca4e007956694646.pdf</t>
   </si>
   <si>
     <t>56.08.10</t>
   </si>
   <si>
     <t>Baie De Plouharnel Nord</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.08.10</t>
   </si>
   <si>
-    <t>Déclassement de A en B</t>
-[...8 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-01-23-remi-declassement-a-en-b-groupe-3-baie-plouharnel-nord-56-08-10-6973849424c8b172408455.pdf</t>
+    <t>Levée de Déclassement de A en B pour le groupe 3</t>
+  </si>
+  <si>
+    <t>huitres...</t>
+  </si>
+  <si>
+    <t>2026-02-06_REMI_levée - Declassement_A-en-B_groupe-3_baie-plouharnel-nord_56-08-10</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-02-06-remi-levee-declassement-a-en-b-groupe-3-baie-plouharnel-nord-56-08-10-6985e5ea2c689548833480.pdf</t>
   </si>
   <si>
     <t>56.08.11</t>
   </si>
   <si>
     <t>Baie De Plouharnel Sud</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.08.11</t>
   </si>
   <si>
     <t>56.08.2</t>
   </si>
   <si>
     <t>Baie De Quiberon - Baie De Quiberon</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.08.2</t>
   </si>
   <si>
     <t>56.08.20</t>
   </si>
   <si>
     <t>Baie De Quiberon Nord</t>
   </si>
@@ -7020,75 +7062,81 @@
   <si>
     <t>Abroge l'arrêté du 07/11/2024</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2024-11-21-dsp-ap-ouverture-tous-coquillages-zone-riviere-de-crach-057p-005-692d5ba7a9937232602708.pdf</t>
   </si>
   <si>
     <t>56.09.1</t>
   </si>
   <si>
     <t>Riviere De Crach - Riviere De Crach Amont</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.09.1</t>
   </si>
   <si>
     <t>56.09.2</t>
   </si>
   <si>
     <t>Riviere De Crach - Kerlearec</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.09.2</t>
   </si>
   <si>
-    <t>fermeture de zone pour groupe 3</t>
-[...5 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-01-21-remi-fermeture-groupe-3-riviere-de-crac-h-kerlearec-56-09-2-69708a49e8b01825322238.pdf</t>
+    <t>Ouverture groupe 3</t>
+  </si>
+  <si>
+    <t>huîtres...</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026-02-05_levee_interdiction_56-09-2_Riviere de Crach Kerlearec - groupe 3 </t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-02-05-levee-interdiction-56-09-2-riviere-de-crach-kerlearec-groupe-3-6984725d7054b964922857.pdf</t>
   </si>
   <si>
     <t>56.09.3</t>
   </si>
   <si>
     <t>Riviere De Crach - Les Presses</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.09.3</t>
   </si>
   <si>
-    <t>Fermeture pour le groupe 2</t>
-[...5 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-01-23-remi-fermeture-groupe-2-crach-les-presses-56-09-3-69738486a25f8496992989.pdf</t>
+    <t>levée d'interdiction pour le groupe 2</t>
+  </si>
+  <si>
+    <t>2026-03-05_levee_interdiction_56-09-3_riviere-de-crach_les-presses_Gr2</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-03-05-levee-interdiction-56-09-3-riviere-de-crach-les-presses-gr2-69aa86a983140715377136.pdf</t>
   </si>
   <si>
     <t>56.10.1</t>
   </si>
   <si>
     <t>Riviere De St Philibert</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.10.1</t>
   </si>
   <si>
     <t>2025-04-16-ASP-Ouverture-tous-coquillages-St-Philibert</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-04-16-asp-ouverture-tous-coquillages-st-philibert-692d5bef6ab93626287044.pdf</t>
   </si>
   <si>
     <t>56.11.1</t>
   </si>
   <si>
     <t>Anse De Locmariaquer - Le Breneguy</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.11.1</t>
   </si>
@@ -7098,72 +7146,78 @@
   <si>
     <t>Riviere D'auray - Riviere Le Loch</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.12.1</t>
   </si>
   <si>
     <t>56.12.2</t>
   </si>
   <si>
     <t>Riviere D'auray - Riviere Le Bono</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.12.2</t>
   </si>
   <si>
     <t>56.12.3</t>
   </si>
   <si>
     <t>Riviere D'auray - Le Rohello</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.12.3</t>
   </si>
   <si>
-    <t>2026-01-09_levee_interdiction_56-12-3_le-rohello-Gr2</t>
-[...2 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-01-09-levee-interdiction-56-12-3-le-rohello-gr2-6960ff863af3b477192808.pdf</t>
+    <t>Déclassement de A en B pour le groupe 3</t>
+  </si>
+  <si>
+    <t>2026-03-12_REMI_Declassement_A-en-B_groupe-2_56-12-3_rivière d'auray-le-rohello</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-03-12-remi-declassement-a-en-b-groupe-2-56-12-3-riviere-d-auray-le-rohello-69b2d0340bdc8853682683.pdf</t>
   </si>
   <si>
     <t>56.12.4</t>
   </si>
   <si>
     <t>Riviere D'auray Aval Et Anse De Baden</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.12.4</t>
   </si>
   <si>
-    <t>2025-12-10_REMI_Declassement_A-en-B_groupe-2_anse-de-baden_56-12-4</t>
-[...5 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-12-10-remi-declassement-a-en-b-groupe-2-anse-de-baden-56-12-4-6939990c0364d816918250.pdf</t>
+    <t>Déclassement de A en B pour le groupe 2</t>
+  </si>
+  <si>
+    <t>2026-03-06_REMI_Declassement_A-en-B_groupe-2_56-12-4_rivière d'auray aval anse de baden</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-03-06-remi-declassement-a-en-b-groupe-2-56-12-4-riviere-d-auray-aval-anse-de-baden-69aaca6077840237804119.pdf</t>
   </si>
   <si>
     <t>56.13.1</t>
   </si>
   <si>
     <t>Golfe Du Morbihan</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.1</t>
   </si>
   <si>
     <t>56.13.10</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.10</t>
   </si>
   <si>
     <t>Coquillages bivalves fouisseurs</t>
   </si>
   <si>
     <t>2023-05-17_AP_levee_declassement_56-13-10_groupe2_0</t>
   </si>
   <si>
     <t>17/05/2023</t>
   </si>
@@ -7254,54 +7308,54 @@
   <si>
     <t>Golfe Du Morbihan - Vasiere De Rosvelec</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.3</t>
   </si>
   <si>
     <t>56.13.4</t>
   </si>
   <si>
     <t>Golfe Du Morbihan - Sene Bourg</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.4</t>
   </si>
   <si>
     <t>56.13.5</t>
   </si>
   <si>
     <t>Golfe Du Morbihan - Iles De Boede Et Boedic</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.5</t>
   </si>
   <si>
-    <t>2026-01-23_REMI_Declassement_A-en-B_groupe-3_boede-boedic_56-13-5</t>
-[...2 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-01-23-remi-declassement-a-en-b-groupe-3-boede-boedic-56-13-5-69738478a80ce188857362.pdf</t>
+    <t>2026-03-13_REMI_Declassement_A-en-B_groupe-2_56-13-5_golfe-du-morbihan_ile-boede_et_boedic</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-03-13-remi-declassement-a-en-b-groupe-2-56-13-5-golfe-du-morbihan-ile-boede-et-boedic-69b3dd6071dc8423807760.pdf</t>
   </si>
   <si>
     <t>56.13.6</t>
   </si>
   <si>
     <t>Golfe Du Morbihan - Chenal De St Leonard</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.6</t>
   </si>
   <si>
     <t>56.13.7</t>
   </si>
   <si>
     <t>Golfe Du Morbihan - Riviere De Noyalo</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.7</t>
   </si>
   <si>
     <t>2025-11-27_Levee_declassement_56.13.7_Riviere-Noyalo_groupe-3</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
@@ -7350,57 +7404,57 @@
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.1</t>
   </si>
   <si>
     <t>2023-10-27_Levée_interdiction_tscoquillages_riviere_de_Penerf</t>
   </si>
   <si>
     <t>27/10/2023</t>
   </si>
   <si>
     <t>Abroge l'arrêté du 23/10/2023</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2023-10-27-levee-interdiction-tscoquillages-riviere-de-penerf-692d5abad8609881901088.pdf</t>
   </si>
   <si>
     <t>56.15.10</t>
   </si>
   <si>
     <t>Rivière De Penerf</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.10</t>
   </si>
   <si>
-    <t>2023-10-27_Levée_interdiction_tscoquillages_Gr2_56-15-10 _Penerf</t>
-[...5 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2023-10-27-levee-interdiction-tscoquillages-gr2-56-15-10-penerf-692d5abb996f7881405906.pdf</t>
+    <t>Levée d'interdiction pour le groupe 2</t>
+  </si>
+  <si>
+    <t>2026-02-25_levee_interdiction_56-15-10_riviere-de-penerf__Gr2</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-02-25-levee-interdiction-56-15-10-riviere-de-penerf-gr2-699eeda5bf56a021529559.pdf</t>
   </si>
   <si>
     <t>56.15.2</t>
   </si>
   <si>
     <t>Riviere De Penerf - Etier De Caden</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.2</t>
   </si>
   <si>
     <t>56.15.3</t>
   </si>
   <si>
     <t>Riviere De Penerf - Etier De Sainte Anne</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.3</t>
   </si>
   <si>
     <t>2024-11-08_Levee_declassement_56.15.3_Etier_Ste_Anne_groupe3</t>
   </si>
   <si>
     <t>08/11/2024</t>
   </si>
@@ -7416,63 +7470,57 @@
   <si>
     <t>Riviere De Penerf - Etier De L'epinay</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.4</t>
   </si>
   <si>
     <t>56.15.5</t>
   </si>
   <si>
     <t>Riviere De Penerf - Chenal D'ambon</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.5</t>
   </si>
   <si>
     <t>56.15.6</t>
   </si>
   <si>
     <t>Riviere De Penerf</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.6</t>
   </si>
   <si>
-    <t>Levée Alerte N2 , déclassement zone A en B</t>
-[...11 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-08-06-levee-declassement-56-15-6-riviere-de-penerf-groupe-3-692d5c023f6ca619290720.pdf</t>
+    <t>levée de déclassement de A en B pour le groupe 3</t>
+  </si>
+  <si>
+    <t>2026-03-11_REMI_levée - Declassement_A-en-B_groupe-3_riviere-de-penerf_56-15-6</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-03-11-remi-levee-declassement-a-en-b-groupe-3-riviere-de-penerf-56-15-6-69b17a1b26da7379440780.pdf</t>
   </si>
   <si>
     <t>56.15.7</t>
   </si>
   <si>
     <t>Embouchure De La Riviere De Penerf</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.7</t>
   </si>
   <si>
     <t>2023-12-29_Réouverture de la zone_56-13-7_embouchure_de_Penerf_Norovirus</t>
   </si>
   <si>
     <t>22/12/2023</t>
   </si>
   <si>
     <t>Arrêté abrogeant du 2023-12-29</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2023-12-29-reouverture-de-la-zone-56-13-7-embouchure-de-penerf-norovirus-692d5ae8df625554956457.pdf</t>
   </si>
   <si>
     <t>56.15.8</t>
   </si>
@@ -7551,57 +7599,54 @@
   <si>
     <t>2025-06-13-DSP-Ouverture-coquillage-gr3_Estuaire-Vilaine</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-06-13-dsp-ouverture-coquillage-gr3-estuaire-vilaine-692d5bfd7467c384830136.pdf</t>
   </si>
   <si>
     <t>56.17.4</t>
   </si>
   <si>
     <t>Estuaire De La Vilaine - Baie De La Vilaine</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.17.4</t>
   </si>
   <si>
     <t>56.17.5</t>
   </si>
   <si>
     <t>Estuaire De La Vilaine - Côte De La Mine D'or</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.17.5</t>
   </si>
   <si>
-    <t>2025-11-14-DSP-Ouverture-coquillages_cote-mine-dor_projet</t>
-[...5 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2025-11-14-dsp-ouverture-coquillages-cote-mine-dor-projet-692d5c1769e8b705410359.pdf</t>
+    <t>2026-03-12_REMI_levée - Declassement_A-en-B_groupe-3_estuaire-de-la-vilaine-cote-de-la-mine-d'or_56-17-5</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2026-03-12-remi-levee-declassement-a-en-b-groupe-3-estuaire-de-la-vilaine-cote-de-la-mine-d-or-56-17-5-69b2d0cc7e2a6313093527.pdf</t>
   </si>
   <si>
     <t>56.17.6</t>
   </si>
   <si>
     <t>Estuaire De La Vilaine - Cote De La Mine D'or</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.17.6</t>
   </si>
   <si>
     <t>56.17.7</t>
   </si>
   <si>
     <t>Estuaire De La Vilaine - Rivière De Vilaine</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/56.17.7</t>
   </si>
   <si>
     <t>2021-07-05_DSP_AP_Ouverture_Estuaire_de_la_Vilaine_0</t>
   </si>
   <si>
     <t>05/07/2021</t>
   </si>
@@ -8091,179 +8136,194 @@
   <si>
     <t>Zone 83-01.01</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/83.01.01</t>
   </si>
   <si>
     <t>83.02</t>
   </si>
   <si>
     <t>Zone 83-02</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/83.02</t>
   </si>
   <si>
     <t>83.02.01</t>
   </si>
   <si>
     <t>Baie Du Lazaret</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/83.02.01</t>
   </si>
   <si>
-    <t>interdiction temporaire, de la pêche, du ramassage, du transport, de la purification, de l'expédition, du stockage, de la distribution, de la commercialisation et de la mise à la consommation humaine des coquillages issus de la zone 83.02.01 lazaret et avec prescription des mesures de gestion complémentaires liées à une contamination de ces coquillages par un Norovirus.</t>
+    <t>Abrogation de l'AP DDTM/DDPP/CM-1-2026</t>
+  </si>
+  <si>
+    <t>Huîtres et Moules</t>
+  </si>
+  <si>
+    <t>AP levée d interdiction Zone Lazaret crise Norovirus</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-levee-d-interdiction-zone-lazaret-crise-norovirus-69a1d4a12ed47109897701.pdf</t>
+  </si>
+  <si>
+    <t>83.02.02</t>
+  </si>
+  <si>
+    <t>Zone 83-02.02</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/83.02.02</t>
+  </si>
+  <si>
+    <t>83.03</t>
+  </si>
+  <si>
+    <t>Zone 83-03</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/83.03</t>
+  </si>
+  <si>
+    <t>83.03.01</t>
+  </si>
+  <si>
+    <t>Zone 83-03.01</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/83.03.01</t>
+  </si>
+  <si>
+    <t>83.03.02</t>
+  </si>
+  <si>
+    <t>Zone 83-03.02</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/83.03.02</t>
+  </si>
+  <si>
+    <t>83.03.03</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/83.03.03</t>
+  </si>
+  <si>
+    <t>85.01.01</t>
+  </si>
+  <si>
+    <t>Baie De Bourgneuf - Nord-ouest Du Gois</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/85.01.01</t>
+  </si>
+  <si>
+    <t>AP_D-2020-287</t>
+  </si>
+  <si>
+    <t>07/05/2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-d-2020-287-692d58a94e02c877298187.pdf</t>
+  </si>
+  <si>
+    <t>85.01.02</t>
+  </si>
+  <si>
+    <t>Sud Jetee Des Ileaux</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/85.01.02</t>
   </si>
   <si>
     <t>huîtres et moules</t>
   </si>
   <si>
-    <t>AP signé prefet Norovirus 2</t>
-[...73 lines deleted...]
-  <si>
     <t>20210305_ARRETE_85.01.02</t>
   </si>
   <si>
     <t>05/03/2021</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/20210305-arrete-85-01-02-692d58f27625f706661991.pdf</t>
   </si>
   <si>
+    <t>La zone de production n°85.01.02 « Sud jetée des ileaux» est fermée à compter du 12 mars 2026 pour les coquillages filtreurs du groupe 2 et du groupe 3._x000A__x000A_Les coquillages filtreurs, quelle que soit leur espèce, qui ont été pêchés ou ramassés dans la zone n°85.01.02 « Sud jetée des ileaux» depuis le 24 février 2026, sont considérés comme dangereux / susceptibles d’être dangereux car préjudiciables à la santé humaine au sens de l’article 14 du règlement (CE) n°178/2002._x000A__x000A_Les coquillages retrempés dans de l’eau pompée depuis le 24 février 2026 dans la zone n°85.01.02 « Sud jetée des ileaux», sont considérés comme dangereux / susceptibles d’être dangereux car préjudiciables à la santé humaine au sens de l’article 14 du règlement (CE) n°178/2002.</t>
+  </si>
+  <si>
+    <t>Norovirus</t>
+  </si>
+  <si>
+    <t>Arrêté n°2026-DDTM85-131</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-n-2026-ddtm85-131-69b3058672471285009246.pdf</t>
+  </si>
+  <si>
+    <t>85.01.03</t>
+  </si>
+  <si>
+    <t>Baie De Bourgneuf - Nord-est Du Gois</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/85.01.03</t>
+  </si>
+  <si>
+    <t>2021_01_22_AP_20ouverture_NEGois</t>
+  </si>
+  <si>
+    <t>22/01/2021</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2021-01-22-ap-20ouverture-negois-692d58e108e32532906328.pdf</t>
+  </si>
+  <si>
+    <t>85.01.04</t>
+  </si>
+  <si>
+    <t>Les Sableaux</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/85.01.04</t>
+  </si>
+  <si>
     <t>Arrêté abroge les dispositions pour la baie de bourgneuf et Noirmoutier_x000A_Les mesures sur le secteur de l'ile d'yeu sont maintenues</t>
   </si>
   <si>
     <t>250325_ouverture partielleASP-BaieBourgneuf</t>
   </si>
   <si>
     <t>Abroge l'arrêté du 27/03/2025</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/25/250325-ouverture-partielleasp-baiebourgneuf-692d5bd019ded643323907.pdf</t>
   </si>
   <si>
-    <t>85.01.03</t>
-[...25 lines deleted...]
-  <si>
     <t>85.01.05</t>
   </si>
   <si>
     <t>Gresseloup</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/85.01.05</t>
   </si>
   <si>
     <t>85.01.06</t>
   </si>
   <si>
     <t>Grill Sud</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/85.01.06</t>
   </si>
   <si>
     <t>85.02.01</t>
   </si>
   <si>
     <t>Sud Du Gois : Fromentine</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/85.02.01</t>
@@ -8274,59 +8334,59 @@
   <si>
     <t>Sud Du Gois : La Fosse</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/85.02.02</t>
   </si>
   <si>
     <t>Sud Du Gois : La Fosse - Sud Jetee Des Ileaux</t>
   </si>
   <si>
     <t>85.03</t>
   </si>
   <si>
     <t>Paillard - La Gueriniere</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/85.03</t>
   </si>
   <si>
     <t>Paillard-la Gueriniere</t>
   </si>
   <si>
     <t>85.04</t>
   </si>
   <si>
+    <t>La Fandiere-la Fosse</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/85.04</t>
+  </si>
+  <si>
     <t>La Fandiere - La Fosse</t>
   </si>
   <si>
-    <t>https://id.eaufrance.fr/ZoneProdConchy/85.04</t>
-[...4 lines deleted...]
-  <si>
     <t>85.05</t>
   </si>
   <si>
     <t>Lotissement Des Filieres De L?ile D?yeu</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/85.05</t>
   </si>
   <si>
     <t>85.05.01</t>
   </si>
   <si>
     <t>Lotissement Des Filieres De L'ile D'yeu</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/85.05.01</t>
   </si>
   <si>
     <t>Tous les groupes ont été renseignés car la pêche à pied de loisir était interdite _x000A_également</t>
   </si>
   <si>
     <t>ARRETE_236_YEU</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ar/arrete-236-yeu-692d5bef0882f256361169.pdf</t>
@@ -8352,75 +8412,75 @@
   <si>
     <t>Parcs Du Havre De La Gachere</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/85.06</t>
   </si>
   <si>
     <t>La zone conchylicole de la Gachère ( 85.06) est située hors DPM. Dés lors, la surveillance sanitaire n'incombe pas à l'Etat._x000A_En 2021, les 3 concessionnaires ont signé une convention de surveillance financée par eux-mêmes avec le LEAVendée, visée par DDTM et DDPP. Au terme de cette année 2021, les pros ont renoncé à la surveillance, à la production et la commercialisation des huîtres de ce secteur._x000A__x000A_En 2022, la surveillance s'est donc arrêtée. Nous avions prévu de modifier l'AP de classement sanitaire en ce sens après l'instance de concertation de juillet 2022, en intégrant le redécoupage des zones conchylicoles de la baie de Bourgneuf suite aux résultats attendus de l'étude de zone d'Ifremer, prévus initialement en printemps 2022._x000A__x000A_Ces résultats ne sont toujours pas sortis et l'AP de classement sanitaire n'a toujours pas été révisé. La zone de la Gachère est donc toujours classée._x000A_Pour éviter les risques de vente à la sauvette par les propriétaires riverains du secteur de la Gachère qui pourraient être tentés de commercialiser les huîtres qu'ils produisent à des fins de consommation personnelle et familiale, nous avons souhaité avec la DDPP rendre plus visible l'interdiction de commercialisation via un AP, avant le déclassement définitif de cette zone, une fois les résultats de l'Ifremer transmis, annoncés pour début 2023.</t>
   </si>
   <si>
     <t>AP_Fermeture _85.06_Gachère</t>
   </si>
   <si>
     <t>15/12/2022</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-fermeture-85-06-gachere-692d59e8c0dda747532365.pdf</t>
   </si>
   <si>
     <t>Parcs Du Havre De La Gacherie</t>
   </si>
   <si>
     <t>85.07</t>
   </si>
   <si>
+    <t>Chenaux De Payre</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/85.07</t>
+  </si>
+  <si>
+    <t>2021_85_0312_ARRETE_Réouverture_Talmont2-1</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2021-85-0312-arrete-reouverture-talmont2-1-692d58f4b64f0172526239.pdf</t>
+  </si>
+  <si>
     <t>Chenaux Du Payre</t>
   </si>
   <si>
-    <t>https://id.eaufrance.fr/ZoneProdConchy/85.07</t>
-[...1 lines deleted...]
-  <si>
     <t>AP2024_14_reouverture_noro_Payre</t>
   </si>
   <si>
     <t>12/01/2024</t>
   </si>
   <si>
     <t>Abroge l'arrêté du 03/01/2024</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap2024-14-reouverture-noro-payre-692d5af6f2515521752394.pdf</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/20/2021-85-0312-arrete-reouverture-talmont2-1-692d58f4b64f0172526239.pdf</t>
   </si>
   <si>
     <t>85.08.01</t>
   </si>
   <si>
     <t>Lotissement Des Filieres Du Pertuis Breton</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/85.08.01</t>
   </si>
   <si>
     <t>AP_levée_filieres</t>
   </si>
   <si>
     <t>Abroge l'arrêté du 30 mai 2023</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/decree/status/ap/ap-levee-filieres-692d5a5b326f2281837021.pdf</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>20/05/2020</t>
   </si>
@@ -9245,56 +9305,56 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M732"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="M1" sqref="M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="147.393" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="548.438" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="21.138" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="498.878" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="450.604" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="248.796" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>21</v>
       </c>
@@ -9325,17284 +9385,17311 @@
         <v>38</v>
       </c>
       <c r="H2" t="s">
         <v>39</v>
       </c>
       <c r="M2" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>41</v>
       </c>
       <c r="B3" t="s">
         <v>42</v>
       </c>
       <c r="C3" t="s">
         <v>43</v>
       </c>
       <c r="D3" t="s">
         <v>44</v>
       </c>
       <c r="E3" t="s">
         <v>45</v>
       </c>
+      <c r="F3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G3" t="s">
+        <v>47</v>
+      </c>
+      <c r="H3" t="s">
+        <v>48</v>
+      </c>
+      <c r="I3" t="s">
+        <v>49</v>
+      </c>
+      <c r="J3" t="s">
+        <v>50</v>
+      </c>
+      <c r="K3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M3" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="B4" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="D4" t="s">
         <v>44</v>
       </c>
       <c r="E4" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="C5" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="D5" t="s">
         <v>44</v>
       </c>
       <c r="E5" t="s">
-        <v>45</v>
+        <v>56</v>
+      </c>
+      <c r="F5" t="s">
+        <v>60</v>
+      </c>
+      <c r="H5" t="s">
+        <v>61</v>
+      </c>
+      <c r="I5" t="s">
+        <v>62</v>
+      </c>
+      <c r="J5" t="s">
+        <v>63</v>
+      </c>
+      <c r="K5" t="s">
+        <v>64</v>
+      </c>
+      <c r="M5" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="C6" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="D6" t="s">
         <v>44</v>
       </c>
       <c r="E6" t="s">
-        <v>45</v>
-[...14 lines deleted...]
-        <v>59</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="B7" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="D7" t="s">
         <v>44</v>
       </c>
       <c r="E7" t="s">
-        <v>45</v>
+        <v>56</v>
+      </c>
+      <c r="I7" t="s">
+        <v>72</v>
+      </c>
+      <c r="J7" t="s">
+        <v>73</v>
+      </c>
+      <c r="K7" t="s">
+        <v>74</v>
+      </c>
+      <c r="L7" t="s">
+        <v>75</v>
+      </c>
+      <c r="M7" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>63</v>
+        <v>77</v>
       </c>
       <c r="B8" t="s">
-        <v>64</v>
+        <v>78</v>
       </c>
       <c r="C8" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
         <v>44</v>
       </c>
       <c r="E8" t="s">
-        <v>45</v>
-[...14 lines deleted...]
-        <v>70</v>
+        <v>56</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="B9" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="C9" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="C10" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="D10" t="s">
         <v>44</v>
       </c>
       <c r="E10" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="B11" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="D11" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="E11" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>78</v>
+        <v>90</v>
       </c>
       <c r="C12" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D12" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="E12" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="B13" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="C13" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="D13" t="s">
         <v>44</v>
       </c>
       <c r="E13" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="B14" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="C14" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="D14" t="s">
         <v>44</v>
       </c>
       <c r="E14" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="B15" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="C15" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
       <c r="E15" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="B16" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="C16" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="D16" t="s">
         <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B17" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C17" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D17" t="s">
         <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="B18" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="C18" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="D18" t="s">
         <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>56</v>
+      </c>
+      <c r="F18" t="s">
+        <v>110</v>
+      </c>
+      <c r="H18" t="s">
+        <v>61</v>
+      </c>
+      <c r="I18" t="s">
+        <v>62</v>
+      </c>
+      <c r="J18" t="s">
+        <v>111</v>
+      </c>
+      <c r="K18" t="s">
+        <v>51</v>
+      </c>
+      <c r="M18" t="s">
+        <v>112</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="B19" t="s">
-        <v>102</v>
+        <v>114</v>
       </c>
       <c r="C19" t="s">
-        <v>103</v>
+        <v>115</v>
       </c>
       <c r="D19" t="s">
         <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
-[...11 lines deleted...]
-        <v>107</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="B20" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="C20" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="D20" t="s">
         <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="B21" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="C21" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="D21" t="s">
         <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="B22" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="C22" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="D22" t="s">
         <v>44</v>
       </c>
       <c r="E22" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="B23" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="C23" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="D23" t="s">
         <v>44</v>
       </c>
       <c r="E23" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="B24" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="C24" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="D24" t="s">
         <v>44</v>
       </c>
       <c r="E24" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="B25" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="C25" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="D25" t="s">
         <v>44</v>
       </c>
       <c r="E25" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="B26" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="C26" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="D26" t="s">
         <v>44</v>
       </c>
       <c r="E26" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="B27" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="C27" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="D27" t="s">
         <v>44</v>
       </c>
       <c r="E27" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="B28" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="C28" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="D28" t="s">
         <v>44</v>
       </c>
       <c r="E28" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="B29" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="C29" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="D29" t="s">
         <v>44</v>
       </c>
       <c r="E29" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="B30" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="C30" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="D30" t="s">
         <v>44</v>
       </c>
       <c r="E30" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="B31" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="C31" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="D31" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E31" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="B32" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="C32" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="D32" t="s">
         <v>44</v>
       </c>
       <c r="E32" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="B33" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="C33" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="D33" t="s">
         <v>44</v>
       </c>
       <c r="E33" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="F33" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="G33" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="H33" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="I33" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="J33" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="K33" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="M33" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="B34" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="C34" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="D34" t="s">
         <v>44</v>
       </c>
       <c r="E34" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B35" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="C35" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="D35" t="s">
         <v>44</v>
       </c>
       <c r="E35" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="B36" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="C36" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="D36" t="s">
         <v>44</v>
       </c>
       <c r="E36" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="B37" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="C37" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="D37" t="s">
         <v>44</v>
       </c>
       <c r="E37" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="B38" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="C38" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="D38" t="s">
         <v>44</v>
       </c>
       <c r="E38" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="B39" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="C39" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="D39" t="s">
         <v>44</v>
       </c>
       <c r="E39" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B40" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="C40" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="D40" t="s">
         <v>44</v>
       </c>
       <c r="E40" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="B41" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="C41" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="D41" t="s">
         <v>44</v>
       </c>
       <c r="E41" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="B42" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="C42" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="D42" t="s">
         <v>44</v>
       </c>
       <c r="E42" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F42" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="H42" t="s">
-        <v>55</v>
+        <v>61</v>
+      </c>
+      <c r="I42" t="s">
+        <v>62</v>
       </c>
       <c r="J42" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="K42" t="s">
-        <v>187</v>
+        <v>51</v>
       </c>
       <c r="M42" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B43" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="C43" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="D43" t="s">
         <v>44</v>
       </c>
       <c r="E43" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B44" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C44" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="D44" t="s">
         <v>44</v>
       </c>
       <c r="E44" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H44" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J44" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="K44" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="L44" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="M44" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="B45" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="C45" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="D45" t="s">
         <v>44</v>
       </c>
       <c r="E45" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="B46" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="C46" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="D46" t="s">
         <v>44</v>
       </c>
       <c r="E46" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="B47" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="C47" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D47" t="s">
         <v>44</v>
       </c>
       <c r="E47" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H47" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J47" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="K47" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="L47" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="M47" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="B48" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="C48" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="D48" t="s">
         <v>44</v>
       </c>
       <c r="E48" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="B49" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="C49" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="D49" t="s">
         <v>44</v>
       </c>
       <c r="E49" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="B50" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="C50" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="D50" t="s">
         <v>44</v>
       </c>
       <c r="E50" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="B51" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="C51" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="D51" t="s">
         <v>44</v>
       </c>
       <c r="E51" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="B52" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="C52" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="D52" t="s">
         <v>44</v>
       </c>
       <c r="E52" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="B53" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="C53" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="D53" t="s">
         <v>44</v>
       </c>
       <c r="E53" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="B54" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="C54" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="D54" t="s">
         <v>44</v>
       </c>
       <c r="E54" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J54" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="K54" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="M54" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" t="s">
+        <v>241</v>
+      </c>
+      <c r="B55" t="s">
         <v>236</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="D55" t="s">
         <v>44</v>
       </c>
       <c r="E55" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="B56" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="C56" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="D56" t="s">
         <v>44</v>
       </c>
       <c r="E56" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="B57" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C57" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="D57" t="s">
         <v>44</v>
       </c>
       <c r="E57" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H57" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J57" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="K57" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="L57" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="M57" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="B58" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="C58" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="D58" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E58" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="B59" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C59" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="D59" t="s">
         <v>44</v>
       </c>
       <c r="E59" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J59" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="K59" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="M59" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="B60" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="C60" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="D60" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E60" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="B61" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="C61" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D61" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E61" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="B62" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="C62" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="D62" t="s">
         <v>44</v>
       </c>
       <c r="E62" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>266</v>
+        <v>56</v>
+      </c>
+      <c r="F62" t="s">
+        <v>271</v>
+      </c>
+      <c r="H62" t="s">
+        <v>272</v>
       </c>
       <c r="J62" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="K62" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="M62" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="B63" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="C63" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="D63" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E63" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="B64" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="C64" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="D64" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E64" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="B65" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="C65" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="D65" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E65" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="B66" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="C66" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="D66" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E66" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="B67" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="C67" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="D67" t="s">
         <v>44</v>
       </c>
       <c r="E67" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="B68" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="C68" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="D68" t="s">
         <v>44</v>
       </c>
       <c r="E68" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="B69" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="C69" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="D69" t="s">
         <v>44</v>
       </c>
       <c r="E69" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="B70" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C70" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="D70" t="s">
         <v>44</v>
       </c>
       <c r="E70" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="B71" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="C71" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="D71" t="s">
         <v>44</v>
       </c>
       <c r="E71" t="s">
-        <v>150</v>
+        <v>56</v>
       </c>
       <c r="F71" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>303</v>
       </c>
       <c r="H71" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J71" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="K71" t="s">
-        <v>299</v>
+        <v>274</v>
       </c>
       <c r="M71" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="B72" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="C72" t="s">
+        <v>308</v>
+      </c>
+      <c r="D72" t="s">
+        <v>44</v>
+      </c>
+      <c r="E72" t="s">
+        <v>56</v>
+      </c>
+      <c r="F72" t="s">
         <v>303</v>
       </c>
-      <c r="D72" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H72" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J72" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="K72" t="s">
-        <v>299</v>
+        <v>274</v>
       </c>
       <c r="M72" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B73" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="C73" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="D73" t="s">
         <v>44</v>
       </c>
       <c r="E73" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="B74" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="C74" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="D74" t="s">
         <v>44</v>
       </c>
       <c r="E74" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="B75" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="C75" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="D75" t="s">
         <v>44</v>
       </c>
       <c r="E75" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="B76" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="C76" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="D76" t="s">
         <v>44</v>
       </c>
       <c r="E76" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="B77" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="C77" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="D77" t="s">
         <v>44</v>
       </c>
       <c r="E77" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="B78" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="C78" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="D78" t="s">
         <v>44</v>
       </c>
       <c r="E78" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="B79" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="C79" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="D79" t="s">
         <v>44</v>
       </c>
       <c r="E79" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="B80" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="C80" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="D80" t="s">
         <v>44</v>
       </c>
       <c r="E80" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J80" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="K80" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="M80" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="B81" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="C81" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="D81" t="s">
         <v>44</v>
       </c>
       <c r="E81" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B82" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="C82" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="D82" t="s">
         <v>44</v>
       </c>
       <c r="E82" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="B83" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="C83" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="D83" t="s">
         <v>44</v>
       </c>
       <c r="E83" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="G83" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="H83" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J83" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="K83" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="L83" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="M83" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="B84" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="C84" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="D84" t="s">
         <v>44</v>
       </c>
       <c r="E84" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="B85" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="C85" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="D85" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E85" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="B86" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="C86" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="D86" t="s">
         <v>44</v>
       </c>
       <c r="E86" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J86" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="K86" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="M86" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="B87" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="C87" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="D87" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E87" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="H87" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J87" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="K87" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="M87" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="B88" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="C88" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="D88" t="s">
         <v>44</v>
       </c>
       <c r="E88" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="B89" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="C89" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="D89" t="s">
         <v>44</v>
       </c>
       <c r="E89" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H89" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="I89" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J89" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K89" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="M89" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="B90" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="C90" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="D90" t="s">
         <v>44</v>
       </c>
       <c r="E90" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J90" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="K90" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="M90" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="B91" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="C91" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="D91" t="s">
         <v>44</v>
       </c>
       <c r="E91" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J91" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="K91" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="M91" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="B92" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="C92" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="D92" t="s">
         <v>44</v>
       </c>
       <c r="E92" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" t="s">
+        <v>394</v>
+      </c>
+      <c r="B93" t="s">
+        <v>395</v>
+      </c>
+      <c r="C93" t="s">
+        <v>396</v>
+      </c>
+      <c r="D93" t="s">
+        <v>44</v>
+      </c>
+      <c r="E93" t="s">
+        <v>56</v>
+      </c>
+      <c r="J93" t="s">
+        <v>388</v>
+      </c>
+      <c r="K93" t="s">
         <v>389</v>
       </c>
-      <c r="B93" t="s">
+      <c r="M93" t="s">
         <v>390</v>
-      </c>
-[...16 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="B94" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="C94" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="D94" t="s">
         <v>44</v>
       </c>
       <c r="E94" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J94" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="K94" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="M94" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="B95" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="C95" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="D95" t="s">
         <v>44</v>
       </c>
       <c r="E95" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="B96" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="C96" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="D96" t="s">
         <v>44</v>
       </c>
       <c r="E96" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H96" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J96" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="K96" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="M96" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="B97" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="C97" t="s">
+        <v>411</v>
+      </c>
+      <c r="D97" t="s">
+        <v>44</v>
+      </c>
+      <c r="E97" t="s">
+        <v>56</v>
+      </c>
+      <c r="H97" t="s">
+        <v>365</v>
+      </c>
+      <c r="J97" t="s">
         <v>406</v>
       </c>
-      <c r="D97" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K97" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="M97" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="B98" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="C98" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="D98" t="s">
         <v>44</v>
       </c>
       <c r="E98" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="B99" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="C99" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="D99" t="s">
         <v>44</v>
       </c>
       <c r="E99" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H99" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J99" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="K99" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="M99" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="B100" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="C100" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="D100" t="s">
         <v>44</v>
       </c>
       <c r="E100" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="B101" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="C101" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="D101" t="s">
         <v>44</v>
       </c>
       <c r="E101" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J101" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="K101" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="M101" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="B102" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="C102" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="D102" t="s">
         <v>44</v>
       </c>
       <c r="E102" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F102" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="H102" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J102" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="K102" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="L102" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="M102" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="B103" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="C103" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="D103" t="s">
         <v>44</v>
       </c>
       <c r="E103" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J103" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="K103" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="M103" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="B104" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="C104" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="D104" t="s">
         <v>44</v>
       </c>
       <c r="E104" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G104" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="H104" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J104" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="K104" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="L104" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="M104" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="B105" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="C105" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="D105" t="s">
         <v>44</v>
       </c>
       <c r="E105" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="B106" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="C106" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="D106" t="s">
         <v>44</v>
       </c>
       <c r="E106" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="B107" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="C107" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="D107" t="s">
         <v>44</v>
       </c>
       <c r="E107" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="B108" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="C108" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D108" t="s">
         <v>44</v>
       </c>
       <c r="E108" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="B109" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="C109" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="D109" t="s">
         <v>44</v>
       </c>
       <c r="E109" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B110" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="C110" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="D110" t="s">
         <v>44</v>
       </c>
       <c r="E110" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="B111" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="C111" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="D111" t="s">
         <v>44</v>
       </c>
       <c r="E111" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="B112" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="C112" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="D112" t="s">
         <v>44</v>
       </c>
       <c r="E112" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="B113" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="C113" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="D113" t="s">
         <v>44</v>
       </c>
       <c r="E113" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="B114" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="C114" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="D114" t="s">
         <v>44</v>
       </c>
       <c r="E114" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="B115" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="C115" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="D115" t="s">
         <v>44</v>
       </c>
       <c r="E115" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F115" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="H115" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J115" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="K115" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="L115" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="M115" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="B116" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="C116" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="D116" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E116" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="B117" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="C117" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="D117" t="s">
         <v>44</v>
       </c>
       <c r="E117" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="B118" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="C118" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="D118" t="s">
         <v>44</v>
       </c>
       <c r="E118" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="B119" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="C119" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="D119" t="s">
         <v>44</v>
       </c>
       <c r="E119" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F119" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="G119" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="H119" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J119" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="K119" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="L119" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="M119" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="B120" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="C120" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="D120" t="s">
         <v>44</v>
       </c>
       <c r="E120" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="B121" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="C121" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="D121" t="s">
         <v>44</v>
       </c>
       <c r="E121" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F121" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="J121" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="K121" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="L121" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="M121" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="B122" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="C122" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="D122" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E122" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="B123" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="C123" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="D123" t="s">
         <v>44</v>
       </c>
       <c r="E123" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G123" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="H123" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J123" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="K123" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="L123" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="M123" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="B124" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="C124" t="s">
+        <v>522</v>
+      </c>
+      <c r="D124" t="s">
+        <v>44</v>
+      </c>
+      <c r="E124" t="s">
+        <v>56</v>
+      </c>
+      <c r="G124" t="s">
+        <v>159</v>
+      </c>
+      <c r="H124" t="s">
+        <v>48</v>
+      </c>
+      <c r="J124" t="s">
         <v>517</v>
       </c>
-      <c r="D124" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K124" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="L124" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="M124" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="B125" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="C125" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="D125" t="s">
         <v>44</v>
       </c>
       <c r="E125" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="B126" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="C126" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="D126" t="s">
         <v>44</v>
       </c>
       <c r="E126" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="B127" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="C127" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="D127" t="s">
         <v>44</v>
       </c>
       <c r="E127" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="B128" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="C128" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="D128" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E128" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="B129" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="C129" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="D129" t="s">
         <v>44</v>
       </c>
       <c r="E129" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G129" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="H129" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J129" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="K129" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="L129" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="M129" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="B130" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="C130" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="D130" t="s">
         <v>44</v>
       </c>
       <c r="E130" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="B131" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="C131" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="D131" t="s">
         <v>44</v>
       </c>
       <c r="E131" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="B132" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="C132" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="D132" t="s">
         <v>44</v>
       </c>
       <c r="E132" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="I132" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="J132" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="K132" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="L132" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="M132" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="B133" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="C133" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="D133" t="s">
         <v>44</v>
       </c>
       <c r="E133" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="B134" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="C134" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="D134" t="s">
         <v>44</v>
       </c>
       <c r="E134" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F134" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="I134" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J134" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="K134" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="L134" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="M134" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="B135" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="C135" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="D135" t="s">
         <v>44</v>
       </c>
       <c r="E135" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="B136" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="C136" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="D136" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E136" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="B137" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="C137" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="D137" t="s">
         <v>44</v>
       </c>
       <c r="E137" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="B138" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="C138" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="D138" t="s">
         <v>44</v>
       </c>
       <c r="E138" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F138" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="I138" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="J138" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="K138" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="L138" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="M138" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="B139" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="C139" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="D139" t="s">
         <v>44</v>
       </c>
       <c r="E139" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J139" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="K139" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="M139" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="B140" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="C140" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="D140" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E140" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="B141" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="C141" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="D141" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E141" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="B142" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="C142" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="D142" t="s">
         <v>44</v>
       </c>
       <c r="E142" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="B143" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="C143" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="D143" t="s">
         <v>44</v>
       </c>
       <c r="E143" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J143" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="K143" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="M143" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B144" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="C144" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="D144" t="s">
         <v>44</v>
       </c>
       <c r="E144" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="B145" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="C145" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="D145" t="s">
         <v>44</v>
       </c>
       <c r="E145" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J145" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="K145" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="M145" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="B146" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="C146" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="D146" t="s">
         <v>44</v>
       </c>
       <c r="E146" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="B147" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="C147" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="D147" t="s">
         <v>44</v>
       </c>
       <c r="E147" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="B148" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="C148" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="D148" t="s">
         <v>44</v>
       </c>
       <c r="E148" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B149" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="C149" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="D149" t="s">
         <v>44</v>
       </c>
       <c r="E149" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="B150" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="C150" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="D150" t="s">
         <v>44</v>
       </c>
       <c r="E150" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="B151" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="C151" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="D151" t="s">
         <v>44</v>
       </c>
       <c r="E151" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="B152" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="C152" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="D152" t="s">
         <v>44</v>
       </c>
       <c r="E152" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="B153" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="C153" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="D153" t="s">
         <v>44</v>
       </c>
       <c r="E153" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="B154" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="C154" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="D154" t="s">
         <v>44</v>
       </c>
       <c r="E154" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="B155" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="C155" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="D155" t="s">
         <v>44</v>
       </c>
       <c r="E155" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="B156" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="C156" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="D156" t="s">
         <v>44</v>
       </c>
       <c r="E156" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H156" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J156" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="K156" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="L156" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="M156" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="B157" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="C157" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="D157" t="s">
         <v>44</v>
       </c>
       <c r="E157" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="B158" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="C158" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="D158" t="s">
         <v>44</v>
       </c>
       <c r="E158" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="B159" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="C159" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="D159" t="s">
         <v>44</v>
       </c>
       <c r="E159" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J159" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="K159" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="M159" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="B160" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="C160" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="D160" t="s">
         <v>44</v>
       </c>
       <c r="E160" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="B161" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="C161" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="D161" t="s">
         <v>44</v>
       </c>
       <c r="E161" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F161" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="G161" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="H161" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J161" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="K161" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="L161" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="M161" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="B162" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="C162" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="D162" t="s">
         <v>44</v>
       </c>
       <c r="E162" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B163" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="C163" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="D163" t="s">
         <v>44</v>
       </c>
       <c r="E163" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="I163" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="J163" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="K163" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="L163" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="M163" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="B164" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="C164" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="D164" t="s">
         <v>44</v>
       </c>
       <c r="E164" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F164" t="s">
-        <v>674</v>
-[...2 lines deleted...]
-        <v>675</v>
+        <v>679</v>
+      </c>
+      <c r="H164" t="s">
+        <v>61</v>
       </c>
       <c r="J164" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="K164" t="s">
-        <v>677</v>
-[...2 lines deleted...]
-        <v>678</v>
+        <v>274</v>
       </c>
       <c r="M164" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="B165" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="C165" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="D165" t="s">
         <v>44</v>
       </c>
       <c r="E165" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F165" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="I165" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="J165" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="K165" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="L165" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="M165" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="B166" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="C166" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="D166" t="s">
         <v>44</v>
       </c>
       <c r="E166" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J166" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="K166" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="M166" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="B167" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="C167" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="D167" t="s">
         <v>44</v>
       </c>
       <c r="E167" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="B168" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="C168" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="D168" t="s">
         <v>44</v>
       </c>
       <c r="E168" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="B169" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="C169" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="D169" t="s">
         <v>44</v>
       </c>
       <c r="E169" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J169" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="K169" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="M169" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="B170" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="C170" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="D170" t="s">
         <v>44</v>
       </c>
       <c r="E170" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="B171" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="C171" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="D171" t="s">
         <v>44</v>
       </c>
       <c r="E171" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="B172" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="C172" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="D172" t="s">
         <v>44</v>
       </c>
       <c r="E172" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="B173" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="C173" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="D173" t="s">
         <v>44</v>
       </c>
       <c r="E173" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J173" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="K173" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="M173" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="B174" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="C174" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="D174" t="s">
         <v>44</v>
       </c>
       <c r="E174" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="B175" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="C175" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="D175" t="s">
         <v>44</v>
       </c>
       <c r="E175" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B176" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="C176" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="D176" t="s">
         <v>44</v>
       </c>
       <c r="E176" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F176" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="I176" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="J176" t="s">
+        <v>732</v>
+      </c>
+      <c r="K176" t="s">
+        <v>733</v>
+      </c>
+      <c r="L176" t="s">
         <v>730</v>
       </c>
-      <c r="K176" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M176" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="B177" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="C177" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="D177" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E177" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="B178" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="C178" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="D178" t="s">
         <v>44</v>
       </c>
       <c r="E178" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="B179" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="C179" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="D179" t="s">
         <v>44</v>
       </c>
       <c r="E179" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="B180" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="C180" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="D180" t="s">
         <v>44</v>
       </c>
       <c r="E180" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H180" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J180" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="K180" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="L180" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="M180" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="B181" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="C181" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D181" t="s">
         <v>44</v>
       </c>
       <c r="E181" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="B182" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="C182" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="D182" t="s">
         <v>44</v>
       </c>
       <c r="E182" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="B183" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="C183" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="D183" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E183" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="B184" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="C184" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="D184" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E184" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="B185" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="C185" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="D185" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E185" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="B186" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="C186" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="D186" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E186" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="B187" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C187" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="D187" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E187" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="B188" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="C188" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="D188" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E188" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="B189" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="C189" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="D189" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E189" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F189" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="G189" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="H189" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J189" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="K189" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="L189" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="M189" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="B190" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="C190" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="D190" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E190" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="B191" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="C191" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="D191" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E191" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="B192" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="C192" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="D192" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E192" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="B193" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="C193" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="D193" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E193" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="B194" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="C194" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="D194" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E194" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="B195" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="C195" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="D195" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E195" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="B196" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="C196" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="D196" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E196" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="B197" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="C197" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="D197" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E197" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="B198" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="C198" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D198" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E198" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="B199" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="C199" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="D199" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E199" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="B200" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="C200" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="D200" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E200" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="B201" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="C201" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="D201" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E201" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="B202" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="C202" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="D202" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E202" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="B203" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="C203" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="D203" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E203" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="B204" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="C204" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="D204" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E204" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="B205" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="C205" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="D205" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E205" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="B206" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="C206" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="D206" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E206" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="B207" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="C207" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="D207" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E207" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="B208" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C208" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="D208" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E208" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="B209" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="C209" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="D209" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E209" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="B210" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="C210" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="D210" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E210" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="B211" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="C211" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="D211" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E211" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="B212" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="C212" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="D212" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E212" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="B213" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="C213" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="D213" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E213" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="B214" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="C214" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="D214" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E214" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="B215" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="C215" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="D215" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E215" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="B216" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C216" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="D216" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E216" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="B217" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="C217" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="D217" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E217" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="B218" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="C218" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="D218" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E218" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="B219" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="C219" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="D219" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E219" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="B220" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="C220" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="D220" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E220" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="B221" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="C221" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="D221" t="s">
         <v>44</v>
       </c>
       <c r="E221" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G221" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="H221" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="I221" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="J221" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="K221" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="M221" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="B222" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="C222" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="D222" t="s">
         <v>44</v>
       </c>
       <c r="E222" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="B223" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="C223" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="D223" t="s">
         <v>44</v>
       </c>
       <c r="E223" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J223" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="K223" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="M223" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="B224" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="C224" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="D224" t="s">
         <v>44</v>
       </c>
       <c r="E224" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="B225" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="C225" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="D225" t="s">
         <v>44</v>
       </c>
       <c r="E225" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J225" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="K225" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="L225" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="M225" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="B226" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="C226" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="D226" t="s">
         <v>44</v>
       </c>
       <c r="E226" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J226" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="K226" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="M226" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" t="s">
+        <v>884</v>
+      </c>
+      <c r="B227" t="s">
+        <v>885</v>
+      </c>
+      <c r="C227" t="s">
+        <v>886</v>
+      </c>
+      <c r="D227" t="s">
+        <v>44</v>
+      </c>
+      <c r="E227" t="s">
+        <v>56</v>
+      </c>
+      <c r="J227" t="s">
         <v>882</v>
       </c>
-      <c r="B227" t="s">
+      <c r="K227" t="s">
+        <v>867</v>
+      </c>
+      <c r="M227" t="s">
         <v>883</v>
-      </c>
-[...16 lines deleted...]
-        <v>881</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="B228" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="C228" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="D228" t="s">
         <v>44</v>
       </c>
       <c r="E228" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="B229" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="C229" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="D229" t="s">
         <v>44</v>
       </c>
       <c r="E229" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="B230" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="C230" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="D230" t="s">
         <v>44</v>
       </c>
       <c r="E230" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="B231" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="C231" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="D231" t="s">
         <v>44</v>
       </c>
       <c r="E231" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="B232" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="C232" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="D232" t="s">
         <v>44</v>
       </c>
       <c r="E232" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="B233" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="C233" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="D233" t="s">
         <v>44</v>
       </c>
       <c r="E233" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F233" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="I233" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J233" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="K233" t="s">
+        <v>907</v>
+      </c>
+      <c r="L233" t="s">
         <v>905</v>
       </c>
-      <c r="L233" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M233" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="B234" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C234" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="D234" t="s">
         <v>44</v>
       </c>
       <c r="E234" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="B235" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="C235" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="D235" t="s">
         <v>44</v>
       </c>
       <c r="E235" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="I235" t="s">
-        <v>104</v>
+        <v>915</v>
       </c>
       <c r="J235" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="K235" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="L235" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="M235" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="B236" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="C236" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="D236" t="s">
         <v>44</v>
       </c>
       <c r="E236" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="B237" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="C237" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="D237" t="s">
         <v>44</v>
       </c>
       <c r="E237" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="B238" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="C238" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="D238" t="s">
         <v>44</v>
       </c>
       <c r="E238" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="B239" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="C239" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="D239" t="s">
         <v>44</v>
       </c>
       <c r="E239" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="B240" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="C240" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="D240" t="s">
         <v>44</v>
       </c>
       <c r="E240" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="B241" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="C241" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="D241" t="s">
         <v>44</v>
       </c>
       <c r="E241" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="B242" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="C242" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="D242" t="s">
         <v>44</v>
       </c>
       <c r="E242" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="B243" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="C243" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="D243" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E243" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="B244" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="C244" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="D244" t="s">
         <v>44</v>
       </c>
       <c r="E244" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J244" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="K244" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="M244" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="B245" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="C245" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="D245" t="s">
         <v>44</v>
       </c>
       <c r="E245" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H245" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J245" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="K245" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="L245" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="M245" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="B246" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="C246" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="D246" t="s">
         <v>44</v>
       </c>
       <c r="E246" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="B247" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="C247" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="D247" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E247" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="B248" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="C248" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="D248" t="s">
         <v>44</v>
       </c>
       <c r="E248" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="F248" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="G248" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="H248" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J248" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="K248" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="L248" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="M248" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="B249" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="C249" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="D249" t="s">
         <v>44</v>
       </c>
       <c r="E249" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J249" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="K249" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="M249" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="B250" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="C250" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="D250" t="s">
         <v>44</v>
       </c>
       <c r="E250" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F250" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="J250" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="K250" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="L250" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="M250" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="B251" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="C251" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="D251" t="s">
         <v>44</v>
       </c>
       <c r="E251" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="B252" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="C252" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="D252" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E252" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="B253" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="C253" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="D253" t="s">
         <v>44</v>
       </c>
       <c r="E253" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J253" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="K253" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="M253" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" t="s">
+        <v>997</v>
+      </c>
+      <c r="B254" t="s">
+        <v>998</v>
+      </c>
+      <c r="C254" t="s">
+        <v>999</v>
+      </c>
+      <c r="D254" t="s">
+        <v>44</v>
+      </c>
+      <c r="E254" t="s">
+        <v>56</v>
+      </c>
+      <c r="J254" t="s">
         <v>994</v>
       </c>
-      <c r="B254" t="s">
+      <c r="K254" t="s">
         <v>995</v>
       </c>
-      <c r="C254" t="s">
+      <c r="M254" t="s">
         <v>996</v>
-      </c>
-[...13 lines deleted...]
-        <v>993</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="B255" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="C255" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="D255" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E255" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="B256" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="C256" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="D256" t="s">
         <v>44</v>
       </c>
       <c r="E256" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="B257" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="C257" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="D257" t="s">
         <v>44</v>
       </c>
       <c r="E257" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="B258" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="C258" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="D258" t="s">
         <v>44</v>
       </c>
       <c r="E258" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J258" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="K258" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="M258" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="B259" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="C259" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="D259" t="s">
         <v>44</v>
       </c>
       <c r="E259" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="B260" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="C260" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="D260" t="s">
         <v>44</v>
       </c>
       <c r="E260" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J260" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="K260" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="L260" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="M260" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C261" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D261" t="s">
+        <v>44</v>
+      </c>
+      <c r="E261" t="s">
+        <v>56</v>
+      </c>
+      <c r="J261" t="s">
+        <v>1018</v>
+      </c>
+      <c r="K261" t="s">
         <v>1019</v>
       </c>
-      <c r="B261" t="s">
+      <c r="L261" t="s">
         <v>1020</v>
       </c>
-      <c r="C261" t="s">
+      <c r="M261" t="s">
         <v>1021</v>
-      </c>
-[...16 lines deleted...]
-        <v>1018</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="B262" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="C262" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="D262" t="s">
         <v>44</v>
       </c>
       <c r="E262" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J262" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="K262" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="L262" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="M262" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="B263" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="C263" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="D263" t="s">
         <v>44</v>
       </c>
       <c r="E263" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J263" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="K263" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="L263" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="M263" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="B264" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="C264" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="D264" t="s">
         <v>44</v>
       </c>
       <c r="E264" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="B265" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="C265" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="D265" t="s">
         <v>44</v>
       </c>
       <c r="E265" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J265" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="K265" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="L265" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="M265" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="B266" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="C266" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="D266" t="s">
         <v>44</v>
       </c>
       <c r="E266" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H266" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J266" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="K266" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="L266" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="M266" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B267" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C267" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D267" t="s">
+        <v>44</v>
+      </c>
+      <c r="E267" t="s">
+        <v>56</v>
+      </c>
+      <c r="H267" t="s">
+        <v>365</v>
+      </c>
+      <c r="J267" t="s">
+        <v>1040</v>
+      </c>
+      <c r="K267" t="s">
         <v>1041</v>
       </c>
-      <c r="B267" t="s">
+      <c r="L267" t="s">
         <v>1042</v>
       </c>
-      <c r="C267" t="s">
+      <c r="M267" t="s">
         <v>1043</v>
-      </c>
-[...19 lines deleted...]
-        <v>1040</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="B268" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="C268" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="D268" t="s">
         <v>44</v>
       </c>
       <c r="E268" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H268" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J268" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="K268" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="L268" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="M268" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="B269" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="C269" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="D269" t="s">
         <v>44</v>
       </c>
       <c r="E269" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J269" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="K269" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="L269" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="M269" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="B270" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="C270" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="D270" t="s">
         <v>44</v>
       </c>
       <c r="E270" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H270" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J270" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="K270" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="L270" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="M270" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="B271" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="C271" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="D271" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E271" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="B272" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="C272" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="D272" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E272" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="B273" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="C273" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="D273" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E273" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="B274" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="C274" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="D274" t="s">
         <v>44</v>
       </c>
       <c r="E274" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="B275" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="C275" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="D275" t="s">
         <v>44</v>
       </c>
       <c r="E275" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H275" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J275" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="K275" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="L275" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
       <c r="M275" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" t="s">
-        <v>1071</v>
+        <v>1074</v>
       </c>
       <c r="B276" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="C276" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="D276" t="s">
         <v>44</v>
       </c>
       <c r="E276" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="B277" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="C277" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="D277" t="s">
         <v>44</v>
       </c>
       <c r="E277" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F277" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="H277" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J277" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="K277" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="L277" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="M277" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
       <c r="B278" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="C278" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="D278" t="s">
         <v>44</v>
       </c>
       <c r="E278" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F278" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="J278" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="K278" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="L278" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="M278" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="B279" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="C279" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="D279" t="s">
         <v>44</v>
       </c>
       <c r="E279" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="B280" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="C280" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="D280" t="s">
         <v>44</v>
       </c>
       <c r="E280" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="I280" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="J280" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="K280" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="L280" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="M280" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="B281" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C281" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D281" t="s">
+        <v>44</v>
+      </c>
+      <c r="E281" t="s">
+        <v>56</v>
+      </c>
+      <c r="I281" t="s">
+        <v>1106</v>
+      </c>
+      <c r="J281" t="s">
+        <v>1107</v>
+      </c>
+      <c r="K281" t="s">
+        <v>1108</v>
+      </c>
+      <c r="L281" t="s">
         <v>1101</v>
       </c>
-      <c r="C281" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M281" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="B282" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="C282" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="D282" t="s">
         <v>44</v>
       </c>
       <c r="E282" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F282" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="J282" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="K282" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="L282" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="M282" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="B283" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="C283" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="D283" t="s">
         <v>44</v>
       </c>
       <c r="E283" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H283" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J283" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="K283" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="L283" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="M283" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="B284" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="C284" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="D284" t="s">
         <v>44</v>
       </c>
       <c r="E284" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F284" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="J284" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="K284" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="L284" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="M284" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="B285" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="C285" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="D285" t="s">
         <v>44</v>
       </c>
       <c r="E285" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H285" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J285" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="K285" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="L285" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="M285" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="B286" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="C286" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="D286" t="s">
         <v>44</v>
       </c>
       <c r="E286" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="B287" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="C287" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="D287" t="s">
         <v>44</v>
       </c>
       <c r="E287" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J287" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="K287" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="M287" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="B288" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="C288" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="D288" t="s">
         <v>44</v>
       </c>
       <c r="E288" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="B289" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="C289" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="D289" t="s">
         <v>44</v>
       </c>
       <c r="E289" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H289" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J289" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="K289" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="L289" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="M289" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="B290" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="C290" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="D290" t="s">
         <v>44</v>
       </c>
       <c r="E290" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="B291" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="C291" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="D291" t="s">
         <v>44</v>
       </c>
       <c r="E291" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="B292" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="C292" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="D292" t="s">
         <v>44</v>
       </c>
       <c r="E292" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B293" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="C293" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="D293" t="s">
         <v>44</v>
       </c>
       <c r="E293" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="I293" t="s">
-        <v>104</v>
+        <v>915</v>
       </c>
       <c r="J293" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="K293" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="L293" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="B294" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="C294" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="D294" t="s">
         <v>44</v>
       </c>
       <c r="E294" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H294" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="I294" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="J294" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="K294" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="M294" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="B295" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="C295" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="D295" t="s">
         <v>44</v>
       </c>
       <c r="E295" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="B296" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="C296" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="D296" t="s">
         <v>44</v>
       </c>
       <c r="E296" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="B297" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="C297" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="D297" t="s">
         <v>44</v>
       </c>
       <c r="E297" t="s">
-        <v>150</v>
+        <v>56</v>
+      </c>
+      <c r="F297" t="s">
+        <v>1179</v>
       </c>
       <c r="H297" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J297" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="K297" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="L297" t="s">
-        <v>1039</v>
+        <v>1182</v>
       </c>
       <c r="M297" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B298" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C298" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D298" t="s">
+        <v>44</v>
+      </c>
+      <c r="E298" t="s">
+        <v>56</v>
+      </c>
+      <c r="F298" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H298" t="s">
+        <v>48</v>
+      </c>
+      <c r="J298" t="s">
         <v>1180</v>
       </c>
-      <c r="B298" t="s">
+      <c r="K298" t="s">
         <v>1181</v>
       </c>
-      <c r="C298" t="s">
+      <c r="L298" t="s">
         <v>1182</v>
       </c>
-      <c r="D298" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="M298" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B299" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C299" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D299" t="s">
+        <v>44</v>
+      </c>
+      <c r="E299" t="s">
+        <v>56</v>
+      </c>
+      <c r="F299" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H299" t="s">
+        <v>48</v>
+      </c>
+      <c r="J299" t="s">
+        <v>1180</v>
+      </c>
+      <c r="K299" t="s">
+        <v>1181</v>
+      </c>
+      <c r="L299" t="s">
+        <v>1182</v>
+      </c>
+      <c r="M299" t="s">
         <v>1183</v>
-      </c>
-[...25 lines deleted...]
-        <v>1179</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="B300" t="s">
-        <v>1187</v>
+        <v>1191</v>
       </c>
       <c r="C300" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="D300" t="s">
         <v>44</v>
       </c>
       <c r="E300" t="s">
-        <v>150</v>
+        <v>56</v>
+      </c>
+      <c r="F300" t="s">
+        <v>1179</v>
       </c>
       <c r="H300" t="s">
-        <v>1113</v>
+        <v>48</v>
       </c>
       <c r="J300" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="K300" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="L300" t="s">
-        <v>1039</v>
+        <v>1182</v>
       </c>
       <c r="M300" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="B301" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
       <c r="C301" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="D301" t="s">
         <v>44</v>
       </c>
       <c r="E301" t="s">
-        <v>150</v>
+        <v>56</v>
+      </c>
+      <c r="F301" t="s">
+        <v>1179</v>
       </c>
       <c r="H301" t="s">
-        <v>1113</v>
+        <v>48</v>
       </c>
       <c r="J301" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="K301" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="L301" t="s">
-        <v>1039</v>
+        <v>1182</v>
       </c>
       <c r="M301" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="B302" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C302" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
       <c r="D302" t="s">
         <v>44</v>
       </c>
       <c r="E302" t="s">
-        <v>150</v>
+        <v>56</v>
+      </c>
+      <c r="F302" t="s">
+        <v>1179</v>
       </c>
       <c r="H302" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J302" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="K302" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="L302" t="s">
-        <v>1039</v>
+        <v>1182</v>
       </c>
       <c r="M302" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303" t="s">
-        <v>1195</v>
+        <v>1199</v>
       </c>
       <c r="B303" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
       <c r="C303" t="s">
-        <v>1197</v>
+        <v>1201</v>
       </c>
       <c r="D303" t="s">
         <v>44</v>
       </c>
       <c r="E303" t="s">
-        <v>150</v>
+        <v>56</v>
+      </c>
+      <c r="F303" t="s">
+        <v>1179</v>
       </c>
       <c r="H303" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J303" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="K303" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="L303" t="s">
-        <v>1039</v>
+        <v>1182</v>
       </c>
       <c r="M303" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304" t="s">
-        <v>1198</v>
+        <v>1202</v>
       </c>
       <c r="B304" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="C304" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="D304" t="s">
         <v>44</v>
       </c>
       <c r="E304" t="s">
-        <v>150</v>
+        <v>56</v>
+      </c>
+      <c r="F304" t="s">
+        <v>1179</v>
       </c>
       <c r="H304" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J304" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="K304" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="L304" t="s">
-        <v>1039</v>
+        <v>1182</v>
       </c>
       <c r="M304" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="B305" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
       <c r="C305" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="D305" t="s">
         <v>44</v>
       </c>
       <c r="E305" t="s">
-        <v>150</v>
+        <v>56</v>
+      </c>
+      <c r="F305" t="s">
+        <v>1179</v>
       </c>
       <c r="H305" t="s">
-        <v>1113</v>
+        <v>48</v>
       </c>
       <c r="J305" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="K305" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="L305" t="s">
-        <v>1039</v>
+        <v>1182</v>
       </c>
       <c r="M305" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="B306" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="C306" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="D306" t="s">
         <v>44</v>
       </c>
       <c r="E306" t="s">
-        <v>150</v>
+        <v>56</v>
+      </c>
+      <c r="F306" t="s">
+        <v>1179</v>
       </c>
       <c r="H306" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J306" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="K306" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="L306" t="s">
-        <v>1039</v>
+        <v>1182</v>
       </c>
       <c r="M306" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307" t="s">
-        <v>1207</v>
+        <v>1211</v>
       </c>
       <c r="B307" t="s">
-        <v>1208</v>
+        <v>1212</v>
       </c>
       <c r="C307" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="D307" t="s">
         <v>44</v>
       </c>
       <c r="E307" t="s">
-        <v>150</v>
+        <v>56</v>
+      </c>
+      <c r="F307" t="s">
+        <v>1179</v>
       </c>
       <c r="H307" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J307" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="K307" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="L307" t="s">
-        <v>1039</v>
+        <v>1182</v>
       </c>
       <c r="M307" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
       <c r="B308" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="C308" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="D308" t="s">
         <v>44</v>
       </c>
       <c r="E308" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="H308" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J308" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="K308" t="s">
-        <v>1214</v>
+        <v>1181</v>
       </c>
       <c r="L308" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="M308" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="B309" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="C309" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
       <c r="D309" t="s">
         <v>44</v>
       </c>
       <c r="E309" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="F309" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="H309" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J309" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
       <c r="K309" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
       <c r="L309" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="M309" t="s">
-        <v>1223</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="B310" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="C310" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="D310" t="s">
         <v>44</v>
       </c>
       <c r="E310" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H310" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J310" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="K310" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="L310" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="M310" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="B311" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="C311" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
       <c r="D311" t="s">
         <v>44</v>
       </c>
       <c r="E311" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F311" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="H311" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="J311" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="K311" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
       <c r="M311" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="B312" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C312" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="D312" t="s">
         <v>44</v>
       </c>
       <c r="E312" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="B313" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="C313" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="D313" t="s">
         <v>44</v>
       </c>
       <c r="E313" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H313" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J313" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="K313" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
       <c r="L313" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="M313" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B314" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C314" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D314" t="s">
+        <v>44</v>
+      </c>
+      <c r="E314" t="s">
+        <v>56</v>
+      </c>
+      <c r="H314" t="s">
+        <v>365</v>
+      </c>
+      <c r="J314" t="s">
         <v>1248</v>
       </c>
-      <c r="B314" t="s">
+      <c r="K314" t="s">
         <v>1249</v>
       </c>
-      <c r="C314" t="s">
+      <c r="L314" t="s">
+        <v>1042</v>
+      </c>
+      <c r="M314" t="s">
         <v>1250</v>
-      </c>
-[...19 lines deleted...]
-        <v>1247</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
       <c r="B315" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
       <c r="C315" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="D315" t="s">
         <v>44</v>
       </c>
       <c r="E315" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H315" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J315" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="K315" t="s">
-        <v>1214</v>
+        <v>1181</v>
       </c>
       <c r="L315" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="M315" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
       <c r="B316" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C316" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D316" t="s">
+        <v>44</v>
+      </c>
+      <c r="E316" t="s">
+        <v>56</v>
+      </c>
+      <c r="H316" t="s">
+        <v>48</v>
+      </c>
+      <c r="J316" t="s">
         <v>1257</v>
       </c>
-      <c r="C316" t="s">
+      <c r="K316" t="s">
+        <v>1181</v>
+      </c>
+      <c r="L316" t="s">
+        <v>1042</v>
+      </c>
+      <c r="M316" t="s">
         <v>1258</v>
-      </c>
-[...19 lines deleted...]
-        <v>1255</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="B317" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="C317" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
       <c r="D317" t="s">
         <v>44</v>
       </c>
       <c r="E317" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J317" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="K317" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
       <c r="M317" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="B318" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
       <c r="C318" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
       <c r="D318" t="s">
         <v>44</v>
       </c>
       <c r="E318" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H318" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J318" t="s">
-        <v>1268</v>
+        <v>1271</v>
       </c>
       <c r="K318" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="L318" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
       <c r="M318" t="s">
-        <v>1271</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
       <c r="B319" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
       <c r="C319" t="s">
-        <v>1274</v>
+        <v>1277</v>
       </c>
       <c r="D319" t="s">
         <v>44</v>
       </c>
       <c r="E319" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F319" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
       <c r="H319" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="I319" t="s">
-        <v>1276</v>
+        <v>1279</v>
       </c>
       <c r="J319" t="s">
-        <v>1277</v>
+        <v>1280</v>
       </c>
       <c r="K319" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
       <c r="M319" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="B320" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="C320" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="D320" t="s">
         <v>44</v>
       </c>
       <c r="E320" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="B321" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="C321" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="D321" t="s">
         <v>44</v>
       </c>
       <c r="E321" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="B322" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="C322" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="D322" t="s">
         <v>44</v>
       </c>
       <c r="E322" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H322" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J322" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="K322" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="L322" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="M322" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B323" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C323" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D323" t="s">
+        <v>44</v>
+      </c>
+      <c r="E323" t="s">
+        <v>56</v>
+      </c>
+      <c r="H323" t="s">
+        <v>48</v>
+      </c>
+      <c r="J323" t="s">
         <v>1292</v>
       </c>
-      <c r="B323" t="s">
+      <c r="K323" t="s">
+        <v>1231</v>
+      </c>
+      <c r="L323" t="s">
         <v>1293</v>
       </c>
-      <c r="C323" t="s">
+      <c r="M323" t="s">
         <v>1294</v>
-      </c>
-[...19 lines deleted...]
-        <v>1291</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="B324" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="C324" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="D324" t="s">
         <v>44</v>
       </c>
       <c r="E324" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H324" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J324" t="s">
-        <v>1298</v>
+        <v>1301</v>
       </c>
       <c r="K324" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="L324" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="M324" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B325" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D325" t="s">
+        <v>44</v>
+      </c>
+      <c r="E325" t="s">
+        <v>56</v>
+      </c>
+      <c r="H325" t="s">
+        <v>365</v>
+      </c>
+      <c r="J325" t="s">
+        <v>1301</v>
+      </c>
+      <c r="K325" t="s">
         <v>1302</v>
       </c>
-      <c r="B325" t="s">
+      <c r="L325" t="s">
         <v>1303</v>
       </c>
-      <c r="C325" t="s">
+      <c r="M325" t="s">
         <v>1304</v>
-      </c>
-[...19 lines deleted...]
-        <v>1301</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" t="s">
-        <v>1305</v>
+        <v>1308</v>
       </c>
       <c r="B326" t="s">
-        <v>1306</v>
+        <v>1309</v>
       </c>
       <c r="C326" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="D326" t="s">
         <v>44</v>
       </c>
       <c r="E326" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="B327" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="C327" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="D327" t="s">
         <v>44</v>
       </c>
       <c r="E327" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H327" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J327" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="K327" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="L327" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="M327" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C328" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D328" t="s">
+        <v>44</v>
+      </c>
+      <c r="E328" t="s">
+        <v>56</v>
+      </c>
+      <c r="H328" t="s">
+        <v>272</v>
+      </c>
+      <c r="J328" t="s">
         <v>1314</v>
       </c>
-      <c r="B328" t="s">
+      <c r="K328" t="s">
         <v>1315</v>
       </c>
-      <c r="C328" t="s">
+      <c r="L328" t="s">
+        <v>1042</v>
+      </c>
+      <c r="M328" t="s">
         <v>1316</v>
-      </c>
-[...19 lines deleted...]
-        <v>1313</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329" t="s">
-        <v>1317</v>
+        <v>1320</v>
       </c>
       <c r="B329" t="s">
-        <v>1318</v>
+        <v>1321</v>
       </c>
       <c r="C329" t="s">
-        <v>1319</v>
+        <v>1322</v>
       </c>
       <c r="D329" t="s">
         <v>44</v>
       </c>
       <c r="E329" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="330" spans="1:13">
       <c r="A330" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
       <c r="B330" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="C330" t="s">
-        <v>1322</v>
+        <v>1325</v>
       </c>
       <c r="D330" t="s">
         <v>44</v>
       </c>
       <c r="E330" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H330" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J330" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="K330" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="L330" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="M330" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="331" spans="1:13">
       <c r="A331" t="s">
-        <v>1323</v>
+        <v>1326</v>
       </c>
       <c r="B331" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
       <c r="C331" t="s">
-        <v>1325</v>
+        <v>1328</v>
       </c>
       <c r="D331" t="s">
         <v>44</v>
       </c>
       <c r="E331" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H331" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J331" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="K331" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="L331" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="M331" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="332" spans="1:13">
       <c r="A332" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
       <c r="B332" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
       <c r="C332" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="D332" t="s">
         <v>44</v>
       </c>
       <c r="E332" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="333" spans="1:13">
       <c r="A333" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="B333" t="s">
-        <v>1330</v>
+        <v>1333</v>
       </c>
       <c r="C333" t="s">
-        <v>1331</v>
+        <v>1334</v>
       </c>
       <c r="D333" t="s">
         <v>44</v>
       </c>
       <c r="E333" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H333" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J333" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="K333" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="L333" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="M333" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="334" spans="1:13">
       <c r="A334" t="s">
-        <v>1332</v>
+        <v>1335</v>
       </c>
       <c r="B334" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
       <c r="C334" t="s">
-        <v>1334</v>
+        <v>1337</v>
       </c>
       <c r="D334" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E334" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="335" spans="1:13">
       <c r="A335" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B335" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C335" t="s">
-        <v>1337</v>
+        <v>1340</v>
       </c>
       <c r="D335" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E335" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="G335" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="H335" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="I335" t="s">
-        <v>1338</v>
+        <v>1341</v>
       </c>
       <c r="J335" t="s">
-        <v>1339</v>
+        <v>1342</v>
       </c>
       <c r="K335" t="s">
-        <v>1340</v>
+        <v>1343</v>
       </c>
       <c r="M335" t="s">
-        <v>1341</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="336" spans="1:13">
       <c r="A336" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B336" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C336" t="s">
-        <v>1344</v>
+        <v>1347</v>
       </c>
       <c r="D336" t="s">
         <v>44</v>
       </c>
       <c r="E336" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J336" t="s">
-        <v>1345</v>
+        <v>1348</v>
       </c>
       <c r="K336" t="s">
-        <v>1346</v>
+        <v>1349</v>
       </c>
       <c r="M336" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="337" spans="1:13">
       <c r="A337" t="s">
-        <v>1348</v>
+        <v>1351</v>
       </c>
       <c r="B337" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
       <c r="C337" t="s">
-        <v>1350</v>
+        <v>1353</v>
       </c>
       <c r="D337" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E337" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="G337" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="H337" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J337" t="s">
-        <v>1351</v>
+        <v>1354</v>
       </c>
       <c r="K337" t="s">
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="L337" t="s">
-        <v>1353</v>
+        <v>1356</v>
       </c>
       <c r="M337" t="s">
-        <v>1354</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="338" spans="1:13">
       <c r="A338" t="s">
-        <v>1355</v>
+        <v>1358</v>
       </c>
       <c r="B338" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="C338" t="s">
-        <v>1357</v>
+        <v>1360</v>
       </c>
       <c r="D338" t="s">
         <v>44</v>
       </c>
       <c r="E338" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H338" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J338" t="s">
-        <v>1358</v>
+        <v>1361</v>
       </c>
       <c r="K338" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="L338" t="s">
-        <v>1359</v>
+        <v>1362</v>
       </c>
       <c r="M338" t="s">
-        <v>1360</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="339" spans="1:13">
       <c r="A339" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B339" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C339" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D339" t="s">
+        <v>44</v>
+      </c>
+      <c r="E339" t="s">
+        <v>56</v>
+      </c>
+      <c r="H339" t="s">
+        <v>48</v>
+      </c>
+      <c r="J339" t="s">
         <v>1361</v>
       </c>
-      <c r="B339" t="s">
+      <c r="K339" t="s">
+        <v>1272</v>
+      </c>
+      <c r="L339" t="s">
         <v>1362</v>
       </c>
-      <c r="C339" t="s">
+      <c r="M339" t="s">
         <v>1363</v>
-      </c>
-[...19 lines deleted...]
-        <v>1360</v>
       </c>
     </row>
     <row r="340" spans="1:13">
       <c r="A340" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="B340" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="C340" t="s">
-        <v>1366</v>
+        <v>1369</v>
       </c>
       <c r="D340" t="s">
         <v>44</v>
       </c>
       <c r="E340" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="F340" t="s">
-        <v>1367</v>
+        <v>1370</v>
       </c>
       <c r="G340" t="s">
-        <v>1368</v>
+        <v>159</v>
       </c>
       <c r="H340" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="I340" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="J340" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="K340" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="M340" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="341" spans="1:13">
       <c r="A341" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="B341" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="C341" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="D341" t="s">
         <v>44</v>
       </c>
       <c r="E341" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="342" spans="1:13">
       <c r="A342" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="B342" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="C342" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="D342" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E342" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J342" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="K342" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="M342" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="343" spans="1:13">
       <c r="A343" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="B343" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="C343" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="D343" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E343" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="344" spans="1:13">
       <c r="A344" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="B344" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="C344" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="D344" t="s">
         <v>44</v>
       </c>
       <c r="E344" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="345" spans="1:13">
       <c r="A345" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="B345" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="C345" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="D345" t="s">
         <v>44</v>
       </c>
       <c r="E345" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="346" spans="1:13">
       <c r="A346" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="B346" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="C346" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="D346" t="s">
         <v>44</v>
       </c>
       <c r="E346" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="347" spans="1:13">
       <c r="A347" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="B347" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="C347" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="D347" t="s">
         <v>44</v>
       </c>
       <c r="E347" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J347" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="K347" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="M347" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="348" spans="1:13">
       <c r="A348" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="B348" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="C348" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="D348" t="s">
         <v>44</v>
       </c>
       <c r="E348" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="349" spans="1:13">
       <c r="A349" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="B349" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="C349" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="D349" t="s">
         <v>44</v>
       </c>
       <c r="E349" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="350" spans="1:13">
       <c r="A350" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="B350" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="C350" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="D350" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="E350" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>1409</v>
+        <v>56</v>
       </c>
       <c r="J350" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="K350" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="L350" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="M350" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="351" spans="1:13">
       <c r="A351" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="B351" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="C351" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="D351" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="E351" t="s">
-        <v>45</v>
+        <v>56</v>
+      </c>
+      <c r="F351" t="s">
+        <v>1416</v>
       </c>
       <c r="J351" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="K351" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="L351" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="M351" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="352" spans="1:13">
       <c r="A352" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="B352" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="C352" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="D352" t="s">
         <v>44</v>
       </c>
       <c r="E352" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J352" t="s">
-        <v>1415</v>
+        <v>1411</v>
       </c>
       <c r="K352" t="s">
-        <v>1416</v>
+        <v>1412</v>
       </c>
       <c r="L352" t="s">
-        <v>1417</v>
+        <v>1413</v>
       </c>
       <c r="M352" t="s">
-        <v>1418</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="353" spans="1:13">
       <c r="A353" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="B353" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="C353" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="D353" t="s">
         <v>44</v>
       </c>
       <c r="E353" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="354" spans="1:13">
       <c r="A354" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="B354" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="C354" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="D354" t="s">
         <v>44</v>
       </c>
       <c r="E354" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="355" spans="1:13">
       <c r="A355" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="B355" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="C355" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="D355" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E355" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F355" t="s">
-        <v>1409</v>
+        <v>1416</v>
       </c>
       <c r="J355" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="K355" t="s">
-        <v>1411</v>
+        <v>1418</v>
       </c>
       <c r="L355" t="s">
-        <v>1412</v>
+        <v>1419</v>
       </c>
       <c r="M355" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="356" spans="1:13">
       <c r="A356" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="B356" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="C356" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="D356" t="s">
         <v>44</v>
       </c>
       <c r="E356" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J356" t="s">
-        <v>1415</v>
+        <v>1411</v>
       </c>
       <c r="K356" t="s">
-        <v>1416</v>
+        <v>1412</v>
       </c>
       <c r="L356" t="s">
-        <v>1417</v>
+        <v>1413</v>
       </c>
       <c r="M356" t="s">
-        <v>1418</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="357" spans="1:13">
       <c r="A357" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="B357" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="C357" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="D357" t="s">
         <v>44</v>
       </c>
       <c r="E357" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J357" t="s">
-        <v>1415</v>
+        <v>1411</v>
       </c>
       <c r="K357" t="s">
-        <v>1416</v>
+        <v>1412</v>
       </c>
       <c r="L357" t="s">
-        <v>1417</v>
+        <v>1413</v>
       </c>
       <c r="M357" t="s">
-        <v>1418</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="358" spans="1:13">
       <c r="A358" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="B358" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
       <c r="C358" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="D358" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E358" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="G358" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="H358" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J358" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="K358" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="M358" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="359" spans="1:13">
       <c r="A359" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="B359" t="s">
-        <v>1407</v>
+        <v>1415</v>
       </c>
       <c r="C359" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="D359" t="s">
         <v>44</v>
       </c>
       <c r="E359" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J359" t="s">
-        <v>1415</v>
+        <v>1411</v>
       </c>
       <c r="K359" t="s">
-        <v>1416</v>
+        <v>1412</v>
       </c>
       <c r="L359" t="s">
-        <v>1417</v>
+        <v>1413</v>
       </c>
       <c r="M359" t="s">
-        <v>1418</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="360" spans="1:13">
       <c r="A360" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
       <c r="B360" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="C360" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="D360" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E360" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="G360" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="H360" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J360" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="K360" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="M360" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="361" spans="1:13">
       <c r="A361" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="B361" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="C361" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="D361" t="s">
         <v>44</v>
       </c>
       <c r="E361" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J361" t="s">
-        <v>1415</v>
+        <v>1411</v>
       </c>
       <c r="K361" t="s">
-        <v>1416</v>
+        <v>1412</v>
       </c>
       <c r="L361" t="s">
-        <v>1417</v>
+        <v>1413</v>
       </c>
       <c r="M361" t="s">
-        <v>1418</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="362" spans="1:13">
       <c r="A362" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="B362" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
       <c r="C362" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="D362" t="s">
         <v>44</v>
       </c>
       <c r="E362" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J362" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="K362" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="L362" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="M362" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="363" spans="1:13">
       <c r="A363" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="B363" t="s">
-        <v>1414</v>
+        <v>1409</v>
       </c>
       <c r="C363" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="D363" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E363" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F363" t="s">
-        <v>1409</v>
+        <v>1416</v>
       </c>
       <c r="J363" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="K363" t="s">
-        <v>1411</v>
+        <v>1418</v>
       </c>
       <c r="L363" t="s">
-        <v>1412</v>
+        <v>1419</v>
       </c>
       <c r="M363" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="364" spans="1:13">
       <c r="A364" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="B364" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="C364" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="D364" t="s">
         <v>44</v>
       </c>
       <c r="E364" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H364" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J364" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="K364" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="L364" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
       <c r="M364" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="365" spans="1:13">
       <c r="A365" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="B365" t="s">
-        <v>1437</v>
+        <v>1465</v>
       </c>
       <c r="C365" t="s">
-        <v>1463</v>
+        <v>1466</v>
       </c>
       <c r="D365" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="E365" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J365" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="K365" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="L365" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="M365" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="366" spans="1:13">
       <c r="A366" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="B366" t="s">
-        <v>1464</v>
+        <v>1439</v>
       </c>
       <c r="C366" t="s">
-        <v>1463</v>
+        <v>1466</v>
       </c>
       <c r="D366" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="E366" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J366" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="K366" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="L366" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="M366" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="367" spans="1:13">
       <c r="A367" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="B367" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="C367" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
       <c r="D367" t="s">
         <v>44</v>
       </c>
       <c r="E367" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J367" t="s">
-        <v>1415</v>
+        <v>1411</v>
       </c>
       <c r="K367" t="s">
-        <v>1416</v>
+        <v>1412</v>
       </c>
       <c r="L367" t="s">
-        <v>1417</v>
+        <v>1413</v>
       </c>
       <c r="M367" t="s">
-        <v>1418</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="368" spans="1:13">
       <c r="A368" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="B368" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="C368" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="D368" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E368" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="G368" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="H368" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J368" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="K368" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="M368" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="369" spans="1:13">
       <c r="A369" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
       <c r="B369" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="C369" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="D369" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E369" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="G369" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="H369" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J369" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="K369" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="M369" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="370" spans="1:13">
       <c r="A370" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="B370" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1477</v>
+      </c>
+      <c r="D370" t="s">
+        <v>88</v>
+      </c>
+      <c r="E370" t="s">
+        <v>56</v>
+      </c>
+      <c r="F370" t="s">
+        <v>1416</v>
+      </c>
+      <c r="J370" t="s">
+        <v>1433</v>
+      </c>
+      <c r="K370" t="s">
+        <v>1418</v>
+      </c>
+      <c r="L370" t="s">
+        <v>1419</v>
+      </c>
+      <c r="M370" t="s">
         <v>1434</v>
-      </c>
-[...22 lines deleted...]
-        <v>1432</v>
       </c>
     </row>
     <row r="371" spans="1:13">
       <c r="A371" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="B371" t="s">
-        <v>1414</v>
+        <v>1409</v>
       </c>
       <c r="C371" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="D371" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E371" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J371" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="K371" t="s">
-        <v>1411</v>
+        <v>1418</v>
       </c>
       <c r="L371" t="s">
-        <v>1412</v>
+        <v>1419</v>
       </c>
       <c r="M371" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="372" spans="1:13">
       <c r="A372" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="B372" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="C372" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="D372" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E372" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J372" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="K372" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L372" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="M372" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="373" spans="1:13">
       <c r="A373" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="B373" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="C373" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="D373" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E373" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="374" spans="1:13">
       <c r="A374" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="B374" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="C374" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="D374" t="s">
         <v>44</v>
       </c>
       <c r="E374" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="375" spans="1:13">
       <c r="A375" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
       <c r="B375" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="C375" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="D375" t="s">
         <v>44</v>
       </c>
       <c r="E375" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="376" spans="1:13">
       <c r="A376" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="B376" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="C376" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="D376" t="s">
         <v>44</v>
       </c>
       <c r="E376" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="377" spans="1:13">
       <c r="A377" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="B377" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="C377" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="D377" t="s">
         <v>44</v>
       </c>
       <c r="E377" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="I377" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="J377" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="K377" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="L377" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="M377" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="378" spans="1:13">
       <c r="A378" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="B378" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="C378" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="D378" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E378" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="379" spans="1:13">
       <c r="A379" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="B379" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="C379" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="D379" t="s">
         <v>44</v>
       </c>
       <c r="E379" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="380" spans="1:13">
       <c r="A380" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="B380" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="C380" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="D380" t="s">
         <v>44</v>
       </c>
       <c r="E380" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="381" spans="1:13">
       <c r="A381" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="B381" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="C381" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="D381" t="s">
         <v>44</v>
       </c>
       <c r="E381" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="382" spans="1:13">
       <c r="A382" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="B382" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="C382" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="D382" t="s">
         <v>44</v>
       </c>
       <c r="E382" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="383" spans="1:13">
       <c r="A383" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="B383" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="C383" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="D383" t="s">
         <v>44</v>
       </c>
       <c r="E383" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="384" spans="1:13">
       <c r="A384" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="B384" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="C384" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="D384" t="s">
         <v>44</v>
       </c>
       <c r="E384" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J384" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="K384" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="M384" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="385" spans="1:13">
       <c r="A385" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="B385" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="C385" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="D385" t="s">
         <v>44</v>
       </c>
       <c r="E385" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="386" spans="1:13">
       <c r="A386" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="B386" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="C386" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="D386" t="s">
         <v>44</v>
       </c>
       <c r="E386" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="387" spans="1:13">
       <c r="A387" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="B387" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="C387" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="D387" t="s">
         <v>44</v>
       </c>
       <c r="E387" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="388" spans="1:13">
       <c r="A388" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="B388" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="C388" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="D388" t="s">
         <v>44</v>
       </c>
       <c r="E388" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="389" spans="1:13">
       <c r="A389" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="B389" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="C389" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="D389" t="s">
         <v>44</v>
       </c>
       <c r="E389" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="390" spans="1:13">
       <c r="A390" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="B390" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="C390" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="D390" t="s">
         <v>44</v>
       </c>
       <c r="E390" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="391" spans="1:13">
       <c r="A391" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="B391" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="C391" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="D391" t="s">
         <v>44</v>
       </c>
       <c r="E391" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="F391" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="H391" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J391" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="K391" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="M391" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="392" spans="1:13">
       <c r="A392" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B392" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D392" t="s">
+        <v>44</v>
+      </c>
+      <c r="E392" t="s">
+        <v>45</v>
+      </c>
+      <c r="F392" t="s">
+        <v>1550</v>
+      </c>
+      <c r="H392" t="s">
+        <v>365</v>
+      </c>
+      <c r="J392" t="s">
+        <v>1551</v>
+      </c>
+      <c r="K392" t="s">
         <v>1552</v>
       </c>
-      <c r="B392" t="s">
+      <c r="M392" t="s">
         <v>1553</v>
-      </c>
-[...22 lines deleted...]
-        <v>1551</v>
       </c>
     </row>
     <row r="393" spans="1:13">
       <c r="A393" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="B393" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="C393" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="D393" t="s">
         <v>44</v>
       </c>
       <c r="E393" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="F393" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="H393" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J393" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="K393" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="M393" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="394" spans="1:13">
       <c r="A394" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="B394" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="C394" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="D394" t="s">
         <v>44</v>
       </c>
       <c r="E394" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="F394" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="H394" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J394" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="K394" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="M394" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="395" spans="1:13">
       <c r="A395" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="B395" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="C395" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="D395" t="s">
         <v>44</v>
       </c>
       <c r="E395" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="396" spans="1:13">
       <c r="A396" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="B396" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="C396" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="D396" t="s">
         <v>44</v>
       </c>
       <c r="E396" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="397" spans="1:13">
       <c r="A397" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="B397" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="C397" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="D397" t="s">
         <v>44</v>
       </c>
       <c r="E397" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="398" spans="1:13">
       <c r="A398" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="B398" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="C398" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="D398" t="s">
         <v>44</v>
       </c>
       <c r="E398" t="s">
-        <v>150</v>
+        <v>56</v>
       </c>
       <c r="F398" t="s">
-        <v>1573</v>
-[...2 lines deleted...]
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="H398" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>1575</v>
+        <v>61</v>
       </c>
       <c r="J398" t="s">
         <v>1576</v>
       </c>
       <c r="K398" t="s">
-        <v>1278</v>
+        <v>1577</v>
       </c>
       <c r="M398" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="399" spans="1:13">
       <c r="A399" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="B399" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="C399" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="D399" t="s">
         <v>44</v>
       </c>
       <c r="E399" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="400" spans="1:13">
       <c r="A400" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="B400" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="C400" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="D400" t="s">
         <v>44</v>
       </c>
       <c r="E400" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="401" spans="1:13">
       <c r="A401" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="B401" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="C401" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="D401" t="s">
         <v>44</v>
       </c>
       <c r="E401" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="402" spans="1:13">
       <c r="A402" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="B402" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="C402" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="D402" t="s">
         <v>44</v>
       </c>
       <c r="E402" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J402" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="K402" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="M402" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="403" spans="1:13">
       <c r="A403" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="B403" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="C403" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="D403" t="s">
         <v>44</v>
       </c>
       <c r="E403" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="404" spans="1:13">
       <c r="A404" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="B404" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="C404" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="D404" t="s">
         <v>44</v>
       </c>
       <c r="E404" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J404" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="K404" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="M404" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="405" spans="1:13">
       <c r="A405" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="B405" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="C405" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="D405" t="s">
         <v>44</v>
       </c>
       <c r="E405" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="406" spans="1:13">
       <c r="A406" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="B406" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="C406" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="D406" t="s">
         <v>44</v>
       </c>
       <c r="E406" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="407" spans="1:13">
       <c r="A407" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="B407" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="C407" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="D407" t="s">
         <v>44</v>
       </c>
       <c r="E407" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="408" spans="1:13">
       <c r="A408" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="B408" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="C408" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="D408" t="s">
         <v>44</v>
       </c>
       <c r="E408" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="409" spans="1:13">
       <c r="A409" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="B409" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="C409" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="D409" t="s">
         <v>44</v>
       </c>
       <c r="E409" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="410" spans="1:13">
       <c r="A410" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="B410" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="C410" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="D410" t="s">
         <v>44</v>
       </c>
       <c r="E410" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="411" spans="1:13">
       <c r="A411" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="B411" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="C411" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="D411" t="s">
         <v>44</v>
       </c>
       <c r="E411" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="412" spans="1:13">
       <c r="A412" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="B412" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="C412" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="D412" t="s">
         <v>44</v>
       </c>
       <c r="E412" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="413" spans="1:13">
       <c r="A413" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="B413" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="C413" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="D413" t="s">
         <v>44</v>
       </c>
       <c r="E413" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="414" spans="1:13">
       <c r="A414" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="B414" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="C414" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="D414" t="s">
         <v>44</v>
       </c>
       <c r="E414" t="s">
         <v>45</v>
       </c>
+      <c r="F414" t="s">
+        <v>1633</v>
+      </c>
+      <c r="G414" t="s">
+        <v>47</v>
+      </c>
       <c r="H414" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J414" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="K414" t="s">
-        <v>1633</v>
-[...2 lines deleted...]
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="M414" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="415" spans="1:13">
       <c r="A415" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="B415" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="C415" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="D415" t="s">
         <v>44</v>
       </c>
       <c r="E415" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="416" spans="1:13">
       <c r="A416" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="B416" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="C416" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="D416" t="s">
         <v>44</v>
       </c>
       <c r="E416" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="417" spans="1:13">
       <c r="A417" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="B417" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="C417" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="D417" t="s">
         <v>44</v>
       </c>
       <c r="E417" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="418" spans="1:13">
       <c r="A418" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="B418" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="C418" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="D418" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E418" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="G418" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="H418" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="I418" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="J418" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="K418" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="M418" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="419" spans="1:13">
       <c r="A419" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="B419" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="C419" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="D419" t="s">
         <v>44</v>
       </c>
       <c r="E419" t="s">
-        <v>150</v>
+        <v>56</v>
       </c>
       <c r="F419" t="s">
-        <v>1654</v>
-[...1 lines deleted...]
-      <c r="G419" t="s">
         <v>1655</v>
       </c>
       <c r="H419" t="s">
-        <v>1113</v>
-[...1 lines deleted...]
-      <c r="I419" t="s">
+        <v>61</v>
+      </c>
+      <c r="J419" t="s">
         <v>1656</v>
       </c>
-      <c r="J419" t="s">
+      <c r="K419" t="s">
         <v>1657</v>
       </c>
-      <c r="K419" t="s">
+      <c r="L419" t="s">
+        <v>1655</v>
+      </c>
+      <c r="M419" t="s">
         <v>1658</v>
-      </c>
-[...4 lines deleted...]
-        <v>1660</v>
       </c>
     </row>
     <row r="420" spans="1:13">
       <c r="A420" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B420" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C420" t="s">
         <v>1661</v>
       </c>
-      <c r="B420" t="s">
+      <c r="D420" t="s">
+        <v>44</v>
+      </c>
+      <c r="E420" t="s">
+        <v>45</v>
+      </c>
+      <c r="F420" t="s">
         <v>1662</v>
       </c>
-      <c r="C420" t="s">
+      <c r="G420" t="s">
+        <v>47</v>
+      </c>
+      <c r="H420" t="s">
+        <v>61</v>
+      </c>
+      <c r="J420" t="s">
         <v>1663</v>
       </c>
-      <c r="D420" t="s">
-[...14 lines deleted...]
-      <c r="J420" t="s">
+      <c r="K420" t="s">
+        <v>1635</v>
+      </c>
+      <c r="M420" t="s">
         <v>1664</v>
-      </c>
-[...7 lines deleted...]
-        <v>1666</v>
       </c>
     </row>
     <row r="421" spans="1:13">
       <c r="A421" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B421" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C421" t="s">
         <v>1667</v>
       </c>
-      <c r="B421" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D421" t="s">
         <v>44</v>
       </c>
       <c r="E421" t="s">
-        <v>150</v>
+        <v>56</v>
       </c>
       <c r="F421" t="s">
-        <v>1654</v>
-[...1 lines deleted...]
-      <c r="G421" t="s">
         <v>1655</v>
       </c>
       <c r="H421" t="s">
-        <v>1113</v>
-[...2 lines deleted...]
-        <v>1670</v>
+        <v>61</v>
       </c>
       <c r="J421" t="s">
+        <v>1656</v>
+      </c>
+      <c r="K421" t="s">
         <v>1657</v>
       </c>
-      <c r="K421" t="s">
+      <c r="L421" t="s">
+        <v>1655</v>
+      </c>
+      <c r="M421" t="s">
         <v>1658</v>
-      </c>
-[...4 lines deleted...]
-        <v>1672</v>
       </c>
     </row>
     <row r="422" spans="1:13">
       <c r="A422" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B422" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C422" t="s">
+        <v>1670</v>
+      </c>
+      <c r="D422" t="s">
+        <v>88</v>
+      </c>
+      <c r="E422" t="s">
+        <v>56</v>
+      </c>
+      <c r="F422" t="s">
+        <v>1671</v>
+      </c>
+      <c r="J422" t="s">
+        <v>1672</v>
+      </c>
+      <c r="K422" t="s">
         <v>1673</v>
       </c>
-      <c r="B422" t="s">
+      <c r="M422" t="s">
         <v>1674</v>
-      </c>
-[...19 lines deleted...]
-        <v>1679</v>
       </c>
     </row>
     <row r="423" spans="1:13">
       <c r="A423" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B423" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C423" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D423" t="s">
+        <v>44</v>
+      </c>
+      <c r="E423" t="s">
+        <v>56</v>
+      </c>
+      <c r="F423" t="s">
+        <v>1678</v>
+      </c>
+      <c r="H423" t="s">
+        <v>48</v>
+      </c>
+      <c r="I423" t="s">
+        <v>49</v>
+      </c>
+      <c r="J423" t="s">
+        <v>1679</v>
+      </c>
+      <c r="K423" t="s">
+        <v>1657</v>
+      </c>
+      <c r="L423" t="s">
+        <v>1678</v>
+      </c>
+      <c r="M423" t="s">
         <v>1680</v>
-      </c>
-[...31 lines deleted...]
-        <v>1666</v>
       </c>
     </row>
     <row r="424" spans="1:13">
       <c r="A424" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B424" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C424" t="s">
         <v>1683</v>
       </c>
-      <c r="B424" t="s">
+      <c r="D424" t="s">
+        <v>44</v>
+      </c>
+      <c r="E424" t="s">
+        <v>56</v>
+      </c>
+      <c r="F424" t="s">
+        <v>1655</v>
+      </c>
+      <c r="H424" t="s">
+        <v>48</v>
+      </c>
+      <c r="I424" t="s">
         <v>1684</v>
       </c>
-      <c r="C424" t="s">
+      <c r="J424" t="s">
+        <v>1656</v>
+      </c>
+      <c r="K424" t="s">
+        <v>1657</v>
+      </c>
+      <c r="L424" t="s">
+        <v>1655</v>
+      </c>
+      <c r="M424" t="s">
         <v>1685</v>
-      </c>
-[...25 lines deleted...]
-        <v>1666</v>
       </c>
     </row>
     <row r="425" spans="1:13">
       <c r="A425" t="s">
         <v>1686</v>
       </c>
       <c r="B425" t="s">
         <v>1687</v>
       </c>
       <c r="C425" t="s">
         <v>1688</v>
       </c>
       <c r="D425" t="s">
         <v>44</v>
       </c>
       <c r="E425" t="s">
-        <v>150</v>
+        <v>56</v>
       </c>
       <c r="F425" t="s">
-        <v>1654</v>
-[...1 lines deleted...]
-      <c r="G425" t="s">
         <v>1655</v>
       </c>
       <c r="H425" t="s">
-        <v>1113</v>
+        <v>61</v>
+      </c>
+      <c r="I425" t="s">
+        <v>1689</v>
       </c>
       <c r="J425" t="s">
-        <v>1664</v>
+        <v>1656</v>
       </c>
       <c r="K425" t="s">
-        <v>1658</v>
+        <v>1657</v>
       </c>
       <c r="L425" t="s">
-        <v>1665</v>
+        <v>1655</v>
       </c>
       <c r="M425" t="s">
-        <v>1666</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="426" spans="1:13">
       <c r="A426" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="B426" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="C426" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="D426" t="s">
         <v>44</v>
       </c>
       <c r="E426" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H426" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="J426" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
       <c r="K426" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="L426" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="M426" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="427" spans="1:13">
       <c r="A427" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="B427" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="C427" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="D427" t="s">
         <v>44</v>
       </c>
       <c r="E427" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="428" spans="1:13">
       <c r="A428" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="B428" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="C428" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="D428" t="s">
         <v>44</v>
       </c>
       <c r="E428" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="429" spans="1:13">
       <c r="A429" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="B429" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="C429" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="D429" t="s">
         <v>44</v>
       </c>
       <c r="E429" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="430" spans="1:13">
       <c r="A430" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="B430" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="C430" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="D430" t="s">
         <v>44</v>
       </c>
       <c r="E430" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F430" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="H430" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J430" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="K430" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="L430" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="M430" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="431" spans="1:13">
       <c r="A431" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="B431" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="C431" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="D431" t="s">
         <v>44</v>
       </c>
       <c r="E431" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="432" spans="1:13">
       <c r="A432" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="B432" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="C432" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="D432" t="s">
         <v>44</v>
       </c>
       <c r="E432" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="433" spans="1:13">
       <c r="A433" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="B433" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="C433" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="D433" t="s">
         <v>44</v>
       </c>
       <c r="E433" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="434" spans="1:13">
       <c r="A434" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="B434" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
       <c r="C434" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="D434" t="s">
         <v>44</v>
       </c>
       <c r="E434" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="435" spans="1:13">
       <c r="A435" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="B435" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="C435" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="D435" t="s">
         <v>44</v>
       </c>
       <c r="E435" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="436" spans="1:13">
       <c r="A436" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="B436" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="C436" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="D436" t="s">
         <v>44</v>
       </c>
       <c r="E436" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="437" spans="1:13">
       <c r="A437" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="B437" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="C437" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="D437" t="s">
         <v>44</v>
       </c>
       <c r="E437" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="438" spans="1:13">
       <c r="A438" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="B438" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="C438" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="D438" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E438" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="439" spans="1:13">
       <c r="A439" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="B439" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="C439" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="D439" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E439" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="440" spans="1:13">
       <c r="A440" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="B440" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="C440" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="D440" t="s">
         <v>44</v>
       </c>
       <c r="E440" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="441" spans="1:13">
       <c r="A441" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="B441" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="C441" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="D441" t="s">
         <v>44</v>
       </c>
       <c r="E441" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J441" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="K441" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="M441" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="442" spans="1:13">
       <c r="A442" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="B442" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="C442" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="D442" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E442" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="443" spans="1:13">
       <c r="A443" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="B443" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C443" t="s">
         <v>1747</v>
       </c>
-      <c r="C443" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D443" t="s">
         <v>44</v>
       </c>
       <c r="E443" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="444" spans="1:13">
       <c r="A444" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="B444" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="C444" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="D444" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E444" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="445" spans="1:13">
       <c r="A445" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="B445" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C445" t="s">
         <v>1751</v>
       </c>
-      <c r="C445" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D445" t="s">
         <v>44</v>
       </c>
       <c r="E445" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="446" spans="1:13">
       <c r="A446" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="B446" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="C446" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="D446" t="s">
         <v>44</v>
       </c>
       <c r="E446" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H446" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J446" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="K446" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="M446" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="447" spans="1:13">
       <c r="A447" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="B447" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="C447" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="D447" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E447" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="448" spans="1:13">
       <c r="A448" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="B448" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="C448" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="D448" t="s">
         <v>44</v>
       </c>
       <c r="E448" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="449" spans="1:13">
       <c r="A449" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="B449" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C449" t="s">
         <v>1762</v>
       </c>
-      <c r="C449" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D449" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E449" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="450" spans="1:13">
       <c r="A450" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="B450" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="C450" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="D450" t="s">
         <v>44</v>
       </c>
       <c r="E450" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="451" spans="1:13">
       <c r="A451" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="B451" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C451" t="s">
         <v>1766</v>
       </c>
-      <c r="C451" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D451" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E451" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="452" spans="1:13">
       <c r="A452" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="B452" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="C452" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="D452" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E452" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="G452" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="H452" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J452" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="K452" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="M452" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="453" spans="1:13">
       <c r="A453" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="B453" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="C453" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="D453" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E453" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J453" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
       <c r="K453" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="M453" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="454" spans="1:13">
       <c r="A454" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="B454" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="C454" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="D454" t="s">
         <v>44</v>
       </c>
       <c r="E454" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H454" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J454" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="K454" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="L454" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="M454" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="455" spans="1:13">
       <c r="A455" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="B455" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="C455" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="D455" t="s">
         <v>44</v>
       </c>
       <c r="E455" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="456" spans="1:13">
       <c r="A456" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="B456" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="C456" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="D456" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E456" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="457" spans="1:13">
       <c r="A457" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
       <c r="B457" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="C457" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="D457" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E457" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="458" spans="1:13">
       <c r="A458" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="B458" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="C458" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="D458" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="E458" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="459" spans="1:13">
       <c r="A459" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="B459" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C459" t="s">
         <v>1793</v>
       </c>
-      <c r="C459" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D459" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="E459" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="460" spans="1:13">
       <c r="A460" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="B460" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="C460" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="D460" t="s">
         <v>44</v>
       </c>
       <c r="E460" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="461" spans="1:13">
       <c r="A461" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="B461" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="C461" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="D461" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E461" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="G461" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="H461" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J461" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="K461" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="M461" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="462" spans="1:13">
       <c r="A462" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="B462" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C462" t="s">
         <v>1800</v>
       </c>
-      <c r="C462" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D462" t="s">
         <v>44</v>
       </c>
       <c r="E462" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J462" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="K462" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="M462" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="463" spans="1:13">
       <c r="A463" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="B463" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="C463" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="D463" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="E463" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="464" spans="1:13">
       <c r="A464" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="B464" t="s">
+        <v>1808</v>
+      </c>
+      <c r="C464" t="s">
         <v>1807</v>
       </c>
-      <c r="C464" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D464" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="E464" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="465" spans="1:13">
       <c r="A465" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="B465" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="C465" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="D465" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="E465" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="466" spans="1:13">
       <c r="A466" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="B466" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C466" t="s">
         <v>1811</v>
       </c>
-      <c r="C466" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D466" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="E466" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="467" spans="1:13">
       <c r="A467" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="B467" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="C467" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="D467" t="s">
         <v>44</v>
       </c>
       <c r="E467" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="468" spans="1:13">
       <c r="A468" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="B468" t="s">
+        <v>1816</v>
+      </c>
+      <c r="C468" t="s">
         <v>1815</v>
       </c>
-      <c r="C468" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D468" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E468" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="469" spans="1:13">
       <c r="A469" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="B469" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="C469" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="D469" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E469" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="470" spans="1:13">
       <c r="A470" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="B470" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C470" t="s">
         <v>1819</v>
       </c>
-      <c r="C470" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D470" t="s">
         <v>44</v>
       </c>
       <c r="E470" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H470" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J470" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="K470" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="L470" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="M470" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="471" spans="1:13">
       <c r="A471" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="B471" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="C471" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="D471" t="s">
         <v>44</v>
       </c>
       <c r="E471" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="472" spans="1:13">
       <c r="A472" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="B472" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="C472" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="D472" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E472" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="473" spans="1:13">
       <c r="A473" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="B473" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="C473" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="D473" t="s">
         <v>44</v>
       </c>
       <c r="E473" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F473" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="H473" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J473" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="K473" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="L473" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="M473" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="474" spans="1:13">
       <c r="A474" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
       <c r="B474" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="C474" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="D474" t="s">
         <v>44</v>
       </c>
       <c r="E474" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H474" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J474" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="K474" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="L474" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="M474" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="475" spans="1:13">
       <c r="A475" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="B475" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
       <c r="C475" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="D475" t="s">
         <v>44</v>
       </c>
       <c r="E475" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F475" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="H475" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J475" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="K475" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="L475" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="M475" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="476" spans="1:13">
       <c r="A476" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="B476" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
       <c r="C476" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="D476" t="s">
         <v>44</v>
       </c>
       <c r="E476" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H476" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J476" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="K476" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
       <c r="L476" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="M476" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="477" spans="1:13">
       <c r="A477" t="s">
+        <v>1848</v>
+      </c>
+      <c r="B477" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C477" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D477" t="s">
+        <v>44</v>
+      </c>
+      <c r="E477" t="s">
+        <v>56</v>
+      </c>
+      <c r="H477" t="s">
+        <v>365</v>
+      </c>
+      <c r="J477" t="s">
+        <v>1844</v>
+      </c>
+      <c r="K477" t="s">
+        <v>1845</v>
+      </c>
+      <c r="L477" t="s">
+        <v>1846</v>
+      </c>
+      <c r="M477" t="s">
         <v>1847</v>
-      </c>
-[...25 lines deleted...]
-        <v>1846</v>
       </c>
     </row>
     <row r="478" spans="1:13">
       <c r="A478" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
       <c r="B478" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="C478" t="s">
-        <v>1852</v>
+        <v>1853</v>
       </c>
       <c r="D478" t="s">
         <v>44</v>
       </c>
       <c r="E478" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J478" t="s">
-        <v>1853</v>
+        <v>1854</v>
       </c>
       <c r="K478" t="s">
-        <v>1854</v>
+        <v>1855</v>
       </c>
       <c r="L478" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="M478" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="479" spans="1:13">
       <c r="A479" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="B479" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
       <c r="C479" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="D479" t="s">
         <v>44</v>
       </c>
       <c r="E479" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H479" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J479" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
       <c r="K479" t="s">
-        <v>1861</v>
+        <v>1862</v>
       </c>
       <c r="L479" t="s">
-        <v>1862</v>
+        <v>1863</v>
       </c>
       <c r="M479" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="480" spans="1:13">
       <c r="A480" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
       <c r="B480" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
       <c r="C480" t="s">
-        <v>1866</v>
+        <v>1867</v>
       </c>
       <c r="D480" t="s">
         <v>44</v>
       </c>
       <c r="E480" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H480" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J480" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="K480" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
       <c r="L480" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="M480" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="481" spans="1:13">
       <c r="A481" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="B481" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="C481" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
       <c r="D481" t="s">
         <v>44</v>
       </c>
       <c r="E481" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H481" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J481" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
       <c r="K481" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="L481" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="M481" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="482" spans="1:13">
       <c r="A482" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B482" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C482" t="s">
+        <v>1881</v>
+      </c>
+      <c r="D482" t="s">
+        <v>44</v>
+      </c>
+      <c r="E482" t="s">
+        <v>56</v>
+      </c>
+      <c r="H482" t="s">
+        <v>272</v>
+      </c>
+      <c r="J482" t="s">
+        <v>1875</v>
+      </c>
+      <c r="K482" t="s">
+        <v>1876</v>
+      </c>
+      <c r="L482" t="s">
+        <v>1877</v>
+      </c>
+      <c r="M482" t="s">
         <v>1878</v>
-      </c>
-[...25 lines deleted...]
-        <v>1877</v>
       </c>
     </row>
     <row r="483" spans="1:13">
       <c r="A483" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="B483" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="C483" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="D483" t="s">
         <v>44</v>
       </c>
       <c r="E483" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H483" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J483" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
       <c r="K483" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="L483" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="M483" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="484" spans="1:13">
       <c r="A484" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="B484" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="C484" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
       <c r="D484" t="s">
         <v>44</v>
       </c>
       <c r="E484" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F484" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="G484" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="H484" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J484" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="K484" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="L484" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="M484" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="485" spans="1:13">
       <c r="A485" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B485" t="s">
+        <v>1895</v>
+      </c>
+      <c r="C485" t="s">
+        <v>1896</v>
+      </c>
+      <c r="D485" t="s">
+        <v>44</v>
+      </c>
+      <c r="E485" t="s">
+        <v>56</v>
+      </c>
+      <c r="F485" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G485" t="s">
+        <v>1889</v>
+      </c>
+      <c r="H485" t="s">
+        <v>272</v>
+      </c>
+      <c r="J485" t="s">
+        <v>1890</v>
+      </c>
+      <c r="K485" t="s">
+        <v>1891</v>
+      </c>
+      <c r="L485" t="s">
+        <v>1892</v>
+      </c>
+      <c r="M485" t="s">
         <v>1893</v>
-      </c>
-[...31 lines deleted...]
-        <v>1892</v>
       </c>
     </row>
     <row r="486" spans="1:13">
       <c r="A486" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="B486" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="C486" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="D486" t="s">
         <v>44</v>
       </c>
       <c r="E486" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F486" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="G486" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="H486" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J486" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="K486" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="L486" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="M486" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="487" spans="1:13">
       <c r="A487" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="B487" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="C487" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="D487" t="s">
         <v>44</v>
       </c>
       <c r="E487" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F487" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="G487" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="H487" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J487" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="K487" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="L487" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="M487" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="488" spans="1:13">
       <c r="A488" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="B488" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
       <c r="C488" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="D488" t="s">
         <v>44</v>
       </c>
       <c r="E488" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H488" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J488" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="K488" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="L488" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="M488" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="489" spans="1:13">
       <c r="A489" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B489" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C489" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D489" t="s">
+        <v>44</v>
+      </c>
+      <c r="E489" t="s">
+        <v>56</v>
+      </c>
+      <c r="H489" t="s">
+        <v>272</v>
+      </c>
+      <c r="J489" t="s">
+        <v>1906</v>
+      </c>
+      <c r="K489" t="s">
+        <v>1907</v>
+      </c>
+      <c r="L489" t="s">
+        <v>1908</v>
+      </c>
+      <c r="M489" t="s">
         <v>1909</v>
-      </c>
-[...25 lines deleted...]
-        <v>1908</v>
       </c>
     </row>
     <row r="490" spans="1:13">
       <c r="A490" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="B490" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="C490" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
       <c r="D490" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E490" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J490" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="K490" t="s">
-        <v>1916</v>
+        <v>1917</v>
       </c>
       <c r="M490" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="491" spans="1:13">
       <c r="A491" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="B491" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="C491" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="D491" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E491" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="492" spans="1:13">
       <c r="A492" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="B492" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="C492" t="s">
-        <v>1923</v>
+        <v>1924</v>
       </c>
       <c r="D492" t="s">
         <v>44</v>
       </c>
       <c r="E492" t="s">
-        <v>45</v>
+        <v>56</v>
+      </c>
+      <c r="F492" t="s">
+        <v>1925</v>
       </c>
       <c r="H492" t="s">
-        <v>1113</v>
+        <v>61</v>
       </c>
       <c r="J492" t="s">
-        <v>1905</v>
+        <v>1926</v>
       </c>
       <c r="K492" t="s">
-        <v>1906</v>
-[...2 lines deleted...]
-        <v>1907</v>
+        <v>1927</v>
       </c>
       <c r="M492" t="s">
-        <v>1908</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="493" spans="1:13">
       <c r="A493" t="s">
-        <v>1924</v>
+        <v>1929</v>
       </c>
       <c r="B493" t="s">
-        <v>1925</v>
+        <v>1930</v>
       </c>
       <c r="C493" t="s">
-        <v>1926</v>
+        <v>1931</v>
       </c>
       <c r="D493" t="s">
         <v>44</v>
       </c>
       <c r="E493" t="s">
-        <v>45</v>
+        <v>56</v>
+      </c>
+      <c r="F493" t="s">
+        <v>1932</v>
       </c>
       <c r="H493" t="s">
-        <v>1113</v>
+        <v>61</v>
       </c>
       <c r="J493" t="s">
-        <v>1905</v>
+        <v>1933</v>
       </c>
       <c r="K493" t="s">
-        <v>1906</v>
-[...2 lines deleted...]
-        <v>1907</v>
+        <v>1934</v>
       </c>
       <c r="M493" t="s">
-        <v>1908</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="494" spans="1:13">
       <c r="A494" t="s">
-        <v>1927</v>
+        <v>1936</v>
       </c>
       <c r="B494" t="s">
-        <v>1928</v>
+        <v>1937</v>
       </c>
       <c r="C494" t="s">
-        <v>1929</v>
+        <v>1938</v>
       </c>
       <c r="D494" t="s">
         <v>44</v>
       </c>
       <c r="E494" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H494" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J494" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="K494" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="L494" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="M494" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="495" spans="1:13">
       <c r="A495" t="s">
-        <v>1930</v>
+        <v>1939</v>
       </c>
       <c r="B495" t="s">
-        <v>1931</v>
+        <v>1940</v>
       </c>
       <c r="C495" t="s">
-        <v>1932</v>
+        <v>1941</v>
       </c>
       <c r="D495" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="E495" t="s">
-        <v>45</v>
+        <v>56</v>
+      </c>
+      <c r="F495" t="s">
+        <v>1942</v>
+      </c>
+      <c r="H495" t="s">
+        <v>48</v>
       </c>
       <c r="J495" t="s">
-        <v>1933</v>
+        <v>1943</v>
       </c>
       <c r="K495" t="s">
-        <v>1934</v>
+        <v>1944</v>
       </c>
       <c r="M495" t="s">
-        <v>1935</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="496" spans="1:13">
       <c r="A496" t="s">
-        <v>1930</v>
+        <v>1939</v>
       </c>
       <c r="B496" t="s">
-        <v>1936</v>
+        <v>1946</v>
       </c>
       <c r="C496" t="s">
-        <v>1932</v>
+        <v>1941</v>
       </c>
       <c r="D496" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="E496" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-        <v>153</v>
+        <v>56</v>
       </c>
       <c r="J496" t="s">
-        <v>1938</v>
+        <v>1947</v>
       </c>
       <c r="K496" t="s">
-        <v>1939</v>
+        <v>1948</v>
       </c>
       <c r="M496" t="s">
-        <v>1940</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="497" spans="1:13">
       <c r="A497" t="s">
-        <v>1941</v>
+        <v>1950</v>
       </c>
       <c r="B497" t="s">
-        <v>1942</v>
+        <v>1951</v>
       </c>
       <c r="C497" t="s">
-        <v>1943</v>
+        <v>1952</v>
       </c>
       <c r="D497" t="s">
         <v>44</v>
       </c>
       <c r="E497" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H497" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J497" t="s">
-        <v>1944</v>
+        <v>1953</v>
       </c>
       <c r="K497" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="L497" t="s">
-        <v>1945</v>
+        <v>1954</v>
       </c>
       <c r="M497" t="s">
-        <v>1946</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="498" spans="1:13">
       <c r="A498" t="s">
-        <v>1947</v>
+        <v>1956</v>
       </c>
       <c r="B498" t="s">
-        <v>1948</v>
+        <v>1957</v>
       </c>
       <c r="C498" t="s">
-        <v>1949</v>
+        <v>1958</v>
       </c>
       <c r="D498" t="s">
         <v>44</v>
       </c>
       <c r="E498" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H498" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J498" t="s">
-        <v>1944</v>
+        <v>1953</v>
       </c>
       <c r="K498" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="L498" t="s">
-        <v>1945</v>
+        <v>1954</v>
       </c>
       <c r="M498" t="s">
-        <v>1946</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="499" spans="1:13">
       <c r="A499" t="s">
-        <v>1950</v>
+        <v>1959</v>
       </c>
       <c r="B499" t="s">
-        <v>1951</v>
+        <v>1960</v>
       </c>
       <c r="C499" t="s">
-        <v>1952</v>
+        <v>1961</v>
       </c>
       <c r="D499" t="s">
         <v>44</v>
       </c>
       <c r="E499" t="s">
         <v>45</v>
       </c>
       <c r="F499" t="s">
-        <v>1953</v>
+        <v>1962</v>
+      </c>
+      <c r="G499" t="s">
+        <v>47</v>
       </c>
       <c r="H499" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J499" t="s">
-        <v>1954</v>
+        <v>1933</v>
       </c>
       <c r="K499" t="s">
-        <v>1955</v>
-[...2 lines deleted...]
-        <v>1039</v>
+        <v>1934</v>
       </c>
       <c r="M499" t="s">
-        <v>1956</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="500" spans="1:13">
       <c r="A500" t="s">
-        <v>1957</v>
+        <v>1963</v>
       </c>
       <c r="B500" t="s">
-        <v>1958</v>
+        <v>1964</v>
       </c>
       <c r="C500" t="s">
-        <v>1959</v>
+        <v>1965</v>
       </c>
       <c r="D500" t="s">
         <v>44</v>
       </c>
       <c r="E500" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H500" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J500" t="s">
-        <v>1944</v>
+        <v>1953</v>
       </c>
       <c r="K500" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="L500" t="s">
-        <v>1945</v>
+        <v>1954</v>
       </c>
       <c r="M500" t="s">
-        <v>1946</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="501" spans="1:13">
       <c r="A501" t="s">
-        <v>1960</v>
+        <v>1966</v>
       </c>
       <c r="B501" t="s">
-        <v>1961</v>
+        <v>1967</v>
       </c>
       <c r="C501" t="s">
-        <v>1962</v>
+        <v>1968</v>
       </c>
       <c r="D501" t="s">
         <v>44</v>
       </c>
       <c r="E501" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="502" spans="1:13">
       <c r="A502" t="s">
-        <v>1963</v>
+        <v>1969</v>
       </c>
       <c r="B502" t="s">
-        <v>1964</v>
+        <v>1970</v>
       </c>
       <c r="C502" t="s">
-        <v>1965</v>
+        <v>1971</v>
       </c>
       <c r="D502" t="s">
         <v>44</v>
       </c>
       <c r="E502" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H502" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J502" t="s">
-        <v>1944</v>
+        <v>1953</v>
       </c>
       <c r="K502" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="L502" t="s">
-        <v>1945</v>
+        <v>1954</v>
       </c>
       <c r="M502" t="s">
-        <v>1946</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="503" spans="1:13">
       <c r="A503" t="s">
-        <v>1966</v>
+        <v>1972</v>
       </c>
       <c r="B503" t="s">
-        <v>1967</v>
+        <v>1973</v>
       </c>
       <c r="C503" t="s">
-        <v>1968</v>
+        <v>1974</v>
       </c>
       <c r="D503" t="s">
         <v>44</v>
       </c>
       <c r="E503" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H503" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J503" t="s">
-        <v>1944</v>
+        <v>1953</v>
       </c>
       <c r="K503" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="L503" t="s">
-        <v>1945</v>
+        <v>1954</v>
       </c>
       <c r="M503" t="s">
-        <v>1946</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="504" spans="1:13">
       <c r="A504" t="s">
-        <v>1969</v>
+        <v>1975</v>
       </c>
       <c r="B504" t="s">
-        <v>1970</v>
+        <v>1976</v>
       </c>
       <c r="C504" t="s">
-        <v>1971</v>
+        <v>1977</v>
       </c>
       <c r="D504" t="s">
         <v>44</v>
       </c>
       <c r="E504" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H504" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J504" t="s">
-        <v>1944</v>
+        <v>1953</v>
       </c>
       <c r="K504" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="L504" t="s">
-        <v>1945</v>
+        <v>1954</v>
       </c>
       <c r="M504" t="s">
-        <v>1946</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="505" spans="1:13">
       <c r="A505" t="s">
-        <v>1972</v>
+        <v>1978</v>
       </c>
       <c r="B505" t="s">
-        <v>1973</v>
+        <v>1979</v>
       </c>
       <c r="C505" t="s">
-        <v>1974</v>
+        <v>1980</v>
       </c>
       <c r="D505" t="s">
         <v>44</v>
       </c>
       <c r="E505" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H505" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J505" t="s">
-        <v>1944</v>
+        <v>1953</v>
       </c>
       <c r="K505" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="L505" t="s">
-        <v>1945</v>
+        <v>1954</v>
       </c>
       <c r="M505" t="s">
-        <v>1946</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="506" spans="1:13">
       <c r="A506" t="s">
-        <v>1975</v>
+        <v>1981</v>
       </c>
       <c r="B506" t="s">
-        <v>1976</v>
+        <v>1982</v>
       </c>
       <c r="C506" t="s">
-        <v>1977</v>
+        <v>1983</v>
       </c>
       <c r="D506" t="s">
         <v>44</v>
       </c>
       <c r="E506" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H506" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J506" t="s">
-        <v>1944</v>
+        <v>1953</v>
       </c>
       <c r="K506" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="L506" t="s">
-        <v>1945</v>
+        <v>1954</v>
       </c>
       <c r="M506" t="s">
-        <v>1946</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="507" spans="1:13">
       <c r="A507" t="s">
-        <v>1978</v>
+        <v>1984</v>
       </c>
       <c r="B507" t="s">
-        <v>1979</v>
+        <v>1985</v>
       </c>
       <c r="C507" t="s">
-        <v>1980</v>
+        <v>1986</v>
       </c>
       <c r="D507" t="s">
         <v>44</v>
       </c>
       <c r="E507" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H507" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J507" t="s">
-        <v>1981</v>
+        <v>1987</v>
       </c>
       <c r="K507" t="s">
-        <v>1982</v>
+        <v>1988</v>
       </c>
       <c r="L507" t="s">
-        <v>1945</v>
+        <v>1954</v>
       </c>
       <c r="M507" t="s">
-        <v>1983</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="508" spans="1:13">
       <c r="A508" t="s">
-        <v>1984</v>
+        <v>1990</v>
       </c>
       <c r="B508" t="s">
-        <v>1985</v>
+        <v>1991</v>
       </c>
       <c r="C508" t="s">
-        <v>1986</v>
+        <v>1992</v>
       </c>
       <c r="D508" t="s">
         <v>44</v>
       </c>
       <c r="E508" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J508" t="s">
-        <v>1987</v>
+        <v>1993</v>
       </c>
       <c r="K508" t="s">
-        <v>1988</v>
+        <v>1994</v>
       </c>
       <c r="M508" t="s">
-        <v>1989</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="509" spans="1:13">
       <c r="A509" t="s">
-        <v>1984</v>
+        <v>1990</v>
       </c>
       <c r="B509" t="s">
-        <v>1985</v>
+        <v>1991</v>
       </c>
       <c r="C509" t="s">
-        <v>1986</v>
+        <v>1992</v>
       </c>
       <c r="D509" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E509" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="510" spans="1:13">
       <c r="A510" t="s">
-        <v>1990</v>
+        <v>1996</v>
       </c>
       <c r="B510" t="s">
-        <v>1991</v>
+        <v>1997</v>
       </c>
       <c r="C510" t="s">
-        <v>1992</v>
+        <v>1998</v>
       </c>
       <c r="D510" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="E510" t="s">
-        <v>150</v>
-[...14 lines deleted...]
-        <v>1995</v>
+        <v>56</v>
       </c>
     </row>
     <row r="511" spans="1:13">
       <c r="A511" t="s">
-        <v>1990</v>
+        <v>1996</v>
       </c>
       <c r="B511" t="s">
-        <v>1991</v>
+        <v>1997</v>
       </c>
       <c r="C511" t="s">
-        <v>1992</v>
+        <v>1998</v>
       </c>
       <c r="D511" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="E511" t="s">
         <v>45</v>
       </c>
+      <c r="G511" t="s">
+        <v>345</v>
+      </c>
+      <c r="H511" t="s">
+        <v>61</v>
+      </c>
+      <c r="J511" t="s">
+        <v>1999</v>
+      </c>
+      <c r="K511" t="s">
+        <v>2000</v>
+      </c>
+      <c r="M511" t="s">
+        <v>2001</v>
+      </c>
     </row>
     <row r="512" spans="1:13">
       <c r="A512" t="s">
-        <v>1996</v>
+        <v>2002</v>
       </c>
       <c r="B512" t="s">
-        <v>1997</v>
+        <v>2003</v>
       </c>
       <c r="C512" t="s">
-        <v>1998</v>
+        <v>2004</v>
       </c>
       <c r="D512" t="s">
         <v>44</v>
       </c>
       <c r="E512" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J512" t="s">
-        <v>1987</v>
+        <v>1993</v>
       </c>
       <c r="K512" t="s">
-        <v>1988</v>
+        <v>1994</v>
       </c>
       <c r="M512" t="s">
-        <v>1989</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="513" spans="1:13">
       <c r="A513" t="s">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="B513" t="s">
-        <v>2000</v>
+        <v>2006</v>
       </c>
       <c r="C513" t="s">
-        <v>2001</v>
+        <v>2007</v>
       </c>
       <c r="D513" t="s">
         <v>44</v>
       </c>
       <c r="E513" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="514" spans="1:13">
       <c r="A514" t="s">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="B514" t="s">
-        <v>2003</v>
+        <v>2009</v>
       </c>
       <c r="C514" t="s">
-        <v>2004</v>
+        <v>2010</v>
       </c>
       <c r="D514" t="s">
         <v>44</v>
       </c>
       <c r="E514" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="515" spans="1:13">
       <c r="A515" t="s">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="B515" t="s">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="C515" t="s">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="D515" t="s">
         <v>44</v>
       </c>
       <c r="E515" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="516" spans="1:13">
       <c r="A516" t="s">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="B516" t="s">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="C516" t="s">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="D516" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E516" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="517" spans="1:13">
       <c r="A517" t="s">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="B517" t="s">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="C517" t="s">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="D517" t="s">
         <v>44</v>
       </c>
       <c r="E517" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="518" spans="1:13">
       <c r="A518" t="s">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="B518" t="s">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="C518" t="s">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="D518" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E518" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="519" spans="1:13">
       <c r="A519" t="s">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="B519" t="s">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="C519" t="s">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="D519" t="s">
         <v>44</v>
       </c>
       <c r="E519" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F519" t="s">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="I519" t="s">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="J519" t="s">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="K519" t="s">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="L519" t="s">
-        <v>2021</v>
+        <v>2027</v>
       </c>
       <c r="M519" t="s">
-        <v>2022</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="520" spans="1:13">
       <c r="A520" t="s">
-        <v>2023</v>
+        <v>2029</v>
       </c>
       <c r="B520" t="s">
-        <v>2024</v>
+        <v>2030</v>
       </c>
       <c r="C520" t="s">
-        <v>2025</v>
+        <v>2031</v>
       </c>
       <c r="D520" t="s">
         <v>44</v>
       </c>
       <c r="E520" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="521" spans="1:13">
       <c r="A521" t="s">
-        <v>2026</v>
+        <v>2032</v>
       </c>
       <c r="B521" t="s">
-        <v>2027</v>
+        <v>2033</v>
       </c>
       <c r="C521" t="s">
-        <v>2028</v>
+        <v>2034</v>
       </c>
       <c r="D521" t="s">
         <v>44</v>
       </c>
       <c r="E521" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F521" t="s">
-        <v>2029</v>
+        <v>2035</v>
       </c>
       <c r="H521" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J521" t="s">
-        <v>2030</v>
+        <v>2036</v>
       </c>
       <c r="K521" t="s">
-        <v>2031</v>
+        <v>2037</v>
       </c>
       <c r="L521" t="s">
-        <v>2032</v>
+        <v>2038</v>
       </c>
       <c r="M521" t="s">
-        <v>2033</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="522" spans="1:13">
       <c r="A522" t="s">
-        <v>2026</v>
+        <v>2032</v>
       </c>
       <c r="B522" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C522" t="s">
         <v>2034</v>
       </c>
-      <c r="C522" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D522" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E522" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F522" t="s">
-        <v>2035</v>
+        <v>2041</v>
       </c>
       <c r="H522" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J522" t="s">
-        <v>2036</v>
+        <v>2042</v>
       </c>
       <c r="K522" t="s">
-        <v>2037</v>
+        <v>2043</v>
       </c>
       <c r="L522" t="s">
-        <v>2038</v>
+        <v>2044</v>
       </c>
       <c r="M522" t="s">
-        <v>2039</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="523" spans="1:13">
       <c r="A523" t="s">
-        <v>2040</v>
+        <v>2046</v>
       </c>
       <c r="B523" t="s">
-        <v>2041</v>
+        <v>2047</v>
       </c>
       <c r="C523" t="s">
-        <v>2042</v>
+        <v>2048</v>
       </c>
       <c r="D523" t="s">
         <v>44</v>
       </c>
       <c r="E523" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="524" spans="1:13">
       <c r="A524" t="s">
-        <v>2043</v>
+        <v>2049</v>
       </c>
       <c r="B524" t="s">
-        <v>2044</v>
+        <v>2050</v>
       </c>
       <c r="C524" t="s">
-        <v>2045</v>
+        <v>2051</v>
       </c>
       <c r="D524" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="E524" t="s">
-        <v>45</v>
-[...11 lines deleted...]
-        <v>2049</v>
+        <v>56</v>
       </c>
     </row>
     <row r="525" spans="1:13">
       <c r="A525" t="s">
-        <v>2043</v>
+        <v>2049</v>
       </c>
       <c r="B525" t="s">
-        <v>2044</v>
+        <v>2050</v>
       </c>
       <c r="C525" t="s">
-        <v>2045</v>
+        <v>2051</v>
       </c>
       <c r="D525" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="E525" t="s">
-        <v>45</v>
+        <v>56</v>
+      </c>
+      <c r="J525" t="s">
+        <v>2052</v>
+      </c>
+      <c r="K525" t="s">
+        <v>2053</v>
+      </c>
+      <c r="L525" t="s">
+        <v>2054</v>
+      </c>
+      <c r="M525" t="s">
+        <v>2055</v>
       </c>
     </row>
     <row r="526" spans="1:13">
       <c r="A526" t="s">
-        <v>2050</v>
+        <v>2056</v>
       </c>
       <c r="B526" t="s">
-        <v>2051</v>
+        <v>2057</v>
       </c>
       <c r="C526" t="s">
-        <v>2052</v>
+        <v>2058</v>
       </c>
       <c r="D526" t="s">
         <v>44</v>
       </c>
       <c r="E526" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J526" t="s">
-        <v>2053</v>
+        <v>2059</v>
       </c>
       <c r="K526" t="s">
-        <v>2054</v>
+        <v>2060</v>
       </c>
       <c r="L526" t="s">
-        <v>2055</v>
+        <v>2061</v>
       </c>
       <c r="M526" t="s">
-        <v>2056</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="527" spans="1:13">
       <c r="A527" t="s">
-        <v>2057</v>
+        <v>2063</v>
       </c>
       <c r="B527" t="s">
-        <v>2058</v>
+        <v>2064</v>
       </c>
       <c r="C527" t="s">
-        <v>2059</v>
+        <v>2065</v>
       </c>
       <c r="D527" t="s">
         <v>44</v>
       </c>
       <c r="E527" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="528" spans="1:13">
       <c r="A528" t="s">
-        <v>2060</v>
+        <v>2066</v>
       </c>
       <c r="B528" t="s">
-        <v>2061</v>
+        <v>2067</v>
       </c>
       <c r="C528" t="s">
-        <v>2062</v>
+        <v>2068</v>
       </c>
       <c r="D528" t="s">
         <v>44</v>
       </c>
       <c r="E528" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H528" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J528" t="s">
-        <v>2063</v>
+        <v>2069</v>
       </c>
       <c r="K528" t="s">
-        <v>2064</v>
+        <v>2070</v>
       </c>
       <c r="L528" t="s">
-        <v>2065</v>
+        <v>2071</v>
       </c>
       <c r="M528" t="s">
-        <v>2066</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="529" spans="1:13">
       <c r="A529" t="s">
-        <v>2067</v>
+        <v>2073</v>
       </c>
       <c r="B529" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="C529" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="D529" t="s">
         <v>44</v>
       </c>
       <c r="E529" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J529" t="s">
-        <v>2070</v>
+        <v>2076</v>
       </c>
       <c r="K529" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="M529" t="s">
-        <v>2071</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="530" spans="1:13">
       <c r="A530" t="s">
-        <v>2072</v>
+        <v>2078</v>
       </c>
       <c r="B530" t="s">
-        <v>2073</v>
+        <v>2079</v>
       </c>
       <c r="C530" t="s">
-        <v>2074</v>
+        <v>2080</v>
       </c>
       <c r="D530" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E530" t="s">
-        <v>45</v>
-[...8 lines deleted...]
-        <v>2077</v>
+        <v>56</v>
       </c>
     </row>
     <row r="531" spans="1:13">
       <c r="A531" t="s">
-        <v>2072</v>
+        <v>2078</v>
       </c>
       <c r="B531" t="s">
-        <v>2078</v>
+        <v>2081</v>
       </c>
       <c r="C531" t="s">
-        <v>2074</v>
+        <v>2080</v>
       </c>
       <c r="D531" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E531" t="s">
-        <v>45</v>
+        <v>56</v>
+      </c>
+      <c r="J531" t="s">
+        <v>2082</v>
+      </c>
+      <c r="K531" t="s">
+        <v>2083</v>
+      </c>
+      <c r="M531" t="s">
+        <v>2084</v>
       </c>
     </row>
     <row r="532" spans="1:13">
       <c r="A532" t="s">
-        <v>2079</v>
+        <v>2085</v>
       </c>
       <c r="B532" t="s">
-        <v>2080</v>
+        <v>2086</v>
       </c>
       <c r="C532" t="s">
-        <v>2081</v>
+        <v>2087</v>
       </c>
       <c r="D532" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E532" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="533" spans="1:13">
       <c r="A533" t="s">
-        <v>2082</v>
+        <v>2088</v>
       </c>
       <c r="B533" t="s">
-        <v>2083</v>
+        <v>2089</v>
       </c>
       <c r="C533" t="s">
-        <v>2084</v>
+        <v>2090</v>
       </c>
       <c r="D533" t="s">
         <v>44</v>
       </c>
       <c r="E533" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="I533" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="J533" t="s">
-        <v>2085</v>
+        <v>2091</v>
       </c>
       <c r="K533" t="s">
-        <v>2086</v>
+        <v>2092</v>
       </c>
       <c r="L533" t="s">
-        <v>2087</v>
+        <v>2093</v>
       </c>
       <c r="M533" t="s">
-        <v>2088</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="534" spans="1:13">
       <c r="A534" t="s">
-        <v>2089</v>
+        <v>2095</v>
       </c>
       <c r="B534" t="s">
-        <v>2090</v>
+        <v>2096</v>
       </c>
       <c r="C534" t="s">
-        <v>2091</v>
+        <v>2097</v>
       </c>
       <c r="D534" t="s">
         <v>44</v>
       </c>
       <c r="E534" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F534" t="s">
-        <v>2092</v>
+        <v>2098</v>
       </c>
       <c r="I534" t="s">
-        <v>2093</v>
+        <v>2099</v>
       </c>
       <c r="J534" t="s">
-        <v>2094</v>
+        <v>2100</v>
       </c>
       <c r="K534" t="s">
-        <v>2095</v>
+        <v>2101</v>
       </c>
       <c r="L534" t="s">
-        <v>2092</v>
+        <v>2098</v>
       </c>
       <c r="M534" t="s">
-        <v>2096</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="535" spans="1:13">
       <c r="A535" t="s">
-        <v>2097</v>
+        <v>2103</v>
       </c>
       <c r="B535" t="s">
-        <v>2098</v>
+        <v>2104</v>
       </c>
       <c r="C535" t="s">
-        <v>2099</v>
+        <v>2105</v>
       </c>
       <c r="D535" t="s">
         <v>44</v>
       </c>
       <c r="E535" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H535" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J535" t="s">
-        <v>2100</v>
+        <v>2106</v>
       </c>
       <c r="K535" t="s">
-        <v>2101</v>
+        <v>2107</v>
       </c>
       <c r="L535" t="s">
-        <v>2102</v>
+        <v>2108</v>
       </c>
       <c r="M535" t="s">
-        <v>2103</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="536" spans="1:13">
       <c r="A536" t="s">
-        <v>2104</v>
+        <v>2110</v>
       </c>
       <c r="B536" t="s">
-        <v>2105</v>
+        <v>2111</v>
       </c>
       <c r="C536" t="s">
-        <v>2106</v>
+        <v>2112</v>
       </c>
       <c r="D536" t="s">
         <v>44</v>
       </c>
       <c r="E536" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="537" spans="1:13">
       <c r="A537" t="s">
-        <v>2107</v>
+        <v>2113</v>
       </c>
       <c r="B537" t="s">
-        <v>2108</v>
+        <v>2114</v>
       </c>
       <c r="C537" t="s">
-        <v>2109</v>
+        <v>2115</v>
       </c>
       <c r="D537" t="s">
         <v>44</v>
       </c>
       <c r="E537" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J537" t="s">
-        <v>2110</v>
+        <v>2116</v>
       </c>
       <c r="K537" t="s">
-        <v>2111</v>
+        <v>2117</v>
       </c>
       <c r="M537" t="s">
-        <v>2112</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="538" spans="1:13">
       <c r="A538" t="s">
-        <v>2113</v>
+        <v>2119</v>
       </c>
       <c r="B538" t="s">
-        <v>2114</v>
+        <v>2120</v>
       </c>
       <c r="C538" t="s">
-        <v>2115</v>
+        <v>2121</v>
       </c>
       <c r="D538" t="s">
         <v>44</v>
       </c>
       <c r="E538" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="539" spans="1:13">
       <c r="A539" t="s">
-        <v>2116</v>
+        <v>2122</v>
       </c>
       <c r="B539" t="s">
-        <v>2117</v>
+        <v>2123</v>
       </c>
       <c r="C539" t="s">
-        <v>2118</v>
+        <v>2124</v>
       </c>
       <c r="D539" t="s">
         <v>44</v>
       </c>
       <c r="E539" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J539" t="s">
-        <v>2119</v>
+        <v>2125</v>
       </c>
       <c r="K539" t="s">
-        <v>2120</v>
+        <v>2126</v>
       </c>
       <c r="L539" t="s">
-        <v>2121</v>
+        <v>2127</v>
       </c>
       <c r="M539" t="s">
-        <v>2122</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="540" spans="1:13">
       <c r="A540" t="s">
-        <v>2123</v>
+        <v>2129</v>
       </c>
       <c r="B540" t="s">
-        <v>2124</v>
+        <v>2130</v>
       </c>
       <c r="C540" t="s">
-        <v>2125</v>
+        <v>2131</v>
       </c>
       <c r="D540" t="s">
         <v>44</v>
       </c>
       <c r="E540" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="541" spans="1:13">
       <c r="A541" t="s">
-        <v>2126</v>
+        <v>2132</v>
       </c>
       <c r="B541" t="s">
-        <v>2127</v>
+        <v>2133</v>
       </c>
       <c r="C541" t="s">
-        <v>2128</v>
+        <v>2134</v>
       </c>
       <c r="D541" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E541" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="542" spans="1:13">
       <c r="A542" t="s">
-        <v>2129</v>
+        <v>2135</v>
       </c>
       <c r="B542" t="s">
-        <v>2130</v>
+        <v>2136</v>
       </c>
       <c r="C542" t="s">
-        <v>2131</v>
+        <v>2137</v>
       </c>
       <c r="D542" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E542" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J542" t="s">
-        <v>2132</v>
+        <v>2138</v>
       </c>
       <c r="K542" t="s">
-        <v>2133</v>
+        <v>2139</v>
       </c>
       <c r="M542" t="s">
-        <v>2134</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="543" spans="1:13">
       <c r="A543" t="s">
-        <v>2129</v>
+        <v>2135</v>
       </c>
       <c r="B543" t="s">
-        <v>2130</v>
+        <v>2136</v>
       </c>
       <c r="C543" t="s">
-        <v>2131</v>
+        <v>2137</v>
       </c>
       <c r="D543" t="s">
         <v>44</v>
       </c>
       <c r="E543" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J543" t="s">
-        <v>2132</v>
+        <v>2138</v>
       </c>
       <c r="K543" t="s">
-        <v>2133</v>
+        <v>2139</v>
       </c>
       <c r="M543" t="s">
-        <v>2134</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="544" spans="1:13">
       <c r="A544" t="s">
-        <v>2135</v>
+        <v>2141</v>
       </c>
       <c r="B544" t="s">
-        <v>2136</v>
+        <v>2142</v>
       </c>
       <c r="C544" t="s">
-        <v>2137</v>
+        <v>2143</v>
       </c>
       <c r="D544" t="s">
         <v>44</v>
       </c>
       <c r="E544" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="545" spans="1:13">
       <c r="A545" t="s">
-        <v>2138</v>
+        <v>2144</v>
       </c>
       <c r="B545" t="s">
-        <v>2139</v>
+        <v>2145</v>
       </c>
       <c r="C545" t="s">
-        <v>2140</v>
+        <v>2146</v>
       </c>
       <c r="D545" t="s">
         <v>44</v>
       </c>
       <c r="E545" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F545" t="s">
-        <v>2141</v>
+        <v>2147</v>
       </c>
       <c r="H545" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J545" t="s">
-        <v>2142</v>
+        <v>2148</v>
       </c>
       <c r="K545" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="L545" t="s">
-        <v>2143</v>
+        <v>2149</v>
       </c>
       <c r="M545" t="s">
-        <v>2144</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="546" spans="1:13">
       <c r="A546" t="s">
-        <v>2145</v>
+        <v>2151</v>
       </c>
       <c r="B546" t="s">
-        <v>2146</v>
+        <v>2152</v>
       </c>
       <c r="C546" t="s">
-        <v>2147</v>
+        <v>2153</v>
       </c>
       <c r="D546" t="s">
         <v>44</v>
       </c>
       <c r="E546" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="547" spans="1:13">
       <c r="A547" t="s">
-        <v>2148</v>
+        <v>2154</v>
       </c>
       <c r="B547" t="s">
-        <v>2149</v>
+        <v>2155</v>
       </c>
       <c r="C547" t="s">
-        <v>2150</v>
+        <v>2156</v>
       </c>
       <c r="D547" t="s">
         <v>44</v>
       </c>
       <c r="E547" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="548" spans="1:13">
       <c r="A548" t="s">
-        <v>2151</v>
+        <v>2157</v>
       </c>
       <c r="B548" t="s">
-        <v>2152</v>
+        <v>2158</v>
       </c>
       <c r="C548" t="s">
-        <v>2153</v>
+        <v>2159</v>
       </c>
       <c r="D548" t="s">
         <v>44</v>
       </c>
       <c r="E548" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F548" t="s">
-        <v>2154</v>
+        <v>2160</v>
       </c>
       <c r="I548" t="s">
-        <v>2155</v>
+        <v>2161</v>
       </c>
       <c r="J548" t="s">
-        <v>2156</v>
+        <v>2162</v>
       </c>
       <c r="K548" t="s">
-        <v>2157</v>
+        <v>2163</v>
       </c>
       <c r="L548" t="s">
-        <v>2154</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="549" spans="1:13">
       <c r="A549" t="s">
-        <v>2158</v>
+        <v>2164</v>
       </c>
       <c r="B549" t="s">
-        <v>2159</v>
+        <v>2165</v>
       </c>
       <c r="C549" t="s">
-        <v>2160</v>
+        <v>2166</v>
       </c>
       <c r="D549" t="s">
         <v>44</v>
       </c>
       <c r="E549" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="550" spans="1:13">
       <c r="A550" t="s">
-        <v>2161</v>
+        <v>2167</v>
       </c>
       <c r="B550" t="s">
-        <v>2162</v>
+        <v>2168</v>
       </c>
       <c r="C550" t="s">
-        <v>2163</v>
+        <v>2169</v>
       </c>
       <c r="D550" t="s">
         <v>44</v>
       </c>
       <c r="E550" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="551" spans="1:13">
       <c r="A551" t="s">
-        <v>2164</v>
+        <v>2170</v>
       </c>
       <c r="B551" t="s">
-        <v>2165</v>
+        <v>2171</v>
       </c>
       <c r="C551" t="s">
-        <v>2166</v>
+        <v>2172</v>
       </c>
       <c r="D551" t="s">
         <v>44</v>
       </c>
       <c r="E551" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F551" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="J551" t="s">
-        <v>2167</v>
+        <v>2173</v>
       </c>
       <c r="K551" t="s">
-        <v>2168</v>
+        <v>2174</v>
       </c>
       <c r="L551" t="s">
-        <v>2169</v>
+        <v>2175</v>
       </c>
       <c r="M551" t="s">
-        <v>2170</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="552" spans="1:13">
       <c r="A552" t="s">
-        <v>2171</v>
+        <v>2177</v>
       </c>
       <c r="B552" t="s">
-        <v>2172</v>
+        <v>2178</v>
       </c>
       <c r="C552" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
       <c r="D552" t="s">
         <v>44</v>
       </c>
       <c r="E552" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="553" spans="1:13">
       <c r="A553" t="s">
-        <v>2174</v>
+        <v>2180</v>
       </c>
       <c r="B553" t="s">
-        <v>2175</v>
+        <v>2181</v>
       </c>
       <c r="C553" t="s">
-        <v>2176</v>
+        <v>2182</v>
       </c>
       <c r="D553" t="s">
         <v>44</v>
       </c>
       <c r="E553" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="554" spans="1:13">
       <c r="A554" t="s">
-        <v>2177</v>
+        <v>2183</v>
       </c>
       <c r="B554" t="s">
-        <v>2178</v>
+        <v>2184</v>
       </c>
       <c r="C554" t="s">
-        <v>2179</v>
+        <v>2185</v>
       </c>
       <c r="D554" t="s">
         <v>44</v>
       </c>
       <c r="E554" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J554" t="s">
-        <v>2167</v>
+        <v>2173</v>
       </c>
       <c r="K554" t="s">
-        <v>2168</v>
+        <v>2174</v>
       </c>
       <c r="L554" t="s">
-        <v>2169</v>
+        <v>2175</v>
       </c>
       <c r="M554" t="s">
-        <v>2170</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="555" spans="1:13">
       <c r="A555" t="s">
-        <v>2180</v>
+        <v>2186</v>
       </c>
       <c r="B555" t="s">
-        <v>2181</v>
+        <v>2187</v>
       </c>
       <c r="C555" t="s">
-        <v>2182</v>
+        <v>2188</v>
       </c>
       <c r="D555" t="s">
         <v>44</v>
       </c>
       <c r="E555" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="556" spans="1:13">
       <c r="A556" t="s">
-        <v>2183</v>
+        <v>2189</v>
       </c>
       <c r="B556" t="s">
-        <v>2184</v>
+        <v>2190</v>
       </c>
       <c r="C556" t="s">
-        <v>2185</v>
+        <v>2191</v>
       </c>
       <c r="D556" t="s">
         <v>44</v>
       </c>
       <c r="E556" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="H556" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J556" t="s">
-        <v>2186</v>
+        <v>2192</v>
       </c>
       <c r="K556" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="L556" t="s">
-        <v>2187</v>
+        <v>2193</v>
       </c>
       <c r="M556" t="s">
-        <v>2188</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="557" spans="1:13">
       <c r="A557" t="s">
-        <v>2189</v>
+        <v>2195</v>
       </c>
       <c r="B557" t="s">
-        <v>2190</v>
+        <v>2196</v>
       </c>
       <c r="C557" t="s">
-        <v>2191</v>
+        <v>2197</v>
       </c>
       <c r="D557" t="s">
         <v>44</v>
       </c>
       <c r="E557" t="s">
-        <v>45</v>
+        <v>56</v>
+      </c>
+      <c r="F557" t="s">
+        <v>2198</v>
       </c>
       <c r="H557" t="s">
-        <v>1113</v>
+        <v>48</v>
       </c>
       <c r="J557" t="s">
-        <v>2192</v>
+        <v>2199</v>
       </c>
       <c r="K557" t="s">
-        <v>1228</v>
-[...2 lines deleted...]
-        <v>2193</v>
+        <v>2200</v>
       </c>
       <c r="M557" t="s">
-        <v>2194</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="558" spans="1:13">
       <c r="A558" t="s">
-        <v>2195</v>
+        <v>2202</v>
       </c>
       <c r="B558" t="s">
-        <v>2196</v>
+        <v>2203</v>
       </c>
       <c r="C558" t="s">
-        <v>2197</v>
+        <v>2204</v>
       </c>
       <c r="D558" t="s">
         <v>44</v>
       </c>
       <c r="E558" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H558" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J558" t="s">
-        <v>2192</v>
+        <v>2205</v>
       </c>
       <c r="K558" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="L558" t="s">
-        <v>2193</v>
+        <v>2206</v>
       </c>
       <c r="M558" t="s">
-        <v>2194</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="559" spans="1:13">
       <c r="A559" t="s">
-        <v>2198</v>
+        <v>2208</v>
       </c>
       <c r="B559" t="s">
-        <v>2199</v>
+        <v>2209</v>
       </c>
       <c r="C559" t="s">
-        <v>2200</v>
+        <v>2210</v>
       </c>
       <c r="D559" t="s">
         <v>44</v>
       </c>
       <c r="E559" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="H559" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J559" t="s">
-        <v>2186</v>
+        <v>2192</v>
       </c>
       <c r="K559" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="L559" t="s">
-        <v>2187</v>
+        <v>2193</v>
       </c>
       <c r="M559" t="s">
-        <v>2188</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="560" spans="1:13">
       <c r="A560" t="s">
-        <v>2201</v>
+        <v>2211</v>
       </c>
       <c r="B560" t="s">
-        <v>2202</v>
+        <v>2212</v>
       </c>
       <c r="C560" t="s">
-        <v>2203</v>
+        <v>2213</v>
       </c>
       <c r="D560" t="s">
         <v>44</v>
       </c>
       <c r="E560" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="H560" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J560" t="s">
-        <v>2186</v>
+        <v>2192</v>
       </c>
       <c r="K560" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="L560" t="s">
-        <v>2187</v>
+        <v>2193</v>
       </c>
       <c r="M560" t="s">
-        <v>2188</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="561" spans="1:13">
       <c r="A561" t="s">
-        <v>2204</v>
+        <v>2214</v>
       </c>
       <c r="B561" t="s">
-        <v>2205</v>
+        <v>2215</v>
       </c>
       <c r="C561" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="D561" t="s">
         <v>44</v>
       </c>
       <c r="E561" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="H561" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J561" t="s">
-        <v>2186</v>
+        <v>2192</v>
       </c>
       <c r="K561" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="L561" t="s">
-        <v>2187</v>
+        <v>2193</v>
       </c>
       <c r="M561" t="s">
-        <v>2188</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="562" spans="1:13">
       <c r="A562" t="s">
+        <v>2217</v>
+      </c>
+      <c r="B562" t="s">
+        <v>2218</v>
+      </c>
+      <c r="C562" t="s">
+        <v>2219</v>
+      </c>
+      <c r="D562" t="s">
+        <v>44</v>
+      </c>
+      <c r="E562" t="s">
+        <v>56</v>
+      </c>
+      <c r="H562" t="s">
+        <v>272</v>
+      </c>
+      <c r="J562" t="s">
+        <v>2205</v>
+      </c>
+      <c r="K562" t="s">
+        <v>1231</v>
+      </c>
+      <c r="L562" t="s">
+        <v>2206</v>
+      </c>
+      <c r="M562" t="s">
         <v>2207</v>
-      </c>
-[...25 lines deleted...]
-        <v>2194</v>
       </c>
     </row>
     <row r="563" spans="1:13">
       <c r="A563" t="s">
-        <v>2210</v>
+        <v>2220</v>
       </c>
       <c r="B563" t="s">
-        <v>2211</v>
+        <v>2221</v>
       </c>
       <c r="C563" t="s">
-        <v>2212</v>
+        <v>2222</v>
       </c>
       <c r="D563" t="s">
         <v>44</v>
       </c>
       <c r="E563" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="H563" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J563" t="s">
-        <v>2186</v>
+        <v>2192</v>
       </c>
       <c r="K563" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="L563" t="s">
-        <v>2187</v>
+        <v>2193</v>
       </c>
       <c r="M563" t="s">
-        <v>2188</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="564" spans="1:13">
       <c r="A564" t="s">
-        <v>2213</v>
+        <v>2223</v>
       </c>
       <c r="B564" t="s">
-        <v>2214</v>
+        <v>2224</v>
       </c>
       <c r="C564" t="s">
-        <v>2215</v>
+        <v>2225</v>
       </c>
       <c r="D564" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E564" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="565" spans="1:13">
       <c r="A565" t="s">
-        <v>2216</v>
+        <v>2226</v>
       </c>
       <c r="B565" t="s">
-        <v>2217</v>
+        <v>2227</v>
       </c>
       <c r="C565" t="s">
-        <v>2218</v>
+        <v>2228</v>
       </c>
       <c r="D565" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E565" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="566" spans="1:13">
       <c r="A566" t="s">
-        <v>2219</v>
+        <v>2229</v>
       </c>
       <c r="B566" t="s">
-        <v>2220</v>
+        <v>2230</v>
       </c>
       <c r="C566" t="s">
-        <v>2221</v>
+        <v>2231</v>
       </c>
       <c r="D566" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E566" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="567" spans="1:13">
       <c r="A567" t="s">
-        <v>2222</v>
+        <v>2232</v>
       </c>
       <c r="B567" t="s">
-        <v>2223</v>
+        <v>2233</v>
       </c>
       <c r="C567" t="s">
-        <v>2224</v>
+        <v>2234</v>
       </c>
       <c r="D567" t="s">
         <v>44</v>
       </c>
       <c r="E567" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H567" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J567" t="s">
-        <v>2192</v>
+        <v>2205</v>
       </c>
       <c r="K567" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="L567" t="s">
-        <v>2193</v>
+        <v>2206</v>
       </c>
       <c r="M567" t="s">
-        <v>2194</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="568" spans="1:13">
       <c r="A568" t="s">
-        <v>2225</v>
+        <v>2235</v>
       </c>
       <c r="B568" t="s">
-        <v>2226</v>
+        <v>2236</v>
       </c>
       <c r="C568" t="s">
-        <v>2227</v>
+        <v>2237</v>
       </c>
       <c r="D568" t="s">
         <v>44</v>
       </c>
       <c r="E568" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H568" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J568" t="s">
-        <v>2228</v>
+        <v>2238</v>
       </c>
       <c r="K568" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="L568" t="s">
-        <v>2229</v>
+        <v>2239</v>
       </c>
       <c r="M568" t="s">
-        <v>2230</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="569" spans="1:13">
       <c r="A569" t="s">
-        <v>2231</v>
+        <v>2241</v>
       </c>
       <c r="B569" t="s">
-        <v>2232</v>
+        <v>2242</v>
       </c>
       <c r="C569" t="s">
-        <v>2233</v>
+        <v>2243</v>
       </c>
       <c r="D569" t="s">
         <v>44</v>
       </c>
       <c r="E569" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H569" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J569" t="s">
-        <v>2228</v>
+        <v>2238</v>
       </c>
       <c r="K569" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="L569" t="s">
-        <v>2229</v>
+        <v>2239</v>
       </c>
       <c r="M569" t="s">
-        <v>2230</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="570" spans="1:13">
       <c r="A570" t="s">
-        <v>2234</v>
+        <v>2244</v>
       </c>
       <c r="B570" t="s">
-        <v>2235</v>
+        <v>2245</v>
       </c>
       <c r="C570" t="s">
-        <v>2236</v>
+        <v>2246</v>
       </c>
       <c r="D570" t="s">
         <v>44</v>
       </c>
       <c r="E570" t="s">
-        <v>45</v>
+        <v>56</v>
+      </c>
+      <c r="F570" t="s">
+        <v>2247</v>
       </c>
       <c r="H570" t="s">
-        <v>360</v>
+        <v>48</v>
       </c>
       <c r="J570" t="s">
-        <v>2228</v>
+        <v>2248</v>
       </c>
       <c r="K570" t="s">
-        <v>1906</v>
-[...2 lines deleted...]
-        <v>2229</v>
+        <v>2249</v>
       </c>
       <c r="M570" t="s">
-        <v>2230</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="571" spans="1:13">
       <c r="A571" t="s">
-        <v>2237</v>
+        <v>2251</v>
       </c>
       <c r="B571" t="s">
-        <v>2238</v>
+        <v>2252</v>
       </c>
       <c r="C571" t="s">
-        <v>2239</v>
+        <v>2253</v>
       </c>
       <c r="D571" t="s">
         <v>44</v>
       </c>
       <c r="E571" t="s">
-        <v>150</v>
+        <v>56</v>
       </c>
       <c r="F571" t="s">
-        <v>2240</v>
-[...2 lines deleted...]
-        <v>1574</v>
+        <v>2254</v>
       </c>
       <c r="H571" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J571" t="s">
-        <v>2241</v>
+        <v>2255</v>
       </c>
       <c r="K571" t="s">
-        <v>2242</v>
+        <v>2256</v>
       </c>
       <c r="M571" t="s">
-        <v>2243</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="572" spans="1:13">
       <c r="A572" t="s">
-        <v>2244</v>
+        <v>2258</v>
       </c>
       <c r="B572" t="s">
-        <v>2245</v>
+        <v>2259</v>
       </c>
       <c r="C572" t="s">
-        <v>2246</v>
+        <v>2260</v>
       </c>
       <c r="D572" t="s">
         <v>44</v>
       </c>
       <c r="E572" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H572" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J572" t="s">
-        <v>2192</v>
+        <v>2205</v>
       </c>
       <c r="K572" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="L572" t="s">
-        <v>2193</v>
+        <v>2206</v>
       </c>
       <c r="M572" t="s">
-        <v>2194</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="573" spans="1:13">
       <c r="A573" t="s">
-        <v>2247</v>
+        <v>2261</v>
       </c>
       <c r="B573" t="s">
-        <v>2248</v>
+        <v>2262</v>
       </c>
       <c r="C573" t="s">
-        <v>2249</v>
+        <v>2263</v>
       </c>
       <c r="D573" t="s">
         <v>44</v>
       </c>
       <c r="E573" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G573" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="H573" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J573" t="s">
-        <v>2251</v>
+        <v>2265</v>
       </c>
       <c r="K573" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="L573" t="s">
-        <v>2252</v>
+        <v>2266</v>
       </c>
       <c r="M573" t="s">
-        <v>2253</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="574" spans="1:13">
       <c r="A574" t="s">
-        <v>2254</v>
+        <v>2268</v>
       </c>
       <c r="B574" t="s">
-        <v>2255</v>
+        <v>2269</v>
       </c>
       <c r="C574" t="s">
-        <v>2256</v>
+        <v>2270</v>
       </c>
       <c r="D574" t="s">
         <v>44</v>
       </c>
       <c r="E574" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G574" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="H574" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J574" t="s">
-        <v>2251</v>
+        <v>2265</v>
       </c>
       <c r="K574" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="L574" t="s">
-        <v>2252</v>
+        <v>2266</v>
       </c>
       <c r="M574" t="s">
-        <v>2253</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="575" spans="1:13">
       <c r="A575" t="s">
-        <v>2257</v>
+        <v>2271</v>
       </c>
       <c r="B575" t="s">
-        <v>2258</v>
+        <v>2272</v>
       </c>
       <c r="C575" t="s">
-        <v>2259</v>
+        <v>2273</v>
       </c>
       <c r="D575" t="s">
         <v>44</v>
       </c>
       <c r="E575" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G575" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="H575" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J575" t="s">
-        <v>2251</v>
+        <v>2265</v>
       </c>
       <c r="K575" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="L575" t="s">
-        <v>2252</v>
+        <v>2266</v>
       </c>
       <c r="M575" t="s">
-        <v>2253</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="576" spans="1:13">
       <c r="A576" t="s">
-        <v>2260</v>
+        <v>2274</v>
       </c>
       <c r="B576" t="s">
-        <v>2261</v>
+        <v>2275</v>
       </c>
       <c r="C576" t="s">
-        <v>2262</v>
+        <v>2276</v>
       </c>
       <c r="D576" t="s">
         <v>44</v>
       </c>
       <c r="E576" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G576" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="H576" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J576" t="s">
-        <v>2251</v>
+        <v>2265</v>
       </c>
       <c r="K576" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="L576" t="s">
-        <v>2252</v>
+        <v>2266</v>
       </c>
       <c r="M576" t="s">
-        <v>2253</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="577" spans="1:13">
       <c r="A577" t="s">
-        <v>2263</v>
+        <v>2277</v>
       </c>
       <c r="B577" t="s">
-        <v>2264</v>
+        <v>2278</v>
       </c>
       <c r="C577" t="s">
-        <v>2265</v>
+        <v>2279</v>
       </c>
       <c r="D577" t="s">
         <v>44</v>
       </c>
       <c r="E577" t="s">
-        <v>150</v>
+        <v>56</v>
       </c>
       <c r="F577" t="s">
-        <v>2266</v>
-[...2 lines deleted...]
-        <v>1574</v>
+        <v>2280</v>
       </c>
       <c r="H577" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>2267</v>
+        <v>61</v>
       </c>
       <c r="J577" t="s">
-        <v>2268</v>
+        <v>2281</v>
       </c>
       <c r="K577" t="s">
-        <v>2269</v>
+        <v>2282</v>
       </c>
       <c r="M577" t="s">
-        <v>2270</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="578" spans="1:13">
       <c r="A578" t="s">
-        <v>2271</v>
+        <v>2284</v>
       </c>
       <c r="B578" t="s">
-        <v>2272</v>
+        <v>2285</v>
       </c>
       <c r="C578" t="s">
-        <v>2273</v>
+        <v>2286</v>
       </c>
       <c r="D578" t="s">
         <v>44</v>
       </c>
       <c r="E578" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G578" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="H578" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J578" t="s">
-        <v>2251</v>
+        <v>2265</v>
       </c>
       <c r="K578" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="L578" t="s">
-        <v>2252</v>
+        <v>2266</v>
       </c>
       <c r="M578" t="s">
-        <v>2253</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="579" spans="1:13">
       <c r="A579" t="s">
-        <v>2274</v>
+        <v>2287</v>
       </c>
       <c r="B579" t="s">
-        <v>2275</v>
+        <v>2288</v>
       </c>
       <c r="C579" t="s">
-        <v>2276</v>
+        <v>2289</v>
       </c>
       <c r="D579" t="s">
         <v>44</v>
       </c>
       <c r="E579" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="G579" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="H579" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J579" t="s">
-        <v>2277</v>
+        <v>2290</v>
       </c>
       <c r="K579" t="s">
-        <v>2278</v>
+        <v>2291</v>
       </c>
       <c r="L579" t="s">
-        <v>2279</v>
+        <v>2292</v>
       </c>
       <c r="M579" t="s">
-        <v>2280</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="580" spans="1:13">
       <c r="A580" t="s">
-        <v>2281</v>
+        <v>2294</v>
       </c>
       <c r="B580" t="s">
-        <v>2282</v>
+        <v>2295</v>
       </c>
       <c r="C580" t="s">
-        <v>2283</v>
+        <v>2296</v>
       </c>
       <c r="D580" t="s">
         <v>44</v>
       </c>
       <c r="E580" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="H580" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J580" t="s">
-        <v>2186</v>
+        <v>2192</v>
       </c>
       <c r="K580" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="L580" t="s">
-        <v>2187</v>
+        <v>2193</v>
       </c>
       <c r="M580" t="s">
-        <v>2188</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="581" spans="1:13">
       <c r="A581" t="s">
-        <v>2284</v>
+        <v>2297</v>
       </c>
       <c r="B581" t="s">
-        <v>2285</v>
+        <v>2298</v>
       </c>
       <c r="C581" t="s">
-        <v>2286</v>
+        <v>2299</v>
       </c>
       <c r="D581" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E581" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="582" spans="1:13">
       <c r="A582" t="s">
-        <v>2287</v>
+        <v>2300</v>
       </c>
       <c r="B582" t="s">
-        <v>2288</v>
+        <v>2301</v>
       </c>
       <c r="C582" t="s">
-        <v>2289</v>
+        <v>2302</v>
       </c>
       <c r="D582" t="s">
         <v>44</v>
       </c>
       <c r="E582" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="G582" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="H582" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J582" t="s">
-        <v>2290</v>
+        <v>2303</v>
       </c>
       <c r="K582" t="s">
-        <v>2291</v>
+        <v>2304</v>
       </c>
       <c r="L582" t="s">
-        <v>2292</v>
+        <v>2305</v>
       </c>
       <c r="M582" t="s">
-        <v>2293</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="583" spans="1:13">
       <c r="A583" t="s">
-        <v>2294</v>
+        <v>2307</v>
       </c>
       <c r="B583" t="s">
-        <v>2295</v>
+        <v>2308</v>
       </c>
       <c r="C583" t="s">
-        <v>2296</v>
+        <v>2309</v>
       </c>
       <c r="D583" t="s">
         <v>44</v>
       </c>
       <c r="E583" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F583" t="s">
-        <v>2297</v>
+        <v>2310</v>
       </c>
       <c r="H583" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="I583" t="s">
-        <v>2298</v>
+        <v>2311</v>
       </c>
       <c r="J583" t="s">
-        <v>2299</v>
+        <v>2312</v>
       </c>
       <c r="K583" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
       <c r="M583" t="s">
-        <v>2300</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="584" spans="1:13">
       <c r="A584" t="s">
-        <v>2301</v>
+        <v>2314</v>
       </c>
       <c r="B584" t="s">
-        <v>2302</v>
+        <v>2315</v>
       </c>
       <c r="C584" t="s">
-        <v>2303</v>
+        <v>2316</v>
       </c>
       <c r="D584" t="s">
         <v>44</v>
       </c>
       <c r="E584" t="s">
-        <v>150</v>
+        <v>56</v>
       </c>
       <c r="F584" t="s">
-        <v>2304</v>
-[...2 lines deleted...]
-        <v>1574</v>
+        <v>2317</v>
       </c>
       <c r="H584" t="s">
-        <v>153</v>
+        <v>48</v>
+      </c>
+      <c r="I584" t="s">
+        <v>2318</v>
       </c>
       <c r="J584" t="s">
-        <v>2305</v>
+        <v>2319</v>
       </c>
       <c r="K584" t="s">
-        <v>2306</v>
+        <v>2320</v>
       </c>
       <c r="M584" t="s">
-        <v>2307</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="585" spans="1:13">
       <c r="A585" t="s">
-        <v>2308</v>
+        <v>2322</v>
       </c>
       <c r="B585" t="s">
-        <v>2309</v>
+        <v>2323</v>
       </c>
       <c r="C585" t="s">
-        <v>2310</v>
+        <v>2324</v>
       </c>
       <c r="D585" t="s">
         <v>44</v>
       </c>
       <c r="E585" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="586" spans="1:13">
       <c r="A586" t="s">
-        <v>2311</v>
+        <v>2325</v>
       </c>
       <c r="B586" t="s">
-        <v>2312</v>
+        <v>2326</v>
       </c>
       <c r="C586" t="s">
-        <v>2313</v>
+        <v>2327</v>
       </c>
       <c r="D586" t="s">
         <v>44</v>
       </c>
       <c r="E586" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="G586" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="H586" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J586" t="s">
-        <v>2290</v>
+        <v>2303</v>
       </c>
       <c r="K586" t="s">
-        <v>2291</v>
+        <v>2304</v>
       </c>
       <c r="L586" t="s">
-        <v>2292</v>
+        <v>2305</v>
       </c>
       <c r="M586" t="s">
-        <v>2293</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="587" spans="1:13">
       <c r="A587" t="s">
-        <v>2314</v>
+        <v>2328</v>
       </c>
       <c r="B587" t="s">
-        <v>2315</v>
+        <v>2329</v>
       </c>
       <c r="C587" t="s">
-        <v>2316</v>
+        <v>2330</v>
       </c>
       <c r="D587" t="s">
         <v>44</v>
       </c>
       <c r="E587" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="588" spans="1:13">
       <c r="A588" t="s">
-        <v>2317</v>
+        <v>2331</v>
       </c>
       <c r="B588" t="s">
-        <v>2318</v>
+        <v>2332</v>
       </c>
       <c r="C588" t="s">
-        <v>2319</v>
+        <v>2333</v>
       </c>
       <c r="D588" t="s">
         <v>44</v>
       </c>
       <c r="E588" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="589" spans="1:13">
       <c r="A589" t="s">
-        <v>2320</v>
+        <v>2334</v>
       </c>
       <c r="B589" t="s">
-        <v>2321</v>
+        <v>2335</v>
       </c>
       <c r="C589" t="s">
-        <v>2322</v>
+        <v>2336</v>
       </c>
       <c r="D589" t="s">
         <v>44</v>
       </c>
       <c r="E589" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F589" t="s">
-        <v>2323</v>
+        <v>2337</v>
       </c>
       <c r="H589" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J589" t="s">
-        <v>2324</v>
+        <v>2338</v>
       </c>
       <c r="K589" t="s">
-        <v>2325</v>
+        <v>2339</v>
       </c>
       <c r="L589" t="s">
-        <v>2326</v>
+        <v>2340</v>
       </c>
       <c r="M589" t="s">
-        <v>2327</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="590" spans="1:13">
       <c r="A590" t="s">
-        <v>2328</v>
+        <v>2342</v>
       </c>
       <c r="B590" t="s">
-        <v>2329</v>
+        <v>2343</v>
       </c>
       <c r="C590" t="s">
-        <v>2330</v>
+        <v>2344</v>
       </c>
       <c r="D590" t="s">
         <v>44</v>
       </c>
       <c r="E590" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F590" t="s">
-        <v>2323</v>
+        <v>2337</v>
       </c>
       <c r="H590" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J590" t="s">
-        <v>2324</v>
+        <v>2338</v>
       </c>
       <c r="K590" t="s">
-        <v>2325</v>
+        <v>2339</v>
       </c>
       <c r="L590" t="s">
-        <v>2326</v>
+        <v>2340</v>
       </c>
       <c r="M590" t="s">
-        <v>2327</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="591" spans="1:13">
       <c r="A591" t="s">
-        <v>2331</v>
+        <v>2345</v>
       </c>
       <c r="B591" t="s">
-        <v>2332</v>
+        <v>2346</v>
       </c>
       <c r="C591" t="s">
-        <v>2333</v>
+        <v>2347</v>
       </c>
       <c r="D591" t="s">
         <v>44</v>
       </c>
       <c r="E591" t="s">
-        <v>150</v>
+        <v>56</v>
       </c>
       <c r="F591" t="s">
-        <v>2334</v>
-[...2 lines deleted...]
-        <v>1574</v>
+        <v>2348</v>
       </c>
       <c r="H591" t="s">
-        <v>153</v>
+        <v>48</v>
+      </c>
+      <c r="I591" t="s">
+        <v>2349</v>
       </c>
       <c r="J591" t="s">
-        <v>2335</v>
+        <v>2350</v>
       </c>
       <c r="K591" t="s">
-        <v>2242</v>
+        <v>2351</v>
       </c>
       <c r="M591" t="s">
-        <v>2336</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="592" spans="1:13">
       <c r="A592" t="s">
-        <v>2337</v>
+        <v>2353</v>
       </c>
       <c r="B592" t="s">
-        <v>2338</v>
+        <v>2354</v>
       </c>
       <c r="C592" t="s">
-        <v>2339</v>
+        <v>2355</v>
       </c>
       <c r="D592" t="s">
         <v>44</v>
       </c>
       <c r="E592" t="s">
-        <v>150</v>
+        <v>56</v>
       </c>
       <c r="F592" t="s">
-        <v>2340</v>
-[...2 lines deleted...]
-        <v>1574</v>
+        <v>2356</v>
       </c>
       <c r="H592" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J592" t="s">
-        <v>2341</v>
+        <v>2357</v>
       </c>
       <c r="K592" t="s">
-        <v>2306</v>
+        <v>1373</v>
       </c>
       <c r="M592" t="s">
-        <v>2342</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="593" spans="1:13">
       <c r="A593" t="s">
-        <v>2343</v>
+        <v>2359</v>
       </c>
       <c r="B593" t="s">
-        <v>2344</v>
+        <v>2360</v>
       </c>
       <c r="C593" t="s">
-        <v>2345</v>
+        <v>2361</v>
       </c>
       <c r="D593" t="s">
         <v>44</v>
       </c>
       <c r="E593" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H593" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="J593" t="s">
-        <v>2346</v>
+        <v>2362</v>
       </c>
       <c r="K593" t="s">
-        <v>1861</v>
+        <v>1862</v>
       </c>
       <c r="L593" t="s">
-        <v>2252</v>
+        <v>2266</v>
       </c>
       <c r="M593" t="s">
-        <v>2347</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="594" spans="1:13">
       <c r="A594" t="s">
-        <v>2348</v>
+        <v>2364</v>
       </c>
       <c r="B594" t="s">
-        <v>2349</v>
+        <v>2365</v>
       </c>
       <c r="C594" t="s">
-        <v>2350</v>
+        <v>2366</v>
       </c>
       <c r="D594" t="s">
         <v>44</v>
       </c>
       <c r="E594" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H594" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="J594" t="s">
-        <v>2346</v>
+        <v>2362</v>
       </c>
       <c r="K594" t="s">
-        <v>1861</v>
+        <v>1862</v>
       </c>
       <c r="L594" t="s">
-        <v>2252</v>
+        <v>2266</v>
       </c>
       <c r="M594" t="s">
-        <v>2347</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="595" spans="1:13">
       <c r="A595" t="s">
-        <v>2351</v>
+        <v>2367</v>
       </c>
       <c r="B595" t="s">
-        <v>2352</v>
+        <v>2368</v>
       </c>
       <c r="C595" t="s">
-        <v>2353</v>
+        <v>2369</v>
       </c>
       <c r="D595" t="s">
         <v>44</v>
       </c>
       <c r="E595" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="596" spans="1:13">
       <c r="A596" t="s">
-        <v>2354</v>
+        <v>2370</v>
       </c>
       <c r="B596" t="s">
-        <v>2355</v>
+        <v>2371</v>
       </c>
       <c r="C596" t="s">
-        <v>2356</v>
+        <v>2372</v>
       </c>
       <c r="D596" t="s">
         <v>44</v>
       </c>
       <c r="E596" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="597" spans="1:13">
       <c r="A597" t="s">
-        <v>2357</v>
+        <v>2373</v>
       </c>
       <c r="B597" t="s">
-        <v>2358</v>
+        <v>2374</v>
       </c>
       <c r="C597" t="s">
-        <v>2359</v>
+        <v>2375</v>
       </c>
       <c r="D597" t="s">
         <v>44</v>
       </c>
       <c r="E597" t="s">
         <v>45</v>
       </c>
       <c r="F597" t="s">
-        <v>1085</v>
+        <v>2376</v>
+      </c>
+      <c r="G597" t="s">
+        <v>47</v>
       </c>
       <c r="H597" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="J597" t="s">
-        <v>2360</v>
+        <v>2377</v>
       </c>
       <c r="K597" t="s">
-        <v>1278</v>
+        <v>2200</v>
       </c>
       <c r="M597" t="s">
-        <v>2361</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="598" spans="1:13">
       <c r="A598" t="s">
-        <v>2362</v>
+        <v>2379</v>
       </c>
       <c r="B598" t="s">
-        <v>2363</v>
+        <v>2380</v>
       </c>
       <c r="C598" t="s">
-        <v>2364</v>
+        <v>2381</v>
       </c>
       <c r="D598" t="s">
         <v>44</v>
       </c>
       <c r="E598" t="s">
-        <v>150</v>
+        <v>45</v>
+      </c>
+      <c r="F598" t="s">
+        <v>2382</v>
       </c>
       <c r="G598" t="s">
-        <v>1574</v>
+        <v>47</v>
       </c>
       <c r="H598" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J598" t="s">
-        <v>2365</v>
+        <v>2383</v>
       </c>
       <c r="K598" t="s">
-        <v>2366</v>
+        <v>2384</v>
       </c>
       <c r="M598" t="s">
-        <v>2367</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="599" spans="1:13">
       <c r="A599" t="s">
-        <v>2368</v>
+        <v>2386</v>
       </c>
       <c r="B599" t="s">
-        <v>2369</v>
+        <v>2387</v>
       </c>
       <c r="C599" t="s">
-        <v>2370</v>
+        <v>2388</v>
       </c>
       <c r="D599" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E599" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="600" spans="1:13">
       <c r="A600" t="s">
-        <v>2371</v>
+        <v>2389</v>
       </c>
       <c r="B600" t="s">
-        <v>2369</v>
+        <v>2387</v>
       </c>
       <c r="C600" t="s">
-        <v>2372</v>
+        <v>2390</v>
       </c>
       <c r="D600" t="s">
         <v>44</v>
       </c>
       <c r="E600" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="I600" t="s">
-        <v>2373</v>
+        <v>2391</v>
       </c>
       <c r="J600" t="s">
-        <v>2374</v>
+        <v>2392</v>
       </c>
       <c r="K600" t="s">
-        <v>2375</v>
+        <v>2393</v>
       </c>
       <c r="L600" t="s">
-        <v>2376</v>
+        <v>2394</v>
       </c>
       <c r="M600" t="s">
-        <v>2377</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="601" spans="1:13">
       <c r="A601" t="s">
-        <v>2378</v>
+        <v>2396</v>
       </c>
       <c r="B601" t="s">
-        <v>2379</v>
+        <v>2397</v>
       </c>
       <c r="C601" t="s">
-        <v>2380</v>
+        <v>2398</v>
       </c>
       <c r="D601" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E601" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="602" spans="1:13">
       <c r="A602" t="s">
-        <v>2381</v>
+        <v>2399</v>
       </c>
       <c r="B602" t="s">
-        <v>2382</v>
+        <v>2400</v>
       </c>
       <c r="C602" t="s">
-        <v>2383</v>
+        <v>2401</v>
       </c>
       <c r="D602" t="s">
         <v>44</v>
       </c>
       <c r="E602" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="603" spans="1:13">
       <c r="A603" t="s">
-        <v>2384</v>
+        <v>2402</v>
       </c>
       <c r="B603" t="s">
-        <v>2385</v>
+        <v>2403</v>
       </c>
       <c r="C603" t="s">
-        <v>2386</v>
+        <v>2404</v>
       </c>
       <c r="D603" t="s">
         <v>44</v>
       </c>
       <c r="E603" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="604" spans="1:13">
       <c r="A604" t="s">
-        <v>2387</v>
+        <v>2405</v>
       </c>
       <c r="B604" t="s">
-        <v>2388</v>
+        <v>2406</v>
       </c>
       <c r="C604" t="s">
-        <v>2389</v>
+        <v>2407</v>
       </c>
       <c r="D604" t="s">
         <v>44</v>
       </c>
       <c r="E604" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H604" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J604" t="s">
-        <v>2390</v>
+        <v>2408</v>
       </c>
       <c r="K604" t="s">
-        <v>2391</v>
+        <v>2409</v>
       </c>
       <c r="L604" t="s">
-        <v>2392</v>
+        <v>2410</v>
       </c>
       <c r="M604" t="s">
-        <v>2393</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="605" spans="1:13">
       <c r="A605" t="s">
-        <v>2394</v>
+        <v>2412</v>
       </c>
       <c r="B605" t="s">
-        <v>2395</v>
+        <v>2413</v>
       </c>
       <c r="C605" t="s">
-        <v>2396</v>
+        <v>2414</v>
       </c>
       <c r="D605" t="s">
         <v>44</v>
       </c>
       <c r="E605" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="606" spans="1:13">
       <c r="A606" t="s">
-        <v>2397</v>
+        <v>2415</v>
       </c>
       <c r="B606" t="s">
-        <v>2398</v>
+        <v>2416</v>
       </c>
       <c r="C606" t="s">
-        <v>2399</v>
+        <v>2417</v>
       </c>
       <c r="D606" t="s">
         <v>44</v>
       </c>
       <c r="E606" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H606" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J606" t="s">
-        <v>2400</v>
+        <v>2418</v>
       </c>
       <c r="K606" t="s">
-        <v>2101</v>
+        <v>2107</v>
       </c>
       <c r="L606" t="s">
-        <v>2401</v>
+        <v>2419</v>
       </c>
       <c r="M606" t="s">
-        <v>2402</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="607" spans="1:13">
       <c r="A607" t="s">
-        <v>2403</v>
+        <v>2421</v>
       </c>
       <c r="B607" t="s">
-        <v>2404</v>
+        <v>2422</v>
       </c>
       <c r="C607" t="s">
-        <v>2405</v>
+        <v>2423</v>
       </c>
       <c r="D607" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E607" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="608" spans="1:13">
       <c r="A608" t="s">
-        <v>2406</v>
+        <v>2424</v>
       </c>
       <c r="B608" t="s">
-        <v>2407</v>
+        <v>2425</v>
       </c>
       <c r="C608" t="s">
-        <v>2408</v>
+        <v>2426</v>
       </c>
       <c r="D608" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E608" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="609" spans="1:13">
       <c r="A609" t="s">
-        <v>2409</v>
+        <v>2427</v>
       </c>
       <c r="B609" t="s">
-        <v>2410</v>
+        <v>2428</v>
       </c>
       <c r="C609" t="s">
-        <v>2411</v>
+        <v>2429</v>
       </c>
       <c r="D609" t="s">
         <v>44</v>
       </c>
       <c r="E609" t="s">
-        <v>150</v>
+        <v>56</v>
       </c>
       <c r="F609" t="s">
-        <v>2304</v>
-[...2 lines deleted...]
-        <v>1574</v>
+        <v>2376</v>
       </c>
       <c r="H609" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J609" t="s">
-        <v>2412</v>
+        <v>2430</v>
       </c>
       <c r="K609" t="s">
-        <v>2306</v>
+        <v>2249</v>
       </c>
       <c r="M609" t="s">
-        <v>2413</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="610" spans="1:13">
       <c r="A610" t="s">
-        <v>2414</v>
+        <v>2432</v>
       </c>
       <c r="B610" t="s">
-        <v>2415</v>
+        <v>2433</v>
       </c>
       <c r="C610" t="s">
-        <v>2416</v>
+        <v>2434</v>
       </c>
       <c r="D610" t="s">
         <v>44</v>
       </c>
       <c r="E610" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="611" spans="1:13">
       <c r="A611" t="s">
-        <v>2417</v>
+        <v>2435</v>
       </c>
       <c r="B611" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="C611" t="s">
-        <v>2419</v>
+        <v>2437</v>
       </c>
       <c r="D611" t="s">
         <v>44</v>
       </c>
       <c r="E611" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H611" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J611" t="s">
-        <v>2420</v>
+        <v>2438</v>
       </c>
       <c r="K611" t="s">
-        <v>2421</v>
+        <v>2439</v>
       </c>
       <c r="L611" t="s">
-        <v>2422</v>
+        <v>2440</v>
       </c>
       <c r="M611" t="s">
-        <v>2423</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="612" spans="1:13">
       <c r="A612" t="s">
-        <v>2424</v>
+        <v>2442</v>
       </c>
       <c r="B612" t="s">
-        <v>2425</v>
+        <v>2443</v>
       </c>
       <c r="C612" t="s">
-        <v>2426</v>
+        <v>2444</v>
       </c>
       <c r="D612" t="s">
         <v>44</v>
       </c>
       <c r="E612" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="613" spans="1:13">
       <c r="A613" t="s">
-        <v>2427</v>
+        <v>2445</v>
       </c>
       <c r="B613" t="s">
-        <v>2428</v>
+        <v>2446</v>
       </c>
       <c r="C613" t="s">
-        <v>2429</v>
+        <v>2447</v>
       </c>
       <c r="D613" t="s">
         <v>44</v>
       </c>
       <c r="E613" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="G613" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="H613" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J613" t="s">
-        <v>2430</v>
+        <v>2448</v>
       </c>
       <c r="K613" t="s">
-        <v>2431</v>
+        <v>2449</v>
       </c>
       <c r="L613" t="s">
-        <v>2432</v>
+        <v>2450</v>
       </c>
       <c r="M613" t="s">
-        <v>2433</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="614" spans="1:13">
       <c r="A614" t="s">
-        <v>2434</v>
+        <v>2452</v>
       </c>
       <c r="B614" t="s">
-        <v>2435</v>
+        <v>2453</v>
       </c>
       <c r="C614" t="s">
-        <v>2436</v>
+        <v>2454</v>
       </c>
       <c r="D614" t="s">
         <v>44</v>
       </c>
       <c r="E614" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H614" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J614" t="s">
-        <v>2437</v>
+        <v>2455</v>
       </c>
       <c r="K614" t="s">
-        <v>2438</v>
+        <v>2456</v>
       </c>
       <c r="L614" t="s">
-        <v>2439</v>
+        <v>2457</v>
       </c>
       <c r="M614" t="s">
-        <v>2440</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="615" spans="1:13">
       <c r="A615" t="s">
-        <v>2441</v>
+        <v>2459</v>
       </c>
       <c r="B615" t="s">
-        <v>2442</v>
+        <v>2460</v>
       </c>
       <c r="C615" t="s">
-        <v>2443</v>
+        <v>2461</v>
       </c>
       <c r="D615" t="s">
         <v>44</v>
       </c>
       <c r="E615" t="s">
-        <v>45</v>
+        <v>56</v>
+      </c>
+      <c r="F615" t="s">
+        <v>2462</v>
       </c>
       <c r="H615" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J615" t="s">
-        <v>2444</v>
+        <v>2463</v>
       </c>
       <c r="K615" t="s">
-        <v>2438</v>
-[...2 lines deleted...]
-        <v>2445</v>
+        <v>51</v>
       </c>
       <c r="M615" t="s">
-        <v>2446</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="616" spans="1:13">
       <c r="A616" t="s">
-        <v>2447</v>
+        <v>2465</v>
       </c>
       <c r="B616" t="s">
-        <v>2448</v>
+        <v>2466</v>
       </c>
       <c r="C616" t="s">
-        <v>2449</v>
+        <v>2467</v>
       </c>
       <c r="D616" t="s">
         <v>44</v>
       </c>
       <c r="E616" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H616" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J616" t="s">
-        <v>2437</v>
+        <v>2455</v>
       </c>
       <c r="K616" t="s">
-        <v>2438</v>
+        <v>2456</v>
       </c>
       <c r="L616" t="s">
-        <v>2439</v>
+        <v>2457</v>
       </c>
       <c r="M616" t="s">
-        <v>2440</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="617" spans="1:13">
       <c r="A617" t="s">
-        <v>2450</v>
+        <v>2468</v>
       </c>
       <c r="B617" t="s">
-        <v>2451</v>
+        <v>2469</v>
       </c>
       <c r="C617" t="s">
-        <v>2452</v>
+        <v>2470</v>
       </c>
       <c r="D617" t="s">
         <v>44</v>
       </c>
       <c r="E617" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H617" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J617" t="s">
-        <v>2453</v>
+        <v>2471</v>
       </c>
       <c r="K617" t="s">
-        <v>2454</v>
+        <v>2472</v>
       </c>
       <c r="L617" t="s">
-        <v>2455</v>
+        <v>2473</v>
       </c>
       <c r="M617" t="s">
-        <v>2456</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="618" spans="1:13">
       <c r="A618" t="s">
+        <v>2475</v>
+      </c>
+      <c r="B618" t="s">
+        <v>2476</v>
+      </c>
+      <c r="C618" t="s">
+        <v>2477</v>
+      </c>
+      <c r="D618" t="s">
+        <v>44</v>
+      </c>
+      <c r="E618" t="s">
+        <v>56</v>
+      </c>
+      <c r="H618" t="s">
+        <v>272</v>
+      </c>
+      <c r="J618" t="s">
+        <v>2455</v>
+      </c>
+      <c r="K618" t="s">
+        <v>2456</v>
+      </c>
+      <c r="L618" t="s">
         <v>2457</v>
       </c>
-      <c r="B618" t="s">
+      <c r="M618" t="s">
         <v>2458</v>
-      </c>
-[...22 lines deleted...]
-        <v>2440</v>
       </c>
     </row>
     <row r="619" spans="1:13">
       <c r="A619" t="s">
-        <v>2460</v>
+        <v>2478</v>
       </c>
       <c r="B619" t="s">
-        <v>2461</v>
+        <v>2479</v>
       </c>
       <c r="C619" t="s">
-        <v>2462</v>
+        <v>2480</v>
       </c>
       <c r="D619" t="s">
         <v>44</v>
       </c>
       <c r="E619" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H619" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J619" t="s">
-        <v>2437</v>
+        <v>2455</v>
       </c>
       <c r="K619" t="s">
-        <v>2438</v>
+        <v>2456</v>
       </c>
       <c r="L619" t="s">
-        <v>2439</v>
+        <v>2457</v>
       </c>
       <c r="M619" t="s">
-        <v>2440</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="620" spans="1:13">
       <c r="A620" t="s">
-        <v>2463</v>
+        <v>2481</v>
       </c>
       <c r="B620" t="s">
-        <v>2464</v>
+        <v>2482</v>
       </c>
       <c r="C620" t="s">
-        <v>2465</v>
+        <v>2483</v>
       </c>
       <c r="D620" t="s">
         <v>44</v>
       </c>
       <c r="E620" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F620" t="s">
-        <v>2466</v>
+        <v>2484</v>
       </c>
       <c r="H620" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J620" t="s">
-        <v>2467</v>
+        <v>2485</v>
       </c>
       <c r="K620" t="s">
-        <v>2468</v>
+        <v>1635</v>
       </c>
       <c r="L620" t="s">
-        <v>2469</v>
+        <v>2484</v>
       </c>
       <c r="M620" t="s">
-        <v>2470</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="621" spans="1:13">
       <c r="A621" t="s">
-        <v>2471</v>
+        <v>2487</v>
       </c>
       <c r="B621" t="s">
-        <v>2472</v>
+        <v>2488</v>
       </c>
       <c r="C621" t="s">
-        <v>2473</v>
+        <v>2489</v>
       </c>
       <c r="D621" t="s">
         <v>44</v>
       </c>
       <c r="E621" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F621" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="H621" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J621" t="s">
-        <v>2474</v>
+        <v>2490</v>
       </c>
       <c r="K621" t="s">
-        <v>2475</v>
+        <v>2491</v>
       </c>
       <c r="L621" t="s">
-        <v>2476</v>
+        <v>2492</v>
       </c>
       <c r="M621" t="s">
-        <v>2477</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="622" spans="1:13">
       <c r="A622" t="s">
-        <v>2478</v>
+        <v>2494</v>
       </c>
       <c r="B622" t="s">
-        <v>2479</v>
+        <v>2495</v>
       </c>
       <c r="C622" t="s">
-        <v>2480</v>
+        <v>2496</v>
       </c>
       <c r="D622" t="s">
         <v>44</v>
       </c>
       <c r="E622" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H622" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J622" t="s">
-        <v>2437</v>
+        <v>2455</v>
       </c>
       <c r="K622" t="s">
-        <v>2438</v>
+        <v>2456</v>
       </c>
       <c r="L622" t="s">
-        <v>2439</v>
+        <v>2457</v>
       </c>
       <c r="M622" t="s">
-        <v>2440</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="623" spans="1:13">
       <c r="A623" t="s">
-        <v>2481</v>
+        <v>2497</v>
       </c>
       <c r="B623" t="s">
-        <v>2482</v>
+        <v>2498</v>
       </c>
       <c r="C623" t="s">
-        <v>2483</v>
+        <v>2499</v>
       </c>
       <c r="D623" t="s">
         <v>44</v>
       </c>
       <c r="E623" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H623" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J623" t="s">
-        <v>2484</v>
+        <v>2500</v>
       </c>
       <c r="K623" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="L623" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="M623" t="s">
-        <v>2485</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="624" spans="1:13">
       <c r="A624" t="s">
-        <v>2486</v>
+        <v>2502</v>
       </c>
       <c r="B624" t="s">
-        <v>2487</v>
+        <v>2503</v>
       </c>
       <c r="C624" t="s">
-        <v>2488</v>
+        <v>2504</v>
       </c>
       <c r="D624" t="s">
         <v>44</v>
       </c>
       <c r="E624" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H624" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J624" t="s">
-        <v>2484</v>
+        <v>2500</v>
       </c>
       <c r="K624" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="L624" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="M624" t="s">
-        <v>2485</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="625" spans="1:13">
       <c r="A625" t="s">
-        <v>2489</v>
+        <v>2505</v>
       </c>
       <c r="B625" t="s">
-        <v>2490</v>
+        <v>2506</v>
       </c>
       <c r="C625" t="s">
-        <v>2491</v>
+        <v>2507</v>
       </c>
       <c r="D625" t="s">
         <v>44</v>
       </c>
       <c r="E625" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F625" t="s">
-        <v>2492</v>
+        <v>2508</v>
       </c>
       <c r="H625" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J625" t="s">
-        <v>2493</v>
+        <v>2509</v>
       </c>
       <c r="K625" t="s">
-        <v>2494</v>
+        <v>2510</v>
       </c>
       <c r="L625" t="s">
-        <v>2495</v>
+        <v>2511</v>
       </c>
       <c r="M625" t="s">
-        <v>2496</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="626" spans="1:13">
       <c r="A626" t="s">
-        <v>2497</v>
+        <v>2513</v>
       </c>
       <c r="B626" t="s">
-        <v>2498</v>
+        <v>2514</v>
       </c>
       <c r="C626" t="s">
-        <v>2499</v>
+        <v>2515</v>
       </c>
       <c r="D626" t="s">
         <v>44</v>
       </c>
       <c r="E626" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H626" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J626" t="s">
-        <v>2484</v>
+        <v>2500</v>
       </c>
       <c r="K626" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="L626" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="M626" t="s">
-        <v>2485</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="627" spans="1:13">
       <c r="A627" t="s">
-        <v>2500</v>
+        <v>2516</v>
       </c>
       <c r="B627" t="s">
-        <v>2501</v>
+        <v>2517</v>
       </c>
       <c r="C627" t="s">
-        <v>2502</v>
+        <v>2518</v>
       </c>
       <c r="D627" t="s">
         <v>44</v>
       </c>
       <c r="E627" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H627" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J627" t="s">
-        <v>2503</v>
+        <v>2519</v>
       </c>
       <c r="K627" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="L627" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="M627" t="s">
-        <v>2504</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="628" spans="1:13">
       <c r="A628" t="s">
-        <v>2505</v>
+        <v>2521</v>
       </c>
       <c r="B628" t="s">
-        <v>2506</v>
+        <v>2522</v>
       </c>
       <c r="C628" t="s">
-        <v>2507</v>
+        <v>2523</v>
       </c>
       <c r="D628" t="s">
         <v>44</v>
       </c>
       <c r="E628" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H628" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J628" t="s">
-        <v>2503</v>
+        <v>2519</v>
       </c>
       <c r="K628" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="L628" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="M628" t="s">
-        <v>2504</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="629" spans="1:13">
       <c r="A629" t="s">
-        <v>2508</v>
+        <v>2524</v>
       </c>
       <c r="B629" t="s">
-        <v>2509</v>
+        <v>2525</v>
       </c>
       <c r="C629" t="s">
-        <v>2510</v>
+        <v>2526</v>
       </c>
       <c r="D629" t="s">
         <v>44</v>
       </c>
       <c r="E629" t="s">
-        <v>45</v>
+        <v>56</v>
+      </c>
+      <c r="F629" t="s">
+        <v>2198</v>
       </c>
       <c r="H629" t="s">
-        <v>360</v>
+        <v>48</v>
       </c>
       <c r="J629" t="s">
-        <v>2511</v>
+        <v>2527</v>
       </c>
       <c r="K629" t="s">
-        <v>2278</v>
-[...2 lines deleted...]
-        <v>2512</v>
+        <v>2200</v>
       </c>
       <c r="M629" t="s">
-        <v>2513</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="630" spans="1:13">
       <c r="A630" t="s">
-        <v>2514</v>
+        <v>2529</v>
       </c>
       <c r="B630" t="s">
-        <v>2515</v>
+        <v>2530</v>
       </c>
       <c r="C630" t="s">
-        <v>2516</v>
+        <v>2531</v>
       </c>
       <c r="D630" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E630" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="631" spans="1:13">
       <c r="A631" t="s">
-        <v>2517</v>
+        <v>2532</v>
       </c>
       <c r="B631" t="s">
-        <v>2518</v>
+        <v>2533</v>
       </c>
       <c r="C631" t="s">
-        <v>2519</v>
+        <v>2534</v>
       </c>
       <c r="D631" t="s">
         <v>44</v>
       </c>
       <c r="E631" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J631" t="s">
-        <v>2520</v>
+        <v>2535</v>
       </c>
       <c r="K631" t="s">
-        <v>2521</v>
+        <v>2536</v>
       </c>
       <c r="L631" t="s">
-        <v>2522</v>
+        <v>2537</v>
       </c>
       <c r="M631" t="s">
-        <v>2523</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="632" spans="1:13">
       <c r="A632" t="s">
-        <v>2524</v>
+        <v>2539</v>
       </c>
       <c r="B632" t="s">
-        <v>2525</v>
+        <v>2540</v>
       </c>
       <c r="C632" t="s">
-        <v>2526</v>
+        <v>2541</v>
       </c>
       <c r="D632" t="s">
         <v>44</v>
       </c>
       <c r="E632" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H632" t="s">
-        <v>1113</v>
+        <v>272</v>
       </c>
       <c r="J632" t="s">
-        <v>2527</v>
+        <v>2542</v>
       </c>
       <c r="K632" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
       <c r="L632" t="s">
-        <v>2528</v>
+        <v>2543</v>
       </c>
       <c r="M632" t="s">
-        <v>2529</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="633" spans="1:13">
       <c r="A633" t="s">
-        <v>2530</v>
+        <v>2545</v>
       </c>
       <c r="B633" t="s">
-        <v>2531</v>
+        <v>2546</v>
       </c>
       <c r="C633" t="s">
-        <v>2532</v>
+        <v>2547</v>
       </c>
       <c r="D633" t="s">
         <v>44</v>
       </c>
       <c r="E633" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="634" spans="1:13">
       <c r="A634" t="s">
-        <v>2533</v>
+        <v>2548</v>
       </c>
       <c r="B634" t="s">
-        <v>2534</v>
+        <v>2549</v>
       </c>
       <c r="C634" t="s">
-        <v>2535</v>
+        <v>2550</v>
       </c>
       <c r="D634" t="s">
         <v>44</v>
       </c>
       <c r="E634" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="635" spans="1:13">
       <c r="A635" t="s">
-        <v>2536</v>
+        <v>2551</v>
       </c>
       <c r="B635" t="s">
-        <v>2537</v>
+        <v>2552</v>
       </c>
       <c r="C635" t="s">
-        <v>2538</v>
+        <v>2553</v>
       </c>
       <c r="D635" t="s">
         <v>44</v>
       </c>
       <c r="E635" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="636" spans="1:13">
       <c r="A636" t="s">
-        <v>2539</v>
+        <v>2554</v>
       </c>
       <c r="B636" t="s">
-        <v>2540</v>
+        <v>2555</v>
       </c>
       <c r="C636" t="s">
-        <v>2541</v>
+        <v>2556</v>
       </c>
       <c r="D636" t="s">
         <v>44</v>
       </c>
       <c r="E636" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="637" spans="1:13">
       <c r="A637" t="s">
-        <v>2542</v>
+        <v>2557</v>
       </c>
       <c r="B637" t="s">
-        <v>2543</v>
+        <v>2558</v>
       </c>
       <c r="C637" t="s">
-        <v>2544</v>
+        <v>2559</v>
       </c>
       <c r="D637" t="s">
         <v>44</v>
       </c>
       <c r="E637" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="638" spans="1:13">
       <c r="A638" t="s">
-        <v>2545</v>
+        <v>2560</v>
       </c>
       <c r="B638" t="s">
-        <v>2546</v>
+        <v>2561</v>
       </c>
       <c r="C638" t="s">
-        <v>2547</v>
+        <v>2562</v>
       </c>
       <c r="D638" t="s">
         <v>44</v>
       </c>
       <c r="E638" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="639" spans="1:13">
       <c r="A639" t="s">
-        <v>2548</v>
+        <v>2563</v>
       </c>
       <c r="B639" t="s">
-        <v>2549</v>
+        <v>2564</v>
       </c>
       <c r="C639" t="s">
-        <v>2550</v>
+        <v>2565</v>
       </c>
       <c r="D639" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E639" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="640" spans="1:13">
       <c r="A640" t="s">
-        <v>2551</v>
+        <v>2566</v>
       </c>
       <c r="B640" t="s">
-        <v>2552</v>
+        <v>2567</v>
       </c>
       <c r="C640" t="s">
-        <v>2553</v>
+        <v>2568</v>
       </c>
       <c r="D640" t="s">
         <v>44</v>
       </c>
       <c r="E640" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="641" spans="1:13">
       <c r="A641" t="s">
-        <v>2554</v>
+        <v>2569</v>
       </c>
       <c r="B641" t="s">
-        <v>2555</v>
+        <v>2570</v>
       </c>
       <c r="C641" t="s">
-        <v>2556</v>
+        <v>2571</v>
       </c>
       <c r="D641" t="s">
         <v>44</v>
       </c>
       <c r="E641" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="642" spans="1:13">
       <c r="A642" t="s">
-        <v>2557</v>
+        <v>2572</v>
       </c>
       <c r="B642" t="s">
-        <v>2558</v>
+        <v>2573</v>
       </c>
       <c r="C642" t="s">
-        <v>2559</v>
+        <v>2574</v>
       </c>
       <c r="D642" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E642" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="643" spans="1:13">
       <c r="A643" t="s">
-        <v>2560</v>
+        <v>2575</v>
       </c>
       <c r="B643" t="s">
-        <v>2561</v>
+        <v>2576</v>
       </c>
       <c r="C643" t="s">
-        <v>2562</v>
+        <v>2577</v>
       </c>
       <c r="D643" t="s">
         <v>44</v>
       </c>
       <c r="E643" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="644" spans="1:13">
       <c r="A644" t="s">
-        <v>2563</v>
+        <v>2578</v>
       </c>
       <c r="B644" t="s">
-        <v>2564</v>
+        <v>2579</v>
       </c>
       <c r="C644" t="s">
-        <v>2565</v>
+        <v>2580</v>
       </c>
       <c r="D644" t="s">
         <v>44</v>
       </c>
       <c r="E644" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="645" spans="1:13">
       <c r="A645" t="s">
-        <v>2566</v>
+        <v>2581</v>
       </c>
       <c r="B645" t="s">
-        <v>2567</v>
+        <v>2582</v>
       </c>
       <c r="C645" t="s">
-        <v>2568</v>
+        <v>2583</v>
       </c>
       <c r="D645" t="s">
         <v>44</v>
       </c>
       <c r="E645" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="646" spans="1:13">
       <c r="A646" t="s">
-        <v>2569</v>
+        <v>2584</v>
       </c>
       <c r="B646" t="s">
-        <v>2570</v>
+        <v>2585</v>
       </c>
       <c r="C646" t="s">
-        <v>2571</v>
+        <v>2586</v>
       </c>
       <c r="D646" t="s">
         <v>44</v>
       </c>
       <c r="E646" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="647" spans="1:13">
       <c r="A647" t="s">
-        <v>2572</v>
+        <v>2587</v>
       </c>
       <c r="B647" t="s">
-        <v>2573</v>
+        <v>2588</v>
       </c>
       <c r="C647" t="s">
-        <v>2574</v>
+        <v>2589</v>
       </c>
       <c r="D647" t="s">
         <v>44</v>
       </c>
       <c r="E647" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J647" t="s">
-        <v>2575</v>
+        <v>2590</v>
       </c>
       <c r="K647" t="s">
-        <v>2576</v>
+        <v>2591</v>
       </c>
       <c r="M647" t="s">
-        <v>2577</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="648" spans="1:13">
       <c r="A648" t="s">
-        <v>2578</v>
+        <v>2593</v>
       </c>
       <c r="B648" t="s">
-        <v>2579</v>
+        <v>2594</v>
       </c>
       <c r="C648" t="s">
-        <v>2580</v>
+        <v>2595</v>
       </c>
       <c r="D648" t="s">
         <v>44</v>
       </c>
       <c r="E648" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="649" spans="1:13">
       <c r="A649" t="s">
-        <v>2581</v>
+        <v>2596</v>
       </c>
       <c r="B649" t="s">
-        <v>2582</v>
+        <v>2597</v>
       </c>
       <c r="C649" t="s">
-        <v>2583</v>
+        <v>2598</v>
       </c>
       <c r="D649" t="s">
         <v>44</v>
       </c>
       <c r="E649" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F649" t="s">
-        <v>2584</v>
+        <v>2599</v>
       </c>
       <c r="H649" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J649" t="s">
-        <v>2585</v>
+        <v>2600</v>
       </c>
       <c r="K649" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="L649" t="s">
-        <v>2586</v>
+        <v>2601</v>
       </c>
       <c r="M649" t="s">
-        <v>2587</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="650" spans="1:13">
       <c r="A650" t="s">
-        <v>2588</v>
+        <v>2603</v>
       </c>
       <c r="B650" t="s">
-        <v>2589</v>
+        <v>2604</v>
       </c>
       <c r="C650" t="s">
-        <v>2590</v>
+        <v>2605</v>
       </c>
       <c r="D650" t="s">
         <v>44</v>
       </c>
       <c r="E650" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="651" spans="1:13">
       <c r="A651" t="s">
-        <v>2591</v>
+        <v>2606</v>
       </c>
       <c r="B651" t="s">
-        <v>2592</v>
+        <v>2607</v>
       </c>
       <c r="C651" t="s">
-        <v>2593</v>
+        <v>2608</v>
       </c>
       <c r="D651" t="s">
         <v>44</v>
       </c>
       <c r="E651" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="652" spans="1:13">
       <c r="A652" t="s">
-        <v>2594</v>
+        <v>2609</v>
       </c>
       <c r="B652" t="s">
-        <v>2595</v>
+        <v>2610</v>
       </c>
       <c r="C652" t="s">
-        <v>2596</v>
+        <v>2611</v>
       </c>
       <c r="D652" t="s">
         <v>44</v>
       </c>
       <c r="E652" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="653" spans="1:13">
       <c r="A653" t="s">
-        <v>2597</v>
+        <v>2612</v>
       </c>
       <c r="B653" t="s">
-        <v>2598</v>
+        <v>2613</v>
       </c>
       <c r="C653" t="s">
-        <v>2599</v>
+        <v>2614</v>
       </c>
       <c r="D653" t="s">
         <v>44</v>
       </c>
       <c r="E653" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="654" spans="1:13">
       <c r="A654" t="s">
-        <v>2600</v>
+        <v>2615</v>
       </c>
       <c r="B654" t="s">
-        <v>2601</v>
+        <v>2616</v>
       </c>
       <c r="C654" t="s">
-        <v>2602</v>
+        <v>2617</v>
       </c>
       <c r="D654" t="s">
         <v>44</v>
       </c>
       <c r="E654" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="655" spans="1:13">
       <c r="A655" t="s">
-        <v>2603</v>
+        <v>2618</v>
       </c>
       <c r="B655" t="s">
-        <v>2604</v>
+        <v>2619</v>
       </c>
       <c r="C655" t="s">
-        <v>2605</v>
+        <v>2620</v>
       </c>
       <c r="D655" t="s">
         <v>44</v>
       </c>
       <c r="E655" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="656" spans="1:13">
       <c r="A656" t="s">
-        <v>2606</v>
+        <v>2621</v>
       </c>
       <c r="B656" t="s">
-        <v>2607</v>
+        <v>2622</v>
       </c>
       <c r="C656" t="s">
-        <v>2608</v>
+        <v>2623</v>
       </c>
       <c r="D656" t="s">
         <v>44</v>
       </c>
       <c r="E656" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="657" spans="1:13">
       <c r="A657" t="s">
-        <v>2609</v>
+        <v>2624</v>
       </c>
       <c r="B657" t="s">
-        <v>2610</v>
+        <v>2625</v>
       </c>
       <c r="C657" t="s">
-        <v>2611</v>
+        <v>2626</v>
       </c>
       <c r="D657" t="s">
         <v>44</v>
       </c>
       <c r="E657" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="658" spans="1:13">
       <c r="A658" t="s">
-        <v>2612</v>
+        <v>2627</v>
       </c>
       <c r="B658" t="s">
-        <v>2613</v>
+        <v>2628</v>
       </c>
       <c r="C658" t="s">
-        <v>2614</v>
+        <v>2629</v>
       </c>
       <c r="D658" t="s">
         <v>44</v>
       </c>
       <c r="E658" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="659" spans="1:13">
       <c r="A659" t="s">
-        <v>2615</v>
+        <v>2630</v>
       </c>
       <c r="B659" t="s">
-        <v>2616</v>
+        <v>2631</v>
       </c>
       <c r="C659" t="s">
-        <v>2617</v>
+        <v>2632</v>
       </c>
       <c r="D659" t="s">
         <v>44</v>
       </c>
       <c r="E659" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="660" spans="1:13">
       <c r="A660" t="s">
-        <v>2618</v>
+        <v>2633</v>
       </c>
       <c r="B660" t="s">
-        <v>2619</v>
+        <v>2634</v>
       </c>
       <c r="C660" t="s">
-        <v>2620</v>
+        <v>2635</v>
       </c>
       <c r="D660" t="s">
         <v>44</v>
       </c>
       <c r="E660" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="661" spans="1:13">
       <c r="A661" t="s">
-        <v>2621</v>
+        <v>2636</v>
       </c>
       <c r="B661" t="s">
-        <v>2622</v>
+        <v>2637</v>
       </c>
       <c r="C661" t="s">
-        <v>2623</v>
+        <v>2638</v>
       </c>
       <c r="D661" t="s">
         <v>44</v>
       </c>
       <c r="E661" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="662" spans="1:13">
       <c r="A662" t="s">
-        <v>2624</v>
+        <v>2639</v>
       </c>
       <c r="B662" t="s">
-        <v>2625</v>
+        <v>2640</v>
       </c>
       <c r="C662" t="s">
-        <v>2626</v>
+        <v>2641</v>
       </c>
       <c r="D662" t="s">
         <v>44</v>
       </c>
       <c r="E662" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="663" spans="1:13">
       <c r="A663" t="s">
-        <v>2627</v>
+        <v>2642</v>
       </c>
       <c r="B663" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="C663" t="s">
-        <v>2628</v>
+        <v>2643</v>
       </c>
       <c r="D663" t="s">
         <v>44</v>
       </c>
       <c r="E663" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="664" spans="1:13">
       <c r="A664" t="s">
-        <v>2629</v>
+        <v>2644</v>
       </c>
       <c r="B664" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="C664" t="s">
-        <v>2630</v>
+        <v>2645</v>
       </c>
       <c r="D664" t="s">
         <v>44</v>
       </c>
       <c r="E664" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="665" spans="1:13">
       <c r="A665" t="s">
-        <v>2631</v>
+        <v>2646</v>
       </c>
       <c r="B665" t="s">
-        <v>2632</v>
+        <v>2647</v>
       </c>
       <c r="C665" t="s">
-        <v>2633</v>
+        <v>2648</v>
       </c>
       <c r="D665" t="s">
         <v>44</v>
       </c>
       <c r="E665" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="666" spans="1:13">
       <c r="A666" t="s">
-        <v>2634</v>
+        <v>2649</v>
       </c>
       <c r="B666" t="s">
-        <v>2635</v>
+        <v>2650</v>
       </c>
       <c r="C666" t="s">
-        <v>2636</v>
+        <v>2651</v>
       </c>
       <c r="D666" t="s">
         <v>44</v>
       </c>
       <c r="E666" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="667" spans="1:13">
       <c r="A667" t="s">
-        <v>2637</v>
+        <v>2652</v>
       </c>
       <c r="B667" t="s">
-        <v>2638</v>
+        <v>2653</v>
       </c>
       <c r="C667" t="s">
-        <v>2639</v>
+        <v>2654</v>
       </c>
       <c r="D667" t="s">
         <v>44</v>
       </c>
       <c r="E667" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="668" spans="1:13">
       <c r="A668" t="s">
-        <v>2640</v>
+        <v>2655</v>
       </c>
       <c r="B668" t="s">
-        <v>2641</v>
+        <v>2656</v>
       </c>
       <c r="C668" t="s">
-        <v>2642</v>
+        <v>2657</v>
       </c>
       <c r="D668" t="s">
         <v>44</v>
       </c>
       <c r="E668" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="669" spans="1:13">
       <c r="A669" t="s">
-        <v>2643</v>
+        <v>2658</v>
       </c>
       <c r="B669" t="s">
-        <v>2644</v>
+        <v>2659</v>
       </c>
       <c r="C669" t="s">
-        <v>2645</v>
+        <v>2660</v>
       </c>
       <c r="D669" t="s">
         <v>44</v>
       </c>
       <c r="E669" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="670" spans="1:13">
       <c r="A670" t="s">
-        <v>2646</v>
+        <v>2661</v>
       </c>
       <c r="B670" t="s">
-        <v>2647</v>
+        <v>2662</v>
       </c>
       <c r="C670" t="s">
-        <v>2648</v>
+        <v>2663</v>
       </c>
       <c r="D670" t="s">
         <v>44</v>
       </c>
       <c r="E670" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="671" spans="1:13">
       <c r="A671" t="s">
-        <v>2649</v>
+        <v>2664</v>
       </c>
       <c r="B671" t="s">
-        <v>2650</v>
+        <v>2665</v>
       </c>
       <c r="C671" t="s">
-        <v>2651</v>
+        <v>2666</v>
       </c>
       <c r="D671" t="s">
         <v>44</v>
       </c>
       <c r="E671" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="672" spans="1:13">
       <c r="A672" t="s">
-        <v>2652</v>
+        <v>2667</v>
       </c>
       <c r="B672" t="s">
-        <v>2653</v>
+        <v>2668</v>
       </c>
       <c r="C672" t="s">
-        <v>2654</v>
+        <v>2669</v>
       </c>
       <c r="D672" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E672" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="673" spans="1:13">
       <c r="A673" t="s">
-        <v>2655</v>
+        <v>2670</v>
       </c>
       <c r="B673" t="s">
-        <v>2656</v>
+        <v>2671</v>
       </c>
       <c r="C673" t="s">
-        <v>2657</v>
+        <v>2672</v>
       </c>
       <c r="D673" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E673" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="674" spans="1:13">
       <c r="A674" t="s">
-        <v>2658</v>
+        <v>2673</v>
       </c>
       <c r="B674" t="s">
-        <v>2659</v>
+        <v>2674</v>
       </c>
       <c r="C674" t="s">
-        <v>2660</v>
+        <v>2675</v>
       </c>
       <c r="D674" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E674" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="675" spans="1:13">
       <c r="A675" t="s">
-        <v>2661</v>
+        <v>2676</v>
       </c>
       <c r="B675" t="s">
-        <v>2662</v>
+        <v>2677</v>
       </c>
       <c r="C675" t="s">
-        <v>2663</v>
+        <v>2678</v>
       </c>
       <c r="D675" t="s">
         <v>44</v>
       </c>
       <c r="E675" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="676" spans="1:13">
       <c r="A676" t="s">
-        <v>2664</v>
+        <v>2679</v>
       </c>
       <c r="B676" t="s">
-        <v>2665</v>
+        <v>2680</v>
       </c>
       <c r="C676" t="s">
-        <v>2666</v>
+        <v>2681</v>
       </c>
       <c r="D676" t="s">
         <v>44</v>
       </c>
       <c r="E676" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="677" spans="1:13">
       <c r="A677" t="s">
-        <v>2667</v>
+        <v>2682</v>
       </c>
       <c r="B677" t="s">
-        <v>2668</v>
+        <v>2683</v>
       </c>
       <c r="C677" t="s">
-        <v>2669</v>
+        <v>2684</v>
       </c>
       <c r="D677" t="s">
         <v>44</v>
       </c>
       <c r="E677" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="678" spans="1:13">
       <c r="A678" t="s">
-        <v>2670</v>
+        <v>2685</v>
       </c>
       <c r="B678" t="s">
-        <v>2671</v>
+        <v>2686</v>
       </c>
       <c r="C678" t="s">
-        <v>2672</v>
+        <v>2687</v>
       </c>
       <c r="D678" t="s">
         <v>44</v>
       </c>
       <c r="E678" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="679" spans="1:13">
       <c r="A679" t="s">
-        <v>2673</v>
+        <v>2688</v>
       </c>
       <c r="B679" t="s">
-        <v>2674</v>
+        <v>2689</v>
       </c>
       <c r="C679" t="s">
-        <v>2675</v>
+        <v>2690</v>
       </c>
       <c r="D679" t="s">
         <v>44</v>
       </c>
       <c r="E679" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="680" spans="1:13">
       <c r="A680" t="s">
-        <v>2676</v>
+        <v>2691</v>
       </c>
       <c r="B680" t="s">
-        <v>2677</v>
+        <v>2692</v>
       </c>
       <c r="C680" t="s">
-        <v>2678</v>
+        <v>2693</v>
       </c>
       <c r="D680" t="s">
         <v>44</v>
       </c>
       <c r="E680" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="681" spans="1:13">
       <c r="A681" t="s">
-        <v>2679</v>
+        <v>2694</v>
       </c>
       <c r="B681" t="s">
-        <v>2680</v>
+        <v>2695</v>
       </c>
       <c r="C681" t="s">
-        <v>2681</v>
+        <v>2696</v>
       </c>
       <c r="D681" t="s">
         <v>44</v>
       </c>
       <c r="E681" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="682" spans="1:13">
       <c r="A682" t="s">
-        <v>2682</v>
+        <v>2697</v>
       </c>
       <c r="B682" t="s">
-        <v>2683</v>
+        <v>2698</v>
       </c>
       <c r="C682" t="s">
-        <v>2684</v>
+        <v>2699</v>
       </c>
       <c r="D682" t="s">
         <v>44</v>
       </c>
       <c r="E682" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="683" spans="1:13">
       <c r="A683" t="s">
-        <v>2685</v>
+        <v>2700</v>
       </c>
       <c r="B683" t="s">
-        <v>2686</v>
+        <v>2701</v>
       </c>
       <c r="C683" t="s">
-        <v>2687</v>
+        <v>2702</v>
       </c>
       <c r="D683" t="s">
         <v>44</v>
       </c>
       <c r="E683" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="684" spans="1:13">
       <c r="A684" t="s">
-        <v>2688</v>
+        <v>2703</v>
       </c>
       <c r="B684" t="s">
-        <v>2689</v>
+        <v>2704</v>
       </c>
       <c r="C684" t="s">
-        <v>2690</v>
+        <v>2705</v>
       </c>
       <c r="D684" t="s">
         <v>44</v>
       </c>
       <c r="E684" t="s">
-        <v>150</v>
+        <v>56</v>
       </c>
       <c r="F684" t="s">
-        <v>2691</v>
-[...2 lines deleted...]
-        <v>1655</v>
+        <v>2706</v>
       </c>
       <c r="H684" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="I684" t="s">
-        <v>2692</v>
+        <v>2707</v>
       </c>
       <c r="J684" t="s">
-        <v>2693</v>
+        <v>2708</v>
       </c>
       <c r="K684" t="s">
-        <v>1278</v>
+        <v>274</v>
       </c>
       <c r="M684" t="s">
-        <v>2694</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="685" spans="1:13">
       <c r="A685" t="s">
-        <v>2695</v>
+        <v>2710</v>
       </c>
       <c r="B685" t="s">
-        <v>2696</v>
+        <v>2711</v>
       </c>
       <c r="C685" t="s">
-        <v>2697</v>
+        <v>2712</v>
       </c>
       <c r="D685" t="s">
         <v>44</v>
       </c>
       <c r="E685" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="686" spans="1:13">
       <c r="A686" t="s">
-        <v>2698</v>
+        <v>2713</v>
       </c>
       <c r="B686" t="s">
-        <v>2699</v>
+        <v>2714</v>
       </c>
       <c r="C686" t="s">
-        <v>2700</v>
+        <v>2715</v>
       </c>
       <c r="D686" t="s">
         <v>44</v>
       </c>
       <c r="E686" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="687" spans="1:13">
       <c r="A687" t="s">
-        <v>2701</v>
+        <v>2716</v>
       </c>
       <c r="B687" t="s">
-        <v>2702</v>
+        <v>2717</v>
       </c>
       <c r="C687" t="s">
-        <v>2703</v>
+        <v>2718</v>
       </c>
       <c r="D687" t="s">
         <v>44</v>
       </c>
       <c r="E687" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="688" spans="1:13">
       <c r="A688" t="s">
-        <v>2704</v>
+        <v>2719</v>
       </c>
       <c r="B688" t="s">
-        <v>2705</v>
+        <v>2720</v>
       </c>
       <c r="C688" t="s">
-        <v>2706</v>
+        <v>2721</v>
       </c>
       <c r="D688" t="s">
         <v>44</v>
       </c>
       <c r="E688" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="689" spans="1:13">
       <c r="A689" t="s">
-        <v>2707</v>
+        <v>2722</v>
       </c>
       <c r="B689" t="s">
-        <v>2705</v>
+        <v>2720</v>
       </c>
       <c r="C689" t="s">
-        <v>2708</v>
+        <v>2723</v>
       </c>
       <c r="D689" t="s">
         <v>44</v>
       </c>
       <c r="E689" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="690" spans="1:13">
       <c r="A690" t="s">
-        <v>2709</v>
+        <v>2724</v>
       </c>
       <c r="B690" t="s">
-        <v>2710</v>
+        <v>2725</v>
       </c>
       <c r="C690" t="s">
-        <v>2711</v>
+        <v>2726</v>
       </c>
       <c r="D690" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E690" t="s">
-        <v>45</v>
-[...8 lines deleted...]
-        <v>2714</v>
+        <v>56</v>
       </c>
     </row>
     <row r="691" spans="1:13">
       <c r="A691" t="s">
-        <v>2709</v>
+        <v>2724</v>
       </c>
       <c r="B691" t="s">
-        <v>2710</v>
+        <v>2725</v>
       </c>
       <c r="C691" t="s">
-        <v>2711</v>
+        <v>2726</v>
       </c>
       <c r="D691" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E691" t="s">
-        <v>45</v>
+        <v>56</v>
+      </c>
+      <c r="J691" t="s">
+        <v>2727</v>
+      </c>
+      <c r="K691" t="s">
+        <v>2728</v>
+      </c>
+      <c r="M691" t="s">
+        <v>2729</v>
       </c>
     </row>
     <row r="692" spans="1:13">
       <c r="A692" t="s">
-        <v>2715</v>
+        <v>2730</v>
       </c>
       <c r="B692" t="s">
-        <v>2716</v>
+        <v>2731</v>
       </c>
       <c r="C692" t="s">
-        <v>2717</v>
+        <v>2732</v>
       </c>
       <c r="D692" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E692" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="G692" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="H692" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="I692" t="s">
-        <v>2692</v>
+        <v>2733</v>
       </c>
       <c r="J692" t="s">
-        <v>2718</v>
+        <v>2734</v>
       </c>
       <c r="K692" t="s">
-        <v>2719</v>
+        <v>2735</v>
       </c>
       <c r="M692" t="s">
-        <v>2720</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="693" spans="1:13">
       <c r="A693" t="s">
-        <v>2715</v>
+        <v>2730</v>
       </c>
       <c r="B693" t="s">
-        <v>2716</v>
+        <v>2731</v>
       </c>
       <c r="C693" t="s">
-        <v>2717</v>
+        <v>2732</v>
       </c>
       <c r="D693" t="s">
         <v>44</v>
       </c>
       <c r="E693" t="s">
         <v>45</v>
       </c>
       <c r="F693" t="s">
-        <v>2721</v>
+        <v>2737</v>
       </c>
       <c r="G693" t="s">
-        <v>2250</v>
+        <v>2738</v>
       </c>
       <c r="H693" t="s">
-        <v>360</v>
+        <v>272</v>
       </c>
       <c r="J693" t="s">
-        <v>2722</v>
+        <v>2739</v>
       </c>
       <c r="K693" t="s">
-        <v>1982</v>
-[...2 lines deleted...]
-        <v>2723</v>
+        <v>2200</v>
       </c>
       <c r="M693" t="s">
-        <v>2724</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="694" spans="1:13">
       <c r="A694" t="s">
-        <v>2725</v>
+        <v>2741</v>
       </c>
       <c r="B694" t="s">
-        <v>2726</v>
+        <v>2742</v>
       </c>
       <c r="C694" t="s">
-        <v>2727</v>
+        <v>2743</v>
       </c>
       <c r="D694" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E694" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J694" t="s">
-        <v>2728</v>
+        <v>2744</v>
       </c>
       <c r="K694" t="s">
-        <v>2729</v>
+        <v>2745</v>
       </c>
       <c r="M694" t="s">
-        <v>2730</v>
+        <v>2746</v>
       </c>
     </row>
     <row r="695" spans="1:13">
       <c r="A695" t="s">
-        <v>2725</v>
+        <v>2741</v>
       </c>
       <c r="B695" t="s">
-        <v>2726</v>
+        <v>2742</v>
       </c>
       <c r="C695" t="s">
-        <v>2727</v>
+        <v>2743</v>
       </c>
       <c r="D695" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E695" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="696" spans="1:13">
       <c r="A696" t="s">
-        <v>2731</v>
+        <v>2747</v>
       </c>
       <c r="B696" t="s">
-        <v>2732</v>
+        <v>2748</v>
       </c>
       <c r="C696" t="s">
-        <v>2733</v>
+        <v>2749</v>
       </c>
       <c r="D696" t="s">
         <v>44</v>
       </c>
       <c r="E696" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F696" t="s">
-        <v>2721</v>
+        <v>2750</v>
       </c>
       <c r="G696" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="H696" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J696" t="s">
-        <v>2722</v>
+        <v>2751</v>
       </c>
       <c r="K696" t="s">
-        <v>1982</v>
+        <v>1988</v>
       </c>
       <c r="L696" t="s">
-        <v>2723</v>
+        <v>2752</v>
       </c>
       <c r="M696" t="s">
-        <v>2724</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="697" spans="1:13">
       <c r="A697" t="s">
-        <v>2734</v>
+        <v>2754</v>
       </c>
       <c r="B697" t="s">
-        <v>2735</v>
+        <v>2755</v>
       </c>
       <c r="C697" t="s">
-        <v>2736</v>
+        <v>2756</v>
       </c>
       <c r="D697" t="s">
         <v>44</v>
       </c>
       <c r="E697" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F697" t="s">
-        <v>2721</v>
+        <v>2750</v>
       </c>
       <c r="G697" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="H697" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J697" t="s">
-        <v>2722</v>
+        <v>2751</v>
       </c>
       <c r="K697" t="s">
-        <v>1982</v>
+        <v>1988</v>
       </c>
       <c r="L697" t="s">
-        <v>2723</v>
+        <v>2752</v>
       </c>
       <c r="M697" t="s">
-        <v>2724</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="698" spans="1:13">
       <c r="A698" t="s">
-        <v>2737</v>
+        <v>2757</v>
       </c>
       <c r="B698" t="s">
-        <v>2738</v>
+        <v>2758</v>
       </c>
       <c r="C698" t="s">
-        <v>2739</v>
+        <v>2759</v>
       </c>
       <c r="D698" t="s">
         <v>44</v>
       </c>
       <c r="E698" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F698" t="s">
-        <v>2721</v>
+        <v>2750</v>
       </c>
       <c r="G698" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="H698" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J698" t="s">
-        <v>2722</v>
+        <v>2751</v>
       </c>
       <c r="K698" t="s">
-        <v>1982</v>
+        <v>1988</v>
       </c>
       <c r="L698" t="s">
-        <v>2723</v>
+        <v>2752</v>
       </c>
       <c r="M698" t="s">
-        <v>2724</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="699" spans="1:13">
       <c r="A699" t="s">
-        <v>2740</v>
+        <v>2760</v>
       </c>
       <c r="B699" t="s">
-        <v>2741</v>
+        <v>2761</v>
       </c>
       <c r="C699" t="s">
-        <v>2742</v>
+        <v>2762</v>
       </c>
       <c r="D699" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="E699" t="s">
-        <v>45</v>
-[...20 lines deleted...]
-        <v>2724</v>
+        <v>56</v>
       </c>
     </row>
     <row r="700" spans="1:13">
       <c r="A700" t="s">
-        <v>2740</v>
+        <v>2760</v>
       </c>
       <c r="B700" t="s">
-        <v>2741</v>
+        <v>2761</v>
       </c>
       <c r="C700" t="s">
-        <v>2742</v>
+        <v>2762</v>
       </c>
       <c r="D700" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="E700" t="s">
-        <v>45</v>
+        <v>56</v>
+      </c>
+      <c r="F700" t="s">
+        <v>2750</v>
+      </c>
+      <c r="G700" t="s">
+        <v>2264</v>
+      </c>
+      <c r="H700" t="s">
+        <v>365</v>
+      </c>
+      <c r="J700" t="s">
+        <v>2751</v>
+      </c>
+      <c r="K700" t="s">
+        <v>1988</v>
+      </c>
+      <c r="L700" t="s">
+        <v>2752</v>
+      </c>
+      <c r="M700" t="s">
+        <v>2753</v>
       </c>
     </row>
     <row r="701" spans="1:13">
       <c r="A701" t="s">
-        <v>2743</v>
+        <v>2763</v>
       </c>
       <c r="B701" t="s">
-        <v>2744</v>
+        <v>2764</v>
       </c>
       <c r="C701" t="s">
-        <v>2745</v>
+        <v>2765</v>
       </c>
       <c r="D701" t="s">
         <v>44</v>
       </c>
       <c r="E701" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F701" t="s">
-        <v>2721</v>
+        <v>2750</v>
       </c>
       <c r="G701" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="H701" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J701" t="s">
-        <v>2722</v>
+        <v>2751</v>
       </c>
       <c r="K701" t="s">
-        <v>1982</v>
+        <v>1988</v>
       </c>
       <c r="L701" t="s">
-        <v>2723</v>
+        <v>2752</v>
       </c>
       <c r="M701" t="s">
-        <v>2724</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="702" spans="1:13">
       <c r="A702" t="s">
-        <v>2743</v>
+        <v>2763</v>
       </c>
       <c r="B702" t="s">
-        <v>2746</v>
+        <v>2766</v>
       </c>
       <c r="C702" t="s">
-        <v>2745</v>
+        <v>2765</v>
       </c>
       <c r="D702" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E702" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="703" spans="1:13">
       <c r="A703" t="s">
-        <v>2747</v>
+        <v>2767</v>
       </c>
       <c r="B703" t="s">
-        <v>2748</v>
+        <v>2768</v>
       </c>
       <c r="C703" t="s">
-        <v>2749</v>
+        <v>2769</v>
       </c>
       <c r="D703" t="s">
         <v>44</v>
       </c>
       <c r="E703" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F703" t="s">
-        <v>2721</v>
+        <v>2750</v>
       </c>
       <c r="G703" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="H703" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J703" t="s">
-        <v>2722</v>
+        <v>2751</v>
       </c>
       <c r="K703" t="s">
-        <v>1982</v>
+        <v>1988</v>
       </c>
       <c r="L703" t="s">
-        <v>2723</v>
+        <v>2752</v>
       </c>
       <c r="M703" t="s">
-        <v>2724</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="704" spans="1:13">
       <c r="A704" t="s">
-        <v>2747</v>
+        <v>2767</v>
       </c>
       <c r="B704" t="s">
-        <v>2750</v>
+        <v>2770</v>
       </c>
       <c r="C704" t="s">
-        <v>2749</v>
+        <v>2769</v>
       </c>
       <c r="D704" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E704" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="705" spans="1:13">
       <c r="A705" t="s">
-        <v>2751</v>
+        <v>2771</v>
       </c>
       <c r="B705" t="s">
-        <v>2752</v>
+        <v>2772</v>
       </c>
       <c r="C705" t="s">
-        <v>2753</v>
+        <v>2773</v>
       </c>
       <c r="D705" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="E705" t="s">
-        <v>45</v>
-[...20 lines deleted...]
-        <v>2724</v>
+        <v>56</v>
       </c>
     </row>
     <row r="706" spans="1:13">
       <c r="A706" t="s">
+        <v>2771</v>
+      </c>
+      <c r="B706" t="s">
+        <v>2774</v>
+      </c>
+      <c r="C706" t="s">
+        <v>2773</v>
+      </c>
+      <c r="D706" t="s">
+        <v>44</v>
+      </c>
+      <c r="E706" t="s">
+        <v>56</v>
+      </c>
+      <c r="F706" t="s">
+        <v>2750</v>
+      </c>
+      <c r="G706" t="s">
+        <v>2264</v>
+      </c>
+      <c r="H706" t="s">
+        <v>365</v>
+      </c>
+      <c r="J706" t="s">
         <v>2751</v>
       </c>
-      <c r="B706" t="s">
-[...2 lines deleted...]
-      <c r="C706" t="s">
+      <c r="K706" t="s">
+        <v>1988</v>
+      </c>
+      <c r="L706" t="s">
+        <v>2752</v>
+      </c>
+      <c r="M706" t="s">
         <v>2753</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="707" spans="1:13">
       <c r="A707" t="s">
-        <v>2755</v>
+        <v>2775</v>
       </c>
       <c r="B707" t="s">
-        <v>2756</v>
+        <v>2776</v>
       </c>
       <c r="C707" t="s">
-        <v>2757</v>
+        <v>2777</v>
       </c>
       <c r="D707" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E707" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="708" spans="1:13">
       <c r="A708" t="s">
-        <v>2758</v>
+        <v>2778</v>
       </c>
       <c r="B708" t="s">
-        <v>2759</v>
+        <v>2779</v>
       </c>
       <c r="C708" t="s">
-        <v>2760</v>
+        <v>2780</v>
       </c>
       <c r="D708" t="s">
         <v>44</v>
       </c>
       <c r="E708" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F708" t="s">
-        <v>2761</v>
+        <v>2781</v>
       </c>
       <c r="H708" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J708" t="s">
-        <v>2762</v>
+        <v>2782</v>
       </c>
       <c r="K708" t="s">
-        <v>1861</v>
+        <v>1862</v>
       </c>
       <c r="L708" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
       <c r="M708" t="s">
-        <v>2763</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="709" spans="1:13">
       <c r="A709" t="s">
-        <v>2764</v>
+        <v>2784</v>
       </c>
       <c r="B709" t="s">
-        <v>2765</v>
+        <v>2785</v>
       </c>
       <c r="C709" t="s">
-        <v>2766</v>
+        <v>2786</v>
       </c>
       <c r="D709" t="s">
         <v>44</v>
       </c>
       <c r="E709" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F709" t="s">
-        <v>2761</v>
+        <v>2781</v>
       </c>
       <c r="H709" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J709" t="s">
-        <v>2767</v>
+        <v>2787</v>
       </c>
       <c r="K709" t="s">
-        <v>1861</v>
+        <v>1862</v>
       </c>
       <c r="L709" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
       <c r="M709" t="s">
-        <v>2768</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="710" spans="1:13">
       <c r="A710" t="s">
-        <v>2769</v>
+        <v>2789</v>
       </c>
       <c r="B710" t="s">
-        <v>2770</v>
+        <v>2790</v>
       </c>
       <c r="C710" t="s">
-        <v>2771</v>
+        <v>2791</v>
       </c>
       <c r="D710" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E710" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="F710" t="s">
-        <v>2772</v>
+        <v>2792</v>
       </c>
       <c r="H710" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J710" t="s">
-        <v>2773</v>
+        <v>2793</v>
       </c>
       <c r="K710" t="s">
-        <v>2774</v>
+        <v>2794</v>
       </c>
       <c r="M710" t="s">
-        <v>2775</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="711" spans="1:13">
       <c r="A711" t="s">
-        <v>2769</v>
+        <v>2789</v>
       </c>
       <c r="B711" t="s">
-        <v>2776</v>
+        <v>2796</v>
       </c>
       <c r="C711" t="s">
-        <v>2771</v>
+        <v>2791</v>
       </c>
       <c r="D711" t="s">
         <v>44</v>
       </c>
       <c r="E711" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="F711" t="s">
-        <v>2772</v>
+        <v>2792</v>
       </c>
       <c r="H711" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J711" t="s">
-        <v>2773</v>
+        <v>2793</v>
       </c>
       <c r="K711" t="s">
-        <v>2774</v>
+        <v>2794</v>
       </c>
       <c r="M711" t="s">
-        <v>2775</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="712" spans="1:13">
       <c r="A712" t="s">
-        <v>2777</v>
+        <v>2797</v>
       </c>
       <c r="B712" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="C712" t="s">
-        <v>2779</v>
+        <v>2799</v>
       </c>
       <c r="D712" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="E712" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J712" t="s">
-        <v>2780</v>
+        <v>2800</v>
       </c>
       <c r="K712" t="s">
-        <v>2781</v>
-[...2 lines deleted...]
-        <v>2782</v>
+        <v>1418</v>
       </c>
       <c r="M712" t="s">
-        <v>2783</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="713" spans="1:13">
       <c r="A713" t="s">
-        <v>2777</v>
+        <v>2797</v>
       </c>
       <c r="B713" t="s">
-        <v>2784</v>
+        <v>2802</v>
       </c>
       <c r="C713" t="s">
-        <v>2779</v>
+        <v>2799</v>
       </c>
       <c r="D713" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="E713" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J713" t="s">
-        <v>2785</v>
+        <v>2803</v>
       </c>
       <c r="K713" t="s">
-        <v>1411</v>
+        <v>2804</v>
+      </c>
+      <c r="L713" t="s">
+        <v>2805</v>
       </c>
       <c r="M713" t="s">
-        <v>2786</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="714" spans="1:13">
       <c r="A714" t="s">
-        <v>2787</v>
+        <v>2807</v>
       </c>
       <c r="B714" t="s">
-        <v>2788</v>
+        <v>2808</v>
       </c>
       <c r="C714" t="s">
-        <v>2789</v>
+        <v>2809</v>
       </c>
       <c r="D714" t="s">
         <v>44</v>
       </c>
       <c r="E714" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="H714" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="J714" t="s">
-        <v>2790</v>
+        <v>2810</v>
       </c>
       <c r="K714" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="L714" t="s">
-        <v>2791</v>
+        <v>2811</v>
       </c>
       <c r="M714" t="s">
-        <v>2792</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="715" spans="1:13">
       <c r="A715" t="s">
-        <v>2787</v>
+        <v>2807</v>
       </c>
       <c r="B715" t="s">
-        <v>2788</v>
+        <v>2808</v>
       </c>
       <c r="C715" t="s">
-        <v>2789</v>
+        <v>2809</v>
       </c>
       <c r="D715" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E715" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="G715" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="H715" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="I715" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="J715" t="s">
-        <v>2793</v>
+        <v>2813</v>
       </c>
       <c r="K715" t="s">
-        <v>2794</v>
+        <v>2814</v>
       </c>
       <c r="M715" t="s">
-        <v>2795</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="716" spans="1:13">
       <c r="A716" t="s">
-        <v>2796</v>
+        <v>2816</v>
       </c>
       <c r="B716" t="s">
-        <v>2797</v>
+        <v>2817</v>
       </c>
       <c r="C716" t="s">
-        <v>2798</v>
+        <v>2818</v>
       </c>
       <c r="D716" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E716" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="717" spans="1:13">
       <c r="A717" t="s">
-        <v>2799</v>
+        <v>2819</v>
       </c>
       <c r="B717" t="s">
-        <v>2800</v>
+        <v>2820</v>
       </c>
       <c r="C717" t="s">
-        <v>2801</v>
+        <v>2821</v>
       </c>
       <c r="D717" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="E717" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="718" spans="1:13">
       <c r="A718" t="s">
-        <v>2799</v>
+        <v>2819</v>
       </c>
       <c r="B718" t="s">
-        <v>2800</v>
+        <v>2820</v>
       </c>
       <c r="C718" t="s">
-        <v>2801</v>
+        <v>2821</v>
       </c>
       <c r="D718" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="E718" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="719" spans="1:13">
       <c r="A719" t="s">
-        <v>2802</v>
+        <v>2822</v>
       </c>
       <c r="B719" t="s">
-        <v>2803</v>
+        <v>2823</v>
       </c>
       <c r="C719" t="s">
-        <v>2804</v>
+        <v>2824</v>
       </c>
       <c r="D719" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E719" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="720" spans="1:13">
       <c r="A720" t="s">
-        <v>2805</v>
+        <v>2825</v>
       </c>
       <c r="B720" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="C720" t="s">
-        <v>2806</v>
+        <v>2826</v>
       </c>
       <c r="D720" t="s">
         <v>44</v>
       </c>
       <c r="E720" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="721" spans="1:13">
       <c r="A721" t="s">
-        <v>2805</v>
+        <v>2825</v>
       </c>
       <c r="B721" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="C721" t="s">
-        <v>2806</v>
+        <v>2826</v>
       </c>
       <c r="D721" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E721" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="722" spans="1:13">
       <c r="A722" t="s">
-        <v>2807</v>
+        <v>2827</v>
       </c>
       <c r="B722" t="s">
-        <v>2808</v>
+        <v>2828</v>
       </c>
       <c r="C722" t="s">
-        <v>2809</v>
+        <v>2829</v>
       </c>
       <c r="D722" t="s">
         <v>44</v>
       </c>
       <c r="E722" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J722" t="s">
-        <v>2810</v>
+        <v>2830</v>
       </c>
       <c r="K722" t="s">
-        <v>2811</v>
+        <v>2831</v>
       </c>
       <c r="L722" t="s">
-        <v>2812</v>
+        <v>2832</v>
       </c>
       <c r="M722" t="s">
-        <v>2813</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="723" spans="1:13">
       <c r="A723" t="s">
-        <v>2814</v>
+        <v>2834</v>
       </c>
       <c r="B723" t="s">
-        <v>2815</v>
+        <v>2835</v>
       </c>
       <c r="C723" t="s">
-        <v>2816</v>
+        <v>2836</v>
       </c>
       <c r="D723" t="s">
         <v>44</v>
       </c>
       <c r="E723" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J723" t="s">
-        <v>2810</v>
+        <v>2830</v>
       </c>
       <c r="K723" t="s">
-        <v>2811</v>
+        <v>2831</v>
       </c>
       <c r="L723" t="s">
-        <v>2812</v>
+        <v>2832</v>
       </c>
       <c r="M723" t="s">
-        <v>2813</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="724" spans="1:13">
       <c r="A724" t="s">
-        <v>2817</v>
+        <v>2837</v>
       </c>
       <c r="B724" t="s">
-        <v>2818</v>
+        <v>2838</v>
       </c>
       <c r="C724" t="s">
-        <v>2819</v>
+        <v>2839</v>
       </c>
       <c r="D724" t="s">
         <v>44</v>
       </c>
       <c r="E724" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J724" t="s">
-        <v>2810</v>
+        <v>2830</v>
       </c>
       <c r="K724" t="s">
-        <v>2811</v>
+        <v>2831</v>
       </c>
       <c r="L724" t="s">
-        <v>2812</v>
+        <v>2832</v>
       </c>
       <c r="M724" t="s">
-        <v>2813</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="725" spans="1:13">
       <c r="A725" t="s">
-        <v>2820</v>
+        <v>2840</v>
       </c>
       <c r="B725" t="s">
-        <v>2821</v>
+        <v>2841</v>
       </c>
       <c r="C725" t="s">
-        <v>2822</v>
+        <v>2842</v>
       </c>
       <c r="D725" t="s">
         <v>44</v>
       </c>
       <c r="E725" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J725" t="s">
-        <v>2810</v>
+        <v>2830</v>
       </c>
       <c r="K725" t="s">
-        <v>2811</v>
+        <v>2831</v>
       </c>
       <c r="L725" t="s">
-        <v>2812</v>
+        <v>2832</v>
       </c>
       <c r="M725" t="s">
-        <v>2813</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="726" spans="1:13">
       <c r="A726" t="s">
-        <v>2823</v>
+        <v>2843</v>
       </c>
       <c r="B726" t="s">
-        <v>2824</v>
+        <v>2844</v>
       </c>
       <c r="C726" t="s">
-        <v>2825</v>
+        <v>2845</v>
       </c>
       <c r="D726" t="s">
         <v>44</v>
       </c>
       <c r="E726" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F726" t="s">
-        <v>2721</v>
+        <v>2750</v>
       </c>
       <c r="G726" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="H726" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J726" t="s">
-        <v>2722</v>
+        <v>2751</v>
       </c>
       <c r="K726" t="s">
-        <v>1982</v>
+        <v>1988</v>
       </c>
       <c r="L726" t="s">
-        <v>2723</v>
+        <v>2752</v>
       </c>
       <c r="M726" t="s">
-        <v>2724</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="727" spans="1:13">
       <c r="A727" t="s">
-        <v>2826</v>
+        <v>2846</v>
       </c>
       <c r="B727" t="s">
-        <v>2827</v>
+        <v>2847</v>
       </c>
       <c r="C727" t="s">
-        <v>2828</v>
+        <v>2848</v>
       </c>
       <c r="D727" t="s">
         <v>44</v>
       </c>
       <c r="E727" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F727" t="s">
-        <v>2721</v>
+        <v>2750</v>
       </c>
       <c r="G727" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="H727" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J727" t="s">
-        <v>2722</v>
+        <v>2751</v>
       </c>
       <c r="K727" t="s">
-        <v>1982</v>
+        <v>1988</v>
       </c>
       <c r="L727" t="s">
-        <v>2723</v>
+        <v>2752</v>
       </c>
       <c r="M727" t="s">
-        <v>2724</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="728" spans="1:13">
       <c r="A728" t="s">
-        <v>2829</v>
+        <v>2849</v>
       </c>
       <c r="B728" t="s">
-        <v>2830</v>
+        <v>2850</v>
       </c>
       <c r="C728" t="s">
-        <v>2831</v>
+        <v>2851</v>
       </c>
       <c r="D728" t="s">
         <v>44</v>
       </c>
       <c r="E728" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F728" t="s">
-        <v>2721</v>
+        <v>2750</v>
       </c>
       <c r="G728" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="H728" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J728" t="s">
-        <v>2722</v>
+        <v>2751</v>
       </c>
       <c r="K728" t="s">
-        <v>1982</v>
+        <v>1988</v>
       </c>
       <c r="L728" t="s">
-        <v>2723</v>
+        <v>2752</v>
       </c>
       <c r="M728" t="s">
-        <v>2724</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="729" spans="1:13">
       <c r="A729" t="s">
-        <v>2832</v>
+        <v>2852</v>
       </c>
       <c r="B729" t="s">
-        <v>2833</v>
+        <v>2853</v>
       </c>
       <c r="C729" t="s">
-        <v>2834</v>
+        <v>2854</v>
       </c>
       <c r="D729" t="s">
         <v>44</v>
       </c>
       <c r="E729" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F729" t="s">
-        <v>2721</v>
+        <v>2750</v>
       </c>
       <c r="G729" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="H729" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J729" t="s">
-        <v>2722</v>
+        <v>2751</v>
       </c>
       <c r="K729" t="s">
-        <v>1982</v>
+        <v>1988</v>
       </c>
       <c r="L729" t="s">
-        <v>2723</v>
+        <v>2752</v>
       </c>
       <c r="M729" t="s">
-        <v>2724</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="730" spans="1:13">
       <c r="A730" t="s">
-        <v>2835</v>
+        <v>2855</v>
       </c>
       <c r="B730" t="s">
-        <v>2836</v>
+        <v>2856</v>
       </c>
       <c r="C730" t="s">
-        <v>2837</v>
+        <v>2857</v>
       </c>
       <c r="D730" t="s">
         <v>44</v>
       </c>
       <c r="E730" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F730" t="s">
-        <v>2721</v>
+        <v>2750</v>
       </c>
       <c r="G730" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="H730" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J730" t="s">
-        <v>2722</v>
+        <v>2751</v>
       </c>
       <c r="K730" t="s">
-        <v>1982</v>
+        <v>1988</v>
       </c>
       <c r="L730" t="s">
-        <v>2723</v>
+        <v>2752</v>
       </c>
       <c r="M730" t="s">
-        <v>2724</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="731" spans="1:13">
       <c r="A731" t="s">
-        <v>2838</v>
+        <v>2858</v>
       </c>
       <c r="B731" t="s">
-        <v>2839</v>
+        <v>2859</v>
       </c>
       <c r="C731" t="s">
-        <v>2840</v>
+        <v>2860</v>
       </c>
       <c r="D731" t="s">
         <v>44</v>
       </c>
       <c r="E731" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F731" t="s">
-        <v>2721</v>
+        <v>2750</v>
       </c>
       <c r="G731" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="H731" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J731" t="s">
-        <v>2722</v>
+        <v>2751</v>
       </c>
       <c r="K731" t="s">
-        <v>1982</v>
+        <v>1988</v>
       </c>
       <c r="L731" t="s">
-        <v>2723</v>
+        <v>2752</v>
       </c>
       <c r="M731" t="s">
-        <v>2724</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="732" spans="1:13">
       <c r="A732" t="s">
-        <v>2841</v>
+        <v>2861</v>
       </c>
       <c r="B732" t="s">
-        <v>2842</v>
+        <v>2862</v>
       </c>
       <c r="C732" t="s">
-        <v>2843</v>
+        <v>2863</v>
       </c>
       <c r="D732" t="s">
         <v>44</v>
       </c>
       <c r="E732" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F732" t="s">
-        <v>2721</v>
+        <v>2750</v>
       </c>
       <c r="G732" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="H732" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J732" t="s">
-        <v>2722</v>
+        <v>2751</v>
       </c>
       <c r="K732" t="s">
-        <v>1982</v>
+        <v>1988</v>
       </c>
       <c r="L732" t="s">
-        <v>2723</v>
+        <v>2752</v>
       </c>
       <c r="M732" t="s">
-        <v>2724</v>
+        <v>2753</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>