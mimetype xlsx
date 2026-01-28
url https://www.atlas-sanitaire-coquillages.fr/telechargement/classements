--- v0 (2025-12-09)
+++ v1 (2026-01-28)
@@ -16,59 +16,59 @@
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="1" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Lisez moi" sheetId="1" r:id="rId4"/>
     <sheet name="Classement" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1960">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1963">
   <si>
     <t>Atlas des zones françaises de production et de reparcage de coquillages</t>
   </si>
   <si>
     <t>France métropolitaine</t>
   </si>
   <si>
-    <t>Classements au 09/12/2025</t>
+    <t>Classements au 28/01/2026</t>
   </si>
   <si>
     <t>Liste des champs</t>
   </si>
   <si>
     <t>Correspondance Sandre</t>
   </si>
   <si>
     <t>ZONE_CODE</t>
   </si>
   <si>
     <t>Code de la zone dans le réseau de contrôle microbien REMI</t>
   </si>
   <si>
     <t>CdZoneConchylicole</t>
   </si>
   <si>
     <t>ZONE_TITLE</t>
   </si>
   <si>
     <t>Nom de la zone</t>
   </si>
   <si>
     <t>NomZoneConchylicole</t>
   </si>
@@ -1116,90 +1116,90 @@
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.01</t>
   </si>
   <si>
     <t>1720242P (21/01/2025)</t>
   </si>
   <si>
     <t>21/01/2025</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//AP 24_127 18122024_0.pdf</t>
   </si>
   <si>
     <t>17.02.01</t>
   </si>
   <si>
     <t>Est Du Pertuis Breton Mytilicole</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.02.01</t>
   </si>
   <si>
     <t>Oui</t>
   </si>
   <si>
-    <t>2025-01-01</t>
-[...14 lines deleted...]
-    <t>2025-31-12</t>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>2026-30-04</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>2026-31-10</t>
+  </si>
+  <si>
+    <t>2026-01-11</t>
+  </si>
+  <si>
+    <t>2026-31-12</t>
   </si>
   <si>
     <t>17.02.02</t>
   </si>
   <si>
     <t>Est Du Pertuis Breton Ostreicole</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.02.02</t>
   </si>
   <si>
     <t>17.03</t>
   </si>
   <si>
     <t>Sud Du Pertuis Breton</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.03</t>
   </si>
   <si>
-    <t>2025-31-03</t>
-[...2 lines deleted...]
-    <t>2025-01-04</t>
+    <t>2026-31-03</t>
+  </si>
+  <si>
+    <t>2026-01-04</t>
   </si>
   <si>
     <t>17.04.01</t>
   </si>
   <si>
     <t>Fier D'ars</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.04.01</t>
   </si>
   <si>
     <t>17.04.02</t>
   </si>
   <si>
     <t>La Moulinatte</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.04.02</t>
   </si>
   <si>
     <t>17.04.03</t>
   </si>
   <si>
     <t>La Flotte</t>
   </si>
@@ -1356,60 +1356,60 @@
   <si>
     <t>Daire</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.10.04</t>
   </si>
   <si>
     <t>17.10.05</t>
   </si>
   <si>
     <t>Bourgeois</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.10.05</t>
   </si>
   <si>
     <t>17.11.01</t>
   </si>
   <si>
     <t>Côte Nord Est Oléron</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.11.01</t>
   </si>
   <si>
-    <t>2025-31-05</t>
-[...8 lines deleted...]
-    <t>2025-30-09</t>
+    <t>2026-31-05</t>
+  </si>
+  <si>
+    <t>2026-01-10</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-30-09</t>
   </si>
   <si>
     <t>17.11.02</t>
   </si>
   <si>
     <t>Ors - La Casse</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.11.02</t>
   </si>
   <si>
     <t>17.11.03</t>
   </si>
   <si>
     <t>Saint Trojan</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.11.03</t>
   </si>
   <si>
     <t>17.12.01</t>
   </si>
   <si>
     <t>Seudre Aval</t>
   </si>
@@ -1827,3870 +1827,3879 @@
   <si>
     <t>Oléron - Chenal De La Perrotine</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.32</t>
   </si>
   <si>
     <t>17.C.33</t>
   </si>
   <si>
     <t>La Tremblade - Sud Route Neuve</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.33</t>
   </si>
   <si>
     <t>22.00.00</t>
   </si>
   <si>
     <t>Eaux Territoriales</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/22.00.00</t>
   </si>
   <si>
-    <t>2220242P (18/12/2024)</t>
+    <t xml:space="preserve"> (29/12/2025)</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fruploads/classification_decrees/22/12-2025/Arrêté du 29 décembre 2025 avec annexes-compressé-6953a99279ce2.pdf</t>
+  </si>
+  <si>
+    <t>22.01.10</t>
+  </si>
+  <si>
+    <t>Baie De Lancieux</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.01.10</t>
+  </si>
+  <si>
+    <t>22.01.20</t>
+  </si>
+  <si>
+    <t>Baie De L'arguenon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.01.20</t>
+  </si>
+  <si>
+    <t>22.01.30</t>
+  </si>
+  <si>
+    <t>Partie Maritime De L'arguenon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.01.30</t>
+  </si>
+  <si>
+    <t>22.02.10</t>
+  </si>
+  <si>
+    <t>Baie De La Fresnaie</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.02.10</t>
+  </si>
+  <si>
+    <t>22.02.11</t>
+  </si>
+  <si>
+    <t>Baie De La Fresnaie - Partie Est</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.02.11</t>
+  </si>
+  <si>
+    <t>22.02.12</t>
+  </si>
+  <si>
+    <t>Baie De La Fresnaie - Partie Ouest</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.02.12</t>
+  </si>
+  <si>
+    <t>22.02.15</t>
+  </si>
+  <si>
+    <t>Le Frémur</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.02.15</t>
+  </si>
+  <si>
+    <t>22.02.20</t>
+  </si>
+  <si>
+    <t>Pleherel - Plurien - Erquy</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.02.20</t>
+  </si>
+  <si>
+    <t>22.02.30</t>
+  </si>
+  <si>
+    <t>Caroual</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.02.30</t>
+  </si>
+  <si>
+    <t>22.03.09</t>
+  </si>
+  <si>
+    <t>Port De Dahouët</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.09</t>
+  </si>
+  <si>
+    <t>22.03.10</t>
+  </si>
+  <si>
+    <t>Dahouet</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.10</t>
+  </si>
+  <si>
+    <t>22.03.21</t>
+  </si>
+  <si>
+    <t>La Cotentin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.21</t>
+  </si>
+  <si>
+    <t>22.03.22</t>
+  </si>
+  <si>
+    <t>Baie De Morieux, Hillion</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.22</t>
+  </si>
+  <si>
+    <t>2026-31-07</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>22.03.23</t>
+  </si>
+  <si>
+    <t>Baie D'yffiniac Est</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.23</t>
+  </si>
+  <si>
+    <t>22.03.24</t>
+  </si>
+  <si>
+    <t>Baie D'yffiniac Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.24</t>
+  </si>
+  <si>
+    <t>22.03.25</t>
+  </si>
+  <si>
+    <t>Le Légué</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.25</t>
+  </si>
+  <si>
+    <t>22.03.30</t>
+  </si>
+  <si>
+    <t>Pordic</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.30</t>
+  </si>
+  <si>
+    <t>22.03.40</t>
+  </si>
+  <si>
+    <t>Binic</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.40</t>
+  </si>
+  <si>
+    <t>22.03.41</t>
+  </si>
+  <si>
+    <t>L'ic</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.41</t>
+  </si>
+  <si>
+    <t>22.04.08</t>
+  </si>
+  <si>
+    <t>Anse De Beauport</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.04.08</t>
+  </si>
+  <si>
+    <t>22.04.09</t>
+  </si>
+  <si>
+    <t>Baie De Poulafret</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.04.09</t>
+  </si>
+  <si>
+    <t>22.04.11</t>
+  </si>
+  <si>
+    <t>Baie De Paimpol Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.04.11</t>
+  </si>
+  <si>
+    <t>22.04.12</t>
+  </si>
+  <si>
+    <t>Baie De Paimpol Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.04.12</t>
+  </si>
+  <si>
+    <t>22.04.13</t>
+  </si>
+  <si>
+    <t>Fond De La Baie De Paimpol</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.04.13</t>
+  </si>
+  <si>
+    <t>22.05.11</t>
+  </si>
+  <si>
+    <t>Le Trieux : Zone Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.05.11</t>
+  </si>
+  <si>
+    <t>22.05.12</t>
+  </si>
+  <si>
+    <t>Le Trieux : Zone Intermediaire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.05.12</t>
+  </si>
+  <si>
+    <t>22.05.13</t>
+  </si>
+  <si>
+    <t>Le Trieux : Zone Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.05.13</t>
+  </si>
+  <si>
+    <t>22.05.14</t>
+  </si>
+  <si>
+    <t>Rivière Du Trieux</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.05.14</t>
+  </si>
+  <si>
+    <t>22.06.11</t>
+  </si>
+  <si>
+    <t>Anse De Gouern</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.06.11</t>
+  </si>
+  <si>
+    <t>22.06.12</t>
+  </si>
+  <si>
+    <t>Arcouest, Ile De Bréhat Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.06.12</t>
+  </si>
+  <si>
+    <t>22.06.15</t>
+  </si>
+  <si>
+    <t>Anse De Pomelin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.06.15</t>
+  </si>
+  <si>
+    <t>22.06.16</t>
+  </si>
+  <si>
+    <t>Lanmodez</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.06.16</t>
+  </si>
+  <si>
+    <t>22.06.17</t>
+  </si>
+  <si>
+    <t>Ilôts De Bréhat Ouest</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.06.17</t>
+  </si>
+  <si>
+    <t>22.06.20</t>
+  </si>
+  <si>
+    <t>Pleubian</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.06.20</t>
+  </si>
+  <si>
+    <t>22.07.10</t>
+  </si>
+  <si>
+    <t>Partie Maritime Du Jaudy</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.07.10</t>
+  </si>
+  <si>
+    <t>22.07.11</t>
+  </si>
+  <si>
+    <t>Le Jaudy : Zone Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.07.11</t>
+  </si>
+  <si>
+    <t>22.07.12</t>
+  </si>
+  <si>
+    <t>Le Jaudy : Zone Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.07.12</t>
+  </si>
+  <si>
+    <t>22.07.13</t>
+  </si>
+  <si>
+    <t>Baie D'enfer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.07.13</t>
+  </si>
+  <si>
+    <t>22.08.10</t>
+  </si>
+  <si>
+    <t>Pors Scaff</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.08.10</t>
+  </si>
+  <si>
+    <t>22.08.20</t>
+  </si>
+  <si>
+    <t>Gouermel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.08.20</t>
+  </si>
+  <si>
+    <t>22.09.10</t>
+  </si>
+  <si>
+    <t>Landrellec</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.09.10</t>
+  </si>
+  <si>
+    <t>22.10.10</t>
+  </si>
+  <si>
+    <t>Goas Treiz</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.10.10</t>
+  </si>
+  <si>
+    <t>2026-01-03</t>
+  </si>
+  <si>
+    <t>2026-29-02</t>
+  </si>
+  <si>
+    <t>22.11.10</t>
+  </si>
+  <si>
+    <t>Banc Du Guer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.11.10</t>
+  </si>
+  <si>
+    <t>22.11.11</t>
+  </si>
+  <si>
+    <t>Léguer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.11.11</t>
+  </si>
+  <si>
+    <t>22.12.10</t>
+  </si>
+  <si>
+    <t>Baie De Lannion Côtier</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/22.12.10</t>
+  </si>
+  <si>
+    <t>2229.00.01</t>
+  </si>
+  <si>
+    <t>Riviere Du Douron</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/2229.00.01</t>
+  </si>
+  <si>
+    <t>2229.00.02</t>
+  </si>
+  <si>
+    <t>Baie De Locquirec-plestin Les Greves</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/2229.00.02</t>
+  </si>
+  <si>
+    <t>2229.00.03</t>
+  </si>
+  <si>
+    <t>Port De Locquirec</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/2229.00.03</t>
+  </si>
+  <si>
+    <t>2235.00.01</t>
+  </si>
+  <si>
+    <t>La Ville Ger</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/2235.00.01</t>
+  </si>
+  <si>
+    <t>29.01.010</t>
+  </si>
+  <si>
+    <t>Anse De Terenez</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.01.010</t>
+  </si>
+  <si>
+    <t>2920251P (26/06/2025)</t>
+  </si>
+  <si>
+    <t>26/06/2025</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 20/06/2023</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//Arrete_Classement_Sanitaire_coquillages_Finistere_2025.pdf</t>
+  </si>
+  <si>
+    <t>29.01.020</t>
+  </si>
+  <si>
+    <t>Riviere De Morlaix Et Du Dourduff</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.01.020</t>
+  </si>
+  <si>
+    <t>29.01.030</t>
+  </si>
+  <si>
+    <t>Baie De Morlaix Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.01.030</t>
+  </si>
+  <si>
+    <t>29.01.040</t>
+  </si>
+  <si>
+    <t>Baie De Morlaix Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.01.040</t>
+  </si>
+  <si>
+    <t>29.01.050</t>
+  </si>
+  <si>
+    <t>Baie De Morlaix Large</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.01.050</t>
+  </si>
+  <si>
+    <t>29.01.060</t>
+  </si>
+  <si>
+    <t>Riviere De Penze</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.01.060</t>
+  </si>
+  <si>
+    <t>29.01.070</t>
+  </si>
+  <si>
+    <t>Ile Callot</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.01.070</t>
+  </si>
+  <si>
+    <t>29.01.900</t>
+  </si>
+  <si>
+    <t>Baie De Goulven</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.01.900</t>
+  </si>
+  <si>
+    <t>29.02.011</t>
+  </si>
+  <si>
+    <t>Riviere De L'aber Wrac'h Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.02.011</t>
+  </si>
+  <si>
+    <t>29.02.012</t>
+  </si>
+  <si>
+    <t>Riviere De L'aber Wrac'h Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.02.012</t>
+  </si>
+  <si>
+    <t>29.02.030</t>
+  </si>
+  <si>
+    <t>Presqu'ile Sainte Marguerite</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.02.030</t>
+  </si>
+  <si>
+    <t>29.02.041</t>
+  </si>
+  <si>
+    <t>Riviere De L'aber Benoit Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.02.041</t>
+  </si>
+  <si>
+    <t>29.02.042</t>
+  </si>
+  <si>
+    <t>Riviere De L'aber Benoit Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.02.042</t>
+  </si>
+  <si>
+    <t>29.02.050</t>
+  </si>
+  <si>
+    <t>Ile Trevors</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.02.050</t>
+  </si>
+  <si>
+    <t>29.02.060</t>
+  </si>
+  <si>
+    <t>Aber Ildut</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.02.060</t>
+  </si>
+  <si>
+    <t>2920231P (05/07/2023)</t>
+  </si>
+  <si>
+    <t>05/07/2023</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 18 juillet 2022</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//RAA_AP_Classement_Sanitaire_Finistere_2023_Sans cartes(2).pdf</t>
+  </si>
+  <si>
+    <t>29.03.020</t>
+  </si>
+  <si>
+    <t>Les Blancs Sablons</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.03.020</t>
+  </si>
+  <si>
+    <t>29.04.010</t>
+  </si>
+  <si>
+    <t>Eaux Profondes Rade De Brest</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.010</t>
+  </si>
+  <si>
+    <t>29.04.020</t>
+  </si>
+  <si>
+    <t>Anses De Camfrout, Kerhuon Et Poul Ar Velin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.020</t>
+  </si>
+  <si>
+    <t>29.04.030</t>
+  </si>
+  <si>
+    <t>Riviere De L'elorn Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.030</t>
+  </si>
+  <si>
+    <t>29.04.041</t>
+  </si>
+  <si>
+    <t>Riviere De L'elorn Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.041</t>
+  </si>
+  <si>
+    <t>29.04.042</t>
+  </si>
+  <si>
+    <t>Riviere De L'elorn Intermediaire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.042</t>
+  </si>
+  <si>
+    <t>29.04.060</t>
+  </si>
+  <si>
+    <t>Anse Du Moulin Neuf</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.060</t>
+  </si>
+  <si>
+    <t>29.04.070</t>
+  </si>
+  <si>
+    <t>Anse De Penfoul</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.070</t>
+  </si>
+  <si>
+    <t>29.04.080</t>
+  </si>
+  <si>
+    <t>Riviere De Daoulas</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.080</t>
+  </si>
+  <si>
+    <t>29.04.090</t>
+  </si>
+  <si>
+    <t>Anse Saint-jean</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.090</t>
+  </si>
+  <si>
+    <t>29.04.100</t>
+  </si>
+  <si>
+    <t>Riviere De L'hopital Camfrout</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.100</t>
+  </si>
+  <si>
+    <t>29.04.111</t>
+  </si>
+  <si>
+    <t>Anse De Keroulle</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.111</t>
+  </si>
+  <si>
+    <t>29.04.112</t>
+  </si>
+  <si>
+    <t>Riviere Du Faou</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.112</t>
+  </si>
+  <si>
+    <t>29.04.130</t>
+  </si>
+  <si>
+    <t>Riviere De L'aulne Et Sillon Des Anglais</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.130</t>
+  </si>
+  <si>
+    <t>29.04.150</t>
+  </si>
+  <si>
+    <t>Baie De Roscanvel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.04.150</t>
+  </si>
+  <si>
+    <t>29.05.010</t>
+  </si>
+  <si>
+    <t>Mer D'iroise Et Baie De Douarnenez</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.05.010</t>
+  </si>
+  <si>
+    <t>29.05.020</t>
+  </si>
+  <si>
+    <t>Anse De Camaret</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.05.020</t>
+  </si>
+  <si>
+    <t>29.05.030</t>
+  </si>
+  <si>
+    <t>Anses De Pen Hir Et De Dinan</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.05.030</t>
+  </si>
+  <si>
+    <t>29.05.040</t>
+  </si>
+  <si>
+    <t>Estran Baie De Douarnenez</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.05.040</t>
+  </si>
+  <si>
+    <t>29.05.050</t>
+  </si>
+  <si>
+    <t>Estran Ile De Sein</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.05.050</t>
+  </si>
+  <si>
+    <t>29.06.010</t>
+  </si>
+  <si>
+    <t>Riviere Du Goyen</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.06.010</t>
+  </si>
+  <si>
+    <t>29.06.020</t>
+  </si>
+  <si>
+    <t>Baie D'audierne</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.06.020</t>
+  </si>
+  <si>
+    <t>29.07.010</t>
+  </si>
+  <si>
+    <t>Eaux Profondes Guilvinec-benodet</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.07.010</t>
+  </si>
+  <si>
+    <t>29.07.020</t>
+  </si>
+  <si>
+    <t>Toul Ar Ster</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.07.020</t>
+  </si>
+  <si>
+    <t>29.07.030</t>
+  </si>
+  <si>
+    <t>Riviere De Pont L'abbe Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.07.030</t>
+  </si>
+  <si>
+    <t>29.07.040</t>
+  </si>
+  <si>
+    <t>Riviere De Pont L'abbe Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.07.040</t>
+  </si>
+  <si>
+    <t>29.07.050</t>
+  </si>
+  <si>
+    <t>Anse Du Pouldon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.07.050</t>
+  </si>
+  <si>
+    <t>29.07.061</t>
+  </si>
+  <si>
+    <t>Riviere De L'odet Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.07.061</t>
+  </si>
+  <si>
+    <t>29.07.062</t>
+  </si>
+  <si>
+    <t>Anse De Combrit</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.07.062</t>
+  </si>
+  <si>
+    <t>29.07.070</t>
+  </si>
+  <si>
+    <t>Riviere De L'odet Intermediaire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.07.070</t>
+  </si>
+  <si>
+    <t>29.07.080</t>
+  </si>
+  <si>
+    <t>Riviere De L'odet Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.07.080</t>
+  </si>
+  <si>
+    <t>29.08.010</t>
+  </si>
+  <si>
+    <t>Baie De La Foret</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.010</t>
+  </si>
+  <si>
+    <t>29.08.020</t>
+  </si>
+  <si>
+    <t>Rivieres De Penfoulic Et De La Foret</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.020</t>
+  </si>
+  <si>
+    <t>29.08.030</t>
+  </si>
+  <si>
+    <t>Riviere De L'aven Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.030</t>
+  </si>
+  <si>
+    <t>29.08.041</t>
+  </si>
+  <si>
+    <t>Riviere De L'aven Intermediaire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.041</t>
+  </si>
+  <si>
+    <t>29.08.042</t>
+  </si>
+  <si>
+    <t>Riviere De L'aven Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.042</t>
+  </si>
+  <si>
+    <t>29.08.050</t>
+  </si>
+  <si>
+    <t>Riviere De Belon Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.050</t>
+  </si>
+  <si>
+    <t>29.08.061</t>
+  </si>
+  <si>
+    <t>Riviere De Belon Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.061</t>
+  </si>
+  <si>
+    <t>29.08.062</t>
+  </si>
+  <si>
+    <t>Riviere De Belon Intermediaire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.062</t>
+  </si>
+  <si>
+    <t>29.08.070</t>
+  </si>
+  <si>
+    <t>Riviere De Merrien Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.070</t>
+  </si>
+  <si>
+    <t>29.08.080</t>
+  </si>
+  <si>
+    <t>Riviere De Merrien Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/29.08.080</t>
+  </si>
+  <si>
+    <t>2956.08.090</t>
+  </si>
+  <si>
+    <t>La Laïta Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/2956.08.090</t>
+  </si>
+  <si>
+    <t>2025561P (24/11/2025)</t>
+  </si>
+  <si>
+    <t>24/11/2025</t>
+  </si>
+  <si>
+    <t>L'arrêté préfectoral du 18 juillet 2023 relatif au classement de salubrité et à la surveillance sanitaire des zones de production des coquillages vivants dans le département du Morbihan est abrogé.</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//2025_11_24_Arrete_classement_salubrite_Morbihan_0.pdf</t>
+  </si>
+  <si>
+    <t>2956.08.100</t>
+  </si>
+  <si>
+    <t>La Laïta Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/2956.08.100</t>
+  </si>
+  <si>
+    <t>2956.08.110</t>
+  </si>
+  <si>
+    <t>Anse De Stervilin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/2956.08.110</t>
+  </si>
+  <si>
+    <t>2B.01</t>
+  </si>
+  <si>
+    <t>Etang De Diana</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/2B.01</t>
+  </si>
+  <si>
+    <t>2B20151P (18/02/2015)</t>
+  </si>
+  <si>
+    <t>18/02/2015</t>
+  </si>
+  <si>
+    <t>Abroge les arrêtés du 20 juillet 2012 et du 15 juillet 2003</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//2B20151P_0.pdf</t>
+  </si>
+  <si>
+    <t>2B.02</t>
+  </si>
+  <si>
+    <t>Etang D'urbinu</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/2B.02</t>
+  </si>
+  <si>
+    <t>30.02</t>
+  </si>
+  <si>
+    <t>Port Du Grau Du Roi</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/30.02</t>
+  </si>
+  <si>
+    <t>3020191P (04/02/2019)</t>
+  </si>
+  <si>
+    <t>04/02/2019</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 15 mai 2015</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//3020191P.pdf</t>
+  </si>
+  <si>
+    <t>30.03</t>
+  </si>
+  <si>
+    <t>Port Camargue</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/30.03</t>
+  </si>
+  <si>
+    <t>30.04</t>
+  </si>
+  <si>
+    <t>Gisement Naturel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/30.04</t>
+  </si>
+  <si>
+    <t>30.05</t>
+  </si>
+  <si>
+    <t>Bande Littorale</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/30.05</t>
+  </si>
+  <si>
+    <t>30.06</t>
+  </si>
+  <si>
+    <t>Etang De Salonique</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/30.06</t>
+  </si>
+  <si>
+    <t>30.07</t>
+  </si>
+  <si>
+    <t>Centre Helio-marin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/30.07</t>
+  </si>
+  <si>
+    <t>33.01</t>
+  </si>
+  <si>
+    <t>Arguin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.01</t>
+  </si>
+  <si>
+    <t>3320251P (12/06/2025)</t>
+  </si>
+  <si>
+    <t>12/06/2025</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 22/07/2021</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//AP classement 12 juin 2025 signé.pdf</t>
+  </si>
+  <si>
+    <t>33.02</t>
+  </si>
+  <si>
+    <t>Centre</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.02</t>
+  </si>
+  <si>
+    <t>33.02.01</t>
+  </si>
+  <si>
+    <t>Jacquets</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.02.01</t>
+  </si>
+  <si>
+    <t>33.02.02</t>
+  </si>
+  <si>
+    <t>Matelle</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.02.02</t>
+  </si>
+  <si>
+    <t>33.03</t>
+  </si>
+  <si>
+    <t>Gorp</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.03</t>
+  </si>
+  <si>
+    <t>33.04</t>
+  </si>
+  <si>
+    <t>Le Ferret</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.04</t>
+  </si>
+  <si>
+    <t>33.05</t>
+  </si>
+  <si>
+    <t>Piraillan</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.05</t>
+  </si>
+  <si>
+    <t>33.06</t>
+  </si>
+  <si>
+    <t>Ares</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.06</t>
+  </si>
+  <si>
+    <t>33.07</t>
+  </si>
+  <si>
+    <t>Le Teich</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.07</t>
+  </si>
+  <si>
+    <t>33.08</t>
+  </si>
+  <si>
+    <t>Gujan-mestras</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.08</t>
+  </si>
+  <si>
+    <t>33.09</t>
+  </si>
+  <si>
+    <t>Moulleau</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.09</t>
+  </si>
+  <si>
+    <t>33.10</t>
+  </si>
+  <si>
+    <t>Intra Bassin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.10</t>
+  </si>
+  <si>
+    <t>33.18</t>
+  </si>
+  <si>
+    <t>Marais De La Pointe Du Médoc</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.18</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> (22/07/2021)</t>
+  </si>
+  <si>
+    <t>22/07/2021</t>
+  </si>
+  <si>
+    <t>Arrêté portant classement de salubrité des zones de production de coquillages dans le département de la Gironde.</t>
+  </si>
+  <si>
+    <t>TEMPORARY</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//210722_Arrêté de salubrité des zones de production de coquillages en Gironde.pdf</t>
+  </si>
+  <si>
+    <t>33.19</t>
+  </si>
+  <si>
+    <t>Estuaire De La Gironde</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/33.19</t>
+  </si>
+  <si>
+    <t>34.01</t>
+  </si>
+  <si>
+    <t>Fleuves : Aude, Orb, Herault Et Libron</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.01</t>
+  </si>
+  <si>
+    <t>DDPP34-2025-XIX-300 (12/12/2025)</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>Zone qui passe de C à C avec arrêt d'exploitation et arrêt de la surveillance (cf. IT DGAL/SDSSA/2016-883 =&gt; III - suivi des zones classées C et non exploitées.</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fruploads/classification_decrees/34/12-2025/AP_DDPP34_2025_XIX_300_signé- cartos-69455ac2afb24.pdf</t>
+  </si>
+  <si>
+    <t>34.02</t>
+  </si>
+  <si>
+    <t>Bande Littorale De L'embouchure De L'aude Au Grau D'agde</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.02</t>
+  </si>
+  <si>
+    <t>34.04</t>
+  </si>
+  <si>
+    <t>Bande Littorale, Ile Du Brescou Et Pourtour Du Cap D'agde</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.04</t>
+  </si>
+  <si>
+    <t>34.05</t>
+  </si>
+  <si>
+    <t>Port Du Cap D'agde</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.05</t>
+  </si>
+  <si>
+    <t>34.06</t>
+  </si>
+  <si>
+    <t>Port Ambonne</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.06</t>
+  </si>
+  <si>
+    <t>34.07</t>
+  </si>
+  <si>
+    <t>Lotissement Conchylicole De Sete-marseillan</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.07</t>
+  </si>
+  <si>
+    <t>34.08</t>
+  </si>
+  <si>
+    <t>Port De Marseillan - Plage</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.08</t>
+  </si>
+  <si>
+    <t>34.09</t>
+  </si>
+  <si>
+    <t>Bande Littorale De Port-ambonne Au Feu Ouest Du Brise Lames Exterieur Du Port Des Quilles</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.09</t>
+  </si>
+  <si>
+    <t>34.10</t>
+  </si>
+  <si>
+    <t>Bande Littorale De La Corniche</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.10</t>
+  </si>
+  <si>
+    <t>34.11</t>
+  </si>
+  <si>
+    <t>Au-dela De La Bande Littorale De La Corniche</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.11</t>
+  </si>
+  <si>
+    <t>34.12</t>
+  </si>
+  <si>
+    <t>Port De Sete</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.12</t>
+  </si>
+  <si>
+    <t>34.13</t>
+  </si>
+  <si>
+    <t>Partie Exterieure Des Digues Du Port De Sete</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.13</t>
+  </si>
+  <si>
+    <t>34.14</t>
+  </si>
+  <si>
+    <t>Port De Frontignan-plage</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.14</t>
+  </si>
+  <si>
+    <t>34.15</t>
+  </si>
+  <si>
+    <t>Bande Littorale De Frontignan A Palavas</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.15</t>
+  </si>
+  <si>
+    <t>34.16</t>
+  </si>
+  <si>
+    <t>Etang D'ingril : Partie Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.16</t>
+  </si>
+  <si>
+    <t>34.16.01</t>
+  </si>
+  <si>
+    <t>Etang D'ingril : Zone Conchylicole (gie Des Venericulteurs)</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.16.01</t>
+  </si>
+  <si>
+    <t>34.17</t>
+  </si>
+  <si>
+    <t>Etang D'ingril : Partie Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.17</t>
+  </si>
+  <si>
+    <t>34.18</t>
+  </si>
+  <si>
+    <t>Etang D'ingril: Bassins De Lagunage De Frontignan - Plage</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.18</t>
+  </si>
+  <si>
+    <t>34.19</t>
+  </si>
+  <si>
+    <t>Etang Du Ponet</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.19</t>
+  </si>
+  <si>
+    <t>34.20</t>
+  </si>
+  <si>
+    <t>Canal Du Rhone A Sete</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.20</t>
+  </si>
+  <si>
+    <t>34.21</t>
+  </si>
+  <si>
+    <t>Lotissement Conchylicole Des Aresquiers</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.21</t>
+  </si>
+  <si>
+    <t>34.22</t>
+  </si>
+  <si>
+    <t>Etang De Vic Et Etang Des Moures</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.22</t>
+  </si>
+  <si>
+    <t>34.23</t>
+  </si>
+  <si>
+    <t>Etang De Vic- Zones De Rejet</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.23</t>
+  </si>
+  <si>
+    <t>34.24</t>
+  </si>
+  <si>
+    <t>Etang De Pierre Blanche</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.24</t>
+  </si>
+  <si>
+    <t>34.25</t>
+  </si>
+  <si>
+    <t>Etang De L'arnel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.25</t>
+  </si>
+  <si>
+    <t>34.26</t>
+  </si>
+  <si>
+    <t>Etang Du Prevost : Zone Conchylicole</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.26</t>
+  </si>
+  <si>
+    <t>34.26.01</t>
+  </si>
+  <si>
+    <t>Grau Du Prévost</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.26.01</t>
+  </si>
+  <si>
+    <t>34.27</t>
+  </si>
+  <si>
+    <t>Partie Ouest De L'étang Du Prevost Et Sarrazine : Gisements Coquilliers</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.27</t>
+  </si>
+  <si>
+    <t>34.27.01</t>
+  </si>
+  <si>
+    <t>Etang Du Prevost : Partie Propriete Communale</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.27.01</t>
+  </si>
+  <si>
+    <t>34.27.02</t>
+  </si>
+  <si>
+    <t>Etang Du Prevost : Partie Propriete Privee</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.27.02</t>
+  </si>
+  <si>
+    <t>34.27.03</t>
+  </si>
+  <si>
+    <t>Etang De La Sarrazine</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.27.03</t>
+  </si>
+  <si>
+    <t>34.28</t>
+  </si>
+  <si>
+    <t>Etang Du Mejean</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.28</t>
+  </si>
+  <si>
+    <t>34.29</t>
+  </si>
+  <si>
+    <t>Etang De Perols</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.29</t>
+  </si>
+  <si>
+    <t>34.30</t>
+  </si>
+  <si>
+    <t>Etang Du Grec Et Etang Du Leban</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.30</t>
+  </si>
+  <si>
+    <t>34.31</t>
+  </si>
+  <si>
+    <t>Etang De Mauguio Ou Etang De L'or</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.31</t>
+  </si>
+  <si>
+    <t>34.32</t>
+  </si>
+  <si>
+    <t>Port De Palavas</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.32</t>
+  </si>
+  <si>
+    <t>34.32.01</t>
+  </si>
+  <si>
+    <t>Canal Du Grau Du Lez</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.32.01</t>
+  </si>
+  <si>
+    <t>34.33</t>
+  </si>
+  <si>
+    <t>Bande Littorale De Palavas A L'embouchure Du Ponant</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.33</t>
+  </si>
+  <si>
+    <t>34.34</t>
+  </si>
+  <si>
+    <t>Port De Carnon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.34</t>
+  </si>
+  <si>
+    <t>34.35</t>
+  </si>
+  <si>
+    <t>Port De La Grande Motte</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.35</t>
+  </si>
+  <si>
+    <t>34.36</t>
+  </si>
+  <si>
+    <t>Exterieur De L'embouchure Du Ponant</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.36</t>
+  </si>
+  <si>
+    <t>34.38.01</t>
+  </si>
+  <si>
+    <t>Sète-pont Levis</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.38.01</t>
+  </si>
+  <si>
+    <t>34.38.02</t>
+  </si>
+  <si>
+    <t>Mèze-conque</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.38.02</t>
+  </si>
+  <si>
+    <t>34.38.03</t>
+  </si>
+  <si>
+    <t>Marseillan-maldormir</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.38.03</t>
+  </si>
+  <si>
+    <t>34.39.01</t>
+  </si>
+  <si>
+    <t>Zone A - Bouzigues-loupian</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.39.01</t>
+  </si>
+  <si>
+    <t>34.39.02</t>
+  </si>
+  <si>
+    <t>Zone B - Mèze Marseillan</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.39.02</t>
+  </si>
+  <si>
+    <t>34.40</t>
+  </si>
+  <si>
+    <t>Zone Des Eaux Blanches</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.40</t>
+  </si>
+  <si>
+    <t>34.41</t>
+  </si>
+  <si>
+    <t>Crique De L'angle: Partie Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.41</t>
+  </si>
+  <si>
+    <t>34.42.01</t>
+  </si>
+  <si>
+    <t>Etang De Thau : Sortie De La Pointe Courte</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.01</t>
+  </si>
+  <si>
+    <t>34.42.02</t>
+  </si>
+  <si>
+    <t>Etang De Thau : Le Barrou</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.02</t>
+  </si>
+  <si>
+    <t>34.42.03</t>
+  </si>
+  <si>
+    <t>Etang De Thau : Ile De Thau</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.03</t>
+  </si>
+  <si>
+    <t>34.42.04</t>
+  </si>
+  <si>
+    <t>Etang De Thau : Crique De L'angle, Partie Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.04</t>
+  </si>
+  <si>
+    <t>34.42.05</t>
+  </si>
+  <si>
+    <t>Rejet Du Lagunage De Mèze</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.05</t>
+  </si>
+  <si>
+    <t>34.42.06</t>
+  </si>
+  <si>
+    <t>Etang De Thau : Embouchures Du Pallas, Du Negue Vaque, Du Soupie, De Fontannille</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.06</t>
+  </si>
+  <si>
+    <t>34.42.07</t>
+  </si>
+  <si>
+    <t>Etang De Thau : Bassins De Lagunage De Villeroy</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.07</t>
+  </si>
+  <si>
+    <t>34.42.08</t>
+  </si>
+  <si>
+    <t>Etang De Thau : Les Onglous Et Grau De Pisse-saumes</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.08</t>
+  </si>
+  <si>
+    <t>34.42.09</t>
+  </si>
+  <si>
+    <t>Etang De Thau : Interieur Des Ports De Balaruc Les Bains, Bouzigues, Meze-ville, Meze-taurus, Mourre Blanc, Marseillan-ville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.09</t>
+  </si>
+  <si>
+    <t>34.42.10</t>
+  </si>
+  <si>
+    <t>Embouchures De Bouzigues, Mèze Ville, Mèze Taurus Et Marseillan Ville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.10</t>
+  </si>
+  <si>
+    <t>34.42.11</t>
+  </si>
+  <si>
+    <t>Etang De Thau : Zones Urbanisées (ex 34.45)</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/34.42.11</t>
+  </si>
+  <si>
+    <t>3430.36.01 (30.01.01)</t>
+  </si>
+  <si>
+    <t>Grau Du Ponant</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/3430.36.01 (30.01.01)</t>
+  </si>
+  <si>
+    <t>3430.37 (30.01)</t>
+  </si>
+  <si>
+    <t>Etang Du Ponant</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/3430.37 (30.01)</t>
+  </si>
+  <si>
+    <t>35.01</t>
+  </si>
+  <si>
+    <t>Zone Du Large</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.01</t>
+  </si>
+  <si>
+    <t>3520252P (22/10/2025)</t>
+  </si>
+  <si>
+    <t>22/10/2025</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 06/02/2025</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//RAA-35-2025-245-CLASSEMENT SANITAIRE 2025.pdf</t>
+  </si>
+  <si>
+    <t>35.02</t>
+  </si>
+  <si>
+    <t>Pointe De La Varde</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.02</t>
+  </si>
+  <si>
+    <t>35.03</t>
+  </si>
+  <si>
+    <t>Saint Malo - Dinard</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.03</t>
+  </si>
+  <si>
+    <t>35.04</t>
+  </si>
+  <si>
+    <t>Sud Cézembre</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.04</t>
+  </si>
+  <si>
+    <t>35.05</t>
+  </si>
+  <si>
+    <t>Saint Lunaire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.05</t>
+  </si>
+  <si>
+    <t>35.06.02</t>
+  </si>
+  <si>
+    <t>Rivage Zone 2</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.06.02</t>
+  </si>
+  <si>
+    <t>35.06.03</t>
+  </si>
+  <si>
+    <t>Rivage Zone 3</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.06.03</t>
+  </si>
+  <si>
+    <t>35.07</t>
+  </si>
+  <si>
+    <t>Cancale</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.07</t>
+  </si>
+  <si>
+    <t>35.08</t>
+  </si>
+  <si>
+    <t>Stockage Cancale</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.08</t>
+  </si>
+  <si>
+    <t>35.11</t>
+  </si>
+  <si>
+    <t>Zone Conchylicole Hirel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.11</t>
+  </si>
+  <si>
+    <t>35.13</t>
+  </si>
+  <si>
+    <t>Zone Conchylicole Cherrueix</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.13</t>
+  </si>
+  <si>
+    <t>35.14</t>
+  </si>
+  <si>
+    <t>Zone Conchylicole Les Hermelles</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.14</t>
+  </si>
+  <si>
+    <t>35.15</t>
+  </si>
+  <si>
+    <t>Super Est</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.15</t>
+  </si>
+  <si>
+    <t>35.16</t>
+  </si>
+  <si>
+    <t>Rivage Ouest</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.16</t>
+  </si>
+  <si>
+    <t>35.17</t>
+  </si>
+  <si>
+    <t>Rivage Est</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/35.17</t>
+  </si>
+  <si>
+    <t>3522.01</t>
+  </si>
+  <si>
+    <t>Rance Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/3522.01</t>
+  </si>
+  <si>
+    <t>3522.02</t>
+  </si>
+  <si>
+    <t>Rance Centre</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/3522.02</t>
+  </si>
+  <si>
+    <t>3522.03</t>
+  </si>
+  <si>
+    <t>Le Minihic</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/3522.03</t>
+  </si>
+  <si>
+    <t>3522.04</t>
+  </si>
+  <si>
+    <t>Les Gastines</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/3522.04</t>
+  </si>
+  <si>
+    <t>3522.05</t>
+  </si>
+  <si>
+    <t>Pointe De Saint-suliac</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/3522.05</t>
+  </si>
+  <si>
+    <t>40.01</t>
+  </si>
+  <si>
+    <t>Lac De Soorts-hossegor</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/40.01</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> (16/08/2021)</t>
+  </si>
+  <si>
+    <t>16/08/2021</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//2021_325_AP.pdf</t>
+  </si>
+  <si>
+    <t>44.01</t>
+  </si>
+  <si>
+    <t>Ile Dumet</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.01</t>
+  </si>
+  <si>
+    <t>4420251P (03/11/2025)</t>
+  </si>
+  <si>
+    <t>03/11/2025</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 08/07/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//AP_Class_2025_VF_bis.pdf</t>
+  </si>
+  <si>
+    <t>44.02</t>
+  </si>
+  <si>
+    <t>Baie De Pont-mahÉ</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.02</t>
+  </si>
+  <si>
+    <t>44.03</t>
+  </si>
+  <si>
+    <t>Traict De Pen BÉ</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.03</t>
+  </si>
+  <si>
+    <t>44.03.01</t>
+  </si>
+  <si>
+    <t>Traict De Pen BÉ Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.03.01</t>
+  </si>
+  <si>
+    <t>44.03.02</t>
+  </si>
+  <si>
+    <t>Traict De Pen BÉ Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.03.02</t>
+  </si>
+  <si>
+    <t>44.04.01</t>
+  </si>
+  <si>
+    <t>Piriac  Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.04.01</t>
+  </si>
+  <si>
+    <t>44.04.02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pointe De Piriac </t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.04.02</t>
+  </si>
+  <si>
+    <t>44.04.03</t>
+  </si>
+  <si>
+    <t>Piriac - Lanseria</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.04.03</t>
+  </si>
+  <si>
+    <t>44.04.04</t>
+  </si>
+  <si>
+    <t>Piriac  Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.04.04</t>
+  </si>
+  <si>
+    <t>44.05</t>
+  </si>
+  <si>
+    <t>Les Barres De Pen Bron</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.05</t>
+  </si>
+  <si>
+    <t>44.05.01</t>
+  </si>
+  <si>
+    <t>Pointe Du Croisic</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.05.01</t>
+  </si>
+  <si>
+    <t>44.06</t>
+  </si>
+  <si>
+    <t>Traict Du Croisic</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.06</t>
+  </si>
+  <si>
+    <t>44.06.01</t>
+  </si>
+  <si>
+    <t>Nord Traict Du Croisic</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.06.01</t>
+  </si>
+  <si>
+    <t>44.06.02</t>
+  </si>
+  <si>
+    <t>Sud Traict Du Croisic</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.06.02</t>
+  </si>
+  <si>
+    <t>44.07.01</t>
+  </si>
+  <si>
+    <t>Pointe De Penchateau</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.07.01</t>
+  </si>
+  <si>
+    <t>44.07.02</t>
+  </si>
+  <si>
+    <t>La Baule</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.07.02</t>
+  </si>
+  <si>
+    <t>44.08</t>
+  </si>
+  <si>
+    <t>Pornichet - Les Ilots</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.08</t>
+  </si>
+  <si>
+    <t>44.09</t>
+  </si>
+  <si>
+    <t>Estuaire De La Loire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.09</t>
+  </si>
+  <si>
+    <t>44.09.01</t>
+  </si>
+  <si>
+    <t>Secteur Côtier Saint-nazaire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.09.01</t>
+  </si>
+  <si>
+    <t>44.10</t>
+  </si>
+  <si>
+    <t>Embouchure - Banc Du Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.10</t>
+  </si>
+  <si>
+    <t>44.11</t>
+  </si>
+  <si>
+    <t>Embouchure Rive Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.11</t>
+  </si>
+  <si>
+    <t>44.12</t>
+  </si>
+  <si>
+    <t>La Cormorane</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.12</t>
+  </si>
+  <si>
+    <t>44.13</t>
+  </si>
+  <si>
+    <t>La Tara</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.13</t>
+  </si>
+  <si>
+    <t>44.14</t>
+  </si>
+  <si>
+    <t>La PrÉe</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.14</t>
+  </si>
+  <si>
+    <t>44.15</t>
+  </si>
+  <si>
+    <t>Les Grands Rochers</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.15</t>
+  </si>
+  <si>
+    <t>50.01</t>
+  </si>
+  <si>
+    <t>Brevands</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.01</t>
+  </si>
+  <si>
+    <t>5020252P (17/11/2025)</t>
+  </si>
+  <si>
+    <t>17/11/2025</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 05/11/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//AP portant classement de salubrité_17-11-25_0.pdf</t>
+  </si>
+  <si>
+    <t>50.02</t>
+  </si>
+  <si>
+    <t>Le Grand Vey</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.02</t>
+  </si>
+  <si>
+    <t>5020251P (17/11/2025)</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//AP portant classement de salubrité_17-11-25.pdf</t>
+  </si>
+  <si>
+    <t>50.03</t>
+  </si>
+  <si>
+    <t>Beauguillot</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.03</t>
+  </si>
+  <si>
+    <t>2026-28-02</t>
+  </si>
+  <si>
+    <t>50.04</t>
+  </si>
+  <si>
+    <t>Utah Beach Quinéville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.04</t>
+  </si>
+  <si>
+    <t>50.04.01</t>
+  </si>
+  <si>
+    <t>Saint-marcouf</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.04.01</t>
+  </si>
+  <si>
+    <t>50.04.02</t>
+  </si>
+  <si>
+    <t>Saint-martin-de-varreville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.04.02</t>
+  </si>
+  <si>
+    <t>50.05</t>
+  </si>
+  <si>
+    <t>Lestre</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.05</t>
+  </si>
+  <si>
+    <t>50.06.01</t>
+  </si>
+  <si>
+    <t>Anse Du Cul De Loup</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.06.01</t>
+  </si>
+  <si>
+    <t>50.06.02</t>
+  </si>
+  <si>
+    <t>Morsalines</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.06.02</t>
+  </si>
+  <si>
+    <t>50.07</t>
+  </si>
+  <si>
+    <t>Pointe De Saire</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.07</t>
+  </si>
+  <si>
+    <t>50.08</t>
+  </si>
+  <si>
+    <t>Est Cotentin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.08</t>
+  </si>
+  <si>
+    <t>50.09</t>
+  </si>
+  <si>
+    <t>Saint Remy Des Landes</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.09</t>
+  </si>
+  <si>
+    <t>50.10</t>
+  </si>
+  <si>
+    <t>Bretteville Sur Ay</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.10</t>
+  </si>
+  <si>
+    <t>50.11</t>
+  </si>
+  <si>
+    <t>Saint Germain Sur Ay</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.11</t>
+  </si>
+  <si>
+    <t>50.12</t>
+  </si>
+  <si>
+    <t>Pirou Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.12</t>
+  </si>
+  <si>
+    <t>50.13</t>
+  </si>
+  <si>
+    <t>Pirou Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.13</t>
+  </si>
+  <si>
+    <t>50.14.01</t>
+  </si>
+  <si>
+    <t>Anneville-sur-mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.14.01</t>
+  </si>
+  <si>
+    <t>50.14.02</t>
+  </si>
+  <si>
+    <t>Gouville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.14.02</t>
+  </si>
+  <si>
+    <t>50.14.03</t>
+  </si>
+  <si>
+    <t>Blainville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.14.03</t>
+  </si>
+  <si>
+    <t>50.14.04</t>
+  </si>
+  <si>
+    <t>Gouville / Blainville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.14.04</t>
+  </si>
+  <si>
+    <t>50.15.01</t>
+  </si>
+  <si>
+    <t>Agon Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.15.01</t>
+  </si>
+  <si>
+    <t>50.15.02</t>
+  </si>
+  <si>
+    <t>Agon Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.15.02</t>
+  </si>
+  <si>
+    <t>50.16</t>
+  </si>
+  <si>
+    <t>Hauteville Sur Mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.16</t>
+  </si>
+  <si>
+    <t>50.17</t>
+  </si>
+  <si>
+    <t>Lingreville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.17</t>
+  </si>
+  <si>
+    <t>50.18.01</t>
+  </si>
+  <si>
+    <t>Bricqueville Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.18.01</t>
+  </si>
+  <si>
+    <t>50.18.02</t>
+  </si>
+  <si>
+    <t>Bricqueville Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.18.02</t>
+  </si>
+  <si>
+    <t>50.18.19</t>
+  </si>
+  <si>
+    <t>Bricqueville Nord à Coudeville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.18.19</t>
+  </si>
+  <si>
+    <t>50.19</t>
+  </si>
+  <si>
+    <t>Coudeville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.19</t>
+  </si>
+  <si>
+    <t>50.20</t>
+  </si>
+  <si>
+    <t>Donville Les Bains</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.20</t>
+  </si>
+  <si>
+    <t>50.21</t>
+  </si>
+  <si>
+    <t>Ouest Et Nord Cotentin</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.21</t>
+  </si>
+  <si>
+    <t>50.22</t>
+  </si>
+  <si>
+    <t>Sud Granville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.22</t>
+  </si>
+  <si>
+    <t>50.23</t>
+  </si>
+  <si>
+    <t>Hacqueville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.23</t>
+  </si>
+  <si>
+    <t>50.24</t>
+  </si>
+  <si>
+    <t>Baie Du Mont St Michel Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.24</t>
+  </si>
+  <si>
+    <t>50.24.01</t>
+  </si>
+  <si>
+    <t>Jullouville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.24.01</t>
+  </si>
+  <si>
+    <t>50.24.02</t>
+  </si>
+  <si>
+    <t>Champeaux</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.24.02</t>
+  </si>
+  <si>
+    <t>50.24.03</t>
+  </si>
+  <si>
+    <t>Dragey-ronthon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.24.03</t>
+  </si>
+  <si>
+    <t>50.25</t>
+  </si>
+  <si>
+    <t>Chausey</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/50.25</t>
+  </si>
+  <si>
+    <t>56.01.1</t>
+  </si>
+  <si>
+    <t>Zone Du Large – Belle Ile</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.01.1</t>
+  </si>
+  <si>
+    <t>56.01.2</t>
+  </si>
+  <si>
+    <t>Zone Du Large - Ile De Groix - Zone De Parcs</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.01.2</t>
+  </si>
+  <si>
+    <t>56.01.3</t>
+  </si>
+  <si>
+    <t>Zone Du Large - Ile De Groix - Bande Cotiere</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.01.3</t>
+  </si>
+  <si>
+    <t>56.01.4</t>
+  </si>
+  <si>
+    <t>Zone Du Large - Belle Ile</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.01.4</t>
+  </si>
+  <si>
+    <t>56.01.5</t>
+  </si>
+  <si>
+    <t>Zone Du Large - Ile De Houat</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.01.5</t>
+  </si>
+  <si>
+    <t>56.01.6</t>
+  </si>
+  <si>
+    <t>Zone Du Large - Ile De Hoedic</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.01.6</t>
+  </si>
+  <si>
+    <t>56.01.7</t>
+  </si>
+  <si>
+    <t>Zone Du Large – Groix</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.01.7</t>
+  </si>
+  <si>
+    <t>56.01.8</t>
+  </si>
+  <si>
+    <t>Ile De Houat – Zone De Parcs</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.01.8</t>
+  </si>
+  <si>
+    <t>56.03.1</t>
+  </si>
+  <si>
+    <t>Bande Cotiere Entre La Laita Et La Rade De Port-louis</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.03.1</t>
+  </si>
+  <si>
+    <t>56.04.1</t>
+  </si>
+  <si>
+    <t>Lorient - Riviere Du Scorff Et Rade De Port-louis</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.04.1</t>
+  </si>
+  <si>
+    <t>56.04.2</t>
+  </si>
+  <si>
+    <t>Lorient - Le Blavet Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.04.2</t>
+  </si>
+  <si>
+    <t>56.04.3</t>
+  </si>
+  <si>
+    <t>Lorient - Le Blavet Aval</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.04.3</t>
+  </si>
+  <si>
+    <t>56.04.4</t>
+  </si>
+  <si>
+    <t>Lorient - Petite Mer De Gavres</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.04.4</t>
+  </si>
+  <si>
+    <t>56.04.5</t>
+  </si>
+  <si>
+    <t>Lorient - Cote Entre La Rade De Port-louis Et La Riviere D'etel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.04.5</t>
+  </si>
+  <si>
+    <t>56.05.1</t>
+  </si>
+  <si>
+    <t>Riviere D'etel - Bras De Nostang</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.05.1</t>
+  </si>
+  <si>
+    <t>56.05.2</t>
+  </si>
+  <si>
+    <t>Riviere D'etel - Anse Du Kerihuelo</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.05.2</t>
+  </si>
+  <si>
+    <t>56.05.3</t>
+  </si>
+  <si>
+    <t>Riviere D'etel - Anse Du Listrec</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.05.3</t>
+  </si>
+  <si>
+    <t>56.05.4</t>
+  </si>
+  <si>
+    <t>Riviere D'etel - La Cote</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.05.4</t>
+  </si>
+  <si>
+    <t>56.05.5</t>
+  </si>
+  <si>
+    <t>Riviere D'etel - Beg Er Vil</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.05.5</t>
+  </si>
+  <si>
+    <t>56.05.6</t>
+  </si>
+  <si>
+    <t>Riviere D'etel - Anse Du Sach</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.05.6</t>
+  </si>
+  <si>
+    <t>56.06.1</t>
+  </si>
+  <si>
+    <t>Bande Cotiere Entre La Riviere D'etel Et Penthievre</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.06.1</t>
+  </si>
+  <si>
+    <t>56.07.1</t>
+  </si>
+  <si>
+    <t>Presqu'ile De Quiberon - Cotes De St Pierre Quiberon Et Quiberon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.07.1</t>
+  </si>
+  <si>
+    <t>56.07.3</t>
+  </si>
+  <si>
+    <t>Côte De Quibéron Coté Baie</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.07.3</t>
+  </si>
+  <si>
+    <t>56.08.1</t>
+  </si>
+  <si>
+    <t>Baie De Quiberon - Baie De Plouharnel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.08.1</t>
+  </si>
+  <si>
+    <t>56.08.10</t>
+  </si>
+  <si>
+    <t>Baie De Plouharnel Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.08.10</t>
+  </si>
+  <si>
+    <t>56.08.11</t>
+  </si>
+  <si>
+    <t>Baie De Plouharnel Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.08.11</t>
+  </si>
+  <si>
+    <t>56.08.2</t>
+  </si>
+  <si>
+    <t>Baie De Quiberon - Baie De Quiberon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.08.2</t>
+  </si>
+  <si>
+    <t>56.08.20</t>
+  </si>
+  <si>
+    <t>Baie De Quiberon Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.08.20</t>
+  </si>
+  <si>
+    <t>56.08.21</t>
+  </si>
+  <si>
+    <t>Baie De Quiberon Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.08.21</t>
+  </si>
+  <si>
+    <t>56.08.3</t>
+  </si>
+  <si>
+    <t>Baie De Quiberon - Anse Du Men Du</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.08.3</t>
+  </si>
+  <si>
+    <t>56.09.1</t>
+  </si>
+  <si>
+    <t>Riviere De Crach - Riviere De Crach Amont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.09.1</t>
+  </si>
+  <si>
+    <t>56.09.2</t>
+  </si>
+  <si>
+    <t>Riviere De Crach - Kerlearec</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.09.2</t>
+  </si>
+  <si>
+    <t>56.09.3</t>
+  </si>
+  <si>
+    <t>Riviere De Crach - Les Presses</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.09.3</t>
+  </si>
+  <si>
+    <t>56.10.1</t>
+  </si>
+  <si>
+    <t>Riviere De St Philibert</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.10.1</t>
+  </si>
+  <si>
+    <t>56.11.1</t>
+  </si>
+  <si>
+    <t>Anse De Locmariaquer - Le Breneguy</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.11.1</t>
+  </si>
+  <si>
+    <t>56.12.1</t>
+  </si>
+  <si>
+    <t>Riviere D'auray - Riviere Le Loch</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.12.1</t>
+  </si>
+  <si>
+    <t>56.12.2</t>
+  </si>
+  <si>
+    <t>Riviere D'auray - Riviere Le Bono</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.12.2</t>
+  </si>
+  <si>
+    <t>56.12.3</t>
+  </si>
+  <si>
+    <t>Riviere D'auray - Le Rohello</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.12.3</t>
+  </si>
+  <si>
+    <t>56.12.4</t>
+  </si>
+  <si>
+    <t>Riviere D'auray Aval Et Anse De Baden</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.12.4</t>
+  </si>
+  <si>
+    <t>56.13.10</t>
+  </si>
+  <si>
+    <t>Golfe Du Morbihan</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.10</t>
+  </si>
+  <si>
+    <t>56.13.20</t>
+  </si>
+  <si>
+    <t>Golfe Du Morbihan Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.20</t>
+  </si>
+  <si>
+    <t>56.13.21</t>
+  </si>
+  <si>
+    <t>Locmiquel - Berder - Kerdelan</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.21</t>
+  </si>
+  <si>
+    <t>56.13.22</t>
+  </si>
+  <si>
+    <t>Golfe Du Morbihan Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.22</t>
+  </si>
+  <si>
+    <t>56.13.23</t>
+  </si>
+  <si>
+    <t>Ile Aux Moines - Ile D'arz</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.23</t>
+  </si>
+  <si>
+    <t>56.13.24</t>
+  </si>
+  <si>
+    <t>Golfe Du Morbihan Est</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.24</t>
+  </si>
+  <si>
+    <t>56.13.5</t>
+  </si>
+  <si>
+    <t>Golfe Du Morbihan - Iles De Boede Et Boedic</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.5</t>
+  </si>
+  <si>
+    <t>56.13.6</t>
+  </si>
+  <si>
+    <t>Golfe Du Morbihan - Chenal De St Leonard</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.6</t>
+  </si>
+  <si>
+    <t>56.13.7</t>
+  </si>
+  <si>
+    <t>Golfe Du Morbihan - Riviere De Noyalo</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.7</t>
+  </si>
+  <si>
+    <t>56.13.8</t>
+  </si>
+  <si>
+    <t>Rivière De Vannes</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.13.8</t>
+  </si>
+  <si>
+    <t>56.14.1</t>
+  </si>
+  <si>
+    <t>Bande Cotiere Presqu'ile De Rhuys Cote Ocean</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.14.1</t>
+  </si>
+  <si>
+    <t>56.15.1</t>
+  </si>
+  <si>
+    <t>Riviere De Penerf - Etier De Kerboulicot</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.1</t>
+  </si>
+  <si>
+    <t>56.15.10</t>
+  </si>
+  <si>
+    <t>Rivière De Penerf</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.10</t>
+  </si>
+  <si>
+    <t>56.15.2</t>
+  </si>
+  <si>
+    <t>Riviere De Penerf - Etier De Caden</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.2</t>
+  </si>
+  <si>
+    <t>56.15.3</t>
+  </si>
+  <si>
+    <t>Riviere De Penerf - Etier De Sainte Anne</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.3</t>
+  </si>
+  <si>
+    <t>56.15.4</t>
+  </si>
+  <si>
+    <t>Riviere De Penerf - Etier De L'epinay</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.4</t>
+  </si>
+  <si>
+    <t>56.15.5</t>
+  </si>
+  <si>
+    <t>Riviere De Penerf - Chenal D'ambon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.5</t>
+  </si>
+  <si>
+    <t>56.15.6</t>
+  </si>
+  <si>
+    <t>Riviere De Penerf</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.6</t>
+  </si>
+  <si>
+    <t>56.15.7</t>
+  </si>
+  <si>
+    <t>Embouchure De La Riviere De Penerf</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.7</t>
+  </si>
+  <si>
+    <t>56.15.8</t>
+  </si>
+  <si>
+    <t>Riviere De Penerf - Claires Du Pont Neuf</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.15.8</t>
+  </si>
+  <si>
+    <t>56.16.1</t>
+  </si>
+  <si>
+    <t>Entre La Riviere De Penerf Et L'estuaire De La Vilaine</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.16.1</t>
+  </si>
+  <si>
+    <t>56.17.1</t>
+  </si>
+  <si>
+    <t>Estuaire De La Vilaine - Baie De Kervoyal</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.17.1</t>
+  </si>
+  <si>
+    <t>56.17.10</t>
+  </si>
+  <si>
+    <t>Estuaire De La Vilaine - Vilaine</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.17.10</t>
+  </si>
+  <si>
+    <t>56.17.2</t>
+  </si>
+  <si>
+    <t>Estuaire De La Vilaine - Etier De Billiers</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.17.2</t>
+  </si>
+  <si>
+    <t>56.17.3</t>
+  </si>
+  <si>
+    <t>Estuaire De La Vilaine - Embouchure De La Vilaine</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.17.3</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-30-11</t>
+  </si>
+  <si>
+    <t>56.17.4</t>
+  </si>
+  <si>
+    <t>Estuaire De La Vilaine - Baie De La Vilaine</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.17.4</t>
+  </si>
+  <si>
+    <t>56.17.5</t>
+  </si>
+  <si>
+    <t>Estuaire De La Vilaine - Côte De La Mine D'or</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.17.5</t>
+  </si>
+  <si>
+    <t>56.17.7</t>
+  </si>
+  <si>
+    <t>Estuaire De La Vilaine - Rivière De Vilaine</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.17.7</t>
+  </si>
+  <si>
+    <t>56.18.1</t>
+  </si>
+  <si>
+    <t>Baie De Pont Mahe</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/56.18.1</t>
+  </si>
+  <si>
+    <t>59.01</t>
+  </si>
+  <si>
+    <t>Au Large De La Commune De Zuydcoote</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/59.01</t>
+  </si>
+  <si>
+    <t>5920251P (04/02/2025)</t>
+  </si>
+  <si>
+    <t>04/02/2025</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 17 octobre 2022</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//2025-01-23_AP_coquillages_Nord_0.pdf</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>2026-31-08</t>
+  </si>
+  <si>
+    <t>62.01</t>
+  </si>
+  <si>
+    <t>Oye-plage Marck</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/62.01</t>
+  </si>
+  <si>
+    <t>6220241P (19/03/2024)</t>
+  </si>
+  <si>
+    <t>19/03/2024</t>
+  </si>
+  <si>
+    <t>Abroge et remplace l'arrêté du 27 janvier 2021</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//AP_classement_PdC_19_mars_2024_0.pdf</t>
+  </si>
+  <si>
+    <t>62.02</t>
+  </si>
+  <si>
+    <t>Calais</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/62.02</t>
+  </si>
+  <si>
+    <t>620211P (27/01/2021)</t>
+  </si>
+  <si>
+    <t>27/01/2021</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 23 août 2019 modifié par l'arrêté du 16 juillet 2020</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//6220211P.pdf</t>
+  </si>
+  <si>
+    <t>62.03</t>
+  </si>
+  <si>
+    <t>Sangatte Blanc-nez</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/62.03</t>
+  </si>
+  <si>
+    <t>62.04</t>
+  </si>
+  <si>
+    <t>Baie De Wissant</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/62.04</t>
+  </si>
+  <si>
+    <t>62.05</t>
+  </si>
+  <si>
+    <t>Gris-nez</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/62.05</t>
+  </si>
+  <si>
+    <t>62.06.01</t>
+  </si>
+  <si>
+    <t>Les Crans Audresselles</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/62.06.01</t>
+  </si>
+  <si>
+    <t>62.06.02</t>
+  </si>
+  <si>
+    <t>Ambleteuse</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/62.06.02</t>
+  </si>
+  <si>
+    <t>62.07.01</t>
+  </si>
+  <si>
+    <t>Wimereux Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/62.07.01</t>
+  </si>
+  <si>
+    <t>62.07.02</t>
+  </si>
+  <si>
+    <t>Wimereux Sue Centre De Voile</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/62.07.02</t>
+  </si>
+  <si>
+    <t>62.08</t>
+  </si>
+  <si>
+    <t>Port De Boulogne Sur Mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/62.08</t>
+  </si>
+  <si>
+    <t>62.09</t>
+  </si>
+  <si>
+    <t>Le Portel Equihen</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/62.09</t>
+  </si>
+  <si>
+    <t>62.10</t>
+  </si>
+  <si>
+    <t>Baie De Canche : Hardelot Le Touquet</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/62.10</t>
+  </si>
+  <si>
+    <t>62.11</t>
+  </si>
+  <si>
+    <t>Berck Merlimont</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/62.11</t>
+  </si>
+  <si>
+    <t>6280.00</t>
+  </si>
+  <si>
+    <t>Baie D'authie</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/6280.00</t>
+  </si>
+  <si>
+    <t>8020242P (06/01/2025)</t>
+  </si>
+  <si>
+    <t>06/01/2025</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 05 avril 2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//AP_classement_80_du_16_decembre_2024(1).pdf</t>
+  </si>
+  <si>
+    <t>66.01</t>
+  </si>
+  <si>
+    <t>Etang De Salses</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/66.01</t>
+  </si>
+  <si>
+    <t>6620171P (18/12/2017)</t>
+  </si>
+  <si>
+    <t>18/12/2017</t>
+  </si>
+  <si>
+    <t>abroge les arrêté du 11 septembre 2003 et du 19 septembre 2013</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//6620171P.pdf</t>
+  </si>
+  <si>
+    <t>66.02</t>
+  </si>
+  <si>
+    <t>Etang De Salses Zone Ouest</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/66.02</t>
+  </si>
+  <si>
+    <t>6620031P (11/09/2003)</t>
+  </si>
+  <si>
+    <t>11/09/2003</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//6620031P.pdf</t>
+  </si>
+  <si>
+    <t>66.03</t>
+  </si>
+  <si>
+    <t>Etang De Salses Zone Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/66.03</t>
+  </si>
+  <si>
+    <t>66.04</t>
+  </si>
+  <si>
+    <t>Etang De L Angle</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/66.04</t>
+  </si>
+  <si>
+    <t>66.07</t>
+  </si>
+  <si>
+    <t>Abri De Sainte Marie La Mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/66.07</t>
+  </si>
+  <si>
+    <t>66.08</t>
+  </si>
+  <si>
+    <t>Port De Canet En Roussillon</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/66.08</t>
+  </si>
+  <si>
+    <t>66.09</t>
+  </si>
+  <si>
+    <t>Port De Saint Cyprien</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/66.09</t>
+  </si>
+  <si>
+    <t>66.10</t>
+  </si>
+  <si>
+    <t>Port De Saint Cyprien Les Darses</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/66.10</t>
+  </si>
+  <si>
+    <t>66.11</t>
+  </si>
+  <si>
+    <t>Port D Argeles Sur Mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/66.11</t>
+  </si>
+  <si>
+    <t>66.12</t>
+  </si>
+  <si>
+    <t>Baie De Collioure</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/66.12</t>
+  </si>
+  <si>
+    <t>66.13</t>
+  </si>
+  <si>
+    <t>Port De Port Vendres</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/66.13</t>
+  </si>
+  <si>
+    <t>66.14</t>
+  </si>
+  <si>
+    <t>Port De Banyuls</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/66.14</t>
+  </si>
+  <si>
+    <t>66.15</t>
+  </si>
+  <si>
+    <t>Mouillage De Cerbere</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/66.15</t>
+  </si>
+  <si>
+    <t>66.16</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/66.16</t>
+  </si>
+  <si>
+    <t>66.17</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/66.17</t>
+  </si>
+  <si>
+    <t>66.18</t>
+  </si>
+  <si>
+    <t>Zone Large Du Littoral</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/66.18</t>
+  </si>
+  <si>
+    <t>76.01</t>
+  </si>
+  <si>
+    <t>Etretat - Le Tréport</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/76.01</t>
+  </si>
+  <si>
+    <t>7620251P (23/07/2025)</t>
+  </si>
+  <si>
+    <t>23/07/2025</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 27/06/2024</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//AP 2025-07-23_classementsalubrité76 - RAA-76-2025-07-23-00005_1.pdf</t>
+  </si>
+  <si>
+    <t>76.02</t>
+  </si>
+  <si>
+    <t>Antifer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/76.02</t>
+  </si>
+  <si>
+    <t>76.03</t>
+  </si>
+  <si>
+    <t>Le Tréport</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/76.03</t>
+  </si>
+  <si>
+    <t>76.04</t>
+  </si>
+  <si>
+    <t>Veules-les-roses</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/76.04</t>
+  </si>
+  <si>
+    <t>76.05</t>
+  </si>
+  <si>
+    <t>Saint-aubin-sur-mer - Quiberville</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/76.05</t>
+  </si>
+  <si>
+    <t>76.06</t>
+  </si>
+  <si>
+    <t>Tréport-ouest</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/76.06</t>
+  </si>
+  <si>
+    <t>80.02</t>
+  </si>
+  <si>
+    <t>Quend-plage</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/80.02</t>
+  </si>
+  <si>
+    <t>80.03</t>
+  </si>
+  <si>
+    <t>Baie De Somme Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/80.03</t>
+  </si>
+  <si>
+    <t>80.04</t>
+  </si>
+  <si>
+    <t>Baie De Somme Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/80.04</t>
+  </si>
+  <si>
+    <t>80.05</t>
+  </si>
+  <si>
+    <t>Cayeux Ault Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/80.05</t>
+  </si>
+  <si>
+    <t>80.06</t>
+  </si>
+  <si>
+    <t>Bois De Cise Mers-les-bains</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/80.06</t>
+  </si>
+  <si>
+    <t>80.07</t>
+  </si>
+  <si>
+    <t>Au Large De La Somme</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/80.07</t>
+  </si>
+  <si>
+    <t>83.01</t>
+  </si>
+  <si>
+    <t>Zone 83-01</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/83.01</t>
+  </si>
+  <si>
+    <t>8320091P (30/12/2009)</t>
+  </si>
+  <si>
+    <t>30/12/2009</t>
+  </si>
+  <si>
+    <t>abroge l'arrêté du 25/10/2004</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//8320091P.pdf</t>
+  </si>
+  <si>
+    <t>83.01.01</t>
+  </si>
+  <si>
+    <t>Zone 83-01.01</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/83.01.01</t>
+  </si>
+  <si>
+    <t>83.02</t>
+  </si>
+  <si>
+    <t>Zone 83-02</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/83.02</t>
+  </si>
+  <si>
+    <t>83.02.01</t>
+  </si>
+  <si>
+    <t>Baie Du Lazaret</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/83.02.01</t>
+  </si>
+  <si>
+    <t>83.02.02</t>
+  </si>
+  <si>
+    <t>Zone 83-02.02</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/83.02.02</t>
+  </si>
+  <si>
+    <t>83.03</t>
+  </si>
+  <si>
+    <t>Zone 83-03</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/83.03</t>
+  </si>
+  <si>
+    <t>83.03.01</t>
+  </si>
+  <si>
+    <t>Zone 83-03.01</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/83.03.01</t>
+  </si>
+  <si>
+    <t>83.03.02</t>
+  </si>
+  <si>
+    <t>Zone 83-03.02</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/83.03.02</t>
+  </si>
+  <si>
+    <t>83.03.03</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/83.03.03</t>
+  </si>
+  <si>
+    <t>85.01.02</t>
+  </si>
+  <si>
+    <t>Sud Jetee Des Ileaux</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/85.01.02</t>
+  </si>
+  <si>
+    <t>8520241P (18/12/2024)</t>
   </si>
   <si>
     <t>18/12/2024</t>
-  </si>
-[...3814 lines deleted...]
-    <t>8520241P (18/12/2024)</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//2024_AP_736_classement.pdf</t>
   </si>
   <si>
     <t>85.01.04</t>
   </si>
   <si>
     <t>Les Sableaux</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/85.01.04</t>
   </si>
   <si>
     <t>85.01.05</t>
   </si>
   <si>
     <t>Gresseloup</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/85.01.05</t>
   </si>
   <si>
     <t>85.01.06</t>
   </si>
@@ -6790,51 +6799,51 @@
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AD585"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="AD1" sqref="AD1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="147.393" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="233.514" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="183.955" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="70.697" bestFit="true" customWidth="true" style="0"/>
@@ -11061,89 +11070,89 @@
       <c r="A101" t="s">
         <v>401</v>
       </c>
       <c r="B101" t="s">
         <v>402</v>
       </c>
       <c r="C101" t="s">
         <v>403</v>
       </c>
       <c r="D101" t="s">
         <v>79</v>
       </c>
       <c r="E101" t="s">
         <v>359</v>
       </c>
       <c r="F101" t="s">
         <v>360</v>
       </c>
       <c r="I101" t="s">
         <v>83</v>
       </c>
       <c r="J101" t="s">
         <v>361</v>
       </c>
       <c r="K101" t="s">
-        <v>85</v>
+        <v>106</v>
       </c>
       <c r="L101" t="s">
         <v>106</v>
       </c>
       <c r="M101" t="s">
         <v>106</v>
       </c>
       <c r="O101" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="102" spans="1:30">
       <c r="A102" t="s">
         <v>404</v>
       </c>
       <c r="B102" t="s">
         <v>405</v>
       </c>
       <c r="C102" t="s">
         <v>406</v>
       </c>
       <c r="D102" t="s">
         <v>79</v>
       </c>
       <c r="E102" t="s">
         <v>359</v>
       </c>
       <c r="F102" t="s">
         <v>360</v>
       </c>
       <c r="I102" t="s">
         <v>83</v>
       </c>
       <c r="J102" t="s">
         <v>361</v>
       </c>
       <c r="K102" t="s">
-        <v>85</v>
+        <v>106</v>
       </c>
       <c r="L102" t="s">
         <v>106</v>
       </c>
       <c r="M102" t="s">
         <v>106</v>
       </c>
       <c r="O102" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="103" spans="1:30">
       <c r="A103" t="s">
         <v>407</v>
       </c>
       <c r="B103" t="s">
         <v>408</v>
       </c>
       <c r="C103" t="s">
         <v>409</v>
       </c>
       <c r="D103" t="s">
         <v>79</v>
       </c>
       <c r="E103" t="s">
@@ -11911,51 +11920,51 @@
       <c r="A121" t="s">
         <v>465</v>
       </c>
       <c r="B121" t="s">
         <v>466</v>
       </c>
       <c r="C121" t="s">
         <v>467</v>
       </c>
       <c r="D121" t="s">
         <v>79</v>
       </c>
       <c r="E121" t="s">
         <v>359</v>
       </c>
       <c r="F121" t="s">
         <v>360</v>
       </c>
       <c r="I121" t="s">
         <v>83</v>
       </c>
       <c r="J121" t="s">
         <v>361</v>
       </c>
       <c r="K121" t="s">
-        <v>85</v>
+        <v>106</v>
       </c>
       <c r="L121" t="s">
         <v>106</v>
       </c>
       <c r="M121" t="s">
         <v>106</v>
       </c>
       <c r="O121" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="122" spans="1:30">
       <c r="A122" t="s">
         <v>468</v>
       </c>
       <c r="B122" t="s">
         <v>469</v>
       </c>
       <c r="C122" t="s">
         <v>470</v>
       </c>
       <c r="D122" t="s">
         <v>79</v>
       </c>
       <c r="E122" t="s">
@@ -13720,14000 +13729,13943 @@
         <v>89</v>
       </c>
       <c r="O164" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="165" spans="1:30">
       <c r="A165" t="s">
         <v>600</v>
       </c>
       <c r="B165" t="s">
         <v>601</v>
       </c>
       <c r="C165" t="s">
         <v>602</v>
       </c>
       <c r="D165" t="s">
         <v>79</v>
       </c>
       <c r="E165" t="s">
         <v>603</v>
       </c>
       <c r="F165" t="s">
         <v>604</v>
       </c>
-      <c r="H165" t="s">
+      <c r="I165" t="s">
+        <v>83</v>
+      </c>
+      <c r="J165" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K165" t="s">
         <v>89</v>
       </c>
       <c r="L165" t="s">
         <v>89</v>
       </c>
       <c r="M165" t="s">
         <v>89</v>
       </c>
       <c r="O165" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="166" spans="1:30">
       <c r="A166" t="s">
+        <v>606</v>
+      </c>
+      <c r="B166" t="s">
         <v>607</v>
       </c>
-      <c r="B166" t="s">
+      <c r="C166" t="s">
         <v>608</v>
-      </c>
-[...1 lines deleted...]
-        <v>609</v>
       </c>
       <c r="D166" t="s">
         <v>79</v>
       </c>
       <c r="E166" t="s">
         <v>603</v>
       </c>
       <c r="F166" t="s">
         <v>604</v>
       </c>
-      <c r="H166" t="s">
+      <c r="I166" t="s">
+        <v>83</v>
+      </c>
+      <c r="J166" t="s">
         <v>605</v>
       </c>
-      <c r="I166" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K166" t="s">
         <v>85</v>
       </c>
       <c r="L166" t="s">
-        <v>96</v>
+        <v>236</v>
       </c>
       <c r="M166" t="s">
         <v>85</v>
       </c>
       <c r="O166" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="167" spans="1:30">
       <c r="A167" t="s">
+        <v>609</v>
+      </c>
+      <c r="B167" t="s">
         <v>610</v>
       </c>
-      <c r="B167" t="s">
+      <c r="C167" t="s">
         <v>611</v>
-      </c>
-[...1 lines deleted...]
-        <v>612</v>
       </c>
       <c r="D167" t="s">
         <v>79</v>
       </c>
       <c r="E167" t="s">
         <v>603</v>
       </c>
       <c r="F167" t="s">
         <v>604</v>
       </c>
-      <c r="H167" t="s">
+      <c r="I167" t="s">
+        <v>83</v>
+      </c>
+      <c r="J167" t="s">
         <v>605</v>
       </c>
-      <c r="I167" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K167" t="s">
         <v>85</v>
       </c>
       <c r="L167" t="s">
-        <v>89</v>
+        <v>236</v>
       </c>
       <c r="M167" t="s">
         <v>96</v>
       </c>
       <c r="O167" t="s">
         <v>365</v>
       </c>
       <c r="P167" t="s">
         <v>379</v>
       </c>
       <c r="Q167" t="s">
-        <v>613</v>
+        <v>449</v>
       </c>
       <c r="R167" t="s">
         <v>85</v>
       </c>
       <c r="S167" t="s">
-        <v>89</v>
+        <v>236</v>
       </c>
       <c r="T167" t="s">
         <v>89</v>
       </c>
       <c r="U167" t="s">
-        <v>614</v>
+        <v>447</v>
       </c>
       <c r="V167" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="W167" t="s">
         <v>85</v>
       </c>
       <c r="X167" t="s">
-        <v>89</v>
+        <v>236</v>
       </c>
       <c r="Y167" t="s">
         <v>96</v>
       </c>
-      <c r="Z167" t="s">
-[...13 lines deleted...]
-      </c>
     </row>
     <row r="168" spans="1:30">
       <c r="A168" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="B168" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="C168" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D168" t="s">
         <v>79</v>
       </c>
       <c r="E168" t="s">
         <v>603</v>
       </c>
       <c r="F168" t="s">
         <v>604</v>
       </c>
-      <c r="H168" t="s">
+      <c r="I168" t="s">
+        <v>83</v>
+      </c>
+      <c r="J168" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K168" t="s">
         <v>85</v>
       </c>
       <c r="L168" t="s">
         <v>85</v>
       </c>
       <c r="M168" t="s">
         <v>85</v>
       </c>
       <c r="O168" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="169" spans="1:30">
       <c r="A169" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="B169" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="C169" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="D169" t="s">
         <v>79</v>
       </c>
       <c r="E169" t="s">
         <v>603</v>
       </c>
       <c r="F169" t="s">
         <v>604</v>
       </c>
-      <c r="H169" t="s">
+      <c r="I169" t="s">
+        <v>83</v>
+      </c>
+      <c r="J169" t="s">
         <v>605</v>
       </c>
-      <c r="I169" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K169" t="s">
         <v>85</v>
       </c>
       <c r="L169" t="s">
-        <v>96</v>
+        <v>236</v>
       </c>
       <c r="M169" t="s">
         <v>85</v>
       </c>
       <c r="O169" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="170" spans="1:30">
       <c r="A170" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="B170" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="C170" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="D170" t="s">
         <v>79</v>
       </c>
       <c r="E170" t="s">
         <v>603</v>
       </c>
       <c r="F170" t="s">
         <v>604</v>
       </c>
-      <c r="H170" t="s">
+      <c r="I170" t="s">
+        <v>83</v>
+      </c>
+      <c r="J170" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K170" t="s">
         <v>85</v>
       </c>
       <c r="L170" t="s">
         <v>85</v>
       </c>
       <c r="M170" t="s">
         <v>96</v>
       </c>
       <c r="O170" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="171" spans="1:30">
       <c r="A171" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="B171" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="C171" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="D171" t="s">
         <v>79</v>
       </c>
       <c r="E171" t="s">
         <v>603</v>
       </c>
       <c r="F171" t="s">
         <v>604</v>
       </c>
-      <c r="H171" t="s">
+      <c r="I171" t="s">
+        <v>83</v>
+      </c>
+      <c r="J171" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K171" t="s">
         <v>85</v>
       </c>
       <c r="L171" t="s">
         <v>85</v>
       </c>
       <c r="M171" t="s">
         <v>96</v>
       </c>
       <c r="O171" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="172" spans="1:30">
       <c r="A172" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="B172" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="C172" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="D172" t="s">
         <v>79</v>
       </c>
       <c r="E172" t="s">
         <v>603</v>
       </c>
       <c r="F172" t="s">
         <v>604</v>
       </c>
-      <c r="H172" t="s">
+      <c r="I172" t="s">
+        <v>83</v>
+      </c>
+      <c r="J172" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K172" t="s">
         <v>85</v>
       </c>
       <c r="L172" t="s">
         <v>85</v>
       </c>
       <c r="M172" t="s">
         <v>85</v>
       </c>
       <c r="O172" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="173" spans="1:30">
       <c r="A173" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="B173" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="C173" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="D173" t="s">
         <v>79</v>
       </c>
       <c r="E173" t="s">
         <v>603</v>
       </c>
       <c r="F173" t="s">
         <v>604</v>
       </c>
-      <c r="H173" t="s">
+      <c r="I173" t="s">
+        <v>83</v>
+      </c>
+      <c r="J173" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K173" t="s">
         <v>85</v>
       </c>
       <c r="L173" t="s">
         <v>85</v>
       </c>
       <c r="M173" t="s">
         <v>236</v>
       </c>
       <c r="O173" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="174" spans="1:30">
       <c r="A174" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="B174" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="C174" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="D174" t="s">
         <v>79</v>
       </c>
       <c r="E174" t="s">
         <v>603</v>
       </c>
       <c r="F174" t="s">
         <v>604</v>
       </c>
-      <c r="H174" t="s">
+      <c r="I174" t="s">
+        <v>83</v>
+      </c>
+      <c r="J174" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K174" t="s">
         <v>85</v>
       </c>
       <c r="L174" t="s">
         <v>85</v>
       </c>
       <c r="M174" t="s">
         <v>236</v>
       </c>
       <c r="O174" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="175" spans="1:30">
       <c r="A175" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="B175" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="C175" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="D175" t="s">
         <v>79</v>
       </c>
       <c r="E175" t="s">
         <v>603</v>
       </c>
       <c r="F175" t="s">
         <v>604</v>
       </c>
-      <c r="H175" t="s">
+      <c r="I175" t="s">
+        <v>83</v>
+      </c>
+      <c r="J175" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K175" t="s">
         <v>85</v>
       </c>
       <c r="L175" t="s">
         <v>85</v>
       </c>
       <c r="M175" t="s">
         <v>85</v>
       </c>
       <c r="O175" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="176" spans="1:30">
       <c r="A176" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="B176" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="C176" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="D176" t="s">
         <v>79</v>
       </c>
       <c r="E176" t="s">
         <v>603</v>
       </c>
       <c r="F176" t="s">
         <v>604</v>
       </c>
-      <c r="H176" t="s">
+      <c r="I176" t="s">
+        <v>83</v>
+      </c>
+      <c r="J176" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K176" t="s">
         <v>85</v>
       </c>
       <c r="L176" t="s">
         <v>85</v>
       </c>
       <c r="M176" t="s">
         <v>236</v>
       </c>
       <c r="O176" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="177" spans="1:30">
       <c r="A177" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="B177" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="C177" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="D177" t="s">
         <v>79</v>
       </c>
       <c r="E177" t="s">
         <v>603</v>
       </c>
       <c r="F177" t="s">
         <v>604</v>
       </c>
-      <c r="H177" t="s">
+      <c r="I177" t="s">
+        <v>83</v>
+      </c>
+      <c r="J177" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K177" t="s">
         <v>85</v>
       </c>
       <c r="L177" t="s">
         <v>85</v>
       </c>
       <c r="M177" t="s">
         <v>96</v>
       </c>
       <c r="O177" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="178" spans="1:30">
       <c r="A178" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="B178" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="C178" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="D178" t="s">
         <v>79</v>
       </c>
       <c r="E178" t="s">
         <v>603</v>
       </c>
       <c r="F178" t="s">
         <v>604</v>
       </c>
-      <c r="H178" t="s">
+      <c r="I178" t="s">
+        <v>83</v>
+      </c>
+      <c r="J178" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K178" t="s">
         <v>85</v>
       </c>
       <c r="L178" t="s">
         <v>96</v>
       </c>
       <c r="M178" t="s">
         <v>96</v>
       </c>
       <c r="O178" t="s">
-        <v>79</v>
+        <v>365</v>
+      </c>
+      <c r="P178" t="s">
+        <v>447</v>
+      </c>
+      <c r="Q178" t="s">
+        <v>645</v>
+      </c>
+      <c r="R178" t="s">
+        <v>85</v>
+      </c>
+      <c r="S178" t="s">
+        <v>96</v>
+      </c>
+      <c r="T178" t="s">
+        <v>96</v>
+      </c>
+      <c r="U178" t="s">
+        <v>646</v>
+      </c>
+      <c r="V178" t="s">
+        <v>449</v>
+      </c>
+      <c r="W178" t="s">
+        <v>85</v>
+      </c>
+      <c r="X178" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y178" t="s">
+        <v>96</v>
       </c>
     </row>
     <row r="179" spans="1:30">
       <c r="A179" t="s">
+        <v>647</v>
+      </c>
+      <c r="B179" t="s">
         <v>648</v>
       </c>
-      <c r="B179" t="s">
+      <c r="C179" t="s">
         <v>649</v>
-      </c>
-[...1 lines deleted...]
-        <v>650</v>
       </c>
       <c r="D179" t="s">
         <v>79</v>
       </c>
       <c r="E179" t="s">
         <v>603</v>
       </c>
       <c r="F179" t="s">
         <v>604</v>
       </c>
-      <c r="H179" t="s">
+      <c r="I179" t="s">
+        <v>83</v>
+      </c>
+      <c r="J179" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K179" t="s">
         <v>85</v>
       </c>
       <c r="L179" t="s">
         <v>96</v>
       </c>
       <c r="M179" t="s">
         <v>85</v>
       </c>
       <c r="O179" t="s">
-        <v>79</v>
+        <v>365</v>
+      </c>
+      <c r="P179" t="s">
+        <v>447</v>
+      </c>
+      <c r="Q179" t="s">
+        <v>645</v>
+      </c>
+      <c r="R179" t="s">
+        <v>85</v>
+      </c>
+      <c r="S179" t="s">
+        <v>96</v>
+      </c>
+      <c r="T179" t="s">
+        <v>85</v>
+      </c>
+      <c r="U179" t="s">
+        <v>646</v>
+      </c>
+      <c r="V179" t="s">
+        <v>449</v>
+      </c>
+      <c r="W179" t="s">
+        <v>85</v>
+      </c>
+      <c r="X179" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y179" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="180" spans="1:30">
       <c r="A180" t="s">
+        <v>650</v>
+      </c>
+      <c r="B180" t="s">
         <v>651</v>
       </c>
-      <c r="B180" t="s">
+      <c r="C180" t="s">
         <v>652</v>
-      </c>
-[...1 lines deleted...]
-        <v>653</v>
       </c>
       <c r="D180" t="s">
         <v>79</v>
       </c>
       <c r="E180" t="s">
         <v>603</v>
       </c>
       <c r="F180" t="s">
         <v>604</v>
       </c>
-      <c r="H180" t="s">
+      <c r="I180" t="s">
+        <v>83</v>
+      </c>
+      <c r="J180" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K180" t="s">
         <v>85</v>
       </c>
       <c r="L180" t="s">
         <v>85</v>
       </c>
       <c r="M180" t="s">
         <v>85</v>
       </c>
       <c r="O180" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="181" spans="1:30">
       <c r="A181" t="s">
+        <v>653</v>
+      </c>
+      <c r="B181" t="s">
         <v>654</v>
       </c>
-      <c r="B181" t="s">
+      <c r="C181" t="s">
         <v>655</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
       <c r="D181" t="s">
         <v>79</v>
       </c>
       <c r="E181" t="s">
         <v>603</v>
       </c>
       <c r="F181" t="s">
         <v>604</v>
       </c>
-      <c r="H181" t="s">
+      <c r="I181" t="s">
+        <v>83</v>
+      </c>
+      <c r="J181" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K181" t="s">
         <v>85</v>
       </c>
       <c r="L181" t="s">
         <v>85</v>
       </c>
       <c r="M181" t="s">
         <v>85</v>
       </c>
       <c r="O181" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="182" spans="1:30">
       <c r="A182" t="s">
+        <v>656</v>
+      </c>
+      <c r="B182" t="s">
         <v>657</v>
       </c>
-      <c r="B182" t="s">
+      <c r="C182" t="s">
         <v>658</v>
-      </c>
-[...1 lines deleted...]
-        <v>659</v>
       </c>
       <c r="D182" t="s">
         <v>79</v>
       </c>
       <c r="E182" t="s">
         <v>603</v>
       </c>
       <c r="F182" t="s">
         <v>604</v>
       </c>
-      <c r="H182" t="s">
+      <c r="I182" t="s">
+        <v>83</v>
+      </c>
+      <c r="J182" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K182" t="s">
         <v>85</v>
       </c>
       <c r="L182" t="s">
         <v>85</v>
       </c>
       <c r="M182" t="s">
         <v>89</v>
       </c>
       <c r="O182" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="183" spans="1:30">
       <c r="A183" t="s">
+        <v>659</v>
+      </c>
+      <c r="B183" t="s">
         <v>660</v>
       </c>
-      <c r="B183" t="s">
+      <c r="C183" t="s">
         <v>661</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
       <c r="D183" t="s">
         <v>79</v>
       </c>
       <c r="E183" t="s">
         <v>603</v>
       </c>
       <c r="F183" t="s">
         <v>604</v>
       </c>
-      <c r="H183" t="s">
+      <c r="I183" t="s">
+        <v>83</v>
+      </c>
+      <c r="J183" t="s">
         <v>605</v>
       </c>
-      <c r="I183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K183" t="s">
         <v>85</v>
       </c>
       <c r="L183" t="s">
-        <v>96</v>
+        <v>236</v>
       </c>
       <c r="M183" t="s">
         <v>85</v>
       </c>
       <c r="O183" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="184" spans="1:30">
       <c r="A184" t="s">
+        <v>662</v>
+      </c>
+      <c r="B184" t="s">
         <v>663</v>
       </c>
-      <c r="B184" t="s">
+      <c r="C184" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
       <c r="D184" t="s">
         <v>79</v>
       </c>
       <c r="E184" t="s">
         <v>603</v>
       </c>
       <c r="F184" t="s">
         <v>604</v>
       </c>
-      <c r="H184" t="s">
+      <c r="I184" t="s">
+        <v>83</v>
+      </c>
+      <c r="J184" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K184" t="s">
         <v>85</v>
       </c>
       <c r="L184" t="s">
         <v>85</v>
       </c>
       <c r="M184" t="s">
         <v>85</v>
       </c>
       <c r="O184" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="185" spans="1:30">
       <c r="A185" t="s">
+        <v>665</v>
+      </c>
+      <c r="B185" t="s">
         <v>666</v>
       </c>
-      <c r="B185" t="s">
+      <c r="C185" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
       <c r="D185" t="s">
         <v>79</v>
       </c>
       <c r="E185" t="s">
         <v>603</v>
       </c>
       <c r="F185" t="s">
         <v>604</v>
       </c>
-      <c r="H185" t="s">
+      <c r="I185" t="s">
+        <v>83</v>
+      </c>
+      <c r="J185" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K185" t="s">
         <v>85</v>
       </c>
       <c r="L185" t="s">
         <v>85</v>
       </c>
       <c r="M185" t="s">
         <v>85</v>
       </c>
       <c r="O185" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="186" spans="1:30">
       <c r="A186" t="s">
+        <v>668</v>
+      </c>
+      <c r="B186" t="s">
         <v>669</v>
       </c>
-      <c r="B186" t="s">
+      <c r="C186" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>671</v>
       </c>
       <c r="D186" t="s">
         <v>79</v>
       </c>
       <c r="E186" t="s">
         <v>603</v>
       </c>
       <c r="F186" t="s">
         <v>604</v>
       </c>
-      <c r="H186" t="s">
+      <c r="I186" t="s">
+        <v>83</v>
+      </c>
+      <c r="J186" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K186" t="s">
         <v>85</v>
       </c>
       <c r="L186" t="s">
         <v>85</v>
       </c>
       <c r="M186" t="s">
         <v>85</v>
       </c>
       <c r="O186" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="187" spans="1:30">
       <c r="A187" t="s">
+        <v>671</v>
+      </c>
+      <c r="B187" t="s">
         <v>672</v>
       </c>
-      <c r="B187" t="s">
+      <c r="C187" t="s">
         <v>673</v>
-      </c>
-[...1 lines deleted...]
-        <v>674</v>
       </c>
       <c r="D187" t="s">
         <v>79</v>
       </c>
       <c r="E187" t="s">
         <v>603</v>
       </c>
       <c r="F187" t="s">
         <v>604</v>
       </c>
-      <c r="H187" t="s">
+      <c r="I187" t="s">
+        <v>83</v>
+      </c>
+      <c r="J187" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K187" t="s">
         <v>85</v>
       </c>
       <c r="L187" t="s">
         <v>85</v>
       </c>
       <c r="M187" t="s">
         <v>89</v>
       </c>
       <c r="O187" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="188" spans="1:30">
       <c r="A188" t="s">
+        <v>674</v>
+      </c>
+      <c r="B188" t="s">
         <v>675</v>
       </c>
-      <c r="B188" t="s">
+      <c r="C188" t="s">
         <v>676</v>
-      </c>
-[...1 lines deleted...]
-        <v>677</v>
       </c>
       <c r="D188" t="s">
         <v>79</v>
       </c>
       <c r="E188" t="s">
         <v>603</v>
       </c>
       <c r="F188" t="s">
         <v>604</v>
       </c>
-      <c r="H188" t="s">
+      <c r="I188" t="s">
+        <v>83</v>
+      </c>
+      <c r="J188" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K188" t="s">
         <v>85</v>
       </c>
       <c r="L188" t="s">
         <v>85</v>
       </c>
       <c r="M188" t="s">
         <v>89</v>
       </c>
       <c r="O188" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="189" spans="1:30">
       <c r="A189" t="s">
+        <v>677</v>
+      </c>
+      <c r="B189" t="s">
         <v>678</v>
       </c>
-      <c r="B189" t="s">
+      <c r="C189" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>680</v>
       </c>
       <c r="D189" t="s">
         <v>79</v>
       </c>
       <c r="E189" t="s">
         <v>603</v>
       </c>
       <c r="F189" t="s">
         <v>604</v>
       </c>
-      <c r="H189" t="s">
+      <c r="I189" t="s">
+        <v>83</v>
+      </c>
+      <c r="J189" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K189" t="s">
         <v>85</v>
       </c>
       <c r="L189" t="s">
         <v>85</v>
       </c>
       <c r="M189" t="s">
         <v>85</v>
       </c>
       <c r="O189" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="190" spans="1:30">
       <c r="A190" t="s">
+        <v>680</v>
+      </c>
+      <c r="B190" t="s">
         <v>681</v>
       </c>
-      <c r="B190" t="s">
+      <c r="C190" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
       <c r="D190" t="s">
         <v>79</v>
       </c>
       <c r="E190" t="s">
         <v>603</v>
       </c>
       <c r="F190" t="s">
         <v>604</v>
       </c>
-      <c r="H190" t="s">
+      <c r="I190" t="s">
+        <v>83</v>
+      </c>
+      <c r="J190" t="s">
         <v>605</v>
       </c>
-      <c r="I190" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K190" t="s">
         <v>85</v>
       </c>
       <c r="L190" t="s">
         <v>85</v>
       </c>
       <c r="M190" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="O190" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="191" spans="1:30">
       <c r="A191" t="s">
+        <v>683</v>
+      </c>
+      <c r="B191" t="s">
         <v>684</v>
       </c>
-      <c r="B191" t="s">
+      <c r="C191" t="s">
         <v>685</v>
-      </c>
-[...1 lines deleted...]
-        <v>686</v>
       </c>
       <c r="D191" t="s">
         <v>79</v>
       </c>
       <c r="E191" t="s">
         <v>603</v>
       </c>
       <c r="F191" t="s">
         <v>604</v>
       </c>
-      <c r="H191" t="s">
+      <c r="I191" t="s">
+        <v>83</v>
+      </c>
+      <c r="J191" t="s">
         <v>605</v>
       </c>
-      <c r="I191" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K191" t="s">
         <v>85</v>
       </c>
       <c r="L191" t="s">
         <v>85</v>
       </c>
       <c r="M191" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="O191" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="192" spans="1:30">
       <c r="A192" t="s">
+        <v>686</v>
+      </c>
+      <c r="B192" t="s">
         <v>687</v>
       </c>
-      <c r="B192" t="s">
+      <c r="C192" t="s">
         <v>688</v>
-      </c>
-[...1 lines deleted...]
-        <v>689</v>
       </c>
       <c r="D192" t="s">
         <v>79</v>
       </c>
       <c r="E192" t="s">
         <v>603</v>
       </c>
       <c r="F192" t="s">
         <v>604</v>
       </c>
-      <c r="H192" t="s">
+      <c r="I192" t="s">
+        <v>83</v>
+      </c>
+      <c r="J192" t="s">
         <v>605</v>
       </c>
-      <c r="I192" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K192" t="s">
         <v>85</v>
       </c>
       <c r="L192" t="s">
         <v>85</v>
       </c>
       <c r="M192" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="O192" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="193" spans="1:30">
       <c r="A193" t="s">
+        <v>689</v>
+      </c>
+      <c r="B193" t="s">
         <v>690</v>
       </c>
-      <c r="B193" t="s">
+      <c r="C193" t="s">
         <v>691</v>
-      </c>
-[...1 lines deleted...]
-        <v>692</v>
       </c>
       <c r="D193" t="s">
         <v>79</v>
       </c>
       <c r="E193" t="s">
         <v>603</v>
       </c>
       <c r="F193" t="s">
         <v>604</v>
       </c>
-      <c r="H193" t="s">
+      <c r="I193" t="s">
+        <v>83</v>
+      </c>
+      <c r="J193" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K193" t="s">
         <v>85</v>
       </c>
       <c r="L193" t="s">
         <v>85</v>
       </c>
       <c r="M193" t="s">
         <v>85</v>
       </c>
       <c r="O193" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="194" spans="1:30">
       <c r="A194" t="s">
+        <v>692</v>
+      </c>
+      <c r="B194" t="s">
         <v>693</v>
       </c>
-      <c r="B194" t="s">
+      <c r="C194" t="s">
         <v>694</v>
-      </c>
-[...1 lines deleted...]
-        <v>695</v>
       </c>
       <c r="D194" t="s">
         <v>79</v>
       </c>
       <c r="E194" t="s">
         <v>603</v>
       </c>
       <c r="F194" t="s">
         <v>604</v>
       </c>
-      <c r="H194" t="s">
+      <c r="I194" t="s">
+        <v>83</v>
+      </c>
+      <c r="J194" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K194" t="s">
         <v>85</v>
       </c>
       <c r="L194" t="s">
         <v>85</v>
       </c>
       <c r="M194" t="s">
         <v>89</v>
       </c>
       <c r="O194" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="195" spans="1:30">
       <c r="A195" t="s">
+        <v>695</v>
+      </c>
+      <c r="B195" t="s">
         <v>696</v>
       </c>
-      <c r="B195" t="s">
+      <c r="C195" t="s">
         <v>697</v>
-      </c>
-[...1 lines deleted...]
-        <v>698</v>
       </c>
       <c r="D195" t="s">
         <v>79</v>
       </c>
       <c r="E195" t="s">
         <v>603</v>
       </c>
       <c r="F195" t="s">
         <v>604</v>
       </c>
-      <c r="H195" t="s">
+      <c r="I195" t="s">
+        <v>83</v>
+      </c>
+      <c r="J195" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K195" t="s">
         <v>85</v>
       </c>
       <c r="L195" t="s">
         <v>89</v>
       </c>
       <c r="M195" t="s">
         <v>89</v>
       </c>
       <c r="O195" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="196" spans="1:30">
       <c r="A196" t="s">
+        <v>698</v>
+      </c>
+      <c r="B196" t="s">
         <v>699</v>
       </c>
-      <c r="B196" t="s">
+      <c r="C196" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>701</v>
       </c>
       <c r="D196" t="s">
         <v>79</v>
       </c>
       <c r="E196" t="s">
         <v>603</v>
       </c>
       <c r="F196" t="s">
         <v>604</v>
       </c>
-      <c r="H196" t="s">
+      <c r="I196" t="s">
+        <v>83</v>
+      </c>
+      <c r="J196" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K196" t="s">
         <v>85</v>
       </c>
       <c r="L196" t="s">
         <v>85</v>
       </c>
       <c r="M196" t="s">
         <v>85</v>
       </c>
       <c r="O196" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="197" spans="1:30">
       <c r="A197" t="s">
+        <v>701</v>
+      </c>
+      <c r="B197" t="s">
         <v>702</v>
       </c>
-      <c r="B197" t="s">
+      <c r="C197" t="s">
         <v>703</v>
-      </c>
-[...1 lines deleted...]
-        <v>704</v>
       </c>
       <c r="D197" t="s">
         <v>79</v>
       </c>
       <c r="E197" t="s">
         <v>603</v>
       </c>
       <c r="F197" t="s">
         <v>604</v>
       </c>
-      <c r="H197" t="s">
+      <c r="I197" t="s">
+        <v>83</v>
+      </c>
+      <c r="J197" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K197" t="s">
         <v>85</v>
       </c>
       <c r="L197" t="s">
         <v>85</v>
       </c>
       <c r="M197" t="s">
         <v>89</v>
       </c>
       <c r="O197" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="198" spans="1:30">
       <c r="A198" t="s">
+        <v>704</v>
+      </c>
+      <c r="B198" t="s">
         <v>705</v>
       </c>
-      <c r="B198" t="s">
+      <c r="C198" t="s">
         <v>706</v>
-      </c>
-[...1 lines deleted...]
-        <v>707</v>
       </c>
       <c r="D198" t="s">
         <v>79</v>
       </c>
       <c r="E198" t="s">
         <v>603</v>
       </c>
       <c r="F198" t="s">
         <v>604</v>
       </c>
-      <c r="H198" t="s">
+      <c r="I198" t="s">
+        <v>83</v>
+      </c>
+      <c r="J198" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K198" t="s">
         <v>85</v>
       </c>
       <c r="L198" t="s">
         <v>85</v>
       </c>
       <c r="M198" t="s">
         <v>89</v>
       </c>
       <c r="O198" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="199" spans="1:30">
       <c r="A199" t="s">
+        <v>707</v>
+      </c>
+      <c r="B199" t="s">
         <v>708</v>
       </c>
-      <c r="B199" t="s">
+      <c r="C199" t="s">
         <v>709</v>
-      </c>
-[...1 lines deleted...]
-        <v>710</v>
       </c>
       <c r="D199" t="s">
         <v>79</v>
       </c>
       <c r="E199" t="s">
         <v>603</v>
       </c>
       <c r="F199" t="s">
         <v>604</v>
       </c>
-      <c r="H199" t="s">
+      <c r="I199" t="s">
+        <v>83</v>
+      </c>
+      <c r="J199" t="s">
         <v>605</v>
       </c>
-      <c r="I199" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K199" t="s">
         <v>85</v>
       </c>
       <c r="L199" t="s">
-        <v>96</v>
+        <v>236</v>
       </c>
       <c r="M199" t="s">
         <v>89</v>
       </c>
       <c r="O199" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="200" spans="1:30">
       <c r="A200" t="s">
+        <v>710</v>
+      </c>
+      <c r="B200" t="s">
         <v>711</v>
       </c>
-      <c r="B200" t="s">
+      <c r="C200" t="s">
         <v>712</v>
-      </c>
-[...1 lines deleted...]
-        <v>713</v>
       </c>
       <c r="D200" t="s">
         <v>79</v>
       </c>
       <c r="E200" t="s">
         <v>603</v>
       </c>
       <c r="F200" t="s">
         <v>604</v>
       </c>
-      <c r="H200" t="s">
+      <c r="I200" t="s">
+        <v>83</v>
+      </c>
+      <c r="J200" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K200" t="s">
         <v>85</v>
       </c>
       <c r="L200" t="s">
         <v>85</v>
       </c>
       <c r="M200" t="s">
         <v>85</v>
       </c>
       <c r="O200" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="201" spans="1:30">
       <c r="A201" t="s">
+        <v>713</v>
+      </c>
+      <c r="B201" t="s">
         <v>714</v>
       </c>
-      <c r="B201" t="s">
+      <c r="C201" t="s">
         <v>715</v>
-      </c>
-[...1 lines deleted...]
-        <v>716</v>
       </c>
       <c r="D201" t="s">
         <v>79</v>
       </c>
       <c r="E201" t="s">
         <v>603</v>
       </c>
       <c r="F201" t="s">
         <v>604</v>
       </c>
-      <c r="H201" t="s">
+      <c r="I201" t="s">
+        <v>83</v>
+      </c>
+      <c r="J201" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K201" t="s">
         <v>85</v>
       </c>
       <c r="L201" t="s">
         <v>85</v>
       </c>
       <c r="M201" t="s">
         <v>89</v>
       </c>
       <c r="O201" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="202" spans="1:30">
       <c r="A202" t="s">
+        <v>716</v>
+      </c>
+      <c r="B202" t="s">
         <v>717</v>
       </c>
-      <c r="B202" t="s">
+      <c r="C202" t="s">
         <v>718</v>
-      </c>
-[...1 lines deleted...]
-        <v>719</v>
       </c>
       <c r="D202" t="s">
         <v>79</v>
       </c>
       <c r="E202" t="s">
         <v>603</v>
       </c>
       <c r="F202" t="s">
         <v>604</v>
       </c>
-      <c r="H202" t="s">
+      <c r="I202" t="s">
+        <v>83</v>
+      </c>
+      <c r="J202" t="s">
         <v>605</v>
       </c>
-      <c r="I202" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K202" t="s">
         <v>85</v>
       </c>
       <c r="L202" t="s">
-        <v>85</v>
+        <v>236</v>
       </c>
       <c r="M202" t="s">
         <v>89</v>
       </c>
       <c r="O202" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="203" spans="1:30">
       <c r="A203" t="s">
+        <v>719</v>
+      </c>
+      <c r="B203" t="s">
         <v>720</v>
       </c>
-      <c r="B203" t="s">
+      <c r="C203" t="s">
         <v>721</v>
-      </c>
-[...1 lines deleted...]
-        <v>722</v>
       </c>
       <c r="D203" t="s">
         <v>79</v>
       </c>
       <c r="E203" t="s">
         <v>603</v>
       </c>
       <c r="F203" t="s">
         <v>604</v>
       </c>
-      <c r="H203" t="s">
+      <c r="I203" t="s">
+        <v>83</v>
+      </c>
+      <c r="J203" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K203" t="s">
         <v>85</v>
       </c>
       <c r="L203" t="s">
         <v>85</v>
       </c>
       <c r="M203" t="s">
         <v>85</v>
       </c>
       <c r="O203" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="204" spans="1:30">
       <c r="A204" t="s">
+        <v>722</v>
+      </c>
+      <c r="B204" t="s">
         <v>723</v>
       </c>
-      <c r="B204" t="s">
+      <c r="C204" t="s">
         <v>724</v>
-      </c>
-[...1 lines deleted...]
-        <v>725</v>
       </c>
       <c r="D204" t="s">
         <v>79</v>
       </c>
       <c r="E204" t="s">
         <v>603</v>
       </c>
       <c r="F204" t="s">
         <v>604</v>
       </c>
-      <c r="H204" t="s">
+      <c r="I204" t="s">
+        <v>83</v>
+      </c>
+      <c r="J204" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K204" t="s">
         <v>85</v>
       </c>
       <c r="L204" t="s">
         <v>85</v>
       </c>
       <c r="M204" t="s">
         <v>96</v>
       </c>
       <c r="O204" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="205" spans="1:30">
       <c r="A205" t="s">
+        <v>725</v>
+      </c>
+      <c r="B205" t="s">
         <v>726</v>
       </c>
-      <c r="B205" t="s">
+      <c r="C205" t="s">
         <v>727</v>
-      </c>
-[...1 lines deleted...]
-        <v>728</v>
       </c>
       <c r="D205" t="s">
         <v>79</v>
       </c>
       <c r="E205" t="s">
         <v>603</v>
       </c>
       <c r="F205" t="s">
         <v>604</v>
       </c>
-      <c r="H205" t="s">
+      <c r="I205" t="s">
+        <v>83</v>
+      </c>
+      <c r="J205" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K205" t="s">
         <v>85</v>
       </c>
       <c r="L205" t="s">
         <v>85</v>
       </c>
       <c r="M205" t="s">
         <v>96</v>
       </c>
       <c r="O205" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="206" spans="1:30">
       <c r="A206" t="s">
+        <v>728</v>
+      </c>
+      <c r="B206" t="s">
         <v>729</v>
       </c>
-      <c r="B206" t="s">
+      <c r="C206" t="s">
         <v>730</v>
-      </c>
-[...1 lines deleted...]
-        <v>731</v>
       </c>
       <c r="D206" t="s">
         <v>79</v>
       </c>
       <c r="E206" t="s">
         <v>603</v>
       </c>
       <c r="F206" t="s">
         <v>604</v>
       </c>
-      <c r="H206" t="s">
+      <c r="I206" t="s">
+        <v>83</v>
+      </c>
+      <c r="J206" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K206" t="s">
         <v>85</v>
       </c>
       <c r="L206" t="s">
         <v>85</v>
       </c>
       <c r="M206" t="s">
         <v>89</v>
       </c>
       <c r="O206" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="207" spans="1:30">
       <c r="A207" t="s">
+        <v>731</v>
+      </c>
+      <c r="B207" t="s">
         <v>732</v>
       </c>
-      <c r="B207" t="s">
+      <c r="C207" t="s">
         <v>733</v>
-      </c>
-[...1 lines deleted...]
-        <v>734</v>
       </c>
       <c r="D207" t="s">
         <v>79</v>
       </c>
       <c r="E207" t="s">
         <v>603</v>
       </c>
       <c r="F207" t="s">
         <v>604</v>
       </c>
-      <c r="H207" t="s">
+      <c r="I207" t="s">
+        <v>83</v>
+      </c>
+      <c r="J207" t="s">
         <v>605</v>
       </c>
-      <c r="I207" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K207" t="s">
         <v>85</v>
       </c>
       <c r="L207" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="M207" t="s">
         <v>89</v>
       </c>
       <c r="O207" t="s">
-        <v>79</v>
+        <v>365</v>
+      </c>
+      <c r="P207" t="s">
+        <v>734</v>
+      </c>
+      <c r="Q207" t="s">
+        <v>369</v>
+      </c>
+      <c r="R207" t="s">
+        <v>85</v>
+      </c>
+      <c r="S207" t="s">
+        <v>89</v>
+      </c>
+      <c r="T207" t="s">
+        <v>89</v>
+      </c>
+      <c r="U207" t="s">
+        <v>370</v>
+      </c>
+      <c r="V207" t="s">
+        <v>735</v>
+      </c>
+      <c r="W207" t="s">
+        <v>85</v>
+      </c>
+      <c r="X207" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y207" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="208" spans="1:30">
       <c r="A208" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="B208" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C208" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="D208" t="s">
         <v>79</v>
       </c>
       <c r="E208" t="s">
         <v>603</v>
       </c>
       <c r="F208" t="s">
         <v>604</v>
       </c>
-      <c r="H208" t="s">
+      <c r="I208" t="s">
+        <v>83</v>
+      </c>
+      <c r="J208" t="s">
         <v>605</v>
       </c>
-      <c r="I208" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K208" t="s">
         <v>85</v>
       </c>
       <c r="L208" t="s">
-        <v>96</v>
+        <v>236</v>
       </c>
       <c r="M208" t="s">
         <v>85</v>
       </c>
       <c r="O208" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="209" spans="1:30">
       <c r="A209" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="B209" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="C209" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="D209" t="s">
         <v>79</v>
       </c>
       <c r="E209" t="s">
         <v>603</v>
       </c>
       <c r="F209" t="s">
         <v>604</v>
       </c>
-      <c r="H209" t="s">
+      <c r="I209" t="s">
+        <v>83</v>
+      </c>
+      <c r="J209" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K209" t="s">
         <v>85</v>
       </c>
       <c r="L209" t="s">
         <v>85</v>
       </c>
       <c r="M209" t="s">
         <v>85</v>
       </c>
       <c r="O209" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="210" spans="1:30">
       <c r="A210" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="B210" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C210" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="D210" t="s">
         <v>79</v>
       </c>
       <c r="E210" t="s">
         <v>603</v>
       </c>
       <c r="F210" t="s">
         <v>604</v>
       </c>
-      <c r="H210" t="s">
+      <c r="I210" t="s">
+        <v>83</v>
+      </c>
+      <c r="J210" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="K210" t="s">
         <v>85</v>
       </c>
       <c r="L210" t="s">
         <v>85</v>
       </c>
       <c r="M210" t="s">
         <v>89</v>
       </c>
       <c r="O210" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="211" spans="1:30">
       <c r="A211" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="B211" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C211" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D211" t="s">
         <v>79</v>
       </c>
       <c r="E211" t="s">
-        <v>747</v>
+        <v>603</v>
       </c>
       <c r="F211" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-        <v>749</v>
+        <v>604</v>
       </c>
       <c r="I211" t="s">
         <v>83</v>
       </c>
       <c r="J211" t="s">
-        <v>750</v>
+        <v>605</v>
       </c>
       <c r="K211" t="s">
         <v>85</v>
       </c>
       <c r="L211" t="s">
         <v>85</v>
       </c>
       <c r="M211" t="s">
         <v>85</v>
       </c>
       <c r="O211" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="212" spans="1:30">
       <c r="A212" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="B212" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
       <c r="C212" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
       <c r="D212" t="s">
         <v>79</v>
       </c>
       <c r="E212" t="s">
-        <v>747</v>
+        <v>603</v>
       </c>
       <c r="F212" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-        <v>749</v>
+        <v>604</v>
       </c>
       <c r="I212" t="s">
         <v>83</v>
       </c>
       <c r="J212" t="s">
-        <v>750</v>
+        <v>605</v>
       </c>
       <c r="K212" t="s">
         <v>85</v>
       </c>
       <c r="L212" t="s">
         <v>270</v>
       </c>
       <c r="M212" t="s">
         <v>85</v>
       </c>
       <c r="O212" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="213" spans="1:30">
       <c r="A213" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="B213" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="C213" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="D213" t="s">
         <v>79</v>
       </c>
       <c r="E213" t="s">
-        <v>747</v>
+        <v>603</v>
       </c>
       <c r="F213" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-        <v>749</v>
+        <v>604</v>
       </c>
       <c r="I213" t="s">
         <v>83</v>
       </c>
       <c r="J213" t="s">
-        <v>750</v>
+        <v>605</v>
       </c>
       <c r="K213" t="s">
         <v>85</v>
       </c>
       <c r="L213" t="s">
         <v>85</v>
       </c>
       <c r="M213" t="s">
         <v>85</v>
       </c>
       <c r="O213" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="214" spans="1:30">
       <c r="A214" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="B214" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="C214" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="D214" t="s">
         <v>79</v>
       </c>
       <c r="E214" t="s">
         <v>603</v>
       </c>
       <c r="F214" t="s">
         <v>604</v>
       </c>
-      <c r="H214" t="s">
+      <c r="I214" t="s">
+        <v>83</v>
+      </c>
+      <c r="J214" t="s">
         <v>605</v>
       </c>
-      <c r="I214" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K214" t="s">
         <v>85</v>
       </c>
       <c r="L214" t="s">
+        <v>85</v>
+      </c>
+      <c r="M214" t="s">
+        <v>85</v>
+      </c>
+      <c r="O214" t="s">
+        <v>365</v>
+      </c>
+      <c r="P214" t="s">
+        <v>734</v>
+      </c>
+      <c r="Q214" t="s">
+        <v>371</v>
+      </c>
+      <c r="R214" t="s">
+        <v>85</v>
+      </c>
+      <c r="S214" t="s">
         <v>96</v>
       </c>
-      <c r="M214" t="s">
-[...3 lines deleted...]
-        <v>79</v>
+      <c r="T214" t="s">
+        <v>85</v>
+      </c>
+      <c r="U214" t="s">
+        <v>366</v>
+      </c>
+      <c r="V214" t="s">
+        <v>735</v>
+      </c>
+      <c r="W214" t="s">
+        <v>85</v>
+      </c>
+      <c r="X214" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y214" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="215" spans="1:30">
       <c r="A215" t="s">
+        <v>757</v>
+      </c>
+      <c r="B215" t="s">
+        <v>758</v>
+      </c>
+      <c r="C215" t="s">
+        <v>759</v>
+      </c>
+      <c r="D215" t="s">
+        <v>79</v>
+      </c>
+      <c r="E215" t="s">
         <v>760</v>
       </c>
-      <c r="B215" t="s">
+      <c r="F215" t="s">
         <v>761</v>
       </c>
-      <c r="C215" t="s">
+      <c r="H215" t="s">
         <v>762</v>
       </c>
-      <c r="D215" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I215" t="s">
         <v>83</v>
       </c>
       <c r="J215" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K215" t="s">
         <v>85</v>
       </c>
       <c r="L215" t="s">
         <v>85</v>
       </c>
       <c r="M215" t="s">
         <v>96</v>
       </c>
       <c r="O215" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="216" spans="1:30">
       <c r="A216" t="s">
+        <v>764</v>
+      </c>
+      <c r="B216" t="s">
+        <v>765</v>
+      </c>
+      <c r="C216" t="s">
+        <v>766</v>
+      </c>
+      <c r="D216" t="s">
+        <v>79</v>
+      </c>
+      <c r="E216" t="s">
+        <v>760</v>
+      </c>
+      <c r="F216" t="s">
+        <v>761</v>
+      </c>
+      <c r="H216" t="s">
+        <v>762</v>
+      </c>
+      <c r="I216" t="s">
+        <v>83</v>
+      </c>
+      <c r="J216" t="s">
         <v>763</v>
-      </c>
-[...22 lines deleted...]
-        <v>750</v>
       </c>
       <c r="K216" t="s">
         <v>85</v>
       </c>
       <c r="L216" t="s">
         <v>85</v>
       </c>
       <c r="M216" t="s">
         <v>85</v>
       </c>
       <c r="O216" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="217" spans="1:30">
       <c r="A217" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="B217" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C217" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="D217" t="s">
         <v>79</v>
       </c>
       <c r="E217" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F217" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H217" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I217" t="s">
         <v>83</v>
       </c>
       <c r="J217" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K217" t="s">
         <v>85</v>
       </c>
       <c r="L217" t="s">
         <v>96</v>
       </c>
       <c r="M217" t="s">
         <v>96</v>
       </c>
       <c r="O217" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="218" spans="1:30">
       <c r="A218" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="B218" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C218" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D218" t="s">
         <v>79</v>
       </c>
       <c r="E218" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F218" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H218" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I218" t="s">
         <v>83</v>
       </c>
       <c r="J218" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K218" t="s">
         <v>85</v>
       </c>
       <c r="L218" t="s">
         <v>96</v>
       </c>
       <c r="M218" t="s">
         <v>96</v>
       </c>
       <c r="O218" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="219" spans="1:30">
       <c r="A219" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B219" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C219" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D219" t="s">
         <v>79</v>
       </c>
       <c r="E219" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F219" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H219" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I219" t="s">
         <v>83</v>
       </c>
       <c r="J219" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K219" t="s">
         <v>85</v>
       </c>
       <c r="L219" t="s">
         <v>85</v>
       </c>
       <c r="M219" t="s">
         <v>89</v>
       </c>
       <c r="O219" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="220" spans="1:30">
       <c r="A220" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="B220" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C220" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="D220" t="s">
         <v>79</v>
       </c>
       <c r="E220" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F220" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H220" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I220" t="s">
         <v>83</v>
       </c>
       <c r="J220" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K220" t="s">
         <v>85</v>
       </c>
       <c r="L220" t="s">
         <v>96</v>
       </c>
       <c r="M220" t="s">
         <v>96</v>
       </c>
       <c r="O220" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="221" spans="1:30">
       <c r="A221" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="B221" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C221" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D221" t="s">
         <v>79</v>
       </c>
       <c r="E221" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F221" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H221" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I221" t="s">
         <v>83</v>
       </c>
       <c r="J221" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K221" t="s">
         <v>85</v>
       </c>
       <c r="L221" t="s">
         <v>85</v>
       </c>
       <c r="M221" t="s">
         <v>89</v>
       </c>
       <c r="O221" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="222" spans="1:30">
       <c r="A222" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="B222" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C222" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D222" t="s">
         <v>79</v>
       </c>
       <c r="E222" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F222" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H222" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I222" t="s">
         <v>83</v>
       </c>
       <c r="J222" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K222" t="s">
         <v>85</v>
       </c>
       <c r="L222" t="s">
         <v>85</v>
       </c>
       <c r="M222" t="s">
         <v>85</v>
       </c>
       <c r="O222" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="223" spans="1:30">
       <c r="A223" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B223" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C223" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="D223" t="s">
         <v>79</v>
       </c>
       <c r="E223" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F223" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H223" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I223" t="s">
         <v>83</v>
       </c>
       <c r="J223" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K223" t="s">
         <v>85</v>
       </c>
       <c r="L223" t="s">
         <v>85</v>
       </c>
       <c r="M223" t="s">
         <v>96</v>
       </c>
       <c r="O223" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="224" spans="1:30">
       <c r="A224" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="B224" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C224" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D224" t="s">
         <v>79</v>
       </c>
       <c r="E224" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F224" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H224" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I224" t="s">
         <v>83</v>
       </c>
       <c r="J224" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K224" t="s">
         <v>85</v>
       </c>
       <c r="L224" t="s">
         <v>85</v>
       </c>
       <c r="M224" t="s">
         <v>96</v>
       </c>
       <c r="O224" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="225" spans="1:30">
       <c r="A225" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="B225" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="C225" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="D225" t="s">
         <v>79</v>
       </c>
       <c r="E225" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F225" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H225" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I225" t="s">
         <v>83</v>
       </c>
       <c r="J225" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K225" t="s">
         <v>85</v>
       </c>
       <c r="L225" t="s">
         <v>85</v>
       </c>
       <c r="M225" t="s">
         <v>96</v>
       </c>
       <c r="O225" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="226" spans="1:30">
       <c r="A226" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="B226" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C226" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="D226" t="s">
         <v>79</v>
       </c>
       <c r="E226" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F226" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H226" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I226" t="s">
         <v>83</v>
       </c>
       <c r="J226" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K226" t="s">
         <v>85</v>
       </c>
       <c r="L226" t="s">
         <v>96</v>
       </c>
       <c r="M226" t="s">
         <v>96</v>
       </c>
       <c r="O226" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="227" spans="1:30">
       <c r="A227" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="B227" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C227" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D227" t="s">
         <v>79</v>
       </c>
       <c r="E227" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F227" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H227" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I227" t="s">
         <v>83</v>
       </c>
       <c r="J227" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K227" t="s">
         <v>85</v>
       </c>
       <c r="L227" t="s">
         <v>85</v>
       </c>
       <c r="M227" t="s">
         <v>96</v>
       </c>
       <c r="O227" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="228" spans="1:30">
       <c r="A228" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="B228" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="C228" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="D228" t="s">
         <v>79</v>
       </c>
       <c r="E228" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F228" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H228" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I228" t="s">
         <v>83</v>
       </c>
       <c r="J228" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K228" t="s">
         <v>85</v>
       </c>
       <c r="L228" t="s">
         <v>85</v>
       </c>
       <c r="M228" t="s">
         <v>96</v>
       </c>
       <c r="O228" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="229" spans="1:30">
       <c r="A229" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="B229" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C229" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D229" t="s">
         <v>79</v>
       </c>
       <c r="E229" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="F229" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="H229" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="I229" t="s">
         <v>83</v>
       </c>
       <c r="J229" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="K229" t="s">
         <v>85</v>
       </c>
       <c r="L229" t="s">
         <v>85</v>
       </c>
       <c r="M229" t="s">
         <v>85</v>
       </c>
       <c r="O229" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="230" spans="1:30">
       <c r="A230" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="B230" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C230" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D230" t="s">
         <v>79</v>
       </c>
       <c r="E230" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F230" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H230" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I230" t="s">
         <v>83</v>
       </c>
       <c r="J230" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K230" t="s">
         <v>85</v>
       </c>
       <c r="L230" t="s">
         <v>236</v>
       </c>
       <c r="M230" t="s">
         <v>85</v>
       </c>
       <c r="O230" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="231" spans="1:30">
       <c r="A231" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="B231" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="C231" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="D231" t="s">
         <v>79</v>
       </c>
       <c r="E231" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F231" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H231" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I231" t="s">
         <v>83</v>
       </c>
       <c r="J231" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K231" t="s">
         <v>85</v>
       </c>
       <c r="L231" t="s">
         <v>89</v>
       </c>
       <c r="M231" t="s">
         <v>96</v>
       </c>
       <c r="O231" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="232" spans="1:30">
       <c r="A232" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B232" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C232" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="D232" t="s">
         <v>79</v>
       </c>
       <c r="E232" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F232" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H232" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I232" t="s">
         <v>83</v>
       </c>
       <c r="J232" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K232" t="s">
         <v>85</v>
       </c>
       <c r="L232" t="s">
         <v>85</v>
       </c>
       <c r="M232" t="s">
         <v>85</v>
       </c>
       <c r="O232" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="233" spans="1:30">
       <c r="A233" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="B233" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C233" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="D233" t="s">
         <v>79</v>
       </c>
       <c r="E233" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F233" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H233" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I233" t="s">
         <v>83</v>
       </c>
       <c r="J233" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K233" t="s">
         <v>85</v>
       </c>
       <c r="L233" t="s">
         <v>85</v>
       </c>
       <c r="M233" t="s">
         <v>85</v>
       </c>
       <c r="O233" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="234" spans="1:30">
       <c r="A234" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B234" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="C234" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="D234" t="s">
         <v>79</v>
       </c>
       <c r="E234" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F234" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H234" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I234" t="s">
         <v>83</v>
       </c>
       <c r="J234" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K234" t="s">
         <v>85</v>
       </c>
       <c r="L234" t="s">
         <v>85</v>
       </c>
       <c r="M234" t="s">
         <v>96</v>
       </c>
       <c r="O234" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="235" spans="1:30">
       <c r="A235" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="B235" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C235" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="D235" t="s">
         <v>79</v>
       </c>
       <c r="E235" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F235" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H235" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I235" t="s">
         <v>83</v>
       </c>
       <c r="J235" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K235" t="s">
         <v>85</v>
       </c>
       <c r="L235" t="s">
         <v>85</v>
       </c>
       <c r="M235" t="s">
         <v>96</v>
       </c>
       <c r="O235" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="236" spans="1:30">
       <c r="A236" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B236" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C236" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="D236" t="s">
         <v>79</v>
       </c>
       <c r="E236" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F236" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H236" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I236" t="s">
         <v>83</v>
       </c>
       <c r="J236" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K236" t="s">
         <v>85</v>
       </c>
       <c r="L236" t="s">
         <v>85</v>
       </c>
       <c r="M236" t="s">
         <v>96</v>
       </c>
       <c r="O236" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="237" spans="1:30">
       <c r="A237" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B237" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C237" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="D237" t="s">
         <v>79</v>
       </c>
       <c r="E237" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F237" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H237" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I237" t="s">
         <v>83</v>
       </c>
       <c r="J237" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K237" t="s">
         <v>85</v>
       </c>
       <c r="L237" t="s">
         <v>96</v>
       </c>
       <c r="M237" t="s">
         <v>96</v>
       </c>
       <c r="O237" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="238" spans="1:30">
       <c r="A238" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="B238" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="C238" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="D238" t="s">
         <v>79</v>
       </c>
       <c r="E238" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F238" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H238" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I238" t="s">
         <v>83</v>
       </c>
       <c r="J238" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K238" t="s">
         <v>85</v>
       </c>
       <c r="L238" t="s">
         <v>236</v>
       </c>
       <c r="M238" t="s">
         <v>96</v>
       </c>
       <c r="O238" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="239" spans="1:30">
       <c r="A239" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B239" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C239" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="D239" t="s">
         <v>79</v>
       </c>
       <c r="E239" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F239" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H239" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I239" t="s">
         <v>83</v>
       </c>
       <c r="J239" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K239" t="s">
         <v>85</v>
       </c>
       <c r="L239" t="s">
         <v>85</v>
       </c>
       <c r="M239" t="s">
         <v>96</v>
       </c>
       <c r="O239" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="240" spans="1:30">
       <c r="A240" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="B240" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="C240" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="D240" t="s">
         <v>79</v>
       </c>
       <c r="E240" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F240" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H240" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I240" t="s">
         <v>83</v>
       </c>
       <c r="J240" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K240" t="s">
         <v>85</v>
       </c>
       <c r="L240" t="s">
         <v>85</v>
       </c>
       <c r="M240" t="s">
         <v>96</v>
       </c>
       <c r="O240" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="241" spans="1:30">
       <c r="A241" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="B241" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C241" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="D241" t="s">
         <v>79</v>
       </c>
       <c r="E241" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F241" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H241" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I241" t="s">
         <v>83</v>
       </c>
       <c r="J241" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K241" t="s">
         <v>85</v>
       </c>
       <c r="L241" t="s">
         <v>85</v>
       </c>
       <c r="M241" t="s">
         <v>96</v>
       </c>
       <c r="O241" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="242" spans="1:30">
       <c r="A242" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="B242" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="C242" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="D242" t="s">
         <v>79</v>
       </c>
       <c r="E242" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F242" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H242" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I242" t="s">
         <v>83</v>
       </c>
       <c r="J242" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K242" t="s">
         <v>85</v>
       </c>
       <c r="L242" t="s">
         <v>236</v>
       </c>
       <c r="M242" t="s">
         <v>96</v>
       </c>
       <c r="O242" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="243" spans="1:30">
       <c r="A243" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B243" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C243" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="D243" t="s">
         <v>79</v>
       </c>
       <c r="E243" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F243" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H243" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I243" t="s">
         <v>83</v>
       </c>
       <c r="J243" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K243" t="s">
         <v>85</v>
       </c>
       <c r="L243" t="s">
         <v>85</v>
       </c>
       <c r="M243" t="s">
         <v>96</v>
       </c>
       <c r="O243" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="244" spans="1:30">
       <c r="A244" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="B244" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="C244" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="D244" t="s">
         <v>79</v>
       </c>
       <c r="E244" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F244" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H244" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I244" t="s">
         <v>83</v>
       </c>
       <c r="J244" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K244" t="s">
         <v>85</v>
       </c>
       <c r="L244" t="s">
         <v>85</v>
       </c>
       <c r="M244" t="s">
         <v>96</v>
       </c>
       <c r="O244" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="245" spans="1:30">
       <c r="A245" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B245" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="C245" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="D245" t="s">
         <v>79</v>
       </c>
       <c r="E245" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F245" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H245" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I245" t="s">
         <v>83</v>
       </c>
       <c r="J245" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K245" t="s">
         <v>85</v>
       </c>
       <c r="L245" t="s">
         <v>89</v>
       </c>
       <c r="M245" t="s">
         <v>85</v>
       </c>
       <c r="O245" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="246" spans="1:30">
       <c r="A246" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="B246" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="C246" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="D246" t="s">
         <v>79</v>
       </c>
       <c r="E246" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F246" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H246" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I246" t="s">
         <v>83</v>
       </c>
       <c r="J246" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K246" t="s">
         <v>85</v>
       </c>
       <c r="L246" t="s">
         <v>85</v>
       </c>
       <c r="M246" t="s">
         <v>96</v>
       </c>
       <c r="O246" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="247" spans="1:30">
       <c r="A247" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B247" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C247" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="D247" t="s">
         <v>79</v>
       </c>
       <c r="E247" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F247" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H247" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I247" t="s">
         <v>83</v>
       </c>
       <c r="J247" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K247" t="s">
         <v>85</v>
       </c>
       <c r="L247" t="s">
         <v>96</v>
       </c>
       <c r="M247" t="s">
         <v>85</v>
       </c>
       <c r="O247" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="248" spans="1:30">
       <c r="A248" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="B248" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="C248" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="D248" t="s">
         <v>79</v>
       </c>
       <c r="E248" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F248" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H248" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I248" t="s">
         <v>83</v>
       </c>
       <c r="J248" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K248" t="s">
         <v>85</v>
       </c>
       <c r="L248" t="s">
         <v>96</v>
       </c>
       <c r="M248" t="s">
         <v>85</v>
       </c>
       <c r="O248" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="249" spans="1:30">
       <c r="A249" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="B249" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="C249" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="D249" t="s">
         <v>79</v>
       </c>
       <c r="E249" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F249" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H249" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I249" t="s">
         <v>83</v>
       </c>
       <c r="J249" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K249" t="s">
         <v>85</v>
       </c>
       <c r="L249" t="s">
         <v>85</v>
       </c>
       <c r="M249" t="s">
         <v>89</v>
       </c>
       <c r="O249" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="250" spans="1:30">
       <c r="A250" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="B250" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C250" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="D250" t="s">
         <v>79</v>
       </c>
       <c r="E250" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F250" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H250" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I250" t="s">
         <v>83</v>
       </c>
       <c r="J250" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K250" t="s">
         <v>85</v>
       </c>
       <c r="L250" t="s">
         <v>85</v>
       </c>
       <c r="M250" t="s">
         <v>96</v>
       </c>
       <c r="O250" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="251" spans="1:30">
       <c r="A251" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B251" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="C251" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="D251" t="s">
         <v>79</v>
       </c>
       <c r="E251" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F251" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H251" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I251" t="s">
         <v>83</v>
       </c>
       <c r="J251" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K251" t="s">
         <v>85</v>
       </c>
       <c r="L251" t="s">
         <v>96</v>
       </c>
       <c r="M251" t="s">
         <v>85</v>
       </c>
       <c r="O251" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="252" spans="1:30">
       <c r="A252" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="B252" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C252" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D252" t="s">
         <v>79</v>
       </c>
       <c r="E252" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F252" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H252" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I252" t="s">
         <v>83</v>
       </c>
       <c r="J252" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K252" t="s">
         <v>89</v>
       </c>
       <c r="L252" t="s">
         <v>89</v>
       </c>
       <c r="M252" t="s">
         <v>89</v>
       </c>
       <c r="O252" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="253" spans="1:30">
       <c r="A253" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="B253" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="C253" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="D253" t="s">
         <v>79</v>
       </c>
       <c r="E253" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F253" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H253" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I253" t="s">
         <v>83</v>
       </c>
       <c r="J253" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K253" t="s">
         <v>85</v>
       </c>
       <c r="L253" t="s">
         <v>85</v>
       </c>
       <c r="M253" t="s">
         <v>236</v>
       </c>
       <c r="O253" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="254" spans="1:30">
       <c r="A254" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="B254" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="C254" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="D254" t="s">
         <v>79</v>
       </c>
       <c r="E254" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F254" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H254" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I254" t="s">
         <v>83</v>
       </c>
       <c r="J254" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K254" t="s">
         <v>85</v>
       </c>
       <c r="L254" t="s">
         <v>85</v>
       </c>
       <c r="M254" t="s">
         <v>85</v>
       </c>
       <c r="O254" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="255" spans="1:30">
       <c r="A255" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="B255" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="C255" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="D255" t="s">
         <v>79</v>
       </c>
       <c r="E255" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F255" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H255" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I255" t="s">
         <v>83</v>
       </c>
       <c r="J255" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K255" t="s">
         <v>85</v>
       </c>
       <c r="L255" t="s">
         <v>270</v>
       </c>
       <c r="M255" t="s">
         <v>96</v>
       </c>
       <c r="O255" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="256" spans="1:30">
       <c r="A256" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="B256" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C256" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D256" t="s">
         <v>79</v>
       </c>
       <c r="E256" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F256" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H256" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I256" t="s">
         <v>83</v>
       </c>
       <c r="J256" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K256" t="s">
         <v>85</v>
       </c>
       <c r="L256" t="s">
         <v>96</v>
       </c>
       <c r="M256" t="s">
         <v>89</v>
       </c>
       <c r="O256" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="257" spans="1:30">
       <c r="A257" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="B257" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="C257" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="D257" t="s">
         <v>79</v>
       </c>
       <c r="E257" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F257" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H257" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I257" t="s">
         <v>83</v>
       </c>
       <c r="J257" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K257" t="s">
         <v>85</v>
       </c>
       <c r="L257" t="s">
         <v>85</v>
       </c>
       <c r="M257" t="s">
         <v>85</v>
       </c>
       <c r="O257" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="258" spans="1:30">
       <c r="A258" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="B258" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="C258" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="D258" t="s">
         <v>79</v>
       </c>
       <c r="E258" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F258" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H258" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I258" t="s">
         <v>83</v>
       </c>
       <c r="J258" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K258" t="s">
         <v>85</v>
       </c>
       <c r="L258" t="s">
         <v>85</v>
       </c>
       <c r="M258" t="s">
         <v>85</v>
       </c>
       <c r="O258" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="259" spans="1:30">
       <c r="A259" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B259" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C259" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="D259" t="s">
         <v>79</v>
       </c>
       <c r="E259" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F259" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H259" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I259" t="s">
         <v>83</v>
       </c>
       <c r="J259" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K259" t="s">
         <v>85</v>
       </c>
       <c r="L259" t="s">
         <v>85</v>
       </c>
       <c r="M259" t="s">
         <v>96</v>
       </c>
       <c r="O259" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="260" spans="1:30">
       <c r="A260" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="B260" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="C260" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="D260" t="s">
         <v>79</v>
       </c>
       <c r="E260" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F260" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H260" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I260" t="s">
         <v>83</v>
       </c>
       <c r="J260" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K260" t="s">
         <v>85</v>
       </c>
       <c r="L260" t="s">
         <v>236</v>
       </c>
       <c r="M260" t="s">
         <v>96</v>
       </c>
       <c r="O260" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="261" spans="1:30">
       <c r="A261" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="B261" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="C261" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="D261" t="s">
         <v>79</v>
       </c>
       <c r="E261" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F261" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H261" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I261" t="s">
         <v>83</v>
       </c>
       <c r="J261" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K261" t="s">
         <v>85</v>
       </c>
       <c r="L261" t="s">
         <v>85</v>
       </c>
       <c r="M261" t="s">
         <v>96</v>
       </c>
       <c r="O261" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="262" spans="1:30">
       <c r="A262" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="B262" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="C262" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="D262" t="s">
         <v>79</v>
       </c>
       <c r="E262" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F262" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H262" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I262" t="s">
         <v>83</v>
       </c>
       <c r="J262" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K262" t="s">
         <v>85</v>
       </c>
       <c r="L262" t="s">
         <v>96</v>
       </c>
       <c r="M262" t="s">
         <v>96</v>
       </c>
       <c r="O262" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="263" spans="1:30">
       <c r="A263" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="B263" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C263" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="D263" t="s">
         <v>79</v>
       </c>
       <c r="E263" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F263" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H263" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I263" t="s">
         <v>83</v>
       </c>
       <c r="J263" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K263" t="s">
         <v>85</v>
       </c>
       <c r="L263" t="s">
         <v>85</v>
       </c>
       <c r="M263" t="s">
         <v>85</v>
       </c>
       <c r="O263" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="264" spans="1:30">
       <c r="A264" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="B264" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="C264" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="D264" t="s">
         <v>79</v>
       </c>
       <c r="E264" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F264" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H264" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I264" t="s">
         <v>83</v>
       </c>
       <c r="J264" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K264" t="s">
         <v>85</v>
       </c>
       <c r="L264" t="s">
         <v>85</v>
       </c>
       <c r="M264" t="s">
         <v>96</v>
       </c>
       <c r="O264" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="265" spans="1:30">
       <c r="A265" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="B265" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="C265" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D265" t="s">
         <v>79</v>
       </c>
       <c r="E265" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F265" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H265" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I265" t="s">
         <v>83</v>
       </c>
       <c r="J265" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K265" t="s">
         <v>85</v>
       </c>
       <c r="L265" t="s">
         <v>96</v>
       </c>
       <c r="M265" t="s">
         <v>96</v>
       </c>
       <c r="O265" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="266" spans="1:30">
       <c r="A266" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="B266" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C266" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D266" t="s">
         <v>79</v>
       </c>
       <c r="E266" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F266" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H266" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I266" t="s">
         <v>83</v>
       </c>
       <c r="J266" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K266" t="s">
         <v>85</v>
       </c>
       <c r="L266" t="s">
         <v>85</v>
       </c>
       <c r="M266" t="s">
         <v>85</v>
       </c>
       <c r="O266" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="267" spans="1:30">
       <c r="A267" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="B267" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="C267" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="D267" t="s">
         <v>79</v>
       </c>
       <c r="E267" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F267" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H267" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I267" t="s">
         <v>83</v>
       </c>
       <c r="J267" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K267" t="s">
         <v>85</v>
       </c>
       <c r="L267" t="s">
         <v>85</v>
       </c>
       <c r="M267" t="s">
         <v>96</v>
       </c>
       <c r="O267" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="268" spans="1:30">
       <c r="A268" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="B268" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C268" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="D268" t="s">
         <v>79</v>
       </c>
       <c r="E268" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F268" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H268" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I268" t="s">
         <v>83</v>
       </c>
       <c r="J268" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K268" t="s">
         <v>85</v>
       </c>
       <c r="L268" t="s">
         <v>270</v>
       </c>
       <c r="M268" t="s">
         <v>96</v>
       </c>
       <c r="O268" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="269" spans="1:30">
       <c r="A269" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="B269" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="C269" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="D269" t="s">
         <v>79</v>
       </c>
       <c r="E269" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F269" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H269" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I269" t="s">
         <v>83</v>
       </c>
       <c r="J269" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K269" t="s">
         <v>85</v>
       </c>
       <c r="L269" t="s">
         <v>85</v>
       </c>
       <c r="M269" t="s">
         <v>85</v>
       </c>
       <c r="O269" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="270" spans="1:30">
       <c r="A270" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="B270" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="C270" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="D270" t="s">
         <v>79</v>
       </c>
       <c r="E270" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F270" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H270" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I270" t="s">
         <v>83</v>
       </c>
       <c r="J270" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K270" t="s">
         <v>85</v>
       </c>
       <c r="L270" t="s">
         <v>85</v>
       </c>
       <c r="M270" t="s">
         <v>96</v>
       </c>
       <c r="O270" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="271" spans="1:30">
       <c r="A271" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="B271" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="C271" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="D271" t="s">
         <v>79</v>
       </c>
       <c r="E271" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F271" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H271" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I271" t="s">
         <v>83</v>
       </c>
       <c r="J271" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K271" t="s">
         <v>85</v>
       </c>
       <c r="L271" t="s">
         <v>85</v>
       </c>
       <c r="M271" t="s">
         <v>85</v>
       </c>
       <c r="O271" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="272" spans="1:30">
       <c r="A272" t="s">
+        <v>940</v>
+      </c>
+      <c r="B272" t="s">
+        <v>941</v>
+      </c>
+      <c r="C272" t="s">
+        <v>942</v>
+      </c>
+      <c r="D272" t="s">
+        <v>79</v>
+      </c>
+      <c r="E272" t="s">
+        <v>936</v>
+      </c>
+      <c r="F272" t="s">
+        <v>937</v>
+      </c>
+      <c r="H272" t="s">
+        <v>938</v>
+      </c>
+      <c r="I272" t="s">
+        <v>83</v>
+      </c>
+      <c r="J272" t="s">
         <v>939</v>
-      </c>
-[...22 lines deleted...]
-        <v>938</v>
       </c>
       <c r="K272" t="s">
         <v>85</v>
       </c>
       <c r="L272" t="s">
         <v>270</v>
       </c>
       <c r="M272" t="s">
         <v>96</v>
       </c>
       <c r="O272" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="273" spans="1:30">
       <c r="A273" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="B273" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="C273" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="D273" t="s">
         <v>79</v>
       </c>
       <c r="E273" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F273" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="H273" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="I273" t="s">
         <v>83</v>
       </c>
       <c r="J273" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="K273" t="s">
         <v>85</v>
       </c>
       <c r="L273" t="s">
         <v>85</v>
       </c>
       <c r="M273" t="s">
         <v>270</v>
       </c>
       <c r="O273" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="274" spans="1:30">
       <c r="A274" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="B274" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="C274" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="D274" t="s">
         <v>79</v>
       </c>
       <c r="E274" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="F274" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="H274" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="I274" t="s">
         <v>83</v>
       </c>
       <c r="J274" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="K274" t="s">
         <v>85</v>
       </c>
       <c r="L274" t="s">
         <v>85</v>
       </c>
       <c r="M274" t="s">
         <v>96</v>
       </c>
       <c r="O274" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="275" spans="1:30">
       <c r="A275" t="s">
+        <v>953</v>
+      </c>
+      <c r="B275" t="s">
+        <v>954</v>
+      </c>
+      <c r="C275" t="s">
+        <v>955</v>
+      </c>
+      <c r="D275" t="s">
+        <v>79</v>
+      </c>
+      <c r="E275" t="s">
+        <v>949</v>
+      </c>
+      <c r="F275" t="s">
+        <v>950</v>
+      </c>
+      <c r="H275" t="s">
+        <v>951</v>
+      </c>
+      <c r="I275" t="s">
+        <v>83</v>
+      </c>
+      <c r="J275" t="s">
         <v>952</v>
-      </c>
-[...22 lines deleted...]
-        <v>951</v>
       </c>
       <c r="K275" t="s">
         <v>85</v>
       </c>
       <c r="L275" t="s">
         <v>85</v>
       </c>
       <c r="M275" t="s">
         <v>96</v>
       </c>
       <c r="O275" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="276" spans="1:30">
       <c r="A276" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="B276" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="C276" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="D276" t="s">
         <v>79</v>
       </c>
       <c r="E276" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="F276" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="H276" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="I276" t="s">
         <v>83</v>
       </c>
       <c r="J276" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="K276" t="s">
         <v>85</v>
       </c>
       <c r="L276" t="s">
         <v>85</v>
       </c>
       <c r="M276" t="s">
         <v>85</v>
       </c>
       <c r="O276" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="277" spans="1:30">
       <c r="A277" t="s">
+        <v>963</v>
+      </c>
+      <c r="B277" t="s">
+        <v>964</v>
+      </c>
+      <c r="C277" t="s">
+        <v>965</v>
+      </c>
+      <c r="D277" t="s">
+        <v>79</v>
+      </c>
+      <c r="E277" t="s">
+        <v>959</v>
+      </c>
+      <c r="F277" t="s">
+        <v>960</v>
+      </c>
+      <c r="H277" t="s">
+        <v>961</v>
+      </c>
+      <c r="I277" t="s">
+        <v>83</v>
+      </c>
+      <c r="J277" t="s">
         <v>962</v>
-      </c>
-[...22 lines deleted...]
-        <v>961</v>
       </c>
       <c r="K277" t="s">
         <v>85</v>
       </c>
       <c r="L277" t="s">
         <v>85</v>
       </c>
       <c r="M277" t="s">
         <v>85</v>
       </c>
       <c r="O277" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="278" spans="1:30">
       <c r="A278" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="B278" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C278" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="D278" t="s">
         <v>79</v>
       </c>
       <c r="E278" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="F278" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="H278" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="I278" t="s">
         <v>83</v>
       </c>
       <c r="J278" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="K278" t="s">
         <v>89</v>
       </c>
       <c r="L278" t="s">
         <v>85</v>
       </c>
       <c r="M278" t="s">
         <v>85</v>
       </c>
       <c r="O278" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="279" spans="1:30">
       <c r="A279" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="B279" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C279" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="D279" t="s">
         <v>79</v>
       </c>
       <c r="E279" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="F279" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="H279" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="I279" t="s">
         <v>83</v>
       </c>
       <c r="J279" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="K279" t="s">
         <v>89</v>
       </c>
       <c r="L279" t="s">
         <v>96</v>
       </c>
       <c r="M279" t="s">
         <v>85</v>
       </c>
       <c r="O279" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="280" spans="1:30">
       <c r="A280" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="B280" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="C280" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="D280" t="s">
         <v>79</v>
       </c>
       <c r="E280" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="F280" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="H280" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="I280" t="s">
         <v>83</v>
       </c>
       <c r="J280" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="K280" t="s">
         <v>89</v>
       </c>
       <c r="L280" t="s">
         <v>85</v>
       </c>
       <c r="M280" t="s">
         <v>85</v>
       </c>
       <c r="O280" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="281" spans="1:30">
       <c r="A281" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="B281" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="C281" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="D281" t="s">
         <v>79</v>
       </c>
       <c r="E281" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="F281" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="H281" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="I281" t="s">
         <v>83</v>
       </c>
       <c r="J281" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="K281" t="s">
         <v>85</v>
       </c>
       <c r="L281" t="s">
         <v>85</v>
       </c>
       <c r="M281" t="s">
         <v>85</v>
       </c>
       <c r="O281" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="282" spans="1:30">
       <c r="A282" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="B282" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="C282" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="D282" t="s">
         <v>79</v>
       </c>
       <c r="E282" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="F282" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="H282" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="I282" t="s">
         <v>83</v>
       </c>
       <c r="J282" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="K282" t="s">
         <v>85</v>
       </c>
       <c r="L282" t="s">
         <v>236</v>
       </c>
       <c r="M282" t="s">
         <v>89</v>
       </c>
       <c r="O282" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="283" spans="1:30">
       <c r="A283" t="s">
+        <v>985</v>
+      </c>
+      <c r="B283" t="s">
+        <v>986</v>
+      </c>
+      <c r="C283" t="s">
+        <v>987</v>
+      </c>
+      <c r="D283" t="s">
+        <v>79</v>
+      </c>
+      <c r="E283" t="s">
+        <v>981</v>
+      </c>
+      <c r="F283" t="s">
+        <v>982</v>
+      </c>
+      <c r="H283" t="s">
+        <v>983</v>
+      </c>
+      <c r="I283" t="s">
+        <v>83</v>
+      </c>
+      <c r="J283" t="s">
         <v>984</v>
-      </c>
-[...22 lines deleted...]
-        <v>983</v>
       </c>
       <c r="K283" t="s">
         <v>85</v>
       </c>
       <c r="L283" t="s">
         <v>85</v>
       </c>
       <c r="M283" t="s">
         <v>89</v>
       </c>
       <c r="O283" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="284" spans="1:30">
       <c r="A284" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="B284" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="C284" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="D284" t="s">
         <v>79</v>
       </c>
       <c r="E284" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="F284" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="H284" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="I284" t="s">
         <v>83</v>
       </c>
       <c r="J284" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="K284" t="s">
         <v>85</v>
       </c>
       <c r="L284" t="s">
         <v>85</v>
       </c>
       <c r="M284" t="s">
         <v>89</v>
       </c>
       <c r="O284" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="285" spans="1:30">
       <c r="A285" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="B285" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="C285" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="D285" t="s">
         <v>79</v>
       </c>
       <c r="E285" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="F285" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="H285" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="I285" t="s">
         <v>83</v>
       </c>
       <c r="J285" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="K285" t="s">
         <v>85</v>
       </c>
       <c r="L285" t="s">
         <v>85</v>
       </c>
       <c r="M285" t="s">
         <v>89</v>
       </c>
       <c r="O285" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="286" spans="1:30">
       <c r="A286" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="B286" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="C286" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="D286" t="s">
         <v>79</v>
       </c>
       <c r="E286" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="F286" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="H286" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="I286" t="s">
         <v>83</v>
       </c>
       <c r="J286" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="K286" t="s">
         <v>85</v>
       </c>
       <c r="L286" t="s">
         <v>85</v>
       </c>
       <c r="M286" t="s">
         <v>89</v>
       </c>
       <c r="O286" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="287" spans="1:30">
       <c r="A287" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B287" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="C287" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="D287" t="s">
         <v>79</v>
       </c>
       <c r="E287" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="F287" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="H287" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="I287" t="s">
         <v>83</v>
       </c>
       <c r="J287" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="K287" t="s">
         <v>85</v>
       </c>
       <c r="L287" t="s">
         <v>85</v>
       </c>
       <c r="M287" t="s">
         <v>89</v>
       </c>
       <c r="O287" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="288" spans="1:30">
       <c r="A288" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="B288" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C288" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D288" t="s">
         <v>79</v>
       </c>
       <c r="E288" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="F288" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="H288" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="I288" t="s">
         <v>83</v>
       </c>
       <c r="J288" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="K288" t="s">
         <v>85</v>
       </c>
       <c r="L288" t="s">
         <v>85</v>
       </c>
       <c r="M288" t="s">
         <v>96</v>
       </c>
       <c r="O288" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="289" spans="1:30">
       <c r="A289" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="B289" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C289" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D289" t="s">
         <v>79</v>
       </c>
       <c r="E289" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="F289" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="H289" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="I289" t="s">
         <v>83</v>
       </c>
       <c r="J289" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="K289" t="s">
         <v>85</v>
       </c>
       <c r="L289" t="s">
         <v>85</v>
       </c>
       <c r="M289" t="s">
         <v>85</v>
       </c>
       <c r="O289" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="290" spans="1:30">
       <c r="A290" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="B290" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C290" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="D290" t="s">
         <v>79</v>
       </c>
       <c r="E290" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="F290" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="H290" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="I290" t="s">
         <v>83</v>
       </c>
       <c r="J290" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="K290" t="s">
         <v>85</v>
       </c>
       <c r="L290" t="s">
         <v>85</v>
       </c>
       <c r="M290" t="s">
         <v>96</v>
       </c>
       <c r="O290" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="291" spans="1:30">
       <c r="A291" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="B291" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="C291" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="D291" t="s">
         <v>79</v>
       </c>
       <c r="E291" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="F291" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="H291" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="I291" t="s">
         <v>83</v>
       </c>
       <c r="J291" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="K291" t="s">
         <v>85</v>
       </c>
       <c r="L291" t="s">
         <v>85</v>
       </c>
       <c r="M291" t="s">
         <v>96</v>
       </c>
       <c r="O291" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="292" spans="1:30">
       <c r="A292" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="B292" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="C292" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="D292" t="s">
         <v>79</v>
       </c>
       <c r="E292" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="F292" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="H292" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="I292" t="s">
         <v>83</v>
       </c>
       <c r="J292" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="K292" t="s">
         <v>85</v>
       </c>
       <c r="L292" t="s">
         <v>85</v>
       </c>
       <c r="M292" t="s">
         <v>85</v>
       </c>
       <c r="O292" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="293" spans="1:30">
       <c r="A293" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="B293" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="C293" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="D293" t="s">
         <v>79</v>
       </c>
       <c r="E293" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="F293" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="H293" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="I293" t="s">
         <v>83</v>
       </c>
       <c r="J293" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="K293" t="s">
         <v>85</v>
       </c>
       <c r="L293" t="s">
         <v>96</v>
       </c>
       <c r="M293" t="s">
         <v>85</v>
       </c>
       <c r="O293" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="294" spans="1:30">
       <c r="A294" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="B294" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="C294" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="D294" t="s">
         <v>79</v>
       </c>
       <c r="E294" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="F294" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="H294" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="I294" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="J294" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="K294" t="s">
         <v>85</v>
       </c>
       <c r="L294" t="s">
         <v>96</v>
       </c>
       <c r="M294" t="s">
         <v>96</v>
       </c>
       <c r="O294" t="s">
         <v>365</v>
       </c>
       <c r="P294" t="s">
         <v>366</v>
       </c>
       <c r="Q294" t="s">
         <v>371</v>
       </c>
       <c r="R294" t="s">
         <v>85</v>
       </c>
       <c r="S294" t="s">
         <v>96</v>
       </c>
       <c r="T294" t="s">
         <v>96</v>
       </c>
       <c r="U294" t="s">
         <v>366</v>
       </c>
       <c r="V294" t="s">
         <v>371</v>
       </c>
       <c r="W294" t="s">
         <v>85</v>
       </c>
       <c r="X294" t="s">
         <v>96</v>
       </c>
       <c r="Y294" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="295" spans="1:30">
       <c r="A295" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B295" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C295" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D295" t="s">
+        <v>79</v>
+      </c>
+      <c r="E295" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F295" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H295" t="s">
+        <v>1023</v>
+      </c>
+      <c r="I295" t="s">
+        <v>1024</v>
+      </c>
+      <c r="J295" t="s">
         <v>1025</v>
-      </c>
-[...22 lines deleted...]
-        <v>1024</v>
       </c>
       <c r="K295" t="s">
         <v>85</v>
       </c>
       <c r="L295" t="s">
         <v>85</v>
       </c>
       <c r="M295" t="s">
         <v>85</v>
       </c>
       <c r="O295" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="296" spans="1:30">
       <c r="A296" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="B296" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="C296" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="D296" t="s">
         <v>79</v>
       </c>
       <c r="E296" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F296" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H296" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I296" t="s">
         <v>83</v>
       </c>
       <c r="J296" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K296" t="s">
         <v>106</v>
       </c>
       <c r="L296" t="s">
         <v>106</v>
       </c>
       <c r="M296" t="s">
         <v>106</v>
       </c>
       <c r="O296" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="297" spans="1:30">
       <c r="A297" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B297" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C297" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D297" t="s">
+        <v>79</v>
+      </c>
+      <c r="E297" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F297" t="s">
+        <v>1033</v>
+      </c>
+      <c r="H297" t="s">
+        <v>1034</v>
+      </c>
+      <c r="I297" t="s">
+        <v>83</v>
+      </c>
+      <c r="J297" t="s">
         <v>1035</v>
-      </c>
-[...22 lines deleted...]
-        <v>1034</v>
       </c>
       <c r="K297" t="s">
         <v>85</v>
       </c>
       <c r="L297" t="s">
         <v>96</v>
       </c>
       <c r="M297" t="s">
         <v>85</v>
       </c>
       <c r="O297" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="298" spans="1:30">
       <c r="A298" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="B298" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="C298" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D298" t="s">
         <v>79</v>
       </c>
       <c r="E298" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F298" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H298" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I298" t="s">
         <v>83</v>
       </c>
       <c r="J298" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K298" t="s">
         <v>85</v>
       </c>
       <c r="L298" t="s">
         <v>85</v>
       </c>
       <c r="M298" t="s">
         <v>85</v>
       </c>
       <c r="O298" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="299" spans="1:30">
       <c r="A299" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="B299" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="C299" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="D299" t="s">
         <v>79</v>
       </c>
       <c r="E299" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F299" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H299" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I299" t="s">
         <v>83</v>
       </c>
       <c r="J299" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K299" t="s">
         <v>106</v>
       </c>
       <c r="L299" t="s">
         <v>106</v>
       </c>
       <c r="M299" t="s">
         <v>106</v>
       </c>
       <c r="O299" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="300" spans="1:30">
       <c r="A300" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="B300" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="C300" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="D300" t="s">
         <v>79</v>
       </c>
       <c r="E300" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F300" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H300" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I300" t="s">
         <v>83</v>
       </c>
       <c r="J300" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K300" t="s">
         <v>106</v>
       </c>
       <c r="L300" t="s">
         <v>106</v>
       </c>
       <c r="M300" t="s">
         <v>106</v>
       </c>
       <c r="O300" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="301" spans="1:30">
       <c r="A301" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="B301" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="C301" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="D301" t="s">
         <v>79</v>
       </c>
       <c r="E301" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F301" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H301" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I301" t="s">
         <v>83</v>
       </c>
       <c r="J301" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K301" t="s">
         <v>85</v>
       </c>
       <c r="L301" t="s">
         <v>85</v>
       </c>
       <c r="M301" t="s">
         <v>89</v>
       </c>
       <c r="O301" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="302" spans="1:30">
       <c r="A302" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="B302" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="C302" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D302" t="s">
         <v>79</v>
       </c>
       <c r="E302" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F302" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H302" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I302" t="s">
         <v>83</v>
       </c>
       <c r="J302" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K302" t="s">
         <v>106</v>
       </c>
       <c r="L302" t="s">
         <v>106</v>
       </c>
       <c r="M302" t="s">
         <v>106</v>
       </c>
       <c r="O302" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="303" spans="1:30">
       <c r="A303" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="B303" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="C303" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="D303" t="s">
         <v>79</v>
       </c>
       <c r="E303" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F303" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H303" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I303" t="s">
         <v>83</v>
       </c>
       <c r="J303" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K303" t="s">
         <v>85</v>
       </c>
       <c r="L303" t="s">
         <v>96</v>
       </c>
       <c r="M303" t="s">
         <v>85</v>
       </c>
       <c r="O303" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="304" spans="1:30">
       <c r="A304" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="B304" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="C304" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="D304" t="s">
         <v>79</v>
       </c>
       <c r="E304" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F304" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H304" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I304" t="s">
         <v>83</v>
       </c>
       <c r="J304" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K304" t="s">
         <v>106</v>
       </c>
       <c r="L304" t="s">
         <v>106</v>
       </c>
       <c r="M304" t="s">
         <v>106</v>
       </c>
       <c r="O304" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="305" spans="1:30">
       <c r="A305" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="B305" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="C305" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="D305" t="s">
         <v>79</v>
       </c>
       <c r="E305" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F305" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H305" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I305" t="s">
         <v>83</v>
       </c>
       <c r="J305" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K305" t="s">
         <v>85</v>
       </c>
       <c r="L305" t="s">
         <v>85</v>
       </c>
       <c r="M305" t="s">
         <v>85</v>
       </c>
       <c r="O305" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="306" spans="1:30">
       <c r="A306" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="B306" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="C306" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="D306" t="s">
         <v>79</v>
       </c>
       <c r="E306" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F306" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H306" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I306" t="s">
         <v>83</v>
       </c>
       <c r="J306" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K306" t="s">
         <v>106</v>
       </c>
       <c r="L306" t="s">
         <v>106</v>
       </c>
       <c r="M306" t="s">
         <v>106</v>
       </c>
       <c r="O306" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="307" spans="1:30">
       <c r="A307" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="B307" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="C307" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="D307" t="s">
         <v>79</v>
       </c>
       <c r="E307" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F307" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H307" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I307" t="s">
         <v>83</v>
       </c>
       <c r="J307" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K307" t="s">
         <v>85</v>
       </c>
       <c r="L307" t="s">
         <v>85</v>
       </c>
       <c r="M307" t="s">
         <v>85</v>
       </c>
       <c r="O307" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="308" spans="1:30">
       <c r="A308" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="B308" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="C308" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="D308" t="s">
         <v>79</v>
       </c>
       <c r="E308" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F308" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H308" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I308" t="s">
         <v>83</v>
       </c>
       <c r="J308" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K308" t="s">
         <v>106</v>
       </c>
       <c r="L308" t="s">
         <v>106</v>
       </c>
       <c r="M308" t="s">
         <v>106</v>
       </c>
       <c r="O308" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="309" spans="1:30">
       <c r="A309" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="B309" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="C309" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="D309" t="s">
         <v>79</v>
       </c>
       <c r="E309" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F309" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H309" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I309" t="s">
         <v>83</v>
       </c>
       <c r="J309" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K309" t="s">
         <v>85</v>
       </c>
       <c r="L309" t="s">
         <v>85</v>
       </c>
       <c r="M309" t="s">
         <v>85</v>
       </c>
       <c r="O309" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="310" spans="1:30">
       <c r="A310" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="B310" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="C310" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="D310" t="s">
         <v>79</v>
       </c>
       <c r="E310" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F310" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H310" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I310" t="s">
         <v>83</v>
       </c>
       <c r="J310" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K310" t="s">
         <v>85</v>
       </c>
       <c r="L310" t="s">
         <v>270</v>
       </c>
       <c r="M310" t="s">
         <v>85</v>
       </c>
       <c r="O310" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="311" spans="1:30">
       <c r="A311" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="B311" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="C311" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="D311" t="s">
         <v>79</v>
       </c>
       <c r="E311" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F311" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H311" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I311" t="s">
         <v>83</v>
       </c>
       <c r="J311" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K311" t="s">
         <v>85</v>
       </c>
       <c r="L311" t="s">
         <v>85</v>
       </c>
       <c r="M311" t="s">
         <v>270</v>
       </c>
       <c r="O311" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="312" spans="1:30">
       <c r="A312" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="B312" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="C312" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="D312" t="s">
         <v>79</v>
       </c>
       <c r="E312" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F312" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H312" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I312" t="s">
         <v>83</v>
       </c>
       <c r="J312" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K312" t="s">
         <v>85</v>
       </c>
       <c r="L312" t="s">
         <v>270</v>
       </c>
       <c r="M312" t="s">
         <v>85</v>
       </c>
       <c r="O312" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="313" spans="1:30">
       <c r="A313" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="B313" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="C313" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="D313" t="s">
         <v>79</v>
       </c>
       <c r="E313" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F313" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H313" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I313" t="s">
         <v>83</v>
       </c>
       <c r="J313" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K313" t="s">
         <v>106</v>
       </c>
       <c r="L313" t="s">
         <v>106</v>
       </c>
       <c r="M313" t="s">
         <v>106</v>
       </c>
       <c r="O313" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="314" spans="1:30">
       <c r="A314" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="B314" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="C314" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="D314" t="s">
         <v>79</v>
       </c>
       <c r="E314" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F314" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H314" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I314" t="s">
         <v>83</v>
       </c>
       <c r="J314" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K314" t="s">
         <v>85</v>
       </c>
       <c r="L314" t="s">
         <v>85</v>
       </c>
       <c r="M314" t="s">
         <v>85</v>
       </c>
       <c r="O314" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="315" spans="1:30">
       <c r="A315" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="B315" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="C315" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="D315" t="s">
         <v>79</v>
       </c>
       <c r="E315" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F315" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H315" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I315" t="s">
         <v>83</v>
       </c>
       <c r="J315" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K315" t="s">
         <v>106</v>
       </c>
       <c r="L315" t="s">
         <v>106</v>
       </c>
       <c r="M315" t="s">
         <v>106</v>
       </c>
       <c r="O315" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="316" spans="1:30">
       <c r="A316" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="B316" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="C316" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="D316" t="s">
         <v>79</v>
       </c>
       <c r="E316" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F316" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H316" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I316" t="s">
         <v>83</v>
       </c>
       <c r="J316" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K316" t="s">
         <v>85</v>
       </c>
       <c r="L316" t="s">
         <v>85</v>
       </c>
       <c r="M316" t="s">
         <v>89</v>
       </c>
       <c r="O316" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="317" spans="1:30">
       <c r="A317" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="B317" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="C317" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="D317" t="s">
         <v>79</v>
       </c>
       <c r="E317" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F317" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H317" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I317" t="s">
         <v>83</v>
       </c>
       <c r="J317" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K317" t="s">
         <v>85</v>
       </c>
       <c r="L317" t="s">
         <v>270</v>
       </c>
       <c r="M317" t="s">
         <v>85</v>
       </c>
       <c r="O317" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="318" spans="1:30">
       <c r="A318" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="B318" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="C318" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="D318" t="s">
         <v>79</v>
       </c>
       <c r="E318" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F318" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H318" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I318" t="s">
         <v>83</v>
       </c>
       <c r="J318" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K318" t="s">
         <v>106</v>
       </c>
       <c r="L318" t="s">
         <v>106</v>
       </c>
       <c r="M318" t="s">
         <v>106</v>
       </c>
       <c r="O318" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="319" spans="1:30">
       <c r="A319" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="B319" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="C319" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="D319" t="s">
         <v>79</v>
       </c>
       <c r="E319" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F319" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H319" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I319" t="s">
         <v>83</v>
       </c>
       <c r="J319" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K319" t="s">
         <v>85</v>
       </c>
       <c r="L319" t="s">
         <v>85</v>
       </c>
       <c r="M319" t="s">
         <v>85</v>
       </c>
       <c r="O319" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="320" spans="1:30">
       <c r="A320" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="B320" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="C320" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="D320" t="s">
         <v>79</v>
       </c>
       <c r="E320" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F320" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H320" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I320" t="s">
         <v>83</v>
       </c>
       <c r="J320" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K320" t="s">
         <v>85</v>
       </c>
       <c r="L320" t="s">
         <v>85</v>
       </c>
       <c r="M320" t="s">
         <v>85</v>
       </c>
       <c r="O320" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="321" spans="1:30">
       <c r="A321" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="B321" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="C321" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="D321" t="s">
         <v>79</v>
       </c>
       <c r="E321" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F321" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H321" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I321" t="s">
         <v>83</v>
       </c>
       <c r="J321" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K321" t="s">
         <v>85</v>
       </c>
       <c r="L321" t="s">
         <v>85</v>
       </c>
       <c r="M321" t="s">
         <v>270</v>
       </c>
       <c r="O321" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="322" spans="1:30">
       <c r="A322" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="B322" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="C322" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="D322" t="s">
         <v>79</v>
       </c>
       <c r="E322" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F322" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H322" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I322" t="s">
         <v>83</v>
       </c>
       <c r="J322" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K322" t="s">
         <v>85</v>
       </c>
       <c r="L322" t="s">
         <v>85</v>
       </c>
       <c r="M322" t="s">
         <v>85</v>
       </c>
       <c r="O322" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="323" spans="1:30">
       <c r="A323" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="B323" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="C323" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="D323" t="s">
         <v>79</v>
       </c>
       <c r="E323" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F323" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H323" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I323" t="s">
         <v>83</v>
       </c>
       <c r="J323" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K323" t="s">
         <v>85</v>
       </c>
       <c r="L323" t="s">
         <v>236</v>
       </c>
       <c r="M323" t="s">
         <v>85</v>
       </c>
       <c r="O323" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="324" spans="1:30">
       <c r="A324" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="B324" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="C324" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="D324" t="s">
         <v>79</v>
       </c>
       <c r="E324" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F324" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H324" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I324" t="s">
         <v>83</v>
       </c>
       <c r="J324" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K324" t="s">
         <v>85</v>
       </c>
       <c r="L324" t="s">
         <v>85</v>
       </c>
       <c r="M324" t="s">
         <v>85</v>
       </c>
       <c r="O324" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="325" spans="1:30">
       <c r="A325" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="B325" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="C325" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="D325" t="s">
         <v>79</v>
       </c>
       <c r="E325" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F325" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H325" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I325" t="s">
         <v>83</v>
       </c>
       <c r="J325" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K325" t="s">
         <v>85</v>
       </c>
       <c r="L325" t="s">
         <v>85</v>
       </c>
       <c r="M325" t="s">
         <v>85</v>
       </c>
       <c r="O325" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="326" spans="1:30">
       <c r="A326" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="B326" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="C326" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="D326" t="s">
         <v>79</v>
       </c>
       <c r="E326" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F326" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H326" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I326" t="s">
         <v>83</v>
       </c>
       <c r="J326" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K326" t="s">
         <v>85</v>
       </c>
       <c r="L326" t="s">
         <v>85</v>
       </c>
       <c r="M326" t="s">
         <v>85</v>
       </c>
       <c r="O326" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="327" spans="1:30">
       <c r="A327" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="B327" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="C327" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="D327" t="s">
         <v>79</v>
       </c>
       <c r="E327" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F327" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H327" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I327" t="s">
         <v>83</v>
       </c>
       <c r="J327" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K327" t="s">
         <v>85</v>
       </c>
       <c r="L327" t="s">
         <v>85</v>
       </c>
       <c r="M327" t="s">
         <v>85</v>
       </c>
       <c r="O327" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="328" spans="1:30">
       <c r="A328" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="B328" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="C328" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="D328" t="s">
         <v>79</v>
       </c>
       <c r="E328" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F328" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H328" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I328" t="s">
         <v>83</v>
       </c>
       <c r="J328" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K328" t="s">
         <v>85</v>
       </c>
       <c r="L328" t="s">
         <v>85</v>
       </c>
       <c r="M328" t="s">
         <v>85</v>
       </c>
       <c r="O328" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="329" spans="1:30">
       <c r="A329" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="B329" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="C329" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="D329" t="s">
         <v>79</v>
       </c>
       <c r="E329" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F329" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H329" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I329" t="s">
         <v>83</v>
       </c>
       <c r="J329" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K329" t="s">
         <v>85</v>
       </c>
       <c r="L329" t="s">
         <v>85</v>
       </c>
       <c r="M329" t="s">
         <v>85</v>
       </c>
       <c r="O329" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="330" spans="1:30">
       <c r="A330" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="B330" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="C330" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="D330" t="s">
         <v>79</v>
       </c>
       <c r="E330" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F330" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H330" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I330" t="s">
         <v>83</v>
       </c>
       <c r="J330" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K330" t="s">
         <v>85</v>
       </c>
       <c r="L330" t="s">
         <v>85</v>
       </c>
       <c r="M330" t="s">
         <v>85</v>
       </c>
       <c r="O330" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="331" spans="1:30">
       <c r="A331" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="B331" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="C331" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="D331" t="s">
         <v>79</v>
       </c>
       <c r="E331" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F331" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H331" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I331" t="s">
         <v>83</v>
       </c>
       <c r="J331" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K331" t="s">
         <v>106</v>
       </c>
       <c r="L331" t="s">
         <v>106</v>
       </c>
       <c r="M331" t="s">
         <v>106</v>
       </c>
       <c r="O331" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="332" spans="1:30">
       <c r="A332" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="B332" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="C332" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="D332" t="s">
         <v>79</v>
       </c>
       <c r="E332" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F332" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H332" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I332" t="s">
         <v>83</v>
       </c>
       <c r="J332" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K332" t="s">
         <v>106</v>
       </c>
       <c r="L332" t="s">
         <v>106</v>
       </c>
       <c r="M332" t="s">
         <v>106</v>
       </c>
       <c r="O332" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="333" spans="1:30">
       <c r="A333" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="B333" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="C333" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="D333" t="s">
         <v>79</v>
       </c>
       <c r="E333" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F333" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H333" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I333" t="s">
         <v>83</v>
       </c>
       <c r="J333" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K333" t="s">
         <v>85</v>
       </c>
       <c r="L333" t="s">
         <v>96</v>
       </c>
       <c r="M333" t="s">
         <v>85</v>
       </c>
       <c r="O333" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="334" spans="1:30">
       <c r="A334" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="B334" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="C334" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="D334" t="s">
         <v>79</v>
       </c>
       <c r="E334" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F334" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H334" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I334" t="s">
         <v>83</v>
       </c>
       <c r="J334" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K334" t="s">
         <v>106</v>
       </c>
       <c r="L334" t="s">
         <v>106</v>
       </c>
       <c r="M334" t="s">
         <v>106</v>
       </c>
       <c r="O334" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="335" spans="1:30">
       <c r="A335" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="B335" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="C335" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="D335" t="s">
         <v>79</v>
       </c>
       <c r="E335" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F335" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H335" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I335" t="s">
         <v>83</v>
       </c>
       <c r="J335" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K335" t="s">
         <v>106</v>
       </c>
       <c r="L335" t="s">
         <v>106</v>
       </c>
       <c r="M335" t="s">
         <v>106</v>
       </c>
       <c r="O335" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="336" spans="1:30">
       <c r="A336" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="B336" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="C336" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="D336" t="s">
         <v>79</v>
       </c>
       <c r="E336" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F336" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H336" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I336" t="s">
         <v>83</v>
       </c>
       <c r="J336" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K336" t="s">
         <v>106</v>
       </c>
       <c r="L336" t="s">
         <v>106</v>
       </c>
       <c r="M336" t="s">
         <v>106</v>
       </c>
       <c r="O336" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="337" spans="1:30">
       <c r="A337" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="B337" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="C337" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="D337" t="s">
         <v>79</v>
       </c>
       <c r="E337" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F337" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H337" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I337" t="s">
         <v>83</v>
       </c>
       <c r="J337" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K337" t="s">
         <v>85</v>
       </c>
       <c r="L337" t="s">
         <v>236</v>
       </c>
       <c r="M337" t="s">
         <v>85</v>
       </c>
       <c r="O337" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="338" spans="1:30">
       <c r="A338" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="B338" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="C338" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="D338" t="s">
         <v>79</v>
       </c>
       <c r="E338" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F338" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H338" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I338" t="s">
         <v>83</v>
       </c>
       <c r="J338" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K338" t="s">
         <v>85</v>
       </c>
       <c r="L338" t="s">
         <v>96</v>
       </c>
       <c r="M338" t="s">
         <v>85</v>
       </c>
       <c r="O338" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="339" spans="1:30">
       <c r="A339" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="B339" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="C339" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="D339" t="s">
         <v>79</v>
       </c>
       <c r="E339" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F339" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H339" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I339" t="s">
         <v>83</v>
       </c>
       <c r="J339" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K339" t="s">
         <v>85</v>
       </c>
       <c r="L339" t="s">
         <v>236</v>
       </c>
       <c r="M339" t="s">
         <v>85</v>
       </c>
       <c r="O339" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="340" spans="1:30">
       <c r="A340" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="B340" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="C340" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="D340" t="s">
         <v>79</v>
       </c>
       <c r="E340" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F340" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H340" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I340" t="s">
         <v>83</v>
       </c>
       <c r="J340" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K340" t="s">
         <v>85</v>
       </c>
       <c r="L340" t="s">
         <v>85</v>
       </c>
       <c r="M340" t="s">
         <v>96</v>
       </c>
       <c r="O340" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="341" spans="1:30">
       <c r="A341" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="B341" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="C341" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="D341" t="s">
         <v>79</v>
       </c>
       <c r="E341" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F341" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H341" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I341" t="s">
         <v>83</v>
       </c>
       <c r="J341" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K341" t="s">
         <v>85</v>
       </c>
       <c r="L341" t="s">
         <v>85</v>
       </c>
       <c r="M341" t="s">
         <v>96</v>
       </c>
       <c r="O341" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="342" spans="1:30">
       <c r="A342" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="B342" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="C342" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="D342" t="s">
         <v>79</v>
       </c>
       <c r="E342" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F342" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H342" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I342" t="s">
         <v>83</v>
       </c>
       <c r="J342" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K342" t="s">
         <v>85</v>
       </c>
       <c r="L342" t="s">
         <v>270</v>
       </c>
       <c r="M342" t="s">
         <v>85</v>
       </c>
       <c r="O342" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="343" spans="1:30">
       <c r="A343" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="B343" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="C343" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="D343" t="s">
         <v>79</v>
       </c>
       <c r="E343" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F343" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H343" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I343" t="s">
         <v>83</v>
       </c>
       <c r="J343" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K343" t="s">
         <v>85</v>
       </c>
       <c r="L343" t="s">
         <v>85</v>
       </c>
       <c r="M343" t="s">
         <v>85</v>
       </c>
       <c r="O343" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="344" spans="1:30">
       <c r="A344" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="B344" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="C344" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="D344" t="s">
         <v>79</v>
       </c>
       <c r="E344" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F344" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H344" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I344" t="s">
         <v>83</v>
       </c>
       <c r="J344" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K344" t="s">
         <v>106</v>
       </c>
       <c r="L344" t="s">
         <v>106</v>
       </c>
       <c r="M344" t="s">
         <v>106</v>
       </c>
       <c r="O344" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="345" spans="1:30">
       <c r="A345" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="B345" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="C345" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="D345" t="s">
         <v>79</v>
       </c>
       <c r="E345" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F345" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H345" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I345" t="s">
         <v>83</v>
       </c>
       <c r="J345" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K345" t="s">
         <v>106</v>
       </c>
       <c r="L345" t="s">
         <v>106</v>
       </c>
       <c r="M345" t="s">
         <v>106</v>
       </c>
       <c r="O345" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="346" spans="1:30">
       <c r="A346" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="B346" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="C346" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="D346" t="s">
         <v>79</v>
       </c>
       <c r="E346" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F346" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H346" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I346" t="s">
         <v>83</v>
       </c>
       <c r="J346" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K346" t="s">
         <v>106</v>
       </c>
       <c r="L346" t="s">
         <v>106</v>
       </c>
       <c r="M346" t="s">
         <v>106</v>
       </c>
       <c r="O346" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="347" spans="1:30">
       <c r="A347" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="B347" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="C347" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="D347" t="s">
         <v>79</v>
       </c>
       <c r="E347" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F347" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H347" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I347" t="s">
         <v>83</v>
       </c>
       <c r="J347" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K347" t="s">
         <v>106</v>
       </c>
       <c r="L347" t="s">
         <v>106</v>
       </c>
       <c r="M347" t="s">
         <v>106</v>
       </c>
       <c r="O347" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="348" spans="1:30">
       <c r="A348" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="B348" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="C348" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="D348" t="s">
         <v>79</v>
       </c>
       <c r="E348" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F348" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H348" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I348" t="s">
         <v>83</v>
       </c>
       <c r="J348" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K348" t="s">
         <v>106</v>
       </c>
       <c r="L348" t="s">
         <v>106</v>
       </c>
       <c r="M348" t="s">
         <v>106</v>
       </c>
       <c r="O348" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="349" spans="1:30">
       <c r="A349" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="B349" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="C349" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="D349" t="s">
         <v>79</v>
       </c>
       <c r="E349" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F349" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H349" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I349" t="s">
         <v>83</v>
       </c>
       <c r="J349" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K349" t="s">
         <v>106</v>
       </c>
       <c r="L349" t="s">
         <v>106</v>
       </c>
       <c r="M349" t="s">
         <v>106</v>
       </c>
       <c r="O349" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="350" spans="1:30">
       <c r="A350" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="B350" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="C350" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="D350" t="s">
         <v>79</v>
       </c>
       <c r="E350" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F350" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H350" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I350" t="s">
         <v>83</v>
       </c>
       <c r="J350" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K350" t="s">
         <v>106</v>
       </c>
       <c r="L350" t="s">
         <v>106</v>
       </c>
       <c r="M350" t="s">
         <v>106</v>
       </c>
       <c r="O350" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="351" spans="1:30">
       <c r="A351" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="B351" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="C351" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="D351" t="s">
         <v>79</v>
       </c>
       <c r="E351" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F351" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H351" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I351" t="s">
         <v>83</v>
       </c>
       <c r="J351" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K351" t="s">
         <v>106</v>
       </c>
       <c r="L351" t="s">
         <v>106</v>
       </c>
       <c r="M351" t="s">
         <v>106</v>
       </c>
       <c r="O351" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="352" spans="1:30">
       <c r="A352" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="B352" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="C352" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="D352" t="s">
         <v>79</v>
       </c>
       <c r="E352" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F352" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H352" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I352" t="s">
         <v>83</v>
       </c>
       <c r="J352" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K352" t="s">
         <v>106</v>
       </c>
       <c r="L352" t="s">
         <v>106</v>
       </c>
       <c r="M352" t="s">
         <v>106</v>
       </c>
       <c r="O352" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="353" spans="1:30">
       <c r="A353" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="B353" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="C353" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="D353" t="s">
         <v>79</v>
       </c>
       <c r="E353" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F353" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H353" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I353" t="s">
         <v>83</v>
       </c>
       <c r="J353" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K353" t="s">
         <v>106</v>
       </c>
       <c r="L353" t="s">
         <v>106</v>
       </c>
       <c r="M353" t="s">
         <v>106</v>
       </c>
       <c r="O353" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="354" spans="1:30">
       <c r="A354" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="B354" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="C354" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="D354" t="s">
         <v>79</v>
       </c>
       <c r="E354" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F354" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H354" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I354" t="s">
         <v>83</v>
       </c>
       <c r="J354" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K354" t="s">
         <v>106</v>
       </c>
       <c r="L354" t="s">
         <v>106</v>
       </c>
       <c r="M354" t="s">
         <v>106</v>
       </c>
       <c r="O354" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="355" spans="1:30">
       <c r="A355" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="B355" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="C355" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="D355" t="s">
         <v>79</v>
       </c>
       <c r="E355" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F355" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H355" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I355" t="s">
         <v>83</v>
       </c>
       <c r="J355" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K355" t="s">
         <v>106</v>
       </c>
       <c r="L355" t="s">
         <v>106</v>
       </c>
       <c r="M355" t="s">
         <v>106</v>
       </c>
       <c r="O355" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="356" spans="1:30">
       <c r="A356" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="B356" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="C356" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="D356" t="s">
         <v>79</v>
       </c>
       <c r="E356" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F356" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H356" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="I356" t="s">
         <v>83</v>
       </c>
       <c r="J356" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="K356" t="s">
         <v>85</v>
       </c>
       <c r="L356" t="s">
         <v>85</v>
       </c>
       <c r="M356" t="s">
         <v>85</v>
       </c>
       <c r="O356" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="357" spans="1:30">
       <c r="A357" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="B357" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="C357" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="D357" t="s">
         <v>79</v>
       </c>
       <c r="E357" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F357" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="H357" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="I357" t="s">
         <v>83</v>
       </c>
       <c r="J357" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="K357" t="s">
         <v>89</v>
       </c>
       <c r="L357" t="s">
         <v>89</v>
       </c>
       <c r="M357" t="s">
         <v>89</v>
       </c>
       <c r="O357" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="358" spans="1:30">
       <c r="A358" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B358" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D358" t="s">
+        <v>79</v>
+      </c>
+      <c r="E358" t="s">
+        <v>1219</v>
+      </c>
+      <c r="F358" t="s">
+        <v>1220</v>
+      </c>
+      <c r="H358" t="s">
+        <v>1221</v>
+      </c>
+      <c r="I358" t="s">
+        <v>83</v>
+      </c>
+      <c r="J358" t="s">
         <v>1222</v>
-      </c>
-[...22 lines deleted...]
-        <v>1221</v>
       </c>
       <c r="K358" t="s">
         <v>106</v>
       </c>
       <c r="L358" t="s">
         <v>106</v>
       </c>
       <c r="M358" t="s">
         <v>106</v>
       </c>
       <c r="O358" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="359" spans="1:30">
       <c r="A359" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="B359" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="C359" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="D359" t="s">
         <v>79</v>
       </c>
       <c r="E359" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F359" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="H359" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="I359" t="s">
         <v>83</v>
       </c>
       <c r="J359" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="K359" t="s">
         <v>85</v>
       </c>
       <c r="L359" t="s">
         <v>96</v>
       </c>
       <c r="M359" t="s">
         <v>85</v>
       </c>
       <c r="O359" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="360" spans="1:30">
       <c r="A360" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="B360" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="C360" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="D360" t="s">
         <v>79</v>
       </c>
       <c r="E360" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F360" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="H360" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="I360" t="s">
         <v>83</v>
       </c>
       <c r="J360" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="K360" t="s">
         <v>85</v>
       </c>
       <c r="L360" t="s">
         <v>89</v>
       </c>
       <c r="M360" t="s">
         <v>85</v>
       </c>
       <c r="O360" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="361" spans="1:30">
       <c r="A361" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="B361" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="C361" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="D361" t="s">
         <v>79</v>
       </c>
       <c r="E361" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F361" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="H361" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="I361" t="s">
         <v>83</v>
       </c>
       <c r="J361" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="K361" t="s">
         <v>106</v>
       </c>
       <c r="L361" t="s">
         <v>106</v>
       </c>
       <c r="M361" t="s">
         <v>106</v>
       </c>
       <c r="O361" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="362" spans="1:30">
       <c r="A362" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="B362" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="C362" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="D362" t="s">
         <v>79</v>
       </c>
       <c r="E362" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F362" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="H362" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="I362" t="s">
         <v>83</v>
       </c>
       <c r="J362" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="K362" t="s">
         <v>85</v>
       </c>
       <c r="L362" t="s">
         <v>96</v>
       </c>
       <c r="M362" t="s">
         <v>89</v>
       </c>
       <c r="O362" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="363" spans="1:30">
       <c r="A363" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="B363" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="C363" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="D363" t="s">
         <v>79</v>
       </c>
       <c r="E363" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F363" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="H363" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="I363" t="s">
         <v>83</v>
       </c>
       <c r="J363" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="K363" t="s">
         <v>85</v>
       </c>
       <c r="L363" t="s">
         <v>96</v>
       </c>
       <c r="M363" t="s">
         <v>96</v>
       </c>
       <c r="O363" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="364" spans="1:30">
       <c r="A364" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="B364" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="C364" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="D364" t="s">
         <v>79</v>
       </c>
       <c r="E364" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F364" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="H364" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="I364" t="s">
         <v>83</v>
       </c>
       <c r="J364" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="K364" t="s">
         <v>85</v>
       </c>
       <c r="L364" t="s">
         <v>89</v>
       </c>
       <c r="M364" t="s">
         <v>89</v>
       </c>
       <c r="O364" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="365" spans="1:30">
       <c r="A365" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="B365" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="C365" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="D365" t="s">
         <v>79</v>
       </c>
       <c r="E365" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F365" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="H365" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="I365" t="s">
         <v>83</v>
       </c>
       <c r="J365" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="K365" t="s">
         <v>85</v>
       </c>
       <c r="L365" t="s">
         <v>85</v>
       </c>
       <c r="M365" t="s">
         <v>89</v>
       </c>
       <c r="O365" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="366" spans="1:30">
       <c r="A366" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="B366" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C366" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="D366" t="s">
         <v>79</v>
       </c>
       <c r="E366" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F366" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="H366" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="I366" t="s">
         <v>83</v>
       </c>
       <c r="J366" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="K366" t="s">
         <v>85</v>
       </c>
       <c r="L366" t="s">
         <v>96</v>
       </c>
       <c r="M366" t="s">
         <v>89</v>
       </c>
       <c r="O366" t="s">
         <v>365</v>
       </c>
       <c r="P366" t="s">
         <v>366</v>
       </c>
       <c r="Q366" t="s">
         <v>371</v>
       </c>
       <c r="R366" t="s">
         <v>85</v>
       </c>
       <c r="S366" t="s">
         <v>96</v>
       </c>
       <c r="T366" t="s">
         <v>89</v>
       </c>
       <c r="U366" t="s">
         <v>366</v>
       </c>
       <c r="V366" t="s">
         <v>371</v>
       </c>
       <c r="W366" t="s">
         <v>85</v>
       </c>
       <c r="X366" t="s">
         <v>96</v>
       </c>
       <c r="Y366" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="367" spans="1:30">
       <c r="A367" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="B367" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="C367" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="D367" t="s">
         <v>79</v>
       </c>
       <c r="E367" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F367" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="H367" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="I367" t="s">
         <v>83</v>
       </c>
       <c r="J367" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="K367" t="s">
         <v>85</v>
       </c>
       <c r="L367" t="s">
         <v>96</v>
       </c>
       <c r="M367" t="s">
         <v>96</v>
       </c>
       <c r="O367" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="368" spans="1:30">
       <c r="A368" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="B368" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="C368" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="D368" t="s">
         <v>79</v>
       </c>
       <c r="E368" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F368" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="H368" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="I368" t="s">
         <v>83</v>
       </c>
       <c r="J368" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="K368" t="s">
         <v>85</v>
       </c>
       <c r="L368" t="s">
         <v>85</v>
       </c>
       <c r="M368" t="s">
         <v>89</v>
       </c>
       <c r="O368" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="369" spans="1:30">
       <c r="A369" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="B369" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="C369" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="D369" t="s">
         <v>79</v>
       </c>
       <c r="E369" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F369" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="H369" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="I369" t="s">
         <v>83</v>
       </c>
       <c r="J369" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="K369" t="s">
         <v>85</v>
       </c>
       <c r="L369" t="s">
         <v>85</v>
       </c>
       <c r="M369" t="s">
         <v>96</v>
       </c>
       <c r="O369" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="370" spans="1:30">
       <c r="A370" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="B370" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="C370" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="D370" t="s">
         <v>79</v>
       </c>
       <c r="E370" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F370" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="H370" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="I370" t="s">
         <v>83</v>
       </c>
       <c r="J370" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="K370" t="s">
         <v>85</v>
       </c>
       <c r="L370" t="s">
         <v>96</v>
       </c>
       <c r="M370" t="s">
         <v>89</v>
       </c>
       <c r="O370" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="371" spans="1:30">
       <c r="A371" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="B371" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="C371" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="D371" t="s">
         <v>79</v>
       </c>
       <c r="E371" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F371" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="H371" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="I371" t="s">
         <v>83</v>
       </c>
       <c r="J371" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="K371" t="s">
         <v>85</v>
       </c>
       <c r="L371" t="s">
         <v>96</v>
       </c>
       <c r="M371" t="s">
         <v>96</v>
       </c>
       <c r="O371" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="372" spans="1:30">
       <c r="A372" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="B372" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="C372" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="D372" t="s">
         <v>79</v>
       </c>
       <c r="E372" t="s">
-        <v>1218</v>
+        <v>603</v>
       </c>
       <c r="F372" t="s">
-        <v>1219</v>
-[...2 lines deleted...]
-        <v>1220</v>
+        <v>604</v>
       </c>
       <c r="I372" t="s">
         <v>83</v>
       </c>
       <c r="J372" t="s">
-        <v>1221</v>
+        <v>605</v>
       </c>
       <c r="K372" t="s">
         <v>85</v>
       </c>
       <c r="L372" t="s">
         <v>236</v>
       </c>
       <c r="M372" t="s">
         <v>96</v>
       </c>
       <c r="O372" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="373" spans="1:30">
       <c r="A373" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="B373" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="C373" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="D373" t="s">
         <v>79</v>
       </c>
       <c r="E373" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F373" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="H373" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="I373" t="s">
         <v>83</v>
       </c>
       <c r="J373" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="K373" t="s">
         <v>85</v>
       </c>
       <c r="L373" t="s">
         <v>96</v>
       </c>
       <c r="M373" t="s">
         <v>96</v>
       </c>
       <c r="O373" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="374" spans="1:30">
       <c r="A374" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="B374" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="C374" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="D374" t="s">
         <v>79</v>
       </c>
       <c r="E374" t="s">
-        <v>1218</v>
+        <v>603</v>
       </c>
       <c r="F374" t="s">
-        <v>1219</v>
-[...2 lines deleted...]
-        <v>1220</v>
+        <v>604</v>
       </c>
       <c r="I374" t="s">
         <v>83</v>
       </c>
       <c r="J374" t="s">
-        <v>1221</v>
+        <v>605</v>
       </c>
       <c r="K374" t="s">
         <v>85</v>
       </c>
       <c r="L374" t="s">
         <v>96</v>
       </c>
       <c r="M374" t="s">
         <v>85</v>
       </c>
       <c r="O374" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="375" spans="1:30">
       <c r="A375" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="B375" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="C375" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="D375" t="s">
         <v>79</v>
       </c>
       <c r="E375" t="s">
-        <v>1218</v>
+        <v>603</v>
       </c>
       <c r="F375" t="s">
-        <v>1219</v>
-[...2 lines deleted...]
-        <v>1220</v>
+        <v>604</v>
       </c>
       <c r="I375" t="s">
         <v>83</v>
       </c>
       <c r="J375" t="s">
-        <v>1221</v>
+        <v>605</v>
       </c>
       <c r="K375" t="s">
         <v>85</v>
       </c>
       <c r="L375" t="s">
         <v>96</v>
       </c>
       <c r="M375" t="s">
         <v>85</v>
       </c>
       <c r="O375" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="376" spans="1:30">
       <c r="A376" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="B376" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="C376" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="D376" t="s">
         <v>79</v>
       </c>
       <c r="E376" t="s">
-        <v>1218</v>
+        <v>603</v>
       </c>
       <c r="F376" t="s">
-        <v>1219</v>
-[...2 lines deleted...]
-        <v>1220</v>
+        <v>604</v>
       </c>
       <c r="I376" t="s">
         <v>83</v>
       </c>
       <c r="J376" t="s">
-        <v>1221</v>
+        <v>605</v>
       </c>
       <c r="K376" t="s">
         <v>85</v>
       </c>
       <c r="L376" t="s">
         <v>96</v>
       </c>
       <c r="M376" t="s">
         <v>96</v>
       </c>
       <c r="O376" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="377" spans="1:30">
       <c r="A377" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="B377" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="C377" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="D377" t="s">
         <v>79</v>
       </c>
       <c r="E377" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="F377" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="I377" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="J377" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="K377" t="s">
         <v>85</v>
       </c>
       <c r="L377" t="s">
         <v>85</v>
       </c>
       <c r="M377" t="s">
         <v>96</v>
       </c>
       <c r="O377" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="378" spans="1:30">
       <c r="A378" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="B378" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="C378" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="D378" t="s">
         <v>79</v>
       </c>
       <c r="E378" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F378" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H378" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I378" t="s">
         <v>83</v>
       </c>
       <c r="J378" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K378" t="s">
         <v>85</v>
       </c>
       <c r="L378" t="s">
         <v>85</v>
       </c>
       <c r="M378" t="s">
         <v>89</v>
       </c>
       <c r="O378" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="379" spans="1:30">
       <c r="A379" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B379" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C379" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D379" t="s">
+        <v>79</v>
+      </c>
+      <c r="E379" t="s">
+        <v>1289</v>
+      </c>
+      <c r="F379" t="s">
+        <v>1290</v>
+      </c>
+      <c r="H379" t="s">
+        <v>1291</v>
+      </c>
+      <c r="I379" t="s">
+        <v>83</v>
+      </c>
+      <c r="J379" t="s">
         <v>1292</v>
-      </c>
-[...22 lines deleted...]
-        <v>1291</v>
       </c>
       <c r="K379" t="s">
         <v>85</v>
       </c>
       <c r="L379" t="s">
         <v>85</v>
       </c>
       <c r="M379" t="s">
         <v>89</v>
       </c>
       <c r="O379" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="380" spans="1:30">
       <c r="A380" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="B380" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="C380" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="D380" t="s">
         <v>79</v>
       </c>
       <c r="E380" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F380" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H380" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I380" t="s">
         <v>83</v>
       </c>
       <c r="J380" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K380" t="s">
         <v>85</v>
       </c>
       <c r="L380" t="s">
         <v>85</v>
       </c>
       <c r="M380" t="s">
         <v>96</v>
       </c>
       <c r="O380" t="s">
         <v>365</v>
       </c>
       <c r="P380" t="s">
         <v>366</v>
       </c>
       <c r="Q380" t="s">
         <v>371</v>
       </c>
       <c r="R380" t="s">
         <v>85</v>
       </c>
       <c r="S380" t="s">
         <v>85</v>
       </c>
       <c r="T380" t="s">
         <v>96</v>
       </c>
       <c r="U380" t="s">
         <v>366</v>
       </c>
       <c r="V380" t="s">
         <v>371</v>
       </c>
       <c r="W380" t="s">
         <v>85</v>
       </c>
       <c r="X380" t="s">
         <v>85</v>
       </c>
       <c r="Y380" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="381" spans="1:30">
       <c r="A381" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="B381" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="C381" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="D381" t="s">
         <v>79</v>
       </c>
       <c r="E381" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F381" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H381" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I381" t="s">
         <v>83</v>
       </c>
       <c r="J381" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K381" t="s">
         <v>85</v>
       </c>
       <c r="L381" t="s">
         <v>236</v>
       </c>
       <c r="M381" t="s">
         <v>85</v>
       </c>
       <c r="O381" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="382" spans="1:30">
       <c r="A382" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="B382" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="C382" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="D382" t="s">
         <v>79</v>
       </c>
       <c r="E382" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F382" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H382" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I382" t="s">
         <v>83</v>
       </c>
       <c r="J382" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K382" t="s">
         <v>85</v>
       </c>
       <c r="L382" t="s">
         <v>85</v>
       </c>
       <c r="M382" t="s">
         <v>85</v>
       </c>
       <c r="O382" t="s">
         <v>365</v>
       </c>
       <c r="P382" t="s">
         <v>366</v>
       </c>
       <c r="Q382" t="s">
         <v>371</v>
       </c>
       <c r="R382" t="s">
         <v>85</v>
       </c>
       <c r="S382" t="s">
         <v>85</v>
       </c>
       <c r="T382" t="s">
         <v>85</v>
       </c>
       <c r="U382" t="s">
         <v>366</v>
       </c>
       <c r="V382" t="s">
         <v>371</v>
       </c>
       <c r="W382" t="s">
         <v>85</v>
       </c>
       <c r="X382" t="s">
         <v>96</v>
       </c>
       <c r="Y382" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="383" spans="1:30">
       <c r="A383" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="B383" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="C383" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="D383" t="s">
         <v>79</v>
       </c>
       <c r="E383" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F383" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H383" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I383" t="s">
         <v>83</v>
       </c>
       <c r="J383" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K383" t="s">
         <v>85</v>
       </c>
       <c r="L383" t="s">
         <v>85</v>
       </c>
       <c r="M383" t="s">
         <v>96</v>
       </c>
       <c r="O383" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="384" spans="1:30">
       <c r="A384" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="B384" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="C384" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="D384" t="s">
         <v>79</v>
       </c>
       <c r="E384" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F384" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H384" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I384" t="s">
         <v>83</v>
       </c>
       <c r="J384" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K384" t="s">
         <v>85</v>
       </c>
       <c r="L384" t="s">
         <v>85</v>
       </c>
       <c r="M384" t="s">
         <v>96</v>
       </c>
       <c r="O384" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="385" spans="1:30">
       <c r="A385" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="B385" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="C385" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="D385" t="s">
         <v>79</v>
       </c>
       <c r="E385" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F385" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H385" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I385" t="s">
         <v>83</v>
       </c>
       <c r="J385" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K385" t="s">
         <v>85</v>
       </c>
       <c r="L385" t="s">
         <v>85</v>
       </c>
       <c r="M385" t="s">
         <v>96</v>
       </c>
       <c r="O385" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="386" spans="1:30">
       <c r="A386" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="B386" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C386" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="D386" t="s">
         <v>79</v>
       </c>
       <c r="E386" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F386" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H386" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I386" t="s">
         <v>83</v>
       </c>
       <c r="J386" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K386" t="s">
         <v>85</v>
       </c>
       <c r="L386" t="s">
         <v>85</v>
       </c>
       <c r="M386" t="s">
         <v>96</v>
       </c>
       <c r="O386" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="387" spans="1:30">
       <c r="A387" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="B387" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="C387" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="D387" t="s">
         <v>79</v>
       </c>
       <c r="E387" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F387" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H387" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I387" t="s">
         <v>83</v>
       </c>
       <c r="J387" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K387" t="s">
         <v>85</v>
       </c>
       <c r="L387" t="s">
         <v>236</v>
       </c>
       <c r="M387" t="s">
         <v>96</v>
       </c>
       <c r="O387" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="388" spans="1:30">
       <c r="A388" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="B388" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="C388" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="D388" t="s">
         <v>79</v>
       </c>
       <c r="E388" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F388" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H388" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I388" t="s">
         <v>83</v>
       </c>
       <c r="J388" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K388" t="s">
         <v>85</v>
       </c>
       <c r="L388" t="s">
         <v>85</v>
       </c>
       <c r="M388" t="s">
         <v>96</v>
       </c>
       <c r="O388" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="389" spans="1:30">
       <c r="A389" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="B389" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="C389" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="D389" t="s">
         <v>79</v>
       </c>
       <c r="E389" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F389" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H389" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I389" t="s">
         <v>83</v>
       </c>
       <c r="J389" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K389" t="s">
         <v>85</v>
       </c>
       <c r="L389" t="s">
         <v>96</v>
       </c>
       <c r="M389" t="s">
         <v>85</v>
       </c>
       <c r="O389" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="390" spans="1:30">
       <c r="A390" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="B390" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="C390" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="D390" t="s">
         <v>79</v>
       </c>
       <c r="E390" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F390" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H390" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I390" t="s">
         <v>83</v>
       </c>
       <c r="J390" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K390" t="s">
         <v>85</v>
       </c>
       <c r="L390" t="s">
         <v>85</v>
       </c>
       <c r="M390" t="s">
         <v>89</v>
       </c>
       <c r="O390" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="391" spans="1:30">
       <c r="A391" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="B391" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="C391" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="D391" t="s">
         <v>79</v>
       </c>
       <c r="E391" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F391" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H391" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I391" t="s">
         <v>83</v>
       </c>
       <c r="J391" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K391" t="s">
         <v>85</v>
       </c>
       <c r="L391" t="s">
         <v>85</v>
       </c>
       <c r="M391" t="s">
         <v>96</v>
       </c>
       <c r="O391" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="392" spans="1:30">
       <c r="A392" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="B392" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="C392" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="D392" t="s">
         <v>79</v>
       </c>
       <c r="E392" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F392" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H392" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I392" t="s">
         <v>83</v>
       </c>
       <c r="J392" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K392" t="s">
         <v>85</v>
       </c>
       <c r="L392" t="s">
         <v>96</v>
       </c>
       <c r="M392" t="s">
         <v>96</v>
       </c>
       <c r="O392" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="393" spans="1:30">
       <c r="A393" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="B393" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="C393" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="D393" t="s">
         <v>79</v>
       </c>
       <c r="E393" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F393" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H393" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I393" t="s">
         <v>83</v>
       </c>
       <c r="J393" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K393" t="s">
         <v>85</v>
       </c>
       <c r="L393" t="s">
         <v>96</v>
       </c>
       <c r="M393" t="s">
         <v>270</v>
       </c>
       <c r="O393" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="394" spans="1:30">
       <c r="A394" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="B394" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="C394" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="D394" t="s">
         <v>79</v>
       </c>
       <c r="E394" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F394" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H394" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I394" t="s">
         <v>83</v>
       </c>
       <c r="J394" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K394" t="s">
         <v>85</v>
       </c>
       <c r="L394" t="s">
         <v>85</v>
       </c>
       <c r="M394" t="s">
         <v>96</v>
       </c>
       <c r="O394" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="395" spans="1:30">
       <c r="A395" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="B395" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="C395" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="D395" t="s">
         <v>79</v>
       </c>
       <c r="E395" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F395" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H395" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I395" t="s">
         <v>83</v>
       </c>
       <c r="J395" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K395" t="s">
         <v>85</v>
       </c>
       <c r="L395" t="s">
         <v>236</v>
       </c>
       <c r="M395" t="s">
         <v>85</v>
       </c>
       <c r="O395" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="396" spans="1:30">
       <c r="A396" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="B396" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="C396" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="D396" t="s">
         <v>79</v>
       </c>
       <c r="E396" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F396" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H396" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I396" t="s">
         <v>83</v>
       </c>
       <c r="J396" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K396" t="s">
         <v>85</v>
       </c>
       <c r="L396" t="s">
         <v>85</v>
       </c>
       <c r="M396" t="s">
         <v>96</v>
       </c>
       <c r="O396" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="397" spans="1:30">
       <c r="A397" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="B397" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="C397" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="D397" t="s">
         <v>79</v>
       </c>
       <c r="E397" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F397" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H397" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I397" t="s">
         <v>83</v>
       </c>
       <c r="J397" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K397" t="s">
         <v>85</v>
       </c>
       <c r="L397" t="s">
         <v>85</v>
       </c>
       <c r="M397" t="s">
         <v>96</v>
       </c>
       <c r="O397" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="398" spans="1:30">
       <c r="A398" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="B398" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="C398" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="D398" t="s">
         <v>79</v>
       </c>
       <c r="E398" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F398" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H398" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I398" t="s">
         <v>83</v>
       </c>
       <c r="J398" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K398" t="s">
         <v>85</v>
       </c>
       <c r="L398" t="s">
         <v>85</v>
       </c>
       <c r="M398" t="s">
         <v>96</v>
       </c>
       <c r="O398" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="399" spans="1:30">
       <c r="A399" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="B399" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="C399" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="D399" t="s">
         <v>79</v>
       </c>
       <c r="E399" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F399" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H399" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I399" t="s">
         <v>83</v>
       </c>
       <c r="J399" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K399" t="s">
         <v>85</v>
       </c>
       <c r="L399" t="s">
         <v>85</v>
       </c>
       <c r="M399" t="s">
         <v>96</v>
       </c>
       <c r="O399" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="400" spans="1:30">
       <c r="A400" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="B400" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="C400" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="D400" t="s">
         <v>79</v>
       </c>
       <c r="E400" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F400" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H400" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I400" t="s">
         <v>83</v>
       </c>
       <c r="J400" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K400" t="s">
         <v>85</v>
       </c>
       <c r="L400" t="s">
         <v>85</v>
       </c>
       <c r="M400" t="s">
         <v>89</v>
       </c>
       <c r="O400" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="401" spans="1:30">
       <c r="A401" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="B401" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="C401" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="D401" t="s">
         <v>79</v>
       </c>
       <c r="E401" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F401" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H401" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I401" t="s">
         <v>83</v>
       </c>
       <c r="J401" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K401" t="s">
         <v>85</v>
       </c>
       <c r="L401" t="s">
         <v>85</v>
       </c>
       <c r="M401" t="s">
         <v>96</v>
       </c>
       <c r="O401" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="402" spans="1:30">
       <c r="A402" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="B402" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="C402" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="D402" t="s">
         <v>79</v>
       </c>
       <c r="E402" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F402" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H402" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I402" t="s">
         <v>83</v>
       </c>
       <c r="J402" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K402" t="s">
         <v>85</v>
       </c>
       <c r="L402" t="s">
         <v>85</v>
       </c>
       <c r="M402" t="s">
         <v>89</v>
       </c>
       <c r="O402" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="403" spans="1:30">
       <c r="A403" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="B403" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="C403" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="D403" t="s">
         <v>79</v>
       </c>
       <c r="E403" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="F403" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H403" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I403" t="s">
         <v>83</v>
       </c>
       <c r="J403" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="K403" t="s">
         <v>85</v>
       </c>
       <c r="L403" t="s">
         <v>96</v>
       </c>
       <c r="M403" t="s">
         <v>85</v>
       </c>
       <c r="O403" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="404" spans="1:30">
       <c r="A404" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="B404" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="C404" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="D404" t="s">
         <v>79</v>
       </c>
       <c r="E404" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F404" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H404" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I404" t="s">
         <v>83</v>
       </c>
       <c r="J404" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K404" t="s">
         <v>85</v>
       </c>
       <c r="L404" t="s">
         <v>236</v>
       </c>
       <c r="M404" t="s">
         <v>85</v>
       </c>
       <c r="O404" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="405" spans="1:30">
       <c r="A405" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B405" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D405" t="s">
+        <v>79</v>
+      </c>
+      <c r="E405" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F405" t="s">
+        <v>1369</v>
+      </c>
+      <c r="H405" t="s">
+        <v>1370</v>
+      </c>
+      <c r="I405" t="s">
+        <v>83</v>
+      </c>
+      <c r="J405" t="s">
         <v>1376</v>
-      </c>
-[...22 lines deleted...]
-        <v>1375</v>
       </c>
       <c r="K405" t="s">
         <v>85</v>
       </c>
       <c r="L405" t="s">
         <v>85</v>
       </c>
       <c r="M405" t="s">
         <v>96</v>
       </c>
       <c r="O405" t="s">
         <v>365</v>
       </c>
       <c r="P405" t="s">
         <v>366</v>
       </c>
       <c r="Q405" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="R405" t="s">
         <v>85</v>
       </c>
       <c r="S405" t="s">
         <v>85</v>
       </c>
       <c r="T405" t="s">
         <v>96</v>
       </c>
       <c r="U405" t="s">
-        <v>1380</v>
+        <v>734</v>
       </c>
       <c r="V405" t="s">
         <v>446</v>
       </c>
       <c r="W405" t="s">
         <v>85</v>
       </c>
       <c r="X405" t="s">
         <v>96</v>
       </c>
       <c r="Y405" t="s">
         <v>96</v>
       </c>
       <c r="Z405" t="s">
         <v>448</v>
       </c>
       <c r="AA405" t="s">
         <v>371</v>
       </c>
       <c r="AB405" t="s">
         <v>85</v>
       </c>
       <c r="AC405" t="s">
         <v>85</v>
       </c>
       <c r="AD405" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="406" spans="1:30">
       <c r="A406" t="s">
         <v>1381</v>
       </c>
       <c r="B406" t="s">
         <v>1382</v>
       </c>
       <c r="C406" t="s">
         <v>1383</v>
       </c>
       <c r="D406" t="s">
         <v>79</v>
       </c>
       <c r="E406" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F406" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H406" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I406" t="s">
         <v>83</v>
       </c>
       <c r="J406" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K406" t="s">
         <v>85</v>
       </c>
       <c r="L406" t="s">
         <v>85</v>
       </c>
       <c r="M406" t="s">
         <v>96</v>
       </c>
       <c r="O406" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="407" spans="1:30">
       <c r="A407" t="s">
         <v>1384</v>
       </c>
       <c r="B407" t="s">
         <v>1385</v>
       </c>
       <c r="C407" t="s">
         <v>1386</v>
       </c>
       <c r="D407" t="s">
         <v>79</v>
       </c>
       <c r="E407" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F407" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H407" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I407" t="s">
         <v>83</v>
       </c>
       <c r="J407" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K407" t="s">
         <v>85</v>
       </c>
       <c r="L407" t="s">
         <v>85</v>
       </c>
       <c r="M407" t="s">
         <v>85</v>
       </c>
       <c r="O407" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="408" spans="1:30">
       <c r="A408" t="s">
         <v>1387</v>
       </c>
       <c r="B408" t="s">
         <v>1388</v>
       </c>
       <c r="C408" t="s">
         <v>1389</v>
       </c>
       <c r="D408" t="s">
         <v>79</v>
       </c>
       <c r="E408" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F408" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H408" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I408" t="s">
         <v>83</v>
       </c>
       <c r="J408" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K408" t="s">
         <v>85</v>
       </c>
       <c r="L408" t="s">
         <v>96</v>
       </c>
       <c r="M408" t="s">
         <v>85</v>
       </c>
       <c r="O408" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="409" spans="1:30">
       <c r="A409" t="s">
         <v>1390</v>
       </c>
       <c r="B409" t="s">
         <v>1391</v>
       </c>
       <c r="C409" t="s">
         <v>1392</v>
       </c>
       <c r="D409" t="s">
         <v>79</v>
       </c>
       <c r="E409" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F409" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H409" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I409" t="s">
         <v>83</v>
       </c>
       <c r="J409" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K409" t="s">
         <v>85</v>
       </c>
       <c r="L409" t="s">
         <v>85</v>
       </c>
       <c r="M409" t="s">
         <v>96</v>
       </c>
       <c r="O409" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="410" spans="1:30">
       <c r="A410" t="s">
         <v>1393</v>
       </c>
       <c r="B410" t="s">
         <v>1394</v>
       </c>
       <c r="C410" t="s">
         <v>1395</v>
       </c>
       <c r="D410" t="s">
         <v>79</v>
       </c>
       <c r="E410" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F410" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H410" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I410" t="s">
         <v>83</v>
       </c>
       <c r="J410" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K410" t="s">
         <v>85</v>
       </c>
       <c r="L410" t="s">
         <v>85</v>
       </c>
       <c r="M410" t="s">
         <v>89</v>
       </c>
       <c r="O410" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="411" spans="1:30">
       <c r="A411" t="s">
         <v>1396</v>
       </c>
       <c r="B411" t="s">
         <v>1397</v>
       </c>
       <c r="C411" t="s">
         <v>1398</v>
       </c>
       <c r="D411" t="s">
         <v>79</v>
       </c>
       <c r="E411" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F411" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H411" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I411" t="s">
         <v>83</v>
       </c>
       <c r="J411" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K411" t="s">
         <v>85</v>
       </c>
       <c r="L411" t="s">
         <v>85</v>
       </c>
       <c r="M411" t="s">
         <v>96</v>
       </c>
       <c r="O411" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="412" spans="1:30">
       <c r="A412" t="s">
         <v>1399</v>
       </c>
       <c r="B412" t="s">
         <v>1400</v>
       </c>
       <c r="C412" t="s">
         <v>1401</v>
       </c>
       <c r="D412" t="s">
         <v>79</v>
       </c>
       <c r="E412" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F412" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H412" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I412" t="s">
         <v>83</v>
       </c>
       <c r="J412" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K412" t="s">
         <v>85</v>
       </c>
       <c r="L412" t="s">
         <v>85</v>
       </c>
       <c r="M412" t="s">
         <v>89</v>
       </c>
       <c r="O412" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="413" spans="1:30">
       <c r="A413" t="s">
         <v>1402</v>
       </c>
       <c r="B413" t="s">
         <v>1403</v>
       </c>
       <c r="C413" t="s">
         <v>1404</v>
       </c>
       <c r="D413" t="s">
         <v>79</v>
       </c>
       <c r="E413" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F413" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H413" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I413" t="s">
         <v>83</v>
       </c>
       <c r="J413" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K413" t="s">
         <v>85</v>
       </c>
       <c r="L413" t="s">
         <v>85</v>
       </c>
       <c r="M413" t="s">
         <v>236</v>
       </c>
       <c r="O413" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="414" spans="1:30">
       <c r="A414" t="s">
         <v>1405</v>
       </c>
       <c r="B414" t="s">
         <v>1406</v>
       </c>
       <c r="C414" t="s">
         <v>1407</v>
       </c>
       <c r="D414" t="s">
         <v>79</v>
       </c>
       <c r="E414" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F414" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H414" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I414" t="s">
         <v>83</v>
       </c>
       <c r="J414" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K414" t="s">
         <v>85</v>
       </c>
       <c r="L414" t="s">
         <v>85</v>
       </c>
       <c r="M414" t="s">
         <v>96</v>
       </c>
       <c r="O414" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="415" spans="1:30">
       <c r="A415" t="s">
         <v>1408</v>
       </c>
       <c r="B415" t="s">
         <v>1409</v>
       </c>
       <c r="C415" t="s">
         <v>1410</v>
       </c>
       <c r="D415" t="s">
         <v>79</v>
       </c>
       <c r="E415" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F415" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H415" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I415" t="s">
         <v>83</v>
       </c>
       <c r="J415" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K415" t="s">
         <v>85</v>
       </c>
       <c r="L415" t="s">
         <v>85</v>
       </c>
       <c r="M415" t="s">
         <v>96</v>
       </c>
       <c r="O415" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="416" spans="1:30">
       <c r="A416" t="s">
         <v>1411</v>
       </c>
       <c r="B416" t="s">
         <v>1412</v>
       </c>
       <c r="C416" t="s">
         <v>1413</v>
       </c>
       <c r="D416" t="s">
         <v>79</v>
       </c>
       <c r="E416" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F416" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H416" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I416" t="s">
         <v>83</v>
       </c>
       <c r="J416" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K416" t="s">
         <v>85</v>
       </c>
       <c r="L416" t="s">
         <v>85</v>
       </c>
       <c r="M416" t="s">
         <v>96</v>
       </c>
       <c r="O416" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="417" spans="1:30">
       <c r="A417" t="s">
         <v>1414</v>
       </c>
       <c r="B417" t="s">
         <v>1415</v>
       </c>
       <c r="C417" t="s">
         <v>1416</v>
       </c>
       <c r="D417" t="s">
         <v>79</v>
       </c>
       <c r="E417" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F417" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H417" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I417" t="s">
         <v>83</v>
       </c>
       <c r="J417" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K417" t="s">
         <v>85</v>
       </c>
       <c r="L417" t="s">
         <v>85</v>
       </c>
       <c r="M417" t="s">
         <v>96</v>
       </c>
       <c r="O417" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="418" spans="1:30">
       <c r="A418" t="s">
         <v>1417</v>
       </c>
       <c r="B418" t="s">
         <v>1418</v>
       </c>
       <c r="C418" t="s">
         <v>1419</v>
       </c>
       <c r="D418" t="s">
         <v>79</v>
       </c>
       <c r="E418" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F418" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H418" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I418" t="s">
         <v>83</v>
       </c>
       <c r="J418" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K418" t="s">
         <v>85</v>
       </c>
       <c r="L418" t="s">
         <v>85</v>
       </c>
       <c r="M418" t="s">
         <v>96</v>
       </c>
       <c r="O418" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="419" spans="1:30">
       <c r="A419" t="s">
         <v>1420</v>
       </c>
       <c r="B419" t="s">
         <v>1421</v>
       </c>
       <c r="C419" t="s">
         <v>1422</v>
       </c>
       <c r="D419" t="s">
         <v>79</v>
       </c>
       <c r="E419" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F419" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H419" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I419" t="s">
         <v>83</v>
       </c>
       <c r="J419" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K419" t="s">
         <v>85</v>
       </c>
       <c r="L419" t="s">
         <v>85</v>
       </c>
       <c r="M419" t="s">
         <v>96</v>
       </c>
       <c r="O419" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="420" spans="1:30">
       <c r="A420" t="s">
         <v>1423</v>
       </c>
       <c r="B420" t="s">
         <v>1424</v>
       </c>
       <c r="C420" t="s">
         <v>1425</v>
       </c>
       <c r="D420" t="s">
         <v>79</v>
       </c>
       <c r="E420" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F420" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H420" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I420" t="s">
         <v>83</v>
       </c>
       <c r="J420" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K420" t="s">
         <v>85</v>
       </c>
       <c r="L420" t="s">
         <v>85</v>
       </c>
       <c r="M420" t="s">
         <v>89</v>
       </c>
       <c r="O420" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="421" spans="1:30">
       <c r="A421" t="s">
         <v>1426</v>
       </c>
       <c r="B421" t="s">
         <v>1427</v>
       </c>
       <c r="C421" t="s">
         <v>1428</v>
       </c>
       <c r="D421" t="s">
         <v>79</v>
       </c>
       <c r="E421" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F421" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H421" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I421" t="s">
         <v>83</v>
       </c>
       <c r="J421" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K421" t="s">
         <v>85</v>
       </c>
       <c r="L421" t="s">
         <v>85</v>
       </c>
       <c r="M421" t="s">
         <v>96</v>
       </c>
       <c r="O421" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="422" spans="1:30">
       <c r="A422" t="s">
         <v>1429</v>
       </c>
       <c r="B422" t="s">
         <v>1430</v>
       </c>
       <c r="C422" t="s">
         <v>1431</v>
       </c>
       <c r="D422" t="s">
         <v>79</v>
       </c>
       <c r="E422" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F422" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H422" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I422" t="s">
         <v>83</v>
       </c>
       <c r="J422" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K422" t="s">
         <v>85</v>
       </c>
       <c r="L422" t="s">
         <v>96</v>
       </c>
       <c r="M422" t="s">
         <v>85</v>
       </c>
       <c r="O422" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="423" spans="1:30">
       <c r="A423" t="s">
         <v>1432</v>
       </c>
       <c r="B423" t="s">
         <v>1433</v>
       </c>
       <c r="C423" t="s">
         <v>1434</v>
       </c>
       <c r="D423" t="s">
         <v>79</v>
       </c>
       <c r="E423" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F423" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H423" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I423" t="s">
         <v>83</v>
       </c>
       <c r="J423" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K423" t="s">
         <v>85</v>
       </c>
       <c r="L423" t="s">
         <v>96</v>
       </c>
       <c r="M423" t="s">
         <v>96</v>
       </c>
       <c r="O423" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="424" spans="1:30">
       <c r="A424" t="s">
         <v>1435</v>
       </c>
       <c r="B424" t="s">
         <v>1436</v>
       </c>
       <c r="C424" t="s">
         <v>1437</v>
       </c>
       <c r="D424" t="s">
         <v>79</v>
       </c>
       <c r="E424" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F424" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H424" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I424" t="s">
         <v>83</v>
       </c>
       <c r="J424" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K424" t="s">
         <v>85</v>
       </c>
       <c r="L424" t="s">
         <v>236</v>
       </c>
       <c r="M424" t="s">
         <v>96</v>
       </c>
       <c r="O424" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="425" spans="1:30">
       <c r="A425" t="s">
         <v>1438</v>
       </c>
       <c r="B425" t="s">
         <v>1439</v>
       </c>
       <c r="C425" t="s">
         <v>1440</v>
       </c>
       <c r="D425" t="s">
         <v>79</v>
       </c>
       <c r="E425" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F425" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H425" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I425" t="s">
         <v>83</v>
       </c>
       <c r="J425" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K425" t="s">
         <v>85</v>
       </c>
       <c r="L425" t="s">
         <v>96</v>
       </c>
       <c r="M425" t="s">
         <v>96</v>
       </c>
       <c r="O425" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="426" spans="1:30">
       <c r="A426" t="s">
         <v>1441</v>
       </c>
       <c r="B426" t="s">
         <v>1442</v>
       </c>
       <c r="C426" t="s">
         <v>1443</v>
       </c>
       <c r="D426" t="s">
         <v>79</v>
       </c>
       <c r="E426" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F426" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H426" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I426" t="s">
         <v>83</v>
       </c>
       <c r="J426" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K426" t="s">
         <v>85</v>
       </c>
       <c r="L426" t="s">
         <v>236</v>
       </c>
       <c r="M426" t="s">
         <v>96</v>
       </c>
       <c r="O426" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="427" spans="1:30">
       <c r="A427" t="s">
         <v>1444</v>
       </c>
       <c r="B427" t="s">
         <v>1445</v>
       </c>
       <c r="C427" t="s">
         <v>1446</v>
       </c>
       <c r="D427" t="s">
         <v>79</v>
       </c>
       <c r="E427" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F427" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H427" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I427" t="s">
         <v>83</v>
       </c>
       <c r="J427" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K427" t="s">
         <v>85</v>
       </c>
       <c r="L427" t="s">
         <v>85</v>
       </c>
       <c r="M427" t="s">
         <v>96</v>
       </c>
       <c r="O427" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="428" spans="1:30">
       <c r="A428" t="s">
         <v>1447</v>
       </c>
       <c r="B428" t="s">
         <v>1448</v>
       </c>
       <c r="C428" t="s">
         <v>1449</v>
       </c>
       <c r="D428" t="s">
         <v>79</v>
       </c>
       <c r="E428" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F428" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H428" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I428" t="s">
         <v>83</v>
       </c>
       <c r="J428" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K428" t="s">
         <v>85</v>
       </c>
       <c r="L428" t="s">
         <v>85</v>
       </c>
       <c r="M428" t="s">
         <v>96</v>
       </c>
       <c r="O428" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="429" spans="1:30">
       <c r="A429" t="s">
         <v>1450</v>
       </c>
       <c r="B429" t="s">
         <v>1451</v>
       </c>
       <c r="C429" t="s">
         <v>1452</v>
       </c>
       <c r="D429" t="s">
         <v>79</v>
       </c>
       <c r="E429" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F429" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H429" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I429" t="s">
         <v>83</v>
       </c>
       <c r="J429" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K429" t="s">
         <v>85</v>
       </c>
       <c r="L429" t="s">
         <v>236</v>
       </c>
       <c r="M429" t="s">
         <v>85</v>
       </c>
       <c r="O429" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="430" spans="1:30">
       <c r="A430" t="s">
         <v>1453</v>
       </c>
       <c r="B430" t="s">
         <v>1454</v>
       </c>
       <c r="C430" t="s">
         <v>1455</v>
       </c>
       <c r="D430" t="s">
         <v>79</v>
       </c>
       <c r="E430" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F430" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H430" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I430" t="s">
         <v>83</v>
       </c>
       <c r="J430" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K430" t="s">
         <v>85</v>
       </c>
       <c r="L430" t="s">
         <v>85</v>
       </c>
       <c r="M430" t="s">
         <v>96</v>
       </c>
       <c r="O430" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="431" spans="1:30">
       <c r="A431" t="s">
         <v>1456</v>
       </c>
       <c r="B431" t="s">
         <v>1457</v>
       </c>
       <c r="C431" t="s">
         <v>1458</v>
       </c>
       <c r="D431" t="s">
         <v>79</v>
       </c>
       <c r="E431" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F431" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H431" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I431" t="s">
         <v>83</v>
       </c>
       <c r="J431" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K431" t="s">
         <v>85</v>
       </c>
       <c r="L431" t="s">
         <v>85</v>
       </c>
       <c r="M431" t="s">
         <v>96</v>
       </c>
       <c r="O431" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="432" spans="1:30">
       <c r="A432" t="s">
         <v>1459</v>
       </c>
       <c r="B432" t="s">
         <v>1460</v>
       </c>
       <c r="C432" t="s">
         <v>1461</v>
       </c>
       <c r="D432" t="s">
         <v>79</v>
       </c>
       <c r="E432" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F432" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H432" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I432" t="s">
         <v>83</v>
       </c>
       <c r="J432" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K432" t="s">
         <v>85</v>
       </c>
       <c r="L432" t="s">
         <v>89</v>
       </c>
       <c r="M432" t="s">
         <v>236</v>
       </c>
       <c r="O432" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="433" spans="1:30">
       <c r="A433" t="s">
         <v>1462</v>
       </c>
       <c r="B433" t="s">
         <v>1463</v>
       </c>
       <c r="C433" t="s">
         <v>1464</v>
       </c>
       <c r="D433" t="s">
         <v>79</v>
       </c>
       <c r="E433" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F433" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H433" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I433" t="s">
         <v>83</v>
       </c>
       <c r="J433" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K433" t="s">
         <v>85</v>
       </c>
       <c r="L433" t="s">
         <v>85</v>
       </c>
       <c r="M433" t="s">
         <v>85</v>
       </c>
       <c r="O433" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="434" spans="1:30">
       <c r="A434" t="s">
         <v>1465</v>
       </c>
       <c r="B434" t="s">
         <v>1466</v>
       </c>
       <c r="C434" t="s">
         <v>1467</v>
       </c>
       <c r="D434" t="s">
         <v>79</v>
       </c>
       <c r="E434" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F434" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H434" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I434" t="s">
         <v>83</v>
       </c>
       <c r="J434" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K434" t="s">
         <v>85</v>
       </c>
       <c r="L434" t="s">
         <v>85</v>
       </c>
       <c r="M434" t="s">
         <v>236</v>
       </c>
       <c r="O434" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="435" spans="1:30">
       <c r="A435" t="s">
         <v>1468</v>
       </c>
       <c r="B435" t="s">
         <v>1469</v>
       </c>
       <c r="C435" t="s">
         <v>1470</v>
       </c>
       <c r="D435" t="s">
         <v>79</v>
       </c>
       <c r="E435" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F435" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H435" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I435" t="s">
         <v>83</v>
       </c>
       <c r="J435" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K435" t="s">
         <v>85</v>
       </c>
       <c r="L435" t="s">
         <v>85</v>
       </c>
       <c r="M435" t="s">
         <v>85</v>
       </c>
       <c r="O435" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="436" spans="1:30">
       <c r="A436" t="s">
         <v>1471</v>
       </c>
       <c r="B436" t="s">
         <v>1472</v>
       </c>
       <c r="C436" t="s">
         <v>1473</v>
       </c>
       <c r="D436" t="s">
         <v>79</v>
       </c>
       <c r="E436" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F436" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H436" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I436" t="s">
         <v>83</v>
       </c>
       <c r="J436" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K436" t="s">
         <v>85</v>
       </c>
       <c r="L436" t="s">
         <v>85</v>
       </c>
       <c r="M436" t="s">
         <v>85</v>
       </c>
       <c r="O436" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="437" spans="1:30">
       <c r="A437" t="s">
         <v>1474</v>
       </c>
       <c r="B437" t="s">
         <v>1475</v>
       </c>
       <c r="C437" t="s">
         <v>1476</v>
       </c>
       <c r="D437" t="s">
         <v>79</v>
       </c>
       <c r="E437" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F437" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H437" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I437" t="s">
         <v>83</v>
       </c>
       <c r="J437" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K437" t="s">
         <v>85</v>
       </c>
       <c r="L437" t="s">
         <v>96</v>
       </c>
       <c r="M437" t="s">
         <v>85</v>
       </c>
       <c r="O437" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="438" spans="1:30">
       <c r="A438" t="s">
         <v>1477</v>
       </c>
       <c r="B438" t="s">
         <v>1478</v>
       </c>
       <c r="C438" t="s">
         <v>1479</v>
       </c>
       <c r="D438" t="s">
         <v>79</v>
       </c>
       <c r="E438" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F438" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H438" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I438" t="s">
         <v>83</v>
       </c>
       <c r="J438" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K438" t="s">
         <v>85</v>
       </c>
       <c r="L438" t="s">
         <v>85</v>
       </c>
       <c r="M438" t="s">
         <v>85</v>
       </c>
       <c r="O438" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="439" spans="1:30">
       <c r="A439" t="s">
         <v>1480</v>
       </c>
       <c r="B439" t="s">
         <v>1481</v>
       </c>
       <c r="C439" t="s">
         <v>1482</v>
       </c>
       <c r="D439" t="s">
         <v>79</v>
       </c>
       <c r="E439" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F439" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H439" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I439" t="s">
         <v>83</v>
       </c>
       <c r="J439" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="K439" t="s">
         <v>85</v>
       </c>
       <c r="L439" t="s">
         <v>89</v>
       </c>
       <c r="M439" t="s">
         <v>89</v>
       </c>
       <c r="O439" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="440" spans="1:30">
       <c r="A440" t="s">
         <v>1483</v>
       </c>
       <c r="B440" t="s">
         <v>1484</v>
       </c>
       <c r="C440" t="s">
         <v>1485</v>
       </c>
       <c r="D440" t="s">
         <v>79</v>
       </c>
       <c r="E440" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F440" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H440" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I440" t="s">
         <v>83</v>
       </c>
       <c r="J440" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K440" t="s">
         <v>85</v>
       </c>
       <c r="L440" t="s">
         <v>89</v>
       </c>
       <c r="M440" t="s">
         <v>85</v>
       </c>
       <c r="O440" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="441" spans="1:30">
       <c r="A441" t="s">
         <v>1486</v>
       </c>
       <c r="B441" t="s">
         <v>1487</v>
       </c>
       <c r="C441" t="s">
         <v>1488</v>
       </c>
       <c r="D441" t="s">
         <v>79</v>
       </c>
       <c r="E441" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F441" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H441" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I441" t="s">
         <v>83</v>
       </c>
       <c r="J441" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K441" t="s">
         <v>85</v>
       </c>
       <c r="L441" t="s">
         <v>85</v>
       </c>
       <c r="M441" t="s">
         <v>89</v>
       </c>
       <c r="O441" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="442" spans="1:30">
       <c r="A442" t="s">
         <v>1489</v>
       </c>
       <c r="B442" t="s">
         <v>1490</v>
       </c>
       <c r="C442" t="s">
         <v>1491</v>
       </c>
       <c r="D442" t="s">
         <v>79</v>
       </c>
       <c r="E442" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F442" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H442" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I442" t="s">
         <v>83</v>
       </c>
       <c r="J442" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K442" t="s">
         <v>85</v>
       </c>
       <c r="L442" t="s">
         <v>85</v>
       </c>
       <c r="M442" t="s">
         <v>85</v>
       </c>
       <c r="O442" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="443" spans="1:30">
       <c r="A443" t="s">
         <v>1492</v>
       </c>
       <c r="B443" t="s">
         <v>1493</v>
       </c>
       <c r="C443" t="s">
         <v>1494</v>
       </c>
       <c r="D443" t="s">
         <v>79</v>
       </c>
       <c r="E443" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F443" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H443" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I443" t="s">
         <v>83</v>
       </c>
       <c r="J443" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K443" t="s">
         <v>85</v>
       </c>
       <c r="L443" t="s">
         <v>85</v>
       </c>
       <c r="M443" t="s">
         <v>85</v>
       </c>
       <c r="O443" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="444" spans="1:30">
       <c r="A444" t="s">
         <v>1495</v>
       </c>
       <c r="B444" t="s">
         <v>1496</v>
       </c>
       <c r="C444" t="s">
         <v>1497</v>
       </c>
       <c r="D444" t="s">
         <v>79</v>
       </c>
       <c r="E444" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F444" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H444" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I444" t="s">
         <v>83</v>
       </c>
       <c r="J444" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K444" t="s">
         <v>85</v>
       </c>
       <c r="L444" t="s">
         <v>85</v>
       </c>
       <c r="M444" t="s">
         <v>85</v>
       </c>
       <c r="O444" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="445" spans="1:30">
       <c r="A445" t="s">
         <v>1498</v>
       </c>
       <c r="B445" t="s">
         <v>1499</v>
       </c>
       <c r="C445" t="s">
         <v>1500</v>
       </c>
       <c r="D445" t="s">
         <v>79</v>
       </c>
       <c r="E445" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F445" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H445" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I445" t="s">
         <v>83</v>
       </c>
       <c r="J445" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K445" t="s">
         <v>85</v>
       </c>
       <c r="L445" t="s">
         <v>85</v>
       </c>
       <c r="M445" t="s">
         <v>85</v>
       </c>
       <c r="O445" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="446" spans="1:30">
       <c r="A446" t="s">
         <v>1501</v>
       </c>
       <c r="B446" t="s">
         <v>1502</v>
       </c>
       <c r="C446" t="s">
         <v>1503</v>
       </c>
       <c r="D446" t="s">
         <v>79</v>
       </c>
       <c r="E446" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F446" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H446" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I446" t="s">
         <v>83</v>
       </c>
       <c r="J446" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K446" t="s">
         <v>85</v>
       </c>
       <c r="L446" t="s">
         <v>89</v>
       </c>
       <c r="M446" t="s">
         <v>85</v>
       </c>
       <c r="O446" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="447" spans="1:30">
       <c r="A447" t="s">
         <v>1504</v>
       </c>
       <c r="B447" t="s">
         <v>1505</v>
       </c>
       <c r="C447" t="s">
         <v>1506</v>
       </c>
       <c r="D447" t="s">
         <v>79</v>
       </c>
       <c r="E447" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F447" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H447" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I447" t="s">
         <v>83</v>
       </c>
       <c r="J447" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K447" t="s">
         <v>85</v>
       </c>
       <c r="L447" t="s">
         <v>85</v>
       </c>
       <c r="M447" t="s">
         <v>89</v>
       </c>
       <c r="O447" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="448" spans="1:30">
       <c r="A448" t="s">
         <v>1507</v>
       </c>
       <c r="B448" t="s">
         <v>1508</v>
       </c>
       <c r="C448" t="s">
         <v>1509</v>
       </c>
       <c r="D448" t="s">
         <v>79</v>
       </c>
       <c r="E448" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F448" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H448" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I448" t="s">
         <v>83</v>
       </c>
       <c r="J448" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K448" t="s">
         <v>85</v>
       </c>
       <c r="L448" t="s">
         <v>85</v>
       </c>
       <c r="M448" t="s">
         <v>85</v>
       </c>
       <c r="O448" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="449" spans="1:30">
       <c r="A449" t="s">
         <v>1510</v>
       </c>
       <c r="B449" t="s">
         <v>1511</v>
       </c>
       <c r="C449" t="s">
         <v>1512</v>
       </c>
       <c r="D449" t="s">
         <v>79</v>
       </c>
       <c r="E449" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F449" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H449" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I449" t="s">
         <v>83</v>
       </c>
       <c r="J449" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K449" t="s">
         <v>85</v>
       </c>
       <c r="L449" t="s">
         <v>85</v>
       </c>
       <c r="M449" t="s">
         <v>85</v>
       </c>
       <c r="O449" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="450" spans="1:30">
       <c r="A450" t="s">
         <v>1513</v>
       </c>
       <c r="B450" t="s">
         <v>1514</v>
       </c>
       <c r="C450" t="s">
         <v>1515</v>
       </c>
       <c r="D450" t="s">
         <v>79</v>
       </c>
       <c r="E450" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F450" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H450" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I450" t="s">
         <v>83</v>
       </c>
       <c r="J450" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K450" t="s">
         <v>85</v>
       </c>
       <c r="L450" t="s">
         <v>85</v>
       </c>
       <c r="M450" t="s">
         <v>85</v>
       </c>
       <c r="O450" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="451" spans="1:30">
       <c r="A451" t="s">
         <v>1516</v>
       </c>
       <c r="B451" t="s">
         <v>1517</v>
       </c>
       <c r="C451" t="s">
         <v>1518</v>
       </c>
       <c r="D451" t="s">
         <v>79</v>
       </c>
       <c r="E451" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F451" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H451" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I451" t="s">
         <v>83</v>
       </c>
       <c r="J451" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K451" t="s">
         <v>85</v>
       </c>
       <c r="L451" t="s">
         <v>236</v>
       </c>
       <c r="M451" t="s">
         <v>96</v>
       </c>
       <c r="O451" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="452" spans="1:30">
       <c r="A452" t="s">
         <v>1519</v>
       </c>
       <c r="B452" t="s">
         <v>1520</v>
       </c>
       <c r="C452" t="s">
         <v>1521</v>
       </c>
       <c r="D452" t="s">
         <v>79</v>
       </c>
       <c r="E452" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F452" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H452" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I452" t="s">
         <v>83</v>
       </c>
       <c r="J452" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K452" t="s">
         <v>85</v>
       </c>
       <c r="L452" t="s">
         <v>96</v>
       </c>
       <c r="M452" t="s">
         <v>96</v>
       </c>
       <c r="O452" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="453" spans="1:30">
       <c r="A453" t="s">
         <v>1522</v>
       </c>
       <c r="B453" t="s">
         <v>1523</v>
       </c>
       <c r="C453" t="s">
         <v>1524</v>
       </c>
       <c r="D453" t="s">
         <v>79</v>
       </c>
       <c r="E453" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F453" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H453" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I453" t="s">
         <v>83</v>
       </c>
       <c r="J453" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K453" t="s">
         <v>85</v>
       </c>
       <c r="L453" t="s">
         <v>85</v>
       </c>
       <c r="M453" t="s">
         <v>96</v>
       </c>
       <c r="O453" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="454" spans="1:30">
       <c r="A454" t="s">
         <v>1525</v>
       </c>
       <c r="B454" t="s">
         <v>1526</v>
       </c>
       <c r="C454" t="s">
         <v>1527</v>
       </c>
       <c r="D454" t="s">
         <v>79</v>
       </c>
       <c r="E454" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F454" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H454" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I454" t="s">
         <v>83</v>
       </c>
       <c r="J454" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K454" t="s">
         <v>85</v>
       </c>
       <c r="L454" t="s">
         <v>85</v>
       </c>
       <c r="M454" t="s">
         <v>85</v>
       </c>
       <c r="O454" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="455" spans="1:30">
       <c r="A455" t="s">
         <v>1528</v>
       </c>
       <c r="B455" t="s">
         <v>1529</v>
       </c>
       <c r="C455" t="s">
         <v>1530</v>
       </c>
       <c r="D455" t="s">
         <v>79</v>
       </c>
       <c r="E455" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F455" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H455" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I455" t="s">
         <v>83</v>
       </c>
       <c r="J455" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K455" t="s">
         <v>85</v>
       </c>
       <c r="L455" t="s">
         <v>85</v>
       </c>
       <c r="M455" t="s">
         <v>85</v>
       </c>
       <c r="O455" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="456" spans="1:30">
       <c r="A456" t="s">
         <v>1531</v>
       </c>
       <c r="B456" t="s">
         <v>1532</v>
       </c>
       <c r="C456" t="s">
         <v>1533</v>
       </c>
       <c r="D456" t="s">
         <v>79</v>
       </c>
       <c r="E456" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F456" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H456" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I456" t="s">
         <v>83</v>
       </c>
       <c r="J456" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K456" t="s">
         <v>85</v>
       </c>
       <c r="L456" t="s">
         <v>85</v>
       </c>
       <c r="M456" t="s">
         <v>85</v>
       </c>
       <c r="O456" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="457" spans="1:30">
       <c r="A457" t="s">
         <v>1534</v>
       </c>
       <c r="B457" t="s">
         <v>1535</v>
       </c>
       <c r="C457" t="s">
         <v>1536</v>
       </c>
       <c r="D457" t="s">
         <v>79</v>
       </c>
       <c r="E457" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F457" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H457" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I457" t="s">
         <v>83</v>
       </c>
       <c r="J457" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K457" t="s">
         <v>85</v>
       </c>
       <c r="L457" t="s">
         <v>96</v>
       </c>
       <c r="M457" t="s">
         <v>89</v>
       </c>
       <c r="O457" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="458" spans="1:30">
       <c r="A458" t="s">
         <v>1537</v>
       </c>
       <c r="B458" t="s">
         <v>1538</v>
       </c>
       <c r="C458" t="s">
         <v>1539</v>
       </c>
       <c r="D458" t="s">
         <v>79</v>
       </c>
       <c r="E458" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F458" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H458" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I458" t="s">
         <v>83</v>
       </c>
       <c r="J458" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K458" t="s">
         <v>85</v>
       </c>
       <c r="L458" t="s">
         <v>96</v>
       </c>
       <c r="M458" t="s">
         <v>89</v>
       </c>
       <c r="O458" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="459" spans="1:30">
       <c r="A459" t="s">
         <v>1540</v>
       </c>
       <c r="B459" t="s">
         <v>1541</v>
       </c>
       <c r="C459" t="s">
         <v>1542</v>
       </c>
       <c r="D459" t="s">
         <v>79</v>
       </c>
       <c r="E459" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F459" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H459" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I459" t="s">
         <v>83</v>
       </c>
       <c r="J459" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K459" t="s">
         <v>85</v>
       </c>
       <c r="L459" t="s">
         <v>85</v>
       </c>
       <c r="M459" t="s">
         <v>85</v>
       </c>
       <c r="O459" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="460" spans="1:30">
       <c r="A460" t="s">
         <v>1543</v>
       </c>
       <c r="B460" t="s">
         <v>1544</v>
       </c>
       <c r="C460" t="s">
         <v>1545</v>
       </c>
       <c r="D460" t="s">
         <v>79</v>
       </c>
       <c r="E460" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F460" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H460" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I460" t="s">
         <v>83</v>
       </c>
       <c r="J460" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K460" t="s">
         <v>85</v>
       </c>
       <c r="L460" t="s">
         <v>96</v>
       </c>
       <c r="M460" t="s">
         <v>85</v>
       </c>
       <c r="O460" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="461" spans="1:30">
       <c r="A461" t="s">
         <v>1546</v>
       </c>
       <c r="B461" t="s">
         <v>1547</v>
       </c>
       <c r="C461" t="s">
         <v>1548</v>
       </c>
       <c r="D461" t="s">
         <v>79</v>
       </c>
       <c r="E461" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F461" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H461" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I461" t="s">
         <v>83</v>
       </c>
       <c r="J461" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K461" t="s">
         <v>85</v>
       </c>
       <c r="L461" t="s">
         <v>85</v>
       </c>
       <c r="M461" t="s">
         <v>85</v>
       </c>
       <c r="O461" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="462" spans="1:30">
       <c r="A462" t="s">
         <v>1549</v>
       </c>
       <c r="B462" t="s">
         <v>1550</v>
       </c>
       <c r="C462" t="s">
         <v>1551</v>
       </c>
       <c r="D462" t="s">
         <v>79</v>
       </c>
       <c r="E462" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F462" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H462" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I462" t="s">
         <v>83</v>
       </c>
       <c r="J462" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K462" t="s">
         <v>85</v>
       </c>
       <c r="L462" t="s">
         <v>85</v>
       </c>
       <c r="M462" t="s">
         <v>96</v>
       </c>
       <c r="O462" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="463" spans="1:30">
       <c r="A463" t="s">
         <v>1552</v>
       </c>
       <c r="B463" t="s">
         <v>1553</v>
       </c>
       <c r="C463" t="s">
         <v>1554</v>
       </c>
       <c r="D463" t="s">
         <v>79</v>
       </c>
       <c r="E463" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F463" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H463" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I463" t="s">
         <v>83</v>
       </c>
       <c r="J463" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K463" t="s">
         <v>85</v>
       </c>
       <c r="L463" t="s">
         <v>96</v>
       </c>
       <c r="M463" t="s">
         <v>85</v>
       </c>
       <c r="O463" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="464" spans="1:30">
       <c r="A464" t="s">
         <v>1555</v>
       </c>
       <c r="B464" t="s">
         <v>1556</v>
       </c>
       <c r="C464" t="s">
         <v>1557</v>
       </c>
       <c r="D464" t="s">
         <v>79</v>
       </c>
       <c r="E464" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F464" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H464" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I464" t="s">
         <v>83</v>
       </c>
       <c r="J464" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K464" t="s">
         <v>85</v>
       </c>
       <c r="L464" t="s">
         <v>85</v>
       </c>
       <c r="M464" t="s">
         <v>89</v>
       </c>
       <c r="O464" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="465" spans="1:30">
       <c r="A465" t="s">
         <v>1558</v>
       </c>
       <c r="B465" t="s">
         <v>1559</v>
       </c>
       <c r="C465" t="s">
         <v>1560</v>
       </c>
       <c r="D465" t="s">
         <v>79</v>
       </c>
       <c r="E465" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F465" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H465" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I465" t="s">
         <v>83</v>
       </c>
       <c r="J465" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K465" t="s">
         <v>85</v>
       </c>
       <c r="L465" t="s">
         <v>85</v>
       </c>
       <c r="M465" t="s">
         <v>89</v>
       </c>
       <c r="O465" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="466" spans="1:30">
       <c r="A466" t="s">
         <v>1561</v>
       </c>
       <c r="B466" t="s">
         <v>1562</v>
       </c>
       <c r="C466" t="s">
         <v>1563</v>
       </c>
       <c r="D466" t="s">
         <v>79</v>
       </c>
       <c r="E466" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F466" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H466" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I466" t="s">
         <v>83</v>
       </c>
       <c r="J466" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K466" t="s">
         <v>85</v>
       </c>
       <c r="L466" t="s">
         <v>96</v>
       </c>
       <c r="M466" t="s">
         <v>85</v>
       </c>
       <c r="O466" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="467" spans="1:30">
       <c r="A467" t="s">
         <v>1564</v>
       </c>
       <c r="B467" t="s">
         <v>1565</v>
       </c>
       <c r="C467" t="s">
         <v>1566</v>
       </c>
       <c r="D467" t="s">
         <v>79</v>
       </c>
       <c r="E467" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F467" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H467" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I467" t="s">
         <v>83</v>
       </c>
       <c r="J467" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K467" t="s">
         <v>85</v>
       </c>
       <c r="L467" t="s">
         <v>85</v>
       </c>
       <c r="M467" t="s">
         <v>89</v>
       </c>
       <c r="O467" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="468" spans="1:30">
       <c r="A468" t="s">
         <v>1567</v>
       </c>
       <c r="B468" t="s">
         <v>1568</v>
       </c>
       <c r="C468" t="s">
         <v>1569</v>
       </c>
       <c r="D468" t="s">
         <v>79</v>
       </c>
       <c r="E468" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F468" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H468" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I468" t="s">
         <v>83</v>
       </c>
       <c r="J468" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K468" t="s">
         <v>85</v>
       </c>
       <c r="L468" t="s">
         <v>85</v>
       </c>
       <c r="M468" t="s">
         <v>89</v>
       </c>
       <c r="O468" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="469" spans="1:30">
       <c r="A469" t="s">
         <v>1570</v>
       </c>
       <c r="B469" t="s">
         <v>1571</v>
       </c>
       <c r="C469" t="s">
         <v>1572</v>
       </c>
       <c r="D469" t="s">
         <v>79</v>
       </c>
       <c r="E469" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F469" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H469" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I469" t="s">
         <v>83</v>
       </c>
       <c r="J469" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K469" t="s">
         <v>85</v>
       </c>
       <c r="L469" t="s">
         <v>85</v>
       </c>
       <c r="M469" t="s">
         <v>85</v>
       </c>
       <c r="O469" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="470" spans="1:30">
       <c r="A470" t="s">
         <v>1573</v>
       </c>
       <c r="B470" t="s">
         <v>1574</v>
       </c>
       <c r="C470" t="s">
         <v>1575</v>
       </c>
       <c r="D470" t="s">
         <v>79</v>
       </c>
       <c r="E470" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F470" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H470" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I470" t="s">
         <v>83</v>
       </c>
       <c r="J470" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K470" t="s">
         <v>85</v>
       </c>
       <c r="L470" t="s">
         <v>85</v>
       </c>
       <c r="M470" t="s">
         <v>85</v>
       </c>
       <c r="O470" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="471" spans="1:30">
       <c r="A471" t="s">
         <v>1576</v>
       </c>
       <c r="B471" t="s">
         <v>1577</v>
       </c>
       <c r="C471" t="s">
         <v>1578</v>
       </c>
       <c r="D471" t="s">
         <v>79</v>
       </c>
       <c r="E471" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F471" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H471" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I471" t="s">
         <v>83</v>
       </c>
       <c r="J471" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K471" t="s">
         <v>85</v>
       </c>
       <c r="L471" t="s">
         <v>85</v>
       </c>
       <c r="M471" t="s">
         <v>96</v>
       </c>
       <c r="O471" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="472" spans="1:30">
       <c r="A472" t="s">
         <v>1579</v>
       </c>
       <c r="B472" t="s">
         <v>1580</v>
       </c>
       <c r="C472" t="s">
         <v>1581</v>
       </c>
       <c r="D472" t="s">
         <v>79</v>
       </c>
       <c r="E472" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F472" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H472" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I472" t="s">
         <v>83</v>
       </c>
       <c r="J472" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K472" t="s">
         <v>85</v>
       </c>
       <c r="L472" t="s">
         <v>96</v>
       </c>
       <c r="M472" t="s">
         <v>89</v>
       </c>
       <c r="O472" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="473" spans="1:30">
       <c r="A473" t="s">
         <v>1582</v>
       </c>
       <c r="B473" t="s">
         <v>1583</v>
       </c>
       <c r="C473" t="s">
         <v>1584</v>
       </c>
       <c r="D473" t="s">
         <v>79</v>
       </c>
       <c r="E473" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F473" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H473" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I473" t="s">
         <v>83</v>
       </c>
       <c r="J473" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K473" t="s">
         <v>85</v>
       </c>
       <c r="L473" t="s">
         <v>96</v>
       </c>
       <c r="M473" t="s">
         <v>89</v>
       </c>
       <c r="O473" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="474" spans="1:30">
       <c r="A474" t="s">
         <v>1585</v>
       </c>
       <c r="B474" t="s">
         <v>1586</v>
       </c>
       <c r="C474" t="s">
         <v>1587</v>
       </c>
       <c r="D474" t="s">
         <v>79</v>
       </c>
       <c r="E474" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F474" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H474" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I474" t="s">
         <v>83</v>
       </c>
       <c r="J474" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K474" t="s">
         <v>85</v>
       </c>
       <c r="L474" t="s">
         <v>96</v>
       </c>
       <c r="M474" t="s">
         <v>89</v>
       </c>
       <c r="O474" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="475" spans="1:30">
       <c r="A475" t="s">
         <v>1588</v>
       </c>
       <c r="B475" t="s">
         <v>1589</v>
       </c>
       <c r="C475" t="s">
         <v>1590</v>
       </c>
       <c r="D475" t="s">
         <v>79</v>
       </c>
       <c r="E475" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F475" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H475" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I475" t="s">
         <v>83</v>
       </c>
       <c r="J475" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K475" t="s">
         <v>85</v>
       </c>
       <c r="L475" t="s">
         <v>85</v>
       </c>
       <c r="M475" t="s">
         <v>85</v>
       </c>
       <c r="O475" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="476" spans="1:30">
       <c r="A476" t="s">
         <v>1591</v>
       </c>
       <c r="B476" t="s">
         <v>1592</v>
       </c>
       <c r="C476" t="s">
         <v>1593</v>
       </c>
       <c r="D476" t="s">
         <v>79</v>
       </c>
       <c r="E476" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F476" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H476" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I476" t="s">
         <v>83</v>
       </c>
       <c r="J476" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K476" t="s">
         <v>85</v>
       </c>
       <c r="L476" t="s">
         <v>85</v>
       </c>
       <c r="M476" t="s">
         <v>85</v>
       </c>
       <c r="O476" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="477" spans="1:30">
       <c r="A477" t="s">
         <v>1594</v>
       </c>
       <c r="B477" t="s">
         <v>1595</v>
       </c>
       <c r="C477" t="s">
         <v>1596</v>
       </c>
       <c r="D477" t="s">
         <v>79</v>
       </c>
       <c r="E477" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F477" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H477" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I477" t="s">
         <v>83</v>
       </c>
       <c r="J477" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K477" t="s">
         <v>85</v>
       </c>
       <c r="L477" t="s">
         <v>96</v>
       </c>
       <c r="M477" t="s">
         <v>89</v>
       </c>
       <c r="O477" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="478" spans="1:30">
       <c r="A478" t="s">
         <v>1597</v>
       </c>
       <c r="B478" t="s">
         <v>1598</v>
       </c>
       <c r="C478" t="s">
         <v>1599</v>
       </c>
       <c r="D478" t="s">
         <v>79</v>
       </c>
       <c r="E478" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F478" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H478" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I478" t="s">
         <v>83</v>
       </c>
       <c r="J478" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K478" t="s">
         <v>85</v>
       </c>
       <c r="L478" t="s">
         <v>89</v>
       </c>
       <c r="M478" t="s">
         <v>89</v>
       </c>
       <c r="O478" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="479" spans="1:30">
       <c r="A479" t="s">
         <v>1600</v>
       </c>
       <c r="B479" t="s">
         <v>1601</v>
       </c>
       <c r="C479" t="s">
         <v>1602</v>
       </c>
       <c r="D479" t="s">
         <v>79</v>
       </c>
       <c r="E479" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F479" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H479" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I479" t="s">
         <v>83</v>
       </c>
       <c r="J479" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K479" t="s">
         <v>85</v>
       </c>
       <c r="L479" t="s">
         <v>96</v>
       </c>
       <c r="M479" t="s">
         <v>85</v>
       </c>
       <c r="O479" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="480" spans="1:30">
       <c r="A480" t="s">
         <v>1603</v>
       </c>
       <c r="B480" t="s">
         <v>1604</v>
       </c>
       <c r="C480" t="s">
         <v>1605</v>
       </c>
       <c r="D480" t="s">
         <v>79</v>
       </c>
       <c r="E480" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F480" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H480" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I480" t="s">
         <v>83</v>
       </c>
       <c r="J480" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K480" t="s">
         <v>85</v>
       </c>
       <c r="L480" t="s">
         <v>85</v>
       </c>
       <c r="M480" t="s">
         <v>89</v>
       </c>
       <c r="O480" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="481" spans="1:30">
       <c r="A481" t="s">
         <v>1606</v>
       </c>
       <c r="B481" t="s">
         <v>1607</v>
       </c>
       <c r="C481" t="s">
         <v>1608</v>
       </c>
       <c r="D481" t="s">
         <v>79</v>
       </c>
       <c r="E481" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F481" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H481" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I481" t="s">
         <v>83</v>
       </c>
       <c r="J481" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K481" t="s">
         <v>85</v>
       </c>
       <c r="L481" t="s">
         <v>85</v>
       </c>
       <c r="M481" t="s">
         <v>89</v>
       </c>
       <c r="O481" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="482" spans="1:30">
       <c r="A482" t="s">
         <v>1609</v>
       </c>
       <c r="B482" t="s">
         <v>1610</v>
       </c>
       <c r="C482" t="s">
         <v>1611</v>
       </c>
       <c r="D482" t="s">
         <v>79</v>
       </c>
       <c r="E482" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F482" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H482" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I482" t="s">
         <v>83</v>
       </c>
       <c r="J482" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K482" t="s">
         <v>85</v>
       </c>
       <c r="L482" t="s">
         <v>85</v>
       </c>
       <c r="M482" t="s">
         <v>89</v>
       </c>
       <c r="O482" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="483" spans="1:30">
       <c r="A483" t="s">
         <v>1612</v>
       </c>
       <c r="B483" t="s">
         <v>1613</v>
       </c>
       <c r="C483" t="s">
         <v>1614</v>
       </c>
       <c r="D483" t="s">
         <v>79</v>
       </c>
       <c r="E483" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F483" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H483" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I483" t="s">
         <v>83</v>
       </c>
       <c r="J483" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K483" t="s">
         <v>85</v>
       </c>
       <c r="L483" t="s">
         <v>85</v>
       </c>
       <c r="M483" t="s">
         <v>89</v>
       </c>
       <c r="O483" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="484" spans="1:30">
       <c r="A484" t="s">
         <v>1615</v>
       </c>
       <c r="B484" t="s">
         <v>1616</v>
       </c>
       <c r="C484" t="s">
         <v>1617</v>
       </c>
       <c r="D484" t="s">
         <v>79</v>
       </c>
       <c r="E484" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F484" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H484" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I484" t="s">
         <v>83</v>
       </c>
       <c r="J484" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K484" t="s">
         <v>85</v>
       </c>
       <c r="L484" t="s">
         <v>85</v>
       </c>
       <c r="M484" t="s">
         <v>89</v>
       </c>
       <c r="O484" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="485" spans="1:30">
       <c r="A485" t="s">
         <v>1618</v>
       </c>
       <c r="B485" t="s">
         <v>1619</v>
       </c>
       <c r="C485" t="s">
         <v>1620</v>
       </c>
       <c r="D485" t="s">
         <v>79</v>
       </c>
       <c r="E485" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F485" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H485" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I485" t="s">
         <v>83</v>
       </c>
       <c r="J485" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K485" t="s">
         <v>85</v>
       </c>
       <c r="L485" t="s">
         <v>96</v>
       </c>
       <c r="M485" t="s">
         <v>89</v>
       </c>
       <c r="O485" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="486" spans="1:30">
       <c r="A486" t="s">
         <v>1621</v>
       </c>
       <c r="B486" t="s">
         <v>1622</v>
       </c>
       <c r="C486" t="s">
         <v>1623</v>
       </c>
       <c r="D486" t="s">
         <v>79</v>
       </c>
       <c r="E486" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F486" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H486" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I486" t="s">
         <v>83</v>
       </c>
       <c r="J486" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K486" t="s">
         <v>85</v>
       </c>
       <c r="L486" t="s">
         <v>85</v>
       </c>
       <c r="M486" t="s">
         <v>85</v>
       </c>
       <c r="O486" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="487" spans="1:30">
       <c r="A487" t="s">
         <v>1624</v>
       </c>
       <c r="B487" t="s">
         <v>1625</v>
       </c>
       <c r="C487" t="s">
         <v>1626</v>
       </c>
       <c r="D487" t="s">
         <v>79</v>
       </c>
       <c r="E487" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F487" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H487" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I487" t="s">
         <v>83</v>
       </c>
       <c r="J487" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K487" t="s">
         <v>85</v>
       </c>
       <c r="L487" t="s">
         <v>96</v>
       </c>
       <c r="M487" t="s">
         <v>96</v>
       </c>
       <c r="O487" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="488" spans="1:30">
       <c r="A488" t="s">
         <v>1627</v>
       </c>
       <c r="B488" t="s">
         <v>1628</v>
       </c>
       <c r="C488" t="s">
         <v>1629</v>
       </c>
       <c r="D488" t="s">
         <v>79</v>
       </c>
       <c r="E488" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F488" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H488" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I488" t="s">
         <v>83</v>
       </c>
       <c r="J488" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K488" t="s">
         <v>85</v>
       </c>
       <c r="L488" t="s">
         <v>85</v>
       </c>
       <c r="M488" t="s">
         <v>85</v>
       </c>
       <c r="O488" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="489" spans="1:30">
       <c r="A489" t="s">
         <v>1630</v>
       </c>
       <c r="B489" t="s">
         <v>1631</v>
       </c>
       <c r="C489" t="s">
         <v>1632</v>
       </c>
       <c r="D489" t="s">
         <v>79</v>
       </c>
       <c r="E489" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F489" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H489" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I489" t="s">
         <v>83</v>
       </c>
       <c r="J489" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K489" t="s">
         <v>85</v>
       </c>
       <c r="L489" t="s">
         <v>85</v>
       </c>
       <c r="M489" t="s">
         <v>96</v>
       </c>
       <c r="O489" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="490" spans="1:30">
       <c r="A490" t="s">
         <v>1633</v>
       </c>
       <c r="B490" t="s">
         <v>1634</v>
       </c>
       <c r="C490" t="s">
         <v>1635</v>
       </c>
       <c r="D490" t="s">
         <v>79</v>
       </c>
       <c r="E490" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F490" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H490" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I490" t="s">
         <v>83</v>
       </c>
       <c r="J490" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K490" t="s">
         <v>85</v>
       </c>
       <c r="L490" t="s">
         <v>85</v>
       </c>
       <c r="M490" t="s">
         <v>85</v>
       </c>
       <c r="O490" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="491" spans="1:30">
       <c r="A491" t="s">
         <v>1636</v>
       </c>
       <c r="B491" t="s">
         <v>1637</v>
       </c>
       <c r="C491" t="s">
         <v>1638</v>
       </c>
       <c r="D491" t="s">
         <v>79</v>
       </c>
       <c r="E491" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F491" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H491" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I491" t="s">
         <v>83</v>
       </c>
       <c r="J491" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K491" t="s">
         <v>85</v>
       </c>
       <c r="L491" t="s">
         <v>96</v>
       </c>
       <c r="M491" t="s">
         <v>85</v>
       </c>
       <c r="O491" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="492" spans="1:30">
       <c r="A492" t="s">
         <v>1639</v>
       </c>
       <c r="B492" t="s">
         <v>1640</v>
       </c>
       <c r="C492" t="s">
         <v>1641</v>
       </c>
       <c r="D492" t="s">
         <v>79</v>
       </c>
       <c r="E492" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F492" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H492" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I492" t="s">
         <v>83</v>
       </c>
       <c r="J492" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K492" t="s">
         <v>85</v>
       </c>
       <c r="L492" t="s">
         <v>85</v>
       </c>
       <c r="M492" t="s">
         <v>85</v>
       </c>
       <c r="O492" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="493" spans="1:30">
       <c r="A493" t="s">
         <v>1642</v>
       </c>
       <c r="B493" t="s">
         <v>1643</v>
       </c>
       <c r="C493" t="s">
         <v>1644</v>
       </c>
       <c r="D493" t="s">
         <v>79</v>
       </c>
       <c r="E493" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F493" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H493" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I493" t="s">
         <v>83</v>
       </c>
       <c r="J493" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K493" t="s">
         <v>85</v>
       </c>
       <c r="L493" t="s">
         <v>85</v>
       </c>
       <c r="M493" t="s">
         <v>96</v>
       </c>
       <c r="O493" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="494" spans="1:30">
       <c r="A494" t="s">
         <v>1645</v>
       </c>
       <c r="B494" t="s">
         <v>1646</v>
       </c>
       <c r="C494" t="s">
         <v>1647</v>
       </c>
       <c r="D494" t="s">
         <v>79</v>
       </c>
       <c r="E494" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F494" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H494" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I494" t="s">
         <v>83</v>
       </c>
       <c r="J494" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K494" t="s">
         <v>85</v>
       </c>
       <c r="L494" t="s">
         <v>85</v>
       </c>
       <c r="M494" t="s">
         <v>85</v>
       </c>
       <c r="O494" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="495" spans="1:30">
       <c r="A495" t="s">
         <v>1648</v>
       </c>
       <c r="B495" t="s">
         <v>1649</v>
       </c>
       <c r="C495" t="s">
         <v>1650</v>
       </c>
       <c r="D495" t="s">
         <v>79</v>
       </c>
       <c r="E495" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F495" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H495" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I495" t="s">
         <v>83</v>
       </c>
       <c r="J495" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K495" t="s">
         <v>85</v>
       </c>
       <c r="L495" t="s">
         <v>85</v>
       </c>
       <c r="M495" t="s">
         <v>85</v>
       </c>
       <c r="O495" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="496" spans="1:30">
       <c r="A496" t="s">
         <v>1651</v>
       </c>
       <c r="B496" t="s">
         <v>1652</v>
       </c>
       <c r="C496" t="s">
         <v>1653</v>
       </c>
       <c r="D496" t="s">
         <v>79</v>
       </c>
       <c r="E496" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F496" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H496" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I496" t="s">
         <v>83</v>
       </c>
       <c r="J496" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K496" t="s">
         <v>85</v>
       </c>
       <c r="L496" t="s">
         <v>85</v>
       </c>
       <c r="M496" t="s">
         <v>89</v>
       </c>
       <c r="O496" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="497" spans="1:30">
       <c r="A497" t="s">
         <v>1654</v>
       </c>
       <c r="B497" t="s">
         <v>1655</v>
       </c>
       <c r="C497" t="s">
         <v>1656</v>
       </c>
       <c r="D497" t="s">
         <v>79</v>
       </c>
       <c r="E497" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F497" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H497" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I497" t="s">
         <v>83</v>
       </c>
       <c r="J497" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K497" t="s">
         <v>85</v>
       </c>
       <c r="L497" t="s">
         <v>85</v>
       </c>
       <c r="M497" t="s">
         <v>89</v>
       </c>
       <c r="O497" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="498" spans="1:30">
       <c r="A498" t="s">
         <v>1657</v>
       </c>
       <c r="B498" t="s">
         <v>1658</v>
       </c>
       <c r="C498" t="s">
         <v>1659</v>
       </c>
       <c r="D498" t="s">
         <v>79</v>
       </c>
       <c r="E498" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F498" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H498" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I498" t="s">
         <v>83</v>
       </c>
       <c r="J498" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K498" t="s">
         <v>85</v>
       </c>
       <c r="L498" t="s">
         <v>96</v>
       </c>
       <c r="M498" t="s">
         <v>85</v>
       </c>
       <c r="O498" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="499" spans="1:30">
       <c r="A499" t="s">
         <v>1660</v>
       </c>
       <c r="B499" t="s">
         <v>1661</v>
       </c>
       <c r="C499" t="s">
         <v>1662</v>
       </c>
       <c r="D499" t="s">
         <v>79</v>
       </c>
       <c r="E499" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F499" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H499" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I499" t="s">
         <v>83</v>
       </c>
       <c r="J499" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K499" t="s">
         <v>85</v>
       </c>
       <c r="L499" t="s">
         <v>85</v>
       </c>
       <c r="M499" t="s">
         <v>96</v>
       </c>
       <c r="O499" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="500" spans="1:30">
       <c r="A500" t="s">
         <v>1663</v>
       </c>
       <c r="B500" t="s">
         <v>1664</v>
       </c>
       <c r="C500" t="s">
         <v>1665</v>
       </c>
       <c r="D500" t="s">
         <v>79</v>
       </c>
       <c r="E500" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F500" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H500" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I500" t="s">
         <v>83</v>
       </c>
       <c r="J500" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K500" t="s">
         <v>85</v>
       </c>
       <c r="L500" t="s">
         <v>85</v>
       </c>
       <c r="M500" t="s">
         <v>85</v>
       </c>
       <c r="O500" t="s">
         <v>365</v>
       </c>
       <c r="P500" t="s">
         <v>370</v>
       </c>
       <c r="Q500" t="s">
         <v>371</v>
       </c>
       <c r="R500" t="s">
         <v>85</v>
       </c>
       <c r="S500" t="s">
         <v>85</v>
       </c>
@@ -27743,145 +27695,145 @@
       </c>
       <c r="AB500" t="s">
         <v>85</v>
       </c>
       <c r="AC500" t="s">
         <v>85</v>
       </c>
       <c r="AD500" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="501" spans="1:30">
       <c r="A501" t="s">
         <v>1666</v>
       </c>
       <c r="B501" t="s">
         <v>1667</v>
       </c>
       <c r="C501" t="s">
         <v>1668</v>
       </c>
       <c r="D501" t="s">
         <v>79</v>
       </c>
       <c r="E501" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F501" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H501" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I501" t="s">
         <v>83</v>
       </c>
       <c r="J501" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K501" t="s">
         <v>85</v>
       </c>
       <c r="L501" t="s">
         <v>96</v>
       </c>
       <c r="M501" t="s">
         <v>85</v>
       </c>
       <c r="O501" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="502" spans="1:30">
       <c r="A502" t="s">
         <v>1669</v>
       </c>
       <c r="B502" t="s">
         <v>1670</v>
       </c>
       <c r="C502" t="s">
         <v>1671</v>
       </c>
       <c r="D502" t="s">
         <v>79</v>
       </c>
       <c r="E502" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F502" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H502" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I502" t="s">
         <v>83</v>
       </c>
       <c r="J502" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K502" t="s">
         <v>85</v>
       </c>
       <c r="L502" t="s">
         <v>85</v>
       </c>
       <c r="M502" t="s">
         <v>85</v>
       </c>
       <c r="O502" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="503" spans="1:30">
       <c r="A503" t="s">
         <v>1672</v>
       </c>
       <c r="B503" t="s">
         <v>1673</v>
       </c>
       <c r="C503" t="s">
         <v>1674</v>
       </c>
       <c r="D503" t="s">
         <v>79</v>
       </c>
       <c r="E503" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F503" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H503" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I503" t="s">
         <v>83</v>
       </c>
       <c r="J503" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K503" t="s">
         <v>85</v>
       </c>
       <c r="L503" t="s">
         <v>85</v>
       </c>
       <c r="M503" t="s">
         <v>85</v>
       </c>
       <c r="O503" t="s">
         <v>365</v>
       </c>
       <c r="P503" t="s">
         <v>1675</v>
       </c>
       <c r="Q503" t="s">
         <v>371</v>
       </c>
       <c r="R503" t="s">
         <v>85</v>
       </c>
       <c r="S503" t="s">
         <v>85</v>
       </c>
@@ -27911,63 +27863,63 @@
       </c>
       <c r="AB503" t="s">
         <v>85</v>
       </c>
       <c r="AC503" t="s">
         <v>85</v>
       </c>
       <c r="AD503" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="504" spans="1:30">
       <c r="A504" t="s">
         <v>1677</v>
       </c>
       <c r="B504" t="s">
         <v>1678</v>
       </c>
       <c r="C504" t="s">
         <v>1679</v>
       </c>
       <c r="D504" t="s">
         <v>79</v>
       </c>
       <c r="E504" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F504" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H504" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I504" t="s">
         <v>83</v>
       </c>
       <c r="J504" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K504" t="s">
         <v>85</v>
       </c>
       <c r="L504" t="s">
         <v>85</v>
       </c>
       <c r="M504" t="s">
         <v>85</v>
       </c>
       <c r="O504" t="s">
         <v>365</v>
       </c>
       <c r="P504" t="s">
         <v>1675</v>
       </c>
       <c r="Q504" t="s">
         <v>371</v>
       </c>
       <c r="R504" t="s">
         <v>85</v>
       </c>
       <c r="S504" t="s">
         <v>85</v>
       </c>
@@ -27997,145 +27949,145 @@
       </c>
       <c r="AB504" t="s">
         <v>85</v>
       </c>
       <c r="AC504" t="s">
         <v>85</v>
       </c>
       <c r="AD504" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="505" spans="1:30">
       <c r="A505" t="s">
         <v>1680</v>
       </c>
       <c r="B505" t="s">
         <v>1681</v>
       </c>
       <c r="C505" t="s">
         <v>1682</v>
       </c>
       <c r="D505" t="s">
         <v>79</v>
       </c>
       <c r="E505" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F505" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H505" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I505" t="s">
         <v>83</v>
       </c>
       <c r="J505" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K505" t="s">
         <v>85</v>
       </c>
       <c r="L505" t="s">
         <v>85</v>
       </c>
       <c r="M505" t="s">
         <v>89</v>
       </c>
       <c r="O505" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="506" spans="1:30">
       <c r="A506" t="s">
         <v>1683</v>
       </c>
       <c r="B506" t="s">
         <v>1684</v>
       </c>
       <c r="C506" t="s">
         <v>1685</v>
       </c>
       <c r="D506" t="s">
         <v>79</v>
       </c>
       <c r="E506" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F506" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H506" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I506" t="s">
         <v>83</v>
       </c>
       <c r="J506" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K506" t="s">
         <v>85</v>
       </c>
       <c r="L506" t="s">
         <v>85</v>
       </c>
       <c r="M506" t="s">
         <v>85</v>
       </c>
       <c r="O506" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="507" spans="1:30">
       <c r="A507" t="s">
         <v>1686</v>
       </c>
       <c r="B507" t="s">
         <v>1687</v>
       </c>
       <c r="C507" t="s">
         <v>1688</v>
       </c>
       <c r="D507" t="s">
         <v>79</v>
       </c>
       <c r="E507" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F507" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H507" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I507" t="s">
         <v>83</v>
       </c>
       <c r="J507" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="K507" t="s">
         <v>85</v>
       </c>
       <c r="L507" t="s">
         <v>85</v>
       </c>
       <c r="M507" t="s">
         <v>89</v>
       </c>
       <c r="O507" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="508" spans="1:30">
       <c r="A508" t="s">
         <v>1689</v>
       </c>
       <c r="B508" t="s">
         <v>1690</v>
       </c>
       <c r="C508" t="s">
         <v>1691</v>
       </c>
       <c r="D508" t="s">
@@ -28147,1521 +28099,1521 @@
       <c r="F508" t="s">
         <v>1693</v>
       </c>
       <c r="H508" t="s">
         <v>1694</v>
       </c>
       <c r="I508" t="s">
         <v>83</v>
       </c>
       <c r="J508" t="s">
         <v>1695</v>
       </c>
       <c r="K508" t="s">
         <v>85</v>
       </c>
       <c r="L508" t="s">
         <v>85</v>
       </c>
       <c r="M508" t="s">
         <v>96</v>
       </c>
       <c r="O508" t="s">
         <v>365</v>
       </c>
       <c r="P508" t="s">
-        <v>614</v>
+        <v>1696</v>
       </c>
       <c r="Q508" t="s">
         <v>371</v>
       </c>
       <c r="R508" t="s">
         <v>85</v>
       </c>
       <c r="S508" t="s">
         <v>85</v>
       </c>
       <c r="T508" t="s">
         <v>96</v>
       </c>
       <c r="U508" t="s">
         <v>379</v>
       </c>
       <c r="V508" t="s">
-        <v>613</v>
+        <v>1697</v>
       </c>
       <c r="W508" t="s">
         <v>85</v>
       </c>
       <c r="X508" t="s">
         <v>85</v>
       </c>
       <c r="Y508" t="s">
         <v>89</v>
       </c>
       <c r="Z508" t="s">
         <v>366</v>
       </c>
       <c r="AA508" t="s">
         <v>378</v>
       </c>
       <c r="AB508" t="s">
         <v>85</v>
       </c>
       <c r="AC508" t="s">
         <v>85</v>
       </c>
       <c r="AD508" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="509" spans="1:30">
       <c r="A509" t="s">
-        <v>1696</v>
+        <v>1698</v>
       </c>
       <c r="B509" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="C509" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="D509" t="s">
         <v>79</v>
       </c>
       <c r="E509" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="F509" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="H509" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="I509" t="s">
         <v>83</v>
       </c>
       <c r="J509" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="K509" t="s">
         <v>85</v>
       </c>
       <c r="L509" t="s">
         <v>236</v>
       </c>
       <c r="M509" t="s">
         <v>96</v>
       </c>
       <c r="O509" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="510" spans="1:30">
       <c r="A510" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
       <c r="B510" t="s">
-        <v>1704</v>
+        <v>1706</v>
       </c>
       <c r="C510" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="D510" t="s">
         <v>79</v>
       </c>
       <c r="E510" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
       <c r="F510" t="s">
-        <v>1707</v>
+        <v>1709</v>
       </c>
       <c r="H510" t="s">
-        <v>1708</v>
+        <v>1710</v>
       </c>
       <c r="I510" t="s">
         <v>83</v>
       </c>
       <c r="J510" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
       <c r="K510" t="s">
         <v>106</v>
       </c>
       <c r="L510" t="s">
         <v>106</v>
       </c>
       <c r="M510" t="s">
         <v>106</v>
       </c>
       <c r="O510" t="s">
         <v>365</v>
       </c>
       <c r="P510" t="s">
         <v>366</v>
       </c>
       <c r="Q510" t="s">
         <v>371</v>
       </c>
       <c r="R510" t="s">
         <v>106</v>
       </c>
       <c r="S510" t="s">
         <v>106</v>
       </c>
       <c r="T510" t="s">
         <v>106</v>
       </c>
       <c r="U510" t="s">
         <v>366</v>
       </c>
       <c r="V510" t="s">
         <v>371</v>
       </c>
       <c r="W510" t="s">
         <v>106</v>
       </c>
       <c r="X510" t="s">
         <v>106</v>
       </c>
       <c r="Y510" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="511" spans="1:30">
       <c r="A511" t="s">
-        <v>1710</v>
+        <v>1712</v>
       </c>
       <c r="B511" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
       <c r="C511" t="s">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="D511" t="s">
         <v>79</v>
       </c>
       <c r="E511" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="F511" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="H511" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="I511" t="s">
         <v>83</v>
       </c>
       <c r="J511" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="K511" t="s">
         <v>85</v>
       </c>
       <c r="L511" t="s">
         <v>85</v>
       </c>
       <c r="M511" t="s">
         <v>236</v>
       </c>
       <c r="O511" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="512" spans="1:30">
       <c r="A512" t="s">
-        <v>1713</v>
+        <v>1715</v>
       </c>
       <c r="B512" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
       <c r="C512" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
       <c r="D512" t="s">
         <v>79</v>
       </c>
       <c r="E512" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="F512" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="H512" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="I512" t="s">
         <v>83</v>
       </c>
       <c r="J512" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="K512" t="s">
         <v>85</v>
       </c>
       <c r="L512" t="s">
         <v>85</v>
       </c>
       <c r="M512" t="s">
         <v>96</v>
       </c>
       <c r="O512" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="513" spans="1:30">
       <c r="A513" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="B513" t="s">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="C513" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="D513" t="s">
         <v>79</v>
       </c>
       <c r="E513" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="F513" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="H513" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="I513" t="s">
         <v>83</v>
       </c>
       <c r="J513" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="K513" t="s">
         <v>85</v>
       </c>
       <c r="L513" t="s">
         <v>85</v>
       </c>
       <c r="M513" t="s">
         <v>96</v>
       </c>
       <c r="O513" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="514" spans="1:30">
       <c r="A514" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
       <c r="B514" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="C514" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="D514" t="s">
         <v>79</v>
       </c>
       <c r="E514" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="F514" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="H514" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="I514" t="s">
         <v>83</v>
       </c>
       <c r="J514" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="K514" t="s">
         <v>85</v>
       </c>
       <c r="L514" t="s">
         <v>85</v>
       </c>
       <c r="M514" t="s">
         <v>96</v>
       </c>
       <c r="O514" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="515" spans="1:30">
       <c r="A515" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="B515" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="C515" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
       <c r="D515" t="s">
         <v>79</v>
       </c>
       <c r="E515" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="F515" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="H515" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="I515" t="s">
         <v>83</v>
       </c>
       <c r="J515" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="K515" t="s">
         <v>85</v>
       </c>
       <c r="L515" t="s">
         <v>85</v>
       </c>
       <c r="M515" t="s">
         <v>96</v>
       </c>
       <c r="O515" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="516" spans="1:30">
       <c r="A516" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="B516" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="C516" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="D516" t="s">
         <v>79</v>
       </c>
       <c r="E516" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="F516" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="H516" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="I516" t="s">
         <v>83</v>
       </c>
       <c r="J516" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="K516" t="s">
         <v>85</v>
       </c>
       <c r="L516" t="s">
         <v>85</v>
       </c>
       <c r="M516" t="s">
         <v>96</v>
       </c>
       <c r="O516" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="517" spans="1:30">
       <c r="A517" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="B517" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="C517" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="D517" t="s">
         <v>79</v>
       </c>
       <c r="E517" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="F517" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="H517" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="I517" t="s">
         <v>83</v>
       </c>
       <c r="J517" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="K517" t="s">
         <v>85</v>
       </c>
       <c r="L517" t="s">
         <v>85</v>
       </c>
       <c r="M517" t="s">
         <v>96</v>
       </c>
       <c r="O517" t="s">
         <v>365</v>
       </c>
       <c r="P517" t="s">
         <v>366</v>
       </c>
       <c r="Q517" t="s">
         <v>371</v>
       </c>
       <c r="R517" t="s">
         <v>85</v>
       </c>
       <c r="S517" t="s">
         <v>85</v>
       </c>
       <c r="T517" t="s">
         <v>96</v>
       </c>
       <c r="U517" t="s">
         <v>366</v>
       </c>
       <c r="V517" t="s">
         <v>371</v>
       </c>
       <c r="W517" t="s">
         <v>85</v>
       </c>
       <c r="X517" t="s">
         <v>85</v>
       </c>
       <c r="Y517" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="518" spans="1:30">
       <c r="A518" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="B518" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
       <c r="C518" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="D518" t="s">
         <v>79</v>
       </c>
       <c r="E518" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
       <c r="F518" t="s">
-        <v>1707</v>
+        <v>1709</v>
       </c>
       <c r="H518" t="s">
-        <v>1708</v>
+        <v>1710</v>
       </c>
       <c r="I518" t="s">
         <v>83</v>
       </c>
       <c r="J518" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
       <c r="K518" t="s">
         <v>106</v>
       </c>
       <c r="L518" t="s">
         <v>106</v>
       </c>
       <c r="M518" t="s">
         <v>106</v>
       </c>
       <c r="O518" t="s">
         <v>365</v>
       </c>
       <c r="P518" t="s">
         <v>366</v>
       </c>
       <c r="Q518" t="s">
         <v>371</v>
       </c>
       <c r="R518" t="s">
         <v>106</v>
       </c>
       <c r="S518" t="s">
         <v>106</v>
       </c>
       <c r="T518" t="s">
         <v>106</v>
       </c>
       <c r="U518" t="s">
         <v>366</v>
       </c>
       <c r="V518" t="s">
         <v>371</v>
       </c>
       <c r="W518" t="s">
         <v>106</v>
       </c>
       <c r="X518" t="s">
         <v>106</v>
       </c>
       <c r="Y518" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="519" spans="1:30">
       <c r="A519" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="B519" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="C519" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="D519" t="s">
         <v>79</v>
       </c>
       <c r="E519" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="F519" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="H519" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="I519" t="s">
         <v>83</v>
       </c>
       <c r="J519" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="K519" t="s">
         <v>85</v>
       </c>
       <c r="L519" t="s">
         <v>85</v>
       </c>
       <c r="M519" t="s">
         <v>96</v>
       </c>
       <c r="O519" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="520" spans="1:30">
       <c r="A520" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="B520" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="C520" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="D520" t="s">
         <v>79</v>
       </c>
       <c r="E520" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="F520" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="H520" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="I520" t="s">
         <v>83</v>
       </c>
       <c r="J520" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="K520" t="s">
         <v>85</v>
       </c>
       <c r="L520" t="s">
         <v>236</v>
       </c>
       <c r="M520" t="s">
         <v>96</v>
       </c>
       <c r="O520" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="521" spans="1:30">
       <c r="A521" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="B521" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="C521" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="D521" t="s">
         <v>79</v>
       </c>
       <c r="E521" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="F521" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="H521" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="I521" t="s">
         <v>83</v>
       </c>
       <c r="J521" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="K521" t="s">
         <v>85</v>
       </c>
       <c r="L521" t="s">
         <v>236</v>
       </c>
       <c r="M521" t="s">
         <v>96</v>
       </c>
       <c r="O521" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="522" spans="1:30">
       <c r="A522" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="B522" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="C522" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="D522" t="s">
         <v>79</v>
       </c>
       <c r="E522" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="F522" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="H522" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="I522" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="J522" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="K522" t="s">
         <v>85</v>
       </c>
       <c r="L522" t="s">
         <v>270</v>
       </c>
       <c r="M522" t="s">
         <v>85</v>
       </c>
       <c r="O522" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="523" spans="1:30">
       <c r="A523" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="B523" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="C523" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="D523" t="s">
         <v>79</v>
       </c>
       <c r="E523" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="F523" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="H523" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="I523" t="s">
         <v>83</v>
       </c>
       <c r="J523" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="K523" t="s">
         <v>85</v>
       </c>
       <c r="L523" t="s">
         <v>85</v>
       </c>
       <c r="M523" t="s">
         <v>85</v>
       </c>
       <c r="O523" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="524" spans="1:30">
       <c r="A524" t="s">
-        <v>1757</v>
+        <v>1759</v>
       </c>
       <c r="B524" t="s">
-        <v>1758</v>
+        <v>1760</v>
       </c>
       <c r="C524" t="s">
-        <v>1759</v>
+        <v>1761</v>
       </c>
       <c r="D524" t="s">
         <v>79</v>
       </c>
       <c r="E524" t="s">
-        <v>1760</v>
+        <v>1762</v>
       </c>
       <c r="F524" t="s">
-        <v>1761</v>
+        <v>1763</v>
       </c>
       <c r="I524" t="s">
         <v>83</v>
       </c>
       <c r="J524" t="s">
-        <v>1762</v>
+        <v>1764</v>
       </c>
       <c r="K524" t="s">
         <v>85</v>
       </c>
       <c r="L524" t="s">
         <v>85</v>
       </c>
       <c r="M524" t="s">
         <v>85</v>
       </c>
       <c r="O524" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="525" spans="1:30">
       <c r="A525" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="B525" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
       <c r="C525" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="D525" t="s">
         <v>79</v>
       </c>
       <c r="E525" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="F525" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="H525" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="I525" t="s">
         <v>83</v>
       </c>
       <c r="J525" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="K525" t="s">
         <v>85</v>
       </c>
       <c r="L525" t="s">
         <v>85</v>
       </c>
       <c r="M525" t="s">
         <v>85</v>
       </c>
       <c r="O525" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="526" spans="1:30">
       <c r="A526" t="s">
-        <v>1766</v>
+        <v>1768</v>
       </c>
       <c r="B526" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
       <c r="C526" t="s">
-        <v>1768</v>
+        <v>1770</v>
       </c>
       <c r="D526" t="s">
         <v>79</v>
       </c>
       <c r="E526" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="F526" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="H526" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="I526" t="s">
         <v>83</v>
       </c>
       <c r="J526" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="K526" t="s">
         <v>85</v>
       </c>
       <c r="L526" t="s">
         <v>85</v>
       </c>
       <c r="M526" t="s">
         <v>85</v>
       </c>
       <c r="O526" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="527" spans="1:30">
       <c r="A527" t="s">
-        <v>1769</v>
+        <v>1771</v>
       </c>
       <c r="B527" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="C527" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="D527" t="s">
         <v>79</v>
       </c>
       <c r="E527" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="F527" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="H527" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="I527" t="s">
         <v>83</v>
       </c>
       <c r="J527" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="K527" t="s">
         <v>85</v>
       </c>
       <c r="L527" t="s">
         <v>85</v>
       </c>
       <c r="M527" t="s">
         <v>85</v>
       </c>
       <c r="O527" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="528" spans="1:30">
       <c r="A528" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
       <c r="B528" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="C528" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="D528" t="s">
         <v>79</v>
       </c>
       <c r="E528" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="F528" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="H528" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="I528" t="s">
         <v>83</v>
       </c>
       <c r="J528" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="K528" t="s">
         <v>85</v>
       </c>
       <c r="L528" t="s">
         <v>85</v>
       </c>
       <c r="M528" t="s">
         <v>85</v>
       </c>
       <c r="O528" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="529" spans="1:30">
       <c r="A529" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="B529" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
       <c r="C529" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
       <c r="D529" t="s">
         <v>79</v>
       </c>
       <c r="E529" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="F529" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="H529" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="I529" t="s">
         <v>83</v>
       </c>
       <c r="J529" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="K529" t="s">
         <v>85</v>
       </c>
       <c r="L529" t="s">
         <v>85</v>
       </c>
       <c r="M529" t="s">
         <v>85</v>
       </c>
       <c r="O529" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="530" spans="1:30">
       <c r="A530" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="B530" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="C530" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="D530" t="s">
         <v>79</v>
       </c>
       <c r="E530" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="F530" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="H530" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="I530" t="s">
         <v>83</v>
       </c>
       <c r="J530" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="K530" t="s">
         <v>85</v>
       </c>
       <c r="L530" t="s">
         <v>85</v>
       </c>
       <c r="M530" t="s">
         <v>85</v>
       </c>
       <c r="O530" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="531" spans="1:30">
       <c r="A531" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="B531" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="C531" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="D531" t="s">
         <v>79</v>
       </c>
       <c r="E531" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="F531" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="H531" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="I531" t="s">
         <v>83</v>
       </c>
       <c r="J531" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="K531" t="s">
         <v>85</v>
       </c>
       <c r="L531" t="s">
         <v>85</v>
       </c>
       <c r="M531" t="s">
         <v>85</v>
       </c>
       <c r="O531" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="532" spans="1:30">
       <c r="A532" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="B532" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="C532" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
       <c r="D532" t="s">
         <v>79</v>
       </c>
       <c r="E532" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="F532" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="H532" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="I532" t="s">
         <v>83</v>
       </c>
       <c r="J532" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="K532" t="s">
         <v>85</v>
       </c>
       <c r="L532" t="s">
         <v>85</v>
       </c>
       <c r="M532" t="s">
         <v>85</v>
       </c>
       <c r="O532" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="533" spans="1:30">
       <c r="A533" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="B533" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
       <c r="C533" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="D533" t="s">
         <v>79</v>
       </c>
       <c r="E533" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="F533" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="H533" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="I533" t="s">
         <v>83</v>
       </c>
       <c r="J533" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="K533" t="s">
         <v>85</v>
       </c>
       <c r="L533" t="s">
         <v>85</v>
       </c>
       <c r="M533" t="s">
         <v>85</v>
       </c>
       <c r="O533" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="534" spans="1:30">
       <c r="A534" t="s">
-        <v>1790</v>
+        <v>1792</v>
       </c>
       <c r="B534" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="C534" t="s">
-        <v>1792</v>
+        <v>1794</v>
       </c>
       <c r="D534" t="s">
         <v>79</v>
       </c>
       <c r="E534" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="F534" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="H534" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="I534" t="s">
         <v>83</v>
       </c>
       <c r="J534" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="K534" t="s">
         <v>85</v>
       </c>
       <c r="L534" t="s">
         <v>85</v>
       </c>
       <c r="M534" t="s">
         <v>85</v>
       </c>
       <c r="O534" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="535" spans="1:30">
       <c r="A535" t="s">
-        <v>1793</v>
+        <v>1795</v>
       </c>
       <c r="B535" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="C535" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="D535" t="s">
         <v>79</v>
       </c>
       <c r="E535" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="F535" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="H535" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="I535" t="s">
         <v>83</v>
       </c>
       <c r="J535" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="K535" t="s">
         <v>85</v>
       </c>
       <c r="L535" t="s">
         <v>85</v>
       </c>
       <c r="M535" t="s">
         <v>85</v>
       </c>
       <c r="O535" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="536" spans="1:30">
       <c r="A536" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
       <c r="B536" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C536" t="s">
-        <v>1797</v>
+        <v>1799</v>
       </c>
       <c r="D536" t="s">
         <v>79</v>
       </c>
       <c r="E536" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="F536" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="H536" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="I536" t="s">
         <v>83</v>
       </c>
       <c r="J536" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="K536" t="s">
         <v>85</v>
       </c>
       <c r="L536" t="s">
         <v>85</v>
       </c>
       <c r="M536" t="s">
         <v>85</v>
       </c>
       <c r="O536" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="537" spans="1:30">
       <c r="A537" t="s">
-        <v>1798</v>
+        <v>1800</v>
       </c>
       <c r="B537" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C537" t="s">
-        <v>1799</v>
+        <v>1801</v>
       </c>
       <c r="D537" t="s">
         <v>79</v>
       </c>
       <c r="E537" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="F537" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="H537" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="I537" t="s">
         <v>83</v>
       </c>
       <c r="J537" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="K537" t="s">
         <v>85</v>
       </c>
       <c r="L537" t="s">
         <v>85</v>
       </c>
       <c r="M537" t="s">
         <v>85</v>
       </c>
       <c r="O537" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="538" spans="1:30">
       <c r="A538" t="s">
-        <v>1800</v>
+        <v>1802</v>
       </c>
       <c r="B538" t="s">
-        <v>1801</v>
+        <v>1803</v>
       </c>
       <c r="C538" t="s">
-        <v>1802</v>
+        <v>1804</v>
       </c>
       <c r="D538" t="s">
         <v>79</v>
       </c>
       <c r="E538" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="F538" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="H538" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="I538" t="s">
         <v>83</v>
       </c>
       <c r="J538" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="K538" t="s">
         <v>85</v>
       </c>
       <c r="L538" t="s">
         <v>85</v>
       </c>
       <c r="M538" t="s">
         <v>85</v>
       </c>
       <c r="O538" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="539" spans="1:30">
       <c r="A539" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="B539" t="s">
-        <v>1804</v>
+        <v>1806</v>
       </c>
       <c r="C539" t="s">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="D539" t="s">
         <v>79</v>
       </c>
       <c r="E539" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
       <c r="F539" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="H539" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
       <c r="I539" t="s">
         <v>83</v>
       </c>
       <c r="J539" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
       <c r="K539" t="s">
         <v>85</v>
       </c>
       <c r="L539" t="s">
         <v>85</v>
       </c>
       <c r="M539" t="s">
         <v>236</v>
       </c>
       <c r="O539" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="540" spans="1:30">
       <c r="A540" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B540" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C540" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D540" t="s">
+        <v>79</v>
+      </c>
+      <c r="E540" t="s">
+        <v>1808</v>
+      </c>
+      <c r="F540" t="s">
+        <v>1809</v>
+      </c>
+      <c r="H540" t="s">
         <v>1810</v>
       </c>
-      <c r="B540" t="s">
+      <c r="I540" t="s">
+        <v>83</v>
+      </c>
+      <c r="J540" t="s">
         <v>1811</v>
-      </c>
-[...19 lines deleted...]
-        <v>1809</v>
       </c>
       <c r="K540" t="s">
         <v>85</v>
       </c>
       <c r="L540" t="s">
         <v>85</v>
       </c>
       <c r="M540" t="s">
         <v>85</v>
       </c>
       <c r="O540" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="541" spans="1:30">
       <c r="A541" t="s">
-        <v>1813</v>
+        <v>1815</v>
       </c>
       <c r="B541" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
       <c r="C541" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="D541" t="s">
         <v>79</v>
       </c>
       <c r="E541" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
       <c r="F541" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="H541" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
       <c r="I541" t="s">
         <v>83</v>
       </c>
       <c r="J541" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
       <c r="K541" t="s">
         <v>85</v>
       </c>
       <c r="L541" t="s">
         <v>85</v>
       </c>
       <c r="M541" t="s">
         <v>85</v>
       </c>
       <c r="O541" t="s">
         <v>365</v>
       </c>
       <c r="P541" t="s">
         <v>366</v>
       </c>
       <c r="Q541" t="s">
         <v>446</v>
       </c>
       <c r="R541" t="s">
         <v>85</v>
       </c>
       <c r="S541" t="s">
         <v>85</v>
       </c>
@@ -29679,403 +29631,403 @@
       </c>
       <c r="X541" t="s">
         <v>85</v>
       </c>
       <c r="Y541" t="s">
         <v>85</v>
       </c>
       <c r="Z541" t="s">
         <v>448</v>
       </c>
       <c r="AA541" t="s">
         <v>449</v>
       </c>
       <c r="AB541" t="s">
         <v>85</v>
       </c>
       <c r="AC541" t="s">
         <v>89</v>
       </c>
       <c r="AD541" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="542" spans="1:30">
       <c r="A542" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="B542" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="C542" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="D542" t="s">
         <v>79</v>
       </c>
       <c r="E542" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
       <c r="F542" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="H542" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
       <c r="I542" t="s">
         <v>83</v>
       </c>
       <c r="J542" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
       <c r="K542" t="s">
         <v>85</v>
       </c>
       <c r="L542" t="s">
         <v>85</v>
       </c>
       <c r="M542" t="s">
         <v>89</v>
       </c>
       <c r="O542" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="543" spans="1:30">
       <c r="A543" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="B543" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="C543" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="D543" t="s">
         <v>79</v>
       </c>
       <c r="E543" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
       <c r="F543" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="H543" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
       <c r="I543" t="s">
         <v>83</v>
       </c>
       <c r="J543" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
       <c r="K543" t="s">
         <v>85</v>
       </c>
       <c r="L543" t="s">
         <v>85</v>
       </c>
       <c r="M543" t="s">
         <v>96</v>
       </c>
       <c r="O543" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="544" spans="1:30">
       <c r="A544" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="B544" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
       <c r="C544" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="D544" t="s">
         <v>79</v>
       </c>
       <c r="E544" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
       <c r="F544" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="H544" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
       <c r="I544" t="s">
         <v>83</v>
       </c>
       <c r="J544" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
       <c r="K544" t="s">
         <v>85</v>
       </c>
       <c r="L544" t="s">
         <v>236</v>
       </c>
       <c r="M544" t="s">
         <v>85</v>
       </c>
       <c r="O544" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="545" spans="1:30">
       <c r="A545" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
       <c r="B545" t="s">
-        <v>1826</v>
+        <v>1828</v>
       </c>
       <c r="C545" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="D545" t="s">
         <v>79</v>
       </c>
       <c r="E545" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="F545" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="H545" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="I545" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="J545" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="K545" t="s">
         <v>85</v>
       </c>
       <c r="L545" t="s">
         <v>236</v>
       </c>
       <c r="M545" t="s">
         <v>96</v>
       </c>
       <c r="O545" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="546" spans="1:30">
       <c r="A546" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="B546" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="C546" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="D546" t="s">
         <v>79</v>
       </c>
       <c r="E546" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="F546" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="H546" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="I546" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="J546" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="K546" t="s">
         <v>85</v>
       </c>
       <c r="L546" t="s">
         <v>96</v>
       </c>
       <c r="M546" t="s">
         <v>85</v>
       </c>
       <c r="O546" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="547" spans="1:30">
       <c r="A547" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="B547" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="C547" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="D547" t="s">
         <v>79</v>
       </c>
       <c r="E547" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="F547" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="H547" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="I547" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="J547" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="K547" t="s">
         <v>85</v>
       </c>
       <c r="L547" t="s">
         <v>96</v>
       </c>
       <c r="M547" t="s">
         <v>85</v>
       </c>
       <c r="O547" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="548" spans="1:30">
       <c r="A548" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="B548" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="C548" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="D548" t="s">
         <v>79</v>
       </c>
       <c r="E548" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="F548" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="H548" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="I548" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="J548" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="K548" t="s">
         <v>85</v>
       </c>
       <c r="L548" t="s">
         <v>236</v>
       </c>
       <c r="M548" t="s">
         <v>85</v>
       </c>
       <c r="O548" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="549" spans="1:30">
       <c r="A549" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="B549" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="C549" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="D549" t="s">
         <v>79</v>
       </c>
       <c r="E549" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="F549" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="H549" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="I549" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="J549" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="K549" t="s">
         <v>85</v>
       </c>
       <c r="L549" t="s">
         <v>85</v>
       </c>
       <c r="M549" t="s">
         <v>236</v>
       </c>
       <c r="O549" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="550" spans="1:30">
       <c r="A550" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="B550" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="C550" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
       <c r="D550" t="s">
         <v>79</v>
       </c>
       <c r="E550" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="F550" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="H550" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="I550" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="J550" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="K550" t="s">
         <v>85</v>
       </c>
       <c r="L550" t="s">
         <v>85</v>
       </c>
       <c r="M550" t="s">
         <v>85</v>
       </c>
       <c r="O550" t="s">
         <v>365</v>
       </c>
       <c r="P550" t="s">
         <v>366</v>
       </c>
       <c r="Q550" t="s">
         <v>446</v>
       </c>
       <c r="R550" t="s">
         <v>85</v>
       </c>
       <c r="S550" t="s">
         <v>85</v>
       </c>
@@ -30093,933 +30045,933 @@
       </c>
       <c r="X550" t="s">
         <v>89</v>
       </c>
       <c r="Y550" t="s">
         <v>85</v>
       </c>
       <c r="Z550" t="s">
         <v>447</v>
       </c>
       <c r="AA550" t="s">
         <v>371</v>
       </c>
       <c r="AB550" t="s">
         <v>85</v>
       </c>
       <c r="AC550" t="s">
         <v>85</v>
       </c>
       <c r="AD550" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="551" spans="1:30">
       <c r="A551" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
       <c r="B551" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="C551" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="D551" t="s">
         <v>79</v>
       </c>
       <c r="E551" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="F551" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="H551" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="I551" t="s">
         <v>83</v>
       </c>
       <c r="J551" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="K551" t="s">
         <v>89</v>
       </c>
       <c r="L551" t="s">
         <v>85</v>
       </c>
       <c r="M551" t="s">
         <v>85</v>
       </c>
       <c r="O551" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="552" spans="1:30">
       <c r="A552" t="s">
+        <v>1852</v>
+      </c>
+      <c r="B552" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C552" t="s">
+        <v>1854</v>
+      </c>
+      <c r="D552" t="s">
+        <v>79</v>
+      </c>
+      <c r="E552" t="s">
+        <v>1848</v>
+      </c>
+      <c r="F552" t="s">
+        <v>1849</v>
+      </c>
+      <c r="H552" t="s">
         <v>1850</v>
       </c>
-      <c r="B552" t="s">
+      <c r="I552" t="s">
+        <v>83</v>
+      </c>
+      <c r="J552" t="s">
         <v>1851</v>
-      </c>
-[...19 lines deleted...]
-        <v>1849</v>
       </c>
       <c r="K552" t="s">
         <v>85</v>
       </c>
       <c r="L552" t="s">
         <v>85</v>
       </c>
       <c r="M552" t="s">
         <v>85</v>
       </c>
       <c r="O552" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="553" spans="1:30">
       <c r="A553" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="B553" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="C553" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="D553" t="s">
         <v>79</v>
       </c>
       <c r="E553" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="F553" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="H553" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="I553" t="s">
         <v>83</v>
       </c>
       <c r="J553" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="K553" t="s">
         <v>89</v>
       </c>
       <c r="L553" t="s">
         <v>85</v>
       </c>
       <c r="M553" t="s">
         <v>85</v>
       </c>
       <c r="O553" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="554" spans="1:30">
       <c r="A554" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="B554" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="C554" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="D554" t="s">
         <v>79</v>
       </c>
       <c r="E554" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="F554" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="H554" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="I554" t="s">
         <v>83</v>
       </c>
       <c r="J554" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="K554" t="s">
         <v>85</v>
       </c>
       <c r="L554" t="s">
         <v>85</v>
       </c>
       <c r="M554" t="s">
         <v>96</v>
       </c>
       <c r="O554" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="555" spans="1:30">
       <c r="A555" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="B555" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="C555" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="D555" t="s">
         <v>79</v>
       </c>
       <c r="E555" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="F555" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="H555" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="I555" t="s">
         <v>83</v>
       </c>
       <c r="J555" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="K555" t="s">
         <v>85</v>
       </c>
       <c r="L555" t="s">
         <v>85</v>
       </c>
       <c r="M555" t="s">
         <v>85</v>
       </c>
       <c r="O555" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="556" spans="1:30">
       <c r="A556" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="B556" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="C556" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="D556" t="s">
         <v>79</v>
       </c>
       <c r="E556" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="F556" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="H556" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="I556" t="s">
         <v>83</v>
       </c>
       <c r="J556" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="K556" t="s">
         <v>89</v>
       </c>
       <c r="L556" t="s">
         <v>85</v>
       </c>
       <c r="M556" t="s">
         <v>85</v>
       </c>
       <c r="O556" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="557" spans="1:30">
       <c r="A557" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="B557" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="C557" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="D557" t="s">
         <v>79</v>
       </c>
       <c r="E557" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="F557" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="H557" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="I557" t="s">
         <v>83</v>
       </c>
       <c r="J557" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="K557" t="s">
         <v>85</v>
       </c>
       <c r="L557" t="s">
         <v>85</v>
       </c>
       <c r="M557" t="s">
         <v>85</v>
       </c>
       <c r="O557" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="558" spans="1:30">
       <c r="A558" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="B558" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="C558" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="D558" t="s">
         <v>79</v>
       </c>
       <c r="E558" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="F558" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="H558" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="I558" t="s">
         <v>83</v>
       </c>
       <c r="J558" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="K558" t="s">
         <v>85</v>
       </c>
       <c r="L558" t="s">
         <v>85</v>
       </c>
       <c r="M558" t="s">
         <v>85</v>
       </c>
       <c r="O558" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="559" spans="1:30">
       <c r="A559" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B559" t="s">
         <v>1871</v>
       </c>
-      <c r="B559" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C559" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
       <c r="D559" t="s">
         <v>79</v>
       </c>
       <c r="E559" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="F559" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="H559" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="I559" t="s">
         <v>83</v>
       </c>
       <c r="J559" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="K559" t="s">
         <v>85</v>
       </c>
       <c r="L559" t="s">
         <v>85</v>
       </c>
       <c r="M559" t="s">
         <v>85</v>
       </c>
       <c r="O559" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="560" spans="1:30">
       <c r="A560" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="B560" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="C560" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="D560" t="s">
         <v>79</v>
       </c>
       <c r="E560" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F560" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I560" t="s">
         <v>83</v>
       </c>
       <c r="J560" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K560" t="s">
         <v>85</v>
       </c>
       <c r="L560" t="s">
         <v>96</v>
       </c>
       <c r="M560" t="s">
         <v>96</v>
       </c>
       <c r="O560" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="561" spans="1:30">
       <c r="A561" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B561" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C561" t="s">
+        <v>1883</v>
+      </c>
+      <c r="D561" t="s">
+        <v>79</v>
+      </c>
+      <c r="E561" t="s">
         <v>1878</v>
       </c>
-      <c r="B561" t="s">
+      <c r="F561" t="s">
         <v>1879</v>
       </c>
-      <c r="C561" t="s">
+      <c r="I561" t="s">
+        <v>83</v>
+      </c>
+      <c r="J561" t="s">
         <v>1880</v>
-      </c>
-[...13 lines deleted...]
-        <v>1877</v>
       </c>
       <c r="K561" t="s">
         <v>85</v>
       </c>
       <c r="L561" t="s">
         <v>96</v>
       </c>
       <c r="M561" t="s">
         <v>96</v>
       </c>
       <c r="O561" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="562" spans="1:30">
       <c r="A562" t="s">
-        <v>1881</v>
+        <v>1884</v>
       </c>
       <c r="B562" t="s">
-        <v>1882</v>
+        <v>1885</v>
       </c>
       <c r="C562" t="s">
-        <v>1883</v>
+        <v>1886</v>
       </c>
       <c r="D562" t="s">
         <v>79</v>
       </c>
       <c r="E562" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F562" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I562" t="s">
         <v>83</v>
       </c>
       <c r="J562" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K562" t="s">
         <v>85</v>
       </c>
       <c r="L562" t="s">
         <v>89</v>
       </c>
       <c r="M562" t="s">
         <v>89</v>
       </c>
       <c r="O562" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="563" spans="1:30">
       <c r="A563" t="s">
-        <v>1884</v>
+        <v>1887</v>
       </c>
       <c r="B563" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
       <c r="C563" t="s">
-        <v>1886</v>
+        <v>1889</v>
       </c>
       <c r="D563" t="s">
         <v>79</v>
       </c>
       <c r="E563" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F563" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I563" t="s">
         <v>83</v>
       </c>
       <c r="J563" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K563" t="s">
         <v>85</v>
       </c>
       <c r="L563" t="s">
         <v>96</v>
       </c>
       <c r="M563" t="s">
         <v>89</v>
       </c>
       <c r="O563" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="564" spans="1:30">
       <c r="A564" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="B564" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="C564" t="s">
-        <v>1889</v>
+        <v>1892</v>
       </c>
       <c r="D564" t="s">
         <v>79</v>
       </c>
       <c r="E564" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F564" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I564" t="s">
         <v>83</v>
       </c>
       <c r="J564" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K564" t="s">
         <v>85</v>
       </c>
       <c r="L564" t="s">
         <v>96</v>
       </c>
       <c r="M564" t="s">
         <v>89</v>
       </c>
       <c r="O564" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="565" spans="1:30">
       <c r="A565" t="s">
-        <v>1890</v>
+        <v>1893</v>
       </c>
       <c r="B565" t="s">
-        <v>1891</v>
+        <v>1894</v>
       </c>
       <c r="C565" t="s">
-        <v>1892</v>
+        <v>1895</v>
       </c>
       <c r="D565" t="s">
         <v>79</v>
       </c>
       <c r="E565" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F565" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I565" t="s">
         <v>83</v>
       </c>
       <c r="J565" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K565" t="s">
         <v>85</v>
       </c>
       <c r="L565" t="s">
         <v>96</v>
       </c>
       <c r="M565" t="s">
         <v>85</v>
       </c>
       <c r="O565" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="566" spans="1:30">
       <c r="A566" t="s">
-        <v>1893</v>
+        <v>1896</v>
       </c>
       <c r="B566" t="s">
-        <v>1894</v>
+        <v>1897</v>
       </c>
       <c r="C566" t="s">
-        <v>1895</v>
+        <v>1898</v>
       </c>
       <c r="D566" t="s">
         <v>79</v>
       </c>
       <c r="E566" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F566" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I566" t="s">
         <v>83</v>
       </c>
       <c r="J566" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K566" t="s">
         <v>85</v>
       </c>
       <c r="L566" t="s">
         <v>85</v>
       </c>
       <c r="M566" t="s">
         <v>96</v>
       </c>
       <c r="O566" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="567" spans="1:30">
       <c r="A567" t="s">
-        <v>1896</v>
+        <v>1899</v>
       </c>
       <c r="B567" t="s">
-        <v>1897</v>
+        <v>1900</v>
       </c>
       <c r="C567" t="s">
-        <v>1898</v>
+        <v>1901</v>
       </c>
       <c r="D567" t="s">
         <v>79</v>
       </c>
       <c r="E567" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F567" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I567" t="s">
         <v>83</v>
       </c>
       <c r="J567" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K567" t="s">
         <v>85</v>
       </c>
       <c r="L567" t="s">
         <v>85</v>
       </c>
       <c r="M567" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="O567" t="s">
         <v>365</v>
       </c>
       <c r="P567" t="s">
         <v>366</v>
       </c>
       <c r="Q567" t="s">
         <v>367</v>
       </c>
       <c r="R567" t="s">
         <v>85</v>
       </c>
       <c r="S567" t="s">
         <v>85</v>
       </c>
       <c r="T567" t="s">
         <v>85</v>
       </c>
       <c r="U567" t="s">
         <v>368</v>
       </c>
       <c r="V567" t="s">
         <v>371</v>
       </c>
       <c r="W567" t="s">
         <v>85</v>
       </c>
       <c r="X567" t="s">
         <v>85</v>
       </c>
       <c r="Y567" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="568" spans="1:30">
       <c r="A568" t="s">
-        <v>1899</v>
+        <v>1902</v>
       </c>
       <c r="B568" t="s">
-        <v>1900</v>
+        <v>1903</v>
       </c>
       <c r="C568" t="s">
-        <v>1901</v>
+        <v>1904</v>
       </c>
       <c r="D568" t="s">
         <v>79</v>
       </c>
       <c r="E568" t="s">
-        <v>1902</v>
+        <v>1905</v>
       </c>
       <c r="F568" t="s">
-        <v>1903</v>
+        <v>1906</v>
       </c>
       <c r="H568" t="s">
-        <v>1904</v>
+        <v>1907</v>
       </c>
       <c r="I568" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="J568" t="s">
-        <v>1905</v>
+        <v>1908</v>
       </c>
       <c r="K568" t="s">
         <v>85</v>
       </c>
       <c r="L568" t="s">
         <v>85</v>
       </c>
       <c r="M568" t="s">
         <v>89</v>
       </c>
       <c r="O568" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="569" spans="1:30">
       <c r="A569" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B569" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C569" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="D569" t="s">
         <v>79</v>
       </c>
       <c r="E569" t="s">
-        <v>1909</v>
+        <v>1912</v>
       </c>
       <c r="F569" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
       <c r="H569" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="I569" t="s">
         <v>83</v>
       </c>
       <c r="J569" t="s">
-        <v>1912</v>
+        <v>1915</v>
       </c>
       <c r="K569" t="s">
         <v>85</v>
       </c>
       <c r="L569" t="s">
         <v>89</v>
       </c>
       <c r="M569" t="s">
         <v>85</v>
       </c>
       <c r="O569" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="570" spans="1:30">
       <c r="A570" t="s">
-        <v>1913</v>
+        <v>1916</v>
       </c>
       <c r="B570" t="s">
-        <v>1914</v>
+        <v>1917</v>
       </c>
       <c r="C570" t="s">
-        <v>1915</v>
+        <v>1918</v>
       </c>
       <c r="D570" t="s">
         <v>79</v>
       </c>
       <c r="E570" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F570" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I570" t="s">
         <v>83</v>
       </c>
       <c r="J570" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K570" t="s">
         <v>85</v>
       </c>
       <c r="L570" t="s">
         <v>85</v>
       </c>
       <c r="M570" t="s">
         <v>96</v>
       </c>
       <c r="O570" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="571" spans="1:30">
       <c r="A571" t="s">
-        <v>1916</v>
+        <v>1919</v>
       </c>
       <c r="B571" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="C571" t="s">
-        <v>1918</v>
+        <v>1921</v>
       </c>
       <c r="D571" t="s">
         <v>79</v>
       </c>
       <c r="E571" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F571" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I571" t="s">
         <v>83</v>
       </c>
       <c r="J571" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K571" t="s">
         <v>85</v>
       </c>
       <c r="L571" t="s">
         <v>85</v>
       </c>
       <c r="M571" t="s">
         <v>96</v>
       </c>
       <c r="O571" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="572" spans="1:30">
       <c r="A572" t="s">
-        <v>1919</v>
+        <v>1922</v>
       </c>
       <c r="B572" t="s">
-        <v>1920</v>
+        <v>1923</v>
       </c>
       <c r="C572" t="s">
-        <v>1921</v>
+        <v>1924</v>
       </c>
       <c r="D572" t="s">
         <v>79</v>
       </c>
       <c r="E572" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F572" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I572" t="s">
         <v>83</v>
       </c>
       <c r="J572" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K572" t="s">
         <v>85</v>
       </c>
       <c r="L572" t="s">
         <v>85</v>
       </c>
       <c r="M572" t="s">
         <v>96</v>
       </c>
       <c r="O572" t="s">
         <v>365</v>
       </c>
       <c r="P572" t="s">
         <v>370</v>
       </c>
       <c r="Q572" t="s">
         <v>371</v>
       </c>
       <c r="R572" t="s">
         <v>85</v>
       </c>
       <c r="S572" t="s">
         <v>85</v>
       </c>
@@ -31037,720 +30989,720 @@
       </c>
       <c r="X572" t="s">
         <v>85</v>
       </c>
       <c r="Y572" t="s">
         <v>89</v>
       </c>
       <c r="Z572" t="s">
         <v>366</v>
       </c>
       <c r="AA572" t="s">
         <v>378</v>
       </c>
       <c r="AB572" t="s">
         <v>85</v>
       </c>
       <c r="AC572" t="s">
         <v>85</v>
       </c>
       <c r="AD572" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="573" spans="1:30">
       <c r="A573" t="s">
-        <v>1922</v>
+        <v>1925</v>
       </c>
       <c r="B573" t="s">
-        <v>1923</v>
+        <v>1926</v>
       </c>
       <c r="C573" t="s">
-        <v>1924</v>
+        <v>1927</v>
       </c>
       <c r="D573" t="s">
         <v>79</v>
       </c>
       <c r="E573" t="s">
-        <v>1909</v>
+        <v>1912</v>
       </c>
       <c r="F573" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
       <c r="H573" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="I573" t="s">
         <v>83</v>
       </c>
       <c r="J573" t="s">
-        <v>1912</v>
+        <v>1915</v>
       </c>
       <c r="K573" t="s">
         <v>85</v>
       </c>
       <c r="L573" t="s">
         <v>85</v>
       </c>
       <c r="M573" t="s">
         <v>96</v>
       </c>
       <c r="O573" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="574" spans="1:30">
       <c r="A574" t="s">
-        <v>1925</v>
+        <v>1928</v>
       </c>
       <c r="B574" t="s">
         <v>357</v>
       </c>
       <c r="C574" t="s">
-        <v>1926</v>
+        <v>1929</v>
       </c>
       <c r="D574" t="s">
         <v>79</v>
       </c>
       <c r="E574" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F574" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I574" t="s">
         <v>83</v>
       </c>
       <c r="J574" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K574" t="s">
         <v>85</v>
       </c>
       <c r="L574" t="s">
         <v>85</v>
       </c>
       <c r="M574" t="s">
         <v>96</v>
       </c>
       <c r="O574" t="s">
         <v>365</v>
       </c>
       <c r="P574" t="s">
         <v>366</v>
       </c>
       <c r="Q574" t="s">
         <v>371</v>
       </c>
       <c r="R574" t="s">
         <v>85</v>
       </c>
       <c r="S574" t="s">
         <v>85</v>
       </c>
       <c r="T574" t="s">
         <v>96</v>
       </c>
       <c r="U574" t="s">
         <v>366</v>
       </c>
       <c r="V574" t="s">
         <v>371</v>
       </c>
       <c r="W574" t="s">
         <v>85</v>
       </c>
       <c r="X574" t="s">
         <v>85</v>
       </c>
       <c r="Y574" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="575" spans="1:30">
       <c r="A575" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="B575" t="s">
-        <v>1928</v>
+        <v>1931</v>
       </c>
       <c r="C575" t="s">
-        <v>1929</v>
+        <v>1932</v>
       </c>
       <c r="D575" t="s">
         <v>79</v>
       </c>
       <c r="E575" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F575" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I575" t="s">
         <v>83</v>
       </c>
       <c r="J575" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K575" t="s">
         <v>85</v>
       </c>
       <c r="L575" t="s">
         <v>85</v>
       </c>
       <c r="M575" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="O575" t="s">
         <v>365</v>
       </c>
       <c r="P575" t="s">
         <v>368</v>
       </c>
       <c r="Q575" t="s">
         <v>371</v>
       </c>
       <c r="R575" t="s">
         <v>85</v>
       </c>
       <c r="S575" t="s">
         <v>85</v>
       </c>
       <c r="T575" t="s">
         <v>89</v>
       </c>
       <c r="U575" t="s">
         <v>366</v>
       </c>
       <c r="V575" t="s">
         <v>367</v>
       </c>
       <c r="W575" t="s">
         <v>85</v>
       </c>
       <c r="X575" t="s">
         <v>85</v>
       </c>
       <c r="Y575" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="576" spans="1:30">
       <c r="A576" t="s">
-        <v>1930</v>
+        <v>1933</v>
       </c>
       <c r="B576" t="s">
-        <v>1931</v>
+        <v>1934</v>
       </c>
       <c r="C576" t="s">
-        <v>1932</v>
+        <v>1935</v>
       </c>
       <c r="D576" t="s">
         <v>79</v>
       </c>
       <c r="E576" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F576" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I576" t="s">
         <v>83</v>
       </c>
       <c r="J576" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K576" t="s">
         <v>85</v>
       </c>
       <c r="L576" t="s">
         <v>85</v>
       </c>
       <c r="M576" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="O576" t="s">
         <v>365</v>
       </c>
       <c r="P576" t="s">
         <v>379</v>
       </c>
       <c r="Q576" t="s">
         <v>371</v>
       </c>
       <c r="R576" t="s">
         <v>85</v>
       </c>
       <c r="S576" t="s">
         <v>85</v>
       </c>
       <c r="T576" t="s">
         <v>89</v>
       </c>
       <c r="U576" t="s">
         <v>366</v>
       </c>
       <c r="V576" t="s">
         <v>378</v>
       </c>
       <c r="W576" t="s">
         <v>85</v>
       </c>
       <c r="X576" t="s">
         <v>85</v>
       </c>
       <c r="Y576" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="577" spans="1:30">
       <c r="A577" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="B577" t="s">
-        <v>1934</v>
+        <v>1937</v>
       </c>
       <c r="C577" t="s">
-        <v>1935</v>
+        <v>1938</v>
       </c>
       <c r="D577" t="s">
         <v>79</v>
       </c>
       <c r="E577" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F577" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I577" t="s">
         <v>83</v>
       </c>
       <c r="J577" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K577" t="s">
         <v>85</v>
       </c>
       <c r="L577" t="s">
         <v>85</v>
       </c>
       <c r="M577" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="O577" t="s">
         <v>365</v>
       </c>
       <c r="P577" t="s">
         <v>368</v>
       </c>
       <c r="Q577" t="s">
         <v>371</v>
       </c>
       <c r="R577" t="s">
         <v>85</v>
       </c>
       <c r="S577" t="s">
         <v>85</v>
       </c>
       <c r="T577" t="s">
         <v>96</v>
       </c>
       <c r="U577" t="s">
         <v>366</v>
       </c>
       <c r="V577" t="s">
         <v>367</v>
       </c>
       <c r="W577" t="s">
         <v>85</v>
       </c>
       <c r="X577" t="s">
         <v>85</v>
       </c>
       <c r="Y577" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="578" spans="1:30">
       <c r="A578" t="s">
-        <v>1936</v>
+        <v>1939</v>
       </c>
       <c r="B578" t="s">
-        <v>1937</v>
+        <v>1940</v>
       </c>
       <c r="C578" t="s">
-        <v>1938</v>
+        <v>1941</v>
       </c>
       <c r="D578" t="s">
         <v>79</v>
       </c>
       <c r="E578" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F578" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I578" t="s">
         <v>83</v>
       </c>
       <c r="J578" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K578" t="s">
         <v>85</v>
       </c>
       <c r="L578" t="s">
         <v>85</v>
       </c>
       <c r="M578" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="O578" t="s">
         <v>365</v>
       </c>
       <c r="P578" t="s">
         <v>366</v>
       </c>
       <c r="Q578" t="s">
         <v>367</v>
       </c>
       <c r="R578" t="s">
         <v>85</v>
       </c>
       <c r="S578" t="s">
         <v>85</v>
       </c>
       <c r="T578" t="s">
         <v>85</v>
       </c>
       <c r="U578" t="s">
         <v>368</v>
       </c>
       <c r="V578" t="s">
         <v>371</v>
       </c>
       <c r="W578" t="s">
         <v>85</v>
       </c>
       <c r="X578" t="s">
         <v>85</v>
       </c>
       <c r="Y578" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="579" spans="1:30">
       <c r="A579" t="s">
-        <v>1939</v>
+        <v>1942</v>
       </c>
       <c r="B579" t="s">
-        <v>1940</v>
+        <v>1943</v>
       </c>
       <c r="C579" t="s">
-        <v>1941</v>
+        <v>1944</v>
       </c>
       <c r="D579" t="s">
         <v>79</v>
       </c>
       <c r="E579" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F579" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I579" t="s">
         <v>83</v>
       </c>
       <c r="J579" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K579" t="s">
         <v>85</v>
       </c>
       <c r="L579" t="s">
         <v>89</v>
       </c>
       <c r="M579" t="s">
         <v>85</v>
       </c>
       <c r="O579" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="580" spans="1:30">
       <c r="A580" t="s">
-        <v>1942</v>
+        <v>1945</v>
       </c>
       <c r="B580" t="s">
-        <v>1943</v>
+        <v>1946</v>
       </c>
       <c r="C580" t="s">
-        <v>1944</v>
+        <v>1947</v>
       </c>
       <c r="D580" t="s">
         <v>79</v>
       </c>
       <c r="E580" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F580" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I580" t="s">
         <v>83</v>
       </c>
       <c r="J580" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K580" t="s">
         <v>85</v>
       </c>
       <c r="L580" t="s">
         <v>85</v>
       </c>
       <c r="M580" t="s">
         <v>89</v>
       </c>
       <c r="O580" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="581" spans="1:30">
       <c r="A581" t="s">
-        <v>1945</v>
+        <v>1948</v>
       </c>
       <c r="B581" t="s">
-        <v>1946</v>
+        <v>1949</v>
       </c>
       <c r="C581" t="s">
-        <v>1947</v>
+        <v>1950</v>
       </c>
       <c r="D581" t="s">
         <v>79</v>
       </c>
       <c r="E581" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F581" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I581" t="s">
         <v>83</v>
       </c>
       <c r="J581" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K581" t="s">
         <v>85</v>
       </c>
       <c r="L581" t="s">
         <v>85</v>
       </c>
       <c r="M581" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="O581" t="s">
         <v>365</v>
       </c>
       <c r="P581" t="s">
         <v>368</v>
       </c>
       <c r="Q581" t="s">
         <v>371</v>
       </c>
       <c r="R581" t="s">
         <v>85</v>
       </c>
       <c r="S581" t="s">
         <v>85</v>
       </c>
       <c r="T581" t="s">
         <v>96</v>
       </c>
       <c r="U581" t="s">
         <v>366</v>
       </c>
       <c r="V581" t="s">
         <v>367</v>
       </c>
       <c r="W581" t="s">
         <v>85</v>
       </c>
       <c r="X581" t="s">
         <v>85</v>
       </c>
       <c r="Y581" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="582" spans="1:30">
       <c r="A582" t="s">
-        <v>1948</v>
+        <v>1951</v>
       </c>
       <c r="B582" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
       <c r="C582" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="D582" t="s">
         <v>79</v>
       </c>
       <c r="E582" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F582" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I582" t="s">
         <v>83</v>
       </c>
       <c r="J582" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K582" t="s">
         <v>85</v>
       </c>
       <c r="L582" t="s">
         <v>85</v>
       </c>
       <c r="M582" t="s">
         <v>89</v>
       </c>
       <c r="O582" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="583" spans="1:30">
       <c r="A583" t="s">
-        <v>1951</v>
+        <v>1954</v>
       </c>
       <c r="B583" t="s">
-        <v>1952</v>
+        <v>1955</v>
       </c>
       <c r="C583" t="s">
-        <v>1953</v>
+        <v>1956</v>
       </c>
       <c r="D583" t="s">
         <v>79</v>
       </c>
       <c r="E583" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F583" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I583" t="s">
         <v>83</v>
       </c>
       <c r="J583" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K583" t="s">
         <v>85</v>
       </c>
       <c r="L583" t="s">
         <v>89</v>
       </c>
       <c r="M583" t="s">
         <v>85</v>
       </c>
       <c r="O583" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="584" spans="1:30">
       <c r="A584" t="s">
-        <v>1954</v>
+        <v>1957</v>
       </c>
       <c r="B584" t="s">
-        <v>1955</v>
+        <v>1958</v>
       </c>
       <c r="C584" t="s">
-        <v>1956</v>
+        <v>1959</v>
       </c>
       <c r="D584" t="s">
         <v>79</v>
       </c>
       <c r="E584" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F584" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I584" t="s">
         <v>83</v>
       </c>
       <c r="J584" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K584" t="s">
         <v>85</v>
       </c>
       <c r="L584" t="s">
         <v>96</v>
       </c>
       <c r="M584" t="s">
         <v>85</v>
       </c>
       <c r="O584" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="585" spans="1:30">
       <c r="A585" t="s">
-        <v>1957</v>
+        <v>1960</v>
       </c>
       <c r="B585" t="s">
-        <v>1958</v>
+        <v>1961</v>
       </c>
       <c r="C585" t="s">
-        <v>1959</v>
+        <v>1962</v>
       </c>
       <c r="D585" t="s">
         <v>79</v>
       </c>
       <c r="E585" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F585" t="s">
-        <v>604</v>
+        <v>1879</v>
       </c>
       <c r="I585" t="s">
         <v>83</v>
       </c>
       <c r="J585" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K585" t="s">
         <v>85</v>
       </c>
       <c r="L585" t="s">
         <v>85</v>
       </c>
       <c r="M585" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="O585" t="s">
         <v>365</v>
       </c>
       <c r="P585" t="s">
         <v>368</v>
       </c>
       <c r="Q585" t="s">
         <v>371</v>
       </c>
       <c r="R585" t="s">
         <v>85</v>
       </c>
       <c r="S585" t="s">
         <v>85</v>
       </c>
       <c r="T585" t="s">
         <v>96</v>
       </c>
       <c r="U585" t="s">
         <v>366</v>
       </c>
       <c r="V585" t="s">
         <v>367</v>
       </c>