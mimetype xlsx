--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -24,51 +24,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="1" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Lisez moi" sheetId="1" r:id="rId4"/>
     <sheet name="Classement" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1963">
   <si>
     <t>Atlas des zones françaises de production et de reparcage de coquillages</t>
   </si>
   <si>
     <t>France métropolitaine</t>
   </si>
   <si>
-    <t>Classements au 28/01/2026</t>
+    <t>Classements au 14/03/2026</t>
   </si>
   <si>
     <t>Liste des champs</t>
   </si>
   <si>
     <t>Correspondance Sandre</t>
   </si>
   <si>
     <t>ZONE_CODE</t>
   </si>
   <si>
     <t>Code de la zone dans le réseau de contrôle microbien REMI</t>
   </si>
   <si>
     <t>CdZoneConchylicole</t>
   </si>
   <si>
     <t>ZONE_TITLE</t>
   </si>
   <si>
     <t>Nom de la zone</t>
   </si>
   <si>
     <t>NomZoneConchylicole</t>
   </si>
@@ -246,312 +246,312 @@
   <si>
     <t>PERIODE_SAISONNIERE_3_CLASSEMENT_GP_2</t>
   </si>
   <si>
     <t>Classement du groupe 2 pour la période saisonnière 3</t>
   </si>
   <si>
     <t>PERIODE_SAISONNIERE_3_CLASSEMENT_GP_3</t>
   </si>
   <si>
     <t>Classement du groupe 3 pour la période saisonnière 3</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ddd/ZCY/2/CdZoneConchylicole</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ddd/ZCY/2/NomZoneConchylicole</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ddd/ZCY/2/ValeurClassementSanitaire</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ddd/ZCY/2/ComClassementSanitaire</t>
   </si>
   <si>
-    <t xml:space="preserve"> 11.12O</t>
+    <t>11.01</t>
+  </si>
+  <si>
+    <t>Lotissement Conchylicole De Fleury D'aude</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.01</t>
+  </si>
+  <si>
+    <t>Non</t>
+  </si>
+  <si>
+    <t>1120251P (15/05/2025)</t>
+  </si>
+  <si>
+    <t>15/05/2025</t>
+  </si>
+  <si>
+    <t>Abroge l'arrêté du 16/12/2019</t>
+  </si>
+  <si>
+    <t>PERMANENT</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//2025127-001_AP DML_classement salubrité.pdf</t>
+  </si>
+  <si>
+    <t>NC</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>11.02</t>
+  </si>
+  <si>
+    <t>Lotissement Conchylicole De Gruissan</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.02</t>
+  </si>
+  <si>
+    <t>11.03</t>
+  </si>
+  <si>
+    <t>Etang Des Ayguades Et De Mateille (nord)</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.03</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>11.04</t>
+  </si>
+  <si>
+    <t>Etang De Mateille Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.04</t>
+  </si>
+  <si>
+    <t>11.05</t>
+  </si>
+  <si>
+    <t>Etang Du Grazel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.05</t>
+  </si>
+  <si>
+    <t>11.05.02</t>
+  </si>
+  <si>
+    <t>Etang Du Grazel Rejet 1</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.05.02</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>11.05.03</t>
+  </si>
+  <si>
+    <t>Etang Du Grazel Rejet 2</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.05.03</t>
+  </si>
+  <si>
+    <t>11.05.04</t>
+  </si>
+  <si>
+    <t>Port De Gruissan Les Darses</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.05.04</t>
+  </si>
+  <si>
+    <t>11.06</t>
+  </si>
+  <si>
+    <t>Etang De Gruissan</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.06</t>
+  </si>
+  <si>
+    <t>11.07</t>
+  </si>
+  <si>
+    <t>Canal Du Grazel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.07</t>
+  </si>
+  <si>
+    <t>11.08</t>
+  </si>
+  <si>
+    <t>Plan D'eau Du Grazel</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.08</t>
+  </si>
+  <si>
+    <t>11.09</t>
+  </si>
+  <si>
+    <t>Etangs De Campignol Et De L'ayrolle (nord-ouest)</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.09</t>
+  </si>
+  <si>
+    <t>11.09.02</t>
+  </si>
+  <si>
+    <t>Canal De La Reunion</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.09.02</t>
+  </si>
+  <si>
+    <t>11.10</t>
+  </si>
+  <si>
+    <t>Etang De L'ayrolle Canal Des Allemands</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.10</t>
+  </si>
+  <si>
+    <t>11.11</t>
+  </si>
+  <si>
+    <t>Etang De L'ayrolle</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.11</t>
+  </si>
+  <si>
+    <t>11.12.02</t>
+  </si>
+  <si>
+    <t>La Coutive</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12.02</t>
+  </si>
+  <si>
+    <t>11.12.03</t>
+  </si>
+  <si>
+    <t>La Berre</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12.03</t>
+  </si>
+  <si>
+    <t>11.12.04</t>
+  </si>
+  <si>
+    <t>Station D'epuration Peyrac-de-mer</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12.04</t>
+  </si>
+  <si>
+    <t>11.12.05</t>
+  </si>
+  <si>
+    <t>Station D'epuration De Bages</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12.05</t>
+  </si>
+  <si>
+    <t>11.12.06</t>
+  </si>
+  <si>
+    <t>Ruisseau De La Plaine</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12.06</t>
+  </si>
+  <si>
+    <t>11.12.07</t>
+  </si>
+  <si>
+    <t>Ruisseau De L'etang</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12.07</t>
+  </si>
+  <si>
+    <t>11.12.08</t>
+  </si>
+  <si>
+    <t>Le Veyret</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12.08</t>
+  </si>
+  <si>
+    <t>11.12.09</t>
+  </si>
+  <si>
+    <t>Le Canelou</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12.09</t>
+  </si>
+  <si>
+    <t>11.12.10</t>
+  </si>
+  <si>
+    <t>Port-la-nautique</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12.10</t>
+  </si>
+  <si>
+    <t>11.12N</t>
+  </si>
+  <si>
+    <t>Etang De Bages-sigean Nord</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12N</t>
+  </si>
+  <si>
+    <t>11.12O</t>
   </si>
   <si>
     <t>Etang De Bages Sigean Ouest</t>
   </si>
   <si>
-    <t>https://id.eaufrance.fr/ZoneProdConchy/ 11.12O</t>
-[...254 lines deleted...]
-    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12N</t>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/11.12O</t>
   </si>
   <si>
     <t>11.12S</t>
   </si>
   <si>
     <t>Etang De Bages-sigean Sud</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/11.12S</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>Port De Port La Nouvelle</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/11.13</t>
   </si>
   <si>
     <t>11.14</t>
   </si>
   <si>
     <t>Etang De Leucate Parcs Ostreicoles</t>
   </si>
@@ -1095,57 +1095,60 @@
   <si>
     <t>Gefosse-fontenay Sud (le Wigwam)</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/14.170</t>
   </si>
   <si>
     <t>14.175</t>
   </si>
   <si>
     <t>Confluence Aure-vire Et Zone Portuaire D'isigny-sur-mer</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/14.175</t>
   </si>
   <si>
     <t>17.01</t>
   </si>
   <si>
     <t>Estuaire De La Sevre Niortaise</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.01</t>
   </si>
   <si>
-    <t>1720242P (21/01/2025)</t>
-[...5 lines deleted...]
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//AP 24_127 18122024_0.pdf</t>
+    <t>26-008 (10/02/2026)</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>Zone 17.04.04 passe de B en A pour les coquillages fouisseurs_x000A_Modification limites de la zone 17.14 (cf fichiers cartos joints)</t>
+  </si>
+  <si>
+    <t>https://atlas-sanitaire-coquillages.fruploads/classification_decrees/17/02-2026/AP 26_008 10022026-698c860449ba2.pdf</t>
   </si>
   <si>
     <t>17.02.01</t>
   </si>
   <si>
     <t>Est Du Pertuis Breton Mytilicole</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.02.01</t>
   </si>
   <si>
     <t>Oui</t>
   </si>
   <si>
     <t>2026-01-01</t>
   </si>
   <si>
     <t>2026-30-04</t>
   </si>
   <si>
     <t>2026-01-05</t>
   </si>
   <si>
     <t>2026-31-10</t>
   </si>
@@ -1521,62 +1524,50 @@
   <si>
     <t>Les Lests-mergignan</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.54</t>
   </si>
   <si>
     <t>17.55</t>
   </si>
   <si>
     <t>Ors - Padane</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.55</t>
   </si>
   <si>
     <t>17.C.01</t>
   </si>
   <si>
     <t>Est Ile De Ré</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.01</t>
   </si>
   <si>
-    <t>1720251P (14/08/2025)</t>
-[...10 lines deleted...]
-  <si>
     <t>17.C.02</t>
   </si>
   <si>
     <t>Esnandes</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.02</t>
   </si>
   <si>
     <t>17.C.03</t>
   </si>
   <si>
     <t>Nieul Sur Mer - Marais De Lauzières</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.03</t>
   </si>
   <si>
     <t>17.C.04</t>
   </si>
   <si>
     <t>Angoulins - Marais Du Chay</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/17.C.04</t>
@@ -1953,56 +1944,56 @@
   <si>
     <t>Dahouet</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.10</t>
   </si>
   <si>
     <t>22.03.21</t>
   </si>
   <si>
     <t>La Cotentin</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.21</t>
   </si>
   <si>
     <t>22.03.22</t>
   </si>
   <si>
     <t>Baie De Morieux, Hillion</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.22</t>
   </si>
   <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
     <t>2026-31-07</t>
   </si>
   <si>
-    <t>2026-01-08</t>
-[...1 lines deleted...]
-  <si>
     <t>22.03.23</t>
   </si>
   <si>
     <t>Baie D'yffiniac Est</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.23</t>
   </si>
   <si>
     <t>22.03.24</t>
   </si>
   <si>
     <t>Baie D'yffiniac Sud</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.24</t>
   </si>
   <si>
     <t>22.03.25</t>
   </si>
   <si>
     <t>Le Légué</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/22.03.25</t>
@@ -3894,51 +3885,51 @@
   <si>
     <t>16/08/2021</t>
   </si>
   <si>
     <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//2021_325_AP.pdf</t>
   </si>
   <si>
     <t>44.01</t>
   </si>
   <si>
     <t>Ile Dumet</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/44.01</t>
   </si>
   <si>
     <t>4420251P (03/11/2025)</t>
   </si>
   <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>Abroge l'arrêté du 08/07/2024</t>
   </si>
   <si>
-    <t>https://atlas-sanitaire-coquillages.fr/uploads/classification_decrees/old//AP_Class_2025_VF_bis.pdf</t>
+    <t>https://atlas-sanitaire-coquillages.fruploads/classification_decrees/44/01-2026/AP_Class_2025_VF_ANNEXE_bis-avec compression-697b68096be63.pdf</t>
   </si>
   <si>
     <t>44.02</t>
   </si>
   <si>
     <t>Baie De Pont-mahÉ</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/44.02</t>
   </si>
   <si>
     <t>44.03</t>
   </si>
   <si>
     <t>Traict De Pen BÉ</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/44.03</t>
   </si>
   <si>
     <t>44.03.01</t>
   </si>
   <si>
     <t>Traict De Pen BÉ Nord</t>
   </si>
@@ -4057,50 +4048,59 @@
     <t>44.08</t>
   </si>
   <si>
     <t>Pornichet - Les Ilots</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/44.08</t>
   </si>
   <si>
     <t>44.09</t>
   </si>
   <si>
     <t>Estuaire De La Loire</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/44.09</t>
   </si>
   <si>
     <t>44.09.01</t>
   </si>
   <si>
     <t>Secteur Côtier Saint-nazaire</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/44.09.01</t>
+  </si>
+  <si>
+    <t>44.09.02</t>
+  </si>
+  <si>
+    <t>Estuaire de la Loire – Secteur Sud</t>
+  </si>
+  <si>
+    <t>https://id.eaufrance.fr/ZoneProdConchy/44.09.02</t>
   </si>
   <si>
     <t>44.10</t>
   </si>
   <si>
     <t>Embouchure - Banc Du Nord</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/44.10</t>
   </si>
   <si>
     <t>44.11</t>
   </si>
   <si>
     <t>Embouchure Rive Sud</t>
   </si>
   <si>
     <t>https://id.eaufrance.fr/ZoneProdConchy/44.11</t>
   </si>
   <si>
     <t>44.12</t>
   </si>
   <si>
     <t>La Cormorane</t>
   </si>
@@ -6787,51 +6787,51 @@
     <hyperlink ref="C19" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C25" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C26" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C27" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C30" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C31" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C32" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C35" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C36" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C37" r:id="rId_hyperlink_16"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AD585"/>
+  <dimension ref="A1:AD586"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="AD1" sqref="AD1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="147.393" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="233.514" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="183.955" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="70.697" bestFit="true" customWidth="true" style="0"/>
@@ -7004,461 +7004,461 @@
       <c r="D3" t="s">
         <v>79</v>
       </c>
       <c r="E3" t="s">
         <v>80</v>
       </c>
       <c r="F3" t="s">
         <v>81</v>
       </c>
       <c r="H3" t="s">
         <v>82</v>
       </c>
       <c r="I3" t="s">
         <v>83</v>
       </c>
       <c r="J3" t="s">
         <v>84</v>
       </c>
       <c r="K3" t="s">
         <v>85</v>
       </c>
       <c r="L3" t="s">
         <v>85</v>
       </c>
       <c r="M3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O3" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="4" spans="1:30">
       <c r="A4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D4" t="s">
         <v>79</v>
       </c>
       <c r="E4" t="s">
         <v>80</v>
       </c>
       <c r="F4" t="s">
         <v>81</v>
       </c>
       <c r="H4" t="s">
         <v>82</v>
       </c>
       <c r="I4" t="s">
         <v>83</v>
       </c>
       <c r="J4" t="s">
         <v>84</v>
       </c>
       <c r="K4" t="s">
         <v>85</v>
       </c>
       <c r="L4" t="s">
         <v>85</v>
       </c>
       <c r="M4" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O4" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="5" spans="1:30">
       <c r="A5" t="s">
         <v>90</v>
       </c>
       <c r="B5" t="s">
         <v>91</v>
       </c>
       <c r="C5" t="s">
         <v>92</v>
       </c>
       <c r="D5" t="s">
         <v>79</v>
       </c>
       <c r="E5" t="s">
         <v>80</v>
       </c>
       <c r="F5" t="s">
         <v>81</v>
       </c>
       <c r="H5" t="s">
         <v>82</v>
       </c>
       <c r="I5" t="s">
         <v>83</v>
       </c>
       <c r="J5" t="s">
         <v>84</v>
       </c>
       <c r="K5" t="s">
         <v>85</v>
       </c>
       <c r="L5" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="M5" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="O5" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="6" spans="1:30">
       <c r="A6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D6" t="s">
         <v>79</v>
       </c>
       <c r="E6" t="s">
         <v>80</v>
       </c>
       <c r="F6" t="s">
         <v>81</v>
       </c>
       <c r="H6" t="s">
         <v>82</v>
       </c>
       <c r="I6" t="s">
         <v>83</v>
       </c>
       <c r="J6" t="s">
         <v>84</v>
       </c>
       <c r="K6" t="s">
         <v>85</v>
       </c>
       <c r="L6" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="M6" t="s">
         <v>85</v>
       </c>
       <c r="O6" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="7" spans="1:30">
       <c r="A7" t="s">
         <v>97</v>
       </c>
       <c r="B7" t="s">
         <v>98</v>
       </c>
       <c r="C7" t="s">
         <v>99</v>
       </c>
       <c r="D7" t="s">
         <v>79</v>
       </c>
       <c r="E7" t="s">
         <v>80</v>
       </c>
       <c r="F7" t="s">
         <v>81</v>
       </c>
       <c r="H7" t="s">
         <v>82</v>
       </c>
       <c r="I7" t="s">
         <v>83</v>
       </c>
       <c r="J7" t="s">
         <v>84</v>
       </c>
       <c r="K7" t="s">
         <v>85</v>
       </c>
       <c r="L7" t="s">
         <v>85</v>
       </c>
       <c r="M7" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="O7" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="8" spans="1:30">
       <c r="A8" t="s">
         <v>100</v>
       </c>
       <c r="B8" t="s">
         <v>101</v>
       </c>
       <c r="C8" t="s">
         <v>102</v>
       </c>
       <c r="D8" t="s">
         <v>79</v>
       </c>
       <c r="E8" t="s">
         <v>80</v>
       </c>
       <c r="F8" t="s">
         <v>81</v>
       </c>
       <c r="H8" t="s">
         <v>82</v>
       </c>
       <c r="I8" t="s">
         <v>83</v>
       </c>
       <c r="J8" t="s">
         <v>84</v>
       </c>
       <c r="K8" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="L8" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="M8" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="O8" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:30">
       <c r="A9" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B9" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C9" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D9" t="s">
         <v>79</v>
       </c>
       <c r="E9" t="s">
         <v>80</v>
       </c>
       <c r="F9" t="s">
         <v>81</v>
       </c>
       <c r="H9" t="s">
         <v>82</v>
       </c>
       <c r="I9" t="s">
         <v>83</v>
       </c>
       <c r="J9" t="s">
         <v>84</v>
       </c>
       <c r="K9" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L9" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M9" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O9" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:30">
       <c r="A10" t="s">
         <v>107</v>
       </c>
       <c r="B10" t="s">
         <v>108</v>
       </c>
       <c r="C10" t="s">
         <v>109</v>
       </c>
       <c r="D10" t="s">
         <v>79</v>
       </c>
       <c r="E10" t="s">
         <v>80</v>
       </c>
       <c r="F10" t="s">
         <v>81</v>
       </c>
       <c r="H10" t="s">
         <v>82</v>
       </c>
       <c r="I10" t="s">
         <v>83</v>
       </c>
       <c r="J10" t="s">
         <v>84</v>
       </c>
       <c r="K10" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L10" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M10" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O10" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="11" spans="1:30">
       <c r="A11" t="s">
         <v>110</v>
       </c>
       <c r="B11" t="s">
         <v>111</v>
       </c>
       <c r="C11" t="s">
         <v>112</v>
       </c>
       <c r="D11" t="s">
         <v>79</v>
       </c>
       <c r="E11" t="s">
         <v>80</v>
       </c>
       <c r="F11" t="s">
         <v>81</v>
       </c>
       <c r="H11" t="s">
         <v>82</v>
       </c>
       <c r="I11" t="s">
         <v>83</v>
       </c>
       <c r="J11" t="s">
         <v>84</v>
       </c>
       <c r="K11" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="L11" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="M11" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="O11" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="12" spans="1:30">
       <c r="A12" t="s">
         <v>113</v>
       </c>
       <c r="B12" t="s">
         <v>114</v>
       </c>
       <c r="C12" t="s">
         <v>115</v>
       </c>
       <c r="D12" t="s">
         <v>79</v>
       </c>
       <c r="E12" t="s">
         <v>80</v>
       </c>
       <c r="F12" t="s">
         <v>81</v>
       </c>
       <c r="H12" t="s">
         <v>82</v>
       </c>
       <c r="I12" t="s">
         <v>83</v>
       </c>
       <c r="J12" t="s">
         <v>84</v>
       </c>
       <c r="K12" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="L12" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="M12" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="O12" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="13" spans="1:30">
       <c r="A13" t="s">
         <v>116</v>
       </c>
       <c r="B13" t="s">
         <v>117</v>
       </c>
       <c r="C13" t="s">
         <v>118</v>
       </c>
       <c r="D13" t="s">
         <v>79</v>
       </c>
       <c r="E13" t="s">
         <v>80</v>
       </c>
       <c r="F13" t="s">
         <v>81</v>
       </c>
       <c r="H13" t="s">
         <v>82</v>
       </c>
       <c r="I13" t="s">
         <v>83</v>
       </c>
       <c r="J13" t="s">
         <v>84</v>
       </c>
       <c r="K13" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="L13" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="M13" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="O13" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="14" spans="1:30">
       <c r="A14" t="s">
         <v>119</v>
       </c>
       <c r="B14" t="s">
         <v>120</v>
       </c>
       <c r="C14" t="s">
         <v>121</v>
       </c>
       <c r="D14" t="s">
         <v>79</v>
       </c>
       <c r="E14" t="s">
         <v>80</v>
       </c>
       <c r="F14" t="s">
         <v>81</v>
       </c>
       <c r="H14" t="s">
@@ -7490,549 +7490,549 @@
       <c r="B15" t="s">
         <v>123</v>
       </c>
       <c r="C15" t="s">
         <v>124</v>
       </c>
       <c r="D15" t="s">
         <v>79</v>
       </c>
       <c r="E15" t="s">
         <v>80</v>
       </c>
       <c r="F15" t="s">
         <v>81</v>
       </c>
       <c r="H15" t="s">
         <v>82</v>
       </c>
       <c r="I15" t="s">
         <v>83</v>
       </c>
       <c r="J15" t="s">
         <v>84</v>
       </c>
       <c r="K15" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="L15" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="M15" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="O15" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="16" spans="1:30">
       <c r="A16" t="s">
         <v>125</v>
       </c>
       <c r="B16" t="s">
         <v>126</v>
       </c>
       <c r="C16" t="s">
         <v>127</v>
       </c>
       <c r="D16" t="s">
         <v>79</v>
       </c>
       <c r="E16" t="s">
         <v>80</v>
       </c>
       <c r="F16" t="s">
         <v>81</v>
       </c>
       <c r="H16" t="s">
         <v>82</v>
       </c>
       <c r="I16" t="s">
         <v>83</v>
       </c>
       <c r="J16" t="s">
         <v>84</v>
       </c>
       <c r="K16" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L16" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M16" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O16" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="17" spans="1:30">
       <c r="A17" t="s">
         <v>128</v>
       </c>
       <c r="B17" t="s">
         <v>129</v>
       </c>
       <c r="C17" t="s">
         <v>130</v>
       </c>
       <c r="D17" t="s">
         <v>79</v>
       </c>
       <c r="E17" t="s">
         <v>80</v>
       </c>
       <c r="F17" t="s">
         <v>81</v>
       </c>
       <c r="H17" t="s">
         <v>82</v>
       </c>
       <c r="I17" t="s">
         <v>83</v>
       </c>
       <c r="J17" t="s">
         <v>84</v>
       </c>
       <c r="K17" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="L17" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="M17" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="O17" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="18" spans="1:30">
       <c r="A18" t="s">
         <v>131</v>
       </c>
       <c r="B18" t="s">
         <v>132</v>
       </c>
       <c r="C18" t="s">
         <v>133</v>
       </c>
       <c r="D18" t="s">
         <v>79</v>
       </c>
       <c r="E18" t="s">
         <v>80</v>
       </c>
       <c r="F18" t="s">
         <v>81</v>
       </c>
       <c r="H18" t="s">
         <v>82</v>
       </c>
       <c r="I18" t="s">
         <v>83</v>
       </c>
       <c r="J18" t="s">
         <v>84</v>
       </c>
       <c r="K18" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="L18" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="M18" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="O18" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="19" spans="1:30">
       <c r="A19" t="s">
         <v>134</v>
       </c>
       <c r="B19" t="s">
         <v>135</v>
       </c>
       <c r="C19" t="s">
         <v>136</v>
       </c>
       <c r="D19" t="s">
         <v>79</v>
       </c>
       <c r="E19" t="s">
         <v>80</v>
       </c>
       <c r="F19" t="s">
         <v>81</v>
       </c>
       <c r="H19" t="s">
         <v>82</v>
       </c>
       <c r="I19" t="s">
         <v>83</v>
       </c>
       <c r="J19" t="s">
         <v>84</v>
       </c>
       <c r="K19" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L19" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M19" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O19" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="20" spans="1:30">
       <c r="A20" t="s">
         <v>137</v>
       </c>
       <c r="B20" t="s">
         <v>138</v>
       </c>
       <c r="C20" t="s">
         <v>139</v>
       </c>
       <c r="D20" t="s">
         <v>79</v>
       </c>
       <c r="E20" t="s">
         <v>80</v>
       </c>
       <c r="F20" t="s">
         <v>81</v>
       </c>
       <c r="H20" t="s">
         <v>82</v>
       </c>
       <c r="I20" t="s">
         <v>83</v>
       </c>
       <c r="J20" t="s">
         <v>84</v>
       </c>
       <c r="K20" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L20" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M20" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O20" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:30">
       <c r="A21" t="s">
         <v>140</v>
       </c>
       <c r="B21" t="s">
         <v>141</v>
       </c>
       <c r="C21" t="s">
         <v>142</v>
       </c>
       <c r="D21" t="s">
         <v>79</v>
       </c>
       <c r="E21" t="s">
         <v>80</v>
       </c>
       <c r="F21" t="s">
         <v>81</v>
       </c>
       <c r="H21" t="s">
         <v>82</v>
       </c>
       <c r="I21" t="s">
         <v>83</v>
       </c>
       <c r="J21" t="s">
         <v>84</v>
       </c>
       <c r="K21" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L21" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M21" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O21" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="22" spans="1:30">
       <c r="A22" t="s">
         <v>143</v>
       </c>
       <c r="B22" t="s">
         <v>144</v>
       </c>
       <c r="C22" t="s">
         <v>145</v>
       </c>
       <c r="D22" t="s">
         <v>79</v>
       </c>
       <c r="E22" t="s">
         <v>80</v>
       </c>
       <c r="F22" t="s">
         <v>81</v>
       </c>
       <c r="H22" t="s">
         <v>82</v>
       </c>
       <c r="I22" t="s">
         <v>83</v>
       </c>
       <c r="J22" t="s">
         <v>84</v>
       </c>
       <c r="K22" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L22" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M22" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O22" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="23" spans="1:30">
       <c r="A23" t="s">
         <v>146</v>
       </c>
       <c r="B23" t="s">
         <v>147</v>
       </c>
       <c r="C23" t="s">
         <v>148</v>
       </c>
       <c r="D23" t="s">
         <v>79</v>
       </c>
       <c r="E23" t="s">
         <v>80</v>
       </c>
       <c r="F23" t="s">
         <v>81</v>
       </c>
       <c r="H23" t="s">
         <v>82</v>
       </c>
       <c r="I23" t="s">
         <v>83</v>
       </c>
       <c r="J23" t="s">
         <v>84</v>
       </c>
       <c r="K23" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L23" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M23" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O23" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="24" spans="1:30">
       <c r="A24" t="s">
         <v>149</v>
       </c>
       <c r="B24" t="s">
         <v>150</v>
       </c>
       <c r="C24" t="s">
         <v>151</v>
       </c>
       <c r="D24" t="s">
         <v>79</v>
       </c>
       <c r="E24" t="s">
         <v>80</v>
       </c>
       <c r="F24" t="s">
         <v>81</v>
       </c>
       <c r="H24" t="s">
         <v>82</v>
       </c>
       <c r="I24" t="s">
         <v>83</v>
       </c>
       <c r="J24" t="s">
         <v>84</v>
       </c>
       <c r="K24" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L24" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M24" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O24" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="25" spans="1:30">
       <c r="A25" t="s">
         <v>152</v>
       </c>
       <c r="B25" t="s">
         <v>153</v>
       </c>
       <c r="C25" t="s">
         <v>154</v>
       </c>
       <c r="D25" t="s">
         <v>79</v>
       </c>
       <c r="E25" t="s">
         <v>80</v>
       </c>
       <c r="F25" t="s">
         <v>81</v>
       </c>
       <c r="H25" t="s">
         <v>82</v>
       </c>
       <c r="I25" t="s">
         <v>83</v>
       </c>
       <c r="J25" t="s">
         <v>84</v>
       </c>
       <c r="K25" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L25" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M25" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O25" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="26" spans="1:30">
       <c r="A26" t="s">
         <v>155</v>
       </c>
       <c r="B26" t="s">
         <v>156</v>
       </c>
       <c r="C26" t="s">
         <v>157</v>
       </c>
       <c r="D26" t="s">
         <v>79</v>
       </c>
       <c r="E26" t="s">
         <v>80</v>
       </c>
       <c r="F26" t="s">
         <v>81</v>
       </c>
       <c r="H26" t="s">
         <v>82</v>
       </c>
       <c r="I26" t="s">
         <v>83</v>
       </c>
       <c r="J26" t="s">
         <v>84</v>
       </c>
       <c r="K26" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L26" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M26" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O26" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="27" spans="1:30">
       <c r="A27" t="s">
         <v>158</v>
       </c>
       <c r="B27" t="s">
         <v>159</v>
       </c>
       <c r="C27" t="s">
         <v>160</v>
       </c>
       <c r="D27" t="s">
         <v>79</v>
       </c>
       <c r="E27" t="s">
         <v>80</v>
       </c>
       <c r="F27" t="s">
         <v>81</v>
       </c>
       <c r="H27" t="s">
         <v>82</v>
       </c>
       <c r="I27" t="s">
         <v>83</v>
       </c>
       <c r="J27" t="s">
         <v>84</v>
       </c>
       <c r="K27" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="L27" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="M27" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="O27" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:30">
       <c r="A28" t="s">
         <v>161</v>
       </c>
       <c r="B28" t="s">
         <v>162</v>
       </c>
       <c r="C28" t="s">
         <v>163</v>
       </c>
       <c r="D28" t="s">
         <v>79</v>
       </c>
       <c r="E28" t="s">
         <v>80</v>
       </c>
       <c r="F28" t="s">
         <v>81</v>
       </c>
       <c r="H28" t="s">
@@ -8105,98 +8105,98 @@
       <c r="B30" t="s">
         <v>168</v>
       </c>
       <c r="C30" t="s">
         <v>169</v>
       </c>
       <c r="D30" t="s">
         <v>79</v>
       </c>
       <c r="E30" t="s">
         <v>80</v>
       </c>
       <c r="F30" t="s">
         <v>81</v>
       </c>
       <c r="H30" t="s">
         <v>82</v>
       </c>
       <c r="I30" t="s">
         <v>83</v>
       </c>
       <c r="J30" t="s">
         <v>84</v>
       </c>
       <c r="K30" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L30" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M30" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O30" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="31" spans="1:30">
       <c r="A31" t="s">
         <v>170</v>
       </c>
       <c r="B31" t="s">
         <v>171</v>
       </c>
       <c r="C31" t="s">
         <v>172</v>
       </c>
       <c r="D31" t="s">
         <v>79</v>
       </c>
       <c r="E31" t="s">
         <v>80</v>
       </c>
       <c r="F31" t="s">
         <v>81</v>
       </c>
       <c r="H31" t="s">
         <v>82</v>
       </c>
       <c r="I31" t="s">
         <v>83</v>
       </c>
       <c r="J31" t="s">
         <v>84</v>
       </c>
       <c r="K31" t="s">
         <v>85</v>
       </c>
       <c r="L31" t="s">
         <v>85</v>
       </c>
       <c r="M31" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O31" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="32" spans="1:30">
       <c r="A32" t="s">
         <v>173</v>
       </c>
       <c r="B32" t="s">
         <v>174</v>
       </c>
       <c r="C32" t="s">
         <v>175</v>
       </c>
       <c r="D32" t="s">
         <v>79</v>
       </c>
       <c r="E32" t="s">
         <v>80</v>
       </c>
       <c r="F32" t="s">
         <v>81</v>
       </c>
       <c r="H32" t="s">
@@ -8228,180 +8228,180 @@
       <c r="B33" t="s">
         <v>177</v>
       </c>
       <c r="C33" t="s">
         <v>178</v>
       </c>
       <c r="D33" t="s">
         <v>79</v>
       </c>
       <c r="E33" t="s">
         <v>80</v>
       </c>
       <c r="F33" t="s">
         <v>81</v>
       </c>
       <c r="H33" t="s">
         <v>82</v>
       </c>
       <c r="I33" t="s">
         <v>83</v>
       </c>
       <c r="J33" t="s">
         <v>84</v>
       </c>
       <c r="K33" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L33" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M33" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O33" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="34" spans="1:30">
       <c r="A34" t="s">
         <v>179</v>
       </c>
       <c r="B34" t="s">
         <v>180</v>
       </c>
       <c r="C34" t="s">
         <v>181</v>
       </c>
       <c r="D34" t="s">
         <v>79</v>
       </c>
       <c r="E34" t="s">
         <v>80</v>
       </c>
       <c r="F34" t="s">
         <v>81</v>
       </c>
       <c r="H34" t="s">
         <v>82</v>
       </c>
       <c r="I34" t="s">
         <v>83</v>
       </c>
       <c r="J34" t="s">
         <v>84</v>
       </c>
       <c r="K34" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L34" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M34" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O34" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="35" spans="1:30">
       <c r="A35" t="s">
         <v>182</v>
       </c>
       <c r="B35" t="s">
         <v>183</v>
       </c>
       <c r="C35" t="s">
         <v>184</v>
       </c>
       <c r="D35" t="s">
         <v>79</v>
       </c>
       <c r="E35" t="s">
         <v>80</v>
       </c>
       <c r="F35" t="s">
         <v>81</v>
       </c>
       <c r="H35" t="s">
         <v>82</v>
       </c>
       <c r="I35" t="s">
         <v>83</v>
       </c>
       <c r="J35" t="s">
         <v>84</v>
       </c>
       <c r="K35" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L35" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M35" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O35" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="36" spans="1:30">
       <c r="A36" t="s">
         <v>185</v>
       </c>
       <c r="B36" t="s">
         <v>186</v>
       </c>
       <c r="C36" t="s">
         <v>187</v>
       </c>
       <c r="D36" t="s">
         <v>79</v>
       </c>
       <c r="E36" t="s">
         <v>80</v>
       </c>
       <c r="F36" t="s">
         <v>81</v>
       </c>
       <c r="H36" t="s">
         <v>82</v>
       </c>
       <c r="I36" t="s">
         <v>83</v>
       </c>
       <c r="J36" t="s">
         <v>84</v>
       </c>
       <c r="K36" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L36" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M36" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O36" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="37" spans="1:30">
       <c r="A37" t="s">
         <v>188</v>
       </c>
       <c r="B37" t="s">
         <v>189</v>
       </c>
       <c r="C37" t="s">
         <v>190</v>
       </c>
       <c r="D37" t="s">
         <v>79</v>
       </c>
       <c r="E37" t="s">
         <v>80</v>
       </c>
       <c r="F37" t="s">
         <v>81</v>
       </c>
       <c r="H37" t="s">
@@ -8433,57 +8433,57 @@
       <c r="B38" t="s">
         <v>192</v>
       </c>
       <c r="C38" t="s">
         <v>193</v>
       </c>
       <c r="D38" t="s">
         <v>79</v>
       </c>
       <c r="E38" t="s">
         <v>80</v>
       </c>
       <c r="F38" t="s">
         <v>81</v>
       </c>
       <c r="H38" t="s">
         <v>82</v>
       </c>
       <c r="I38" t="s">
         <v>83</v>
       </c>
       <c r="J38" t="s">
         <v>84</v>
       </c>
       <c r="K38" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L38" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M38" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O38" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="39" spans="1:30">
       <c r="A39" t="s">
         <v>194</v>
       </c>
       <c r="B39" t="s">
         <v>195</v>
       </c>
       <c r="C39" t="s">
         <v>196</v>
       </c>
       <c r="D39" t="s">
         <v>79</v>
       </c>
       <c r="E39" t="s">
         <v>80</v>
       </c>
       <c r="F39" t="s">
         <v>81</v>
       </c>
       <c r="H39" t="s">
@@ -8518,133 +8518,133 @@
       <c r="C40" t="s">
         <v>199</v>
       </c>
       <c r="D40" t="s">
         <v>79</v>
       </c>
       <c r="E40" t="s">
         <v>80</v>
       </c>
       <c r="F40" t="s">
         <v>81</v>
       </c>
       <c r="H40" t="s">
         <v>82</v>
       </c>
       <c r="I40" t="s">
         <v>83</v>
       </c>
       <c r="J40" t="s">
         <v>84</v>
       </c>
       <c r="K40" t="s">
         <v>85</v>
       </c>
       <c r="L40" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M40" t="s">
         <v>85</v>
       </c>
       <c r="O40" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="41" spans="1:30">
       <c r="A41" t="s">
         <v>200</v>
       </c>
       <c r="B41" t="s">
         <v>201</v>
       </c>
       <c r="C41" t="s">
         <v>202</v>
       </c>
       <c r="D41" t="s">
         <v>79</v>
       </c>
       <c r="E41" t="s">
         <v>80</v>
       </c>
       <c r="F41" t="s">
         <v>81</v>
       </c>
       <c r="H41" t="s">
         <v>82</v>
       </c>
       <c r="I41" t="s">
         <v>83</v>
       </c>
       <c r="J41" t="s">
         <v>84</v>
       </c>
       <c r="K41" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L41" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M41" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O41" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="42" spans="1:30">
       <c r="A42" t="s">
         <v>203</v>
       </c>
       <c r="B42" t="s">
         <v>204</v>
       </c>
       <c r="C42" t="s">
         <v>205</v>
       </c>
       <c r="D42" t="s">
         <v>79</v>
       </c>
       <c r="E42" t="s">
         <v>80</v>
       </c>
       <c r="F42" t="s">
         <v>81</v>
       </c>
       <c r="H42" t="s">
         <v>82</v>
       </c>
       <c r="I42" t="s">
         <v>83</v>
       </c>
       <c r="J42" t="s">
         <v>84</v>
       </c>
       <c r="K42" t="s">
         <v>85</v>
       </c>
       <c r="L42" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M42" t="s">
         <v>85</v>
       </c>
       <c r="O42" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="43" spans="1:30">
       <c r="A43" t="s">
         <v>206</v>
       </c>
       <c r="B43" t="s">
         <v>207</v>
       </c>
       <c r="C43" t="s">
         <v>208</v>
       </c>
       <c r="D43" t="s">
         <v>79</v>
       </c>
       <c r="E43" t="s">
         <v>80</v>
       </c>
       <c r="F43" t="s">
@@ -8679,95 +8679,95 @@
       <c r="B44" t="s">
         <v>210</v>
       </c>
       <c r="C44" t="s">
         <v>211</v>
       </c>
       <c r="D44" t="s">
         <v>79</v>
       </c>
       <c r="E44" t="s">
         <v>80</v>
       </c>
       <c r="F44" t="s">
         <v>81</v>
       </c>
       <c r="H44" t="s">
         <v>82</v>
       </c>
       <c r="I44" t="s">
         <v>83</v>
       </c>
       <c r="J44" t="s">
         <v>84</v>
       </c>
       <c r="K44" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L44" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M44" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O44" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="45" spans="1:30">
       <c r="A45" t="s">
         <v>212</v>
       </c>
       <c r="B45" t="s">
         <v>213</v>
       </c>
       <c r="C45" t="s">
         <v>214</v>
       </c>
       <c r="D45" t="s">
         <v>79</v>
       </c>
       <c r="E45" t="s">
         <v>80</v>
       </c>
       <c r="F45" t="s">
         <v>81</v>
       </c>
       <c r="H45" t="s">
         <v>82</v>
       </c>
       <c r="I45" t="s">
         <v>83</v>
       </c>
       <c r="J45" t="s">
         <v>84</v>
       </c>
       <c r="K45" t="s">
         <v>85</v>
       </c>
       <c r="L45" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M45" t="s">
         <v>85</v>
       </c>
       <c r="O45" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="46" spans="1:30">
       <c r="A46" t="s">
         <v>215</v>
       </c>
       <c r="B46" t="s">
         <v>216</v>
       </c>
       <c r="C46" t="s">
         <v>217</v>
       </c>
       <c r="D46" t="s">
         <v>79</v>
       </c>
       <c r="E46" t="s">
         <v>80</v>
       </c>
       <c r="F46" t="s">
@@ -8843,57 +8843,57 @@
       <c r="B48" t="s">
         <v>222</v>
       </c>
       <c r="C48" t="s">
         <v>223</v>
       </c>
       <c r="D48" t="s">
         <v>79</v>
       </c>
       <c r="E48" t="s">
         <v>80</v>
       </c>
       <c r="F48" t="s">
         <v>81</v>
       </c>
       <c r="H48" t="s">
         <v>82</v>
       </c>
       <c r="I48" t="s">
         <v>83</v>
       </c>
       <c r="J48" t="s">
         <v>84</v>
       </c>
       <c r="K48" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L48" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M48" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O48" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="49" spans="1:30">
       <c r="A49" t="s">
         <v>224</v>
       </c>
       <c r="B49" t="s">
         <v>225</v>
       </c>
       <c r="C49" t="s">
         <v>226</v>
       </c>
       <c r="D49" t="s">
         <v>79</v>
       </c>
       <c r="E49" t="s">
         <v>80</v>
       </c>
       <c r="F49" t="s">
         <v>81</v>
       </c>
       <c r="H49" t="s">
@@ -8925,98 +8925,98 @@
       <c r="B50" t="s">
         <v>228</v>
       </c>
       <c r="C50" t="s">
         <v>229</v>
       </c>
       <c r="D50" t="s">
         <v>79</v>
       </c>
       <c r="E50" t="s">
         <v>80</v>
       </c>
       <c r="F50" t="s">
         <v>81</v>
       </c>
       <c r="H50" t="s">
         <v>82</v>
       </c>
       <c r="I50" t="s">
         <v>83</v>
       </c>
       <c r="J50" t="s">
         <v>84</v>
       </c>
       <c r="K50" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L50" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M50" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O50" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="51" spans="1:30">
       <c r="A51" t="s">
         <v>230</v>
       </c>
       <c r="B51" t="s">
         <v>231</v>
       </c>
       <c r="C51" t="s">
         <v>232</v>
       </c>
       <c r="D51" t="s">
         <v>79</v>
       </c>
       <c r="E51" t="s">
         <v>80</v>
       </c>
       <c r="F51" t="s">
         <v>81</v>
       </c>
       <c r="H51" t="s">
         <v>82</v>
       </c>
       <c r="I51" t="s">
         <v>83</v>
       </c>
       <c r="J51" t="s">
         <v>84</v>
       </c>
       <c r="K51" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L51" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M51" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O51" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="52" spans="1:30">
       <c r="A52" t="s">
         <v>233</v>
       </c>
       <c r="B52" t="s">
         <v>234</v>
       </c>
       <c r="C52" t="s">
         <v>235</v>
       </c>
       <c r="D52" t="s">
         <v>79</v>
       </c>
       <c r="E52" t="s">
         <v>80</v>
       </c>
       <c r="F52" t="s">
         <v>81</v>
       </c>
       <c r="H52" t="s">
@@ -9089,713 +9089,713 @@
       <c r="B54" t="s">
         <v>240</v>
       </c>
       <c r="C54" t="s">
         <v>241</v>
       </c>
       <c r="D54" t="s">
         <v>79</v>
       </c>
       <c r="E54" t="s">
         <v>80</v>
       </c>
       <c r="F54" t="s">
         <v>81</v>
       </c>
       <c r="H54" t="s">
         <v>82</v>
       </c>
       <c r="I54" t="s">
         <v>83</v>
       </c>
       <c r="J54" t="s">
         <v>84</v>
       </c>
       <c r="K54" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L54" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M54" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O54" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="55" spans="1:30">
       <c r="A55" t="s">
         <v>242</v>
       </c>
       <c r="B55" t="s">
         <v>243</v>
       </c>
       <c r="C55" t="s">
         <v>244</v>
       </c>
       <c r="D55" t="s">
         <v>79</v>
       </c>
       <c r="E55" t="s">
         <v>245</v>
       </c>
       <c r="F55" t="s">
         <v>246</v>
       </c>
       <c r="H55" t="s">
         <v>247</v>
       </c>
       <c r="I55" t="s">
         <v>83</v>
       </c>
       <c r="J55" t="s">
         <v>248</v>
       </c>
       <c r="K55" t="s">
         <v>85</v>
       </c>
       <c r="L55" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M55" t="s">
         <v>85</v>
       </c>
       <c r="O55" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="56" spans="1:30">
       <c r="A56" t="s">
         <v>249</v>
       </c>
       <c r="B56" t="s">
         <v>250</v>
       </c>
       <c r="C56" t="s">
         <v>251</v>
       </c>
       <c r="D56" t="s">
         <v>79</v>
       </c>
       <c r="E56" t="s">
         <v>245</v>
       </c>
       <c r="F56" t="s">
         <v>246</v>
       </c>
       <c r="H56" t="s">
         <v>247</v>
       </c>
       <c r="I56" t="s">
         <v>83</v>
       </c>
       <c r="J56" t="s">
         <v>248</v>
       </c>
       <c r="K56" t="s">
         <v>85</v>
       </c>
       <c r="L56" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M56" t="s">
         <v>85</v>
       </c>
       <c r="O56" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="57" spans="1:30">
       <c r="A57" t="s">
         <v>252</v>
       </c>
       <c r="B57" t="s">
         <v>253</v>
       </c>
       <c r="C57" t="s">
         <v>254</v>
       </c>
       <c r="D57" t="s">
         <v>79</v>
       </c>
       <c r="E57" t="s">
         <v>245</v>
       </c>
       <c r="F57" t="s">
         <v>246</v>
       </c>
       <c r="H57" t="s">
         <v>247</v>
       </c>
       <c r="I57" t="s">
         <v>83</v>
       </c>
       <c r="J57" t="s">
         <v>248</v>
       </c>
       <c r="K57" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="L57" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M57" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O57" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="58" spans="1:30">
       <c r="A58" t="s">
         <v>255</v>
       </c>
       <c r="B58" t="s">
         <v>256</v>
       </c>
       <c r="C58" t="s">
         <v>257</v>
       </c>
       <c r="D58" t="s">
         <v>79</v>
       </c>
       <c r="E58" t="s">
         <v>245</v>
       </c>
       <c r="F58" t="s">
         <v>246</v>
       </c>
       <c r="H58" t="s">
         <v>247</v>
       </c>
       <c r="I58" t="s">
         <v>83</v>
       </c>
       <c r="J58" t="s">
         <v>248</v>
       </c>
       <c r="K58" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L58" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M58" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O58" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="59" spans="1:30">
       <c r="A59" t="s">
         <v>258</v>
       </c>
       <c r="B59" t="s">
         <v>259</v>
       </c>
       <c r="C59" t="s">
         <v>260</v>
       </c>
       <c r="D59" t="s">
         <v>79</v>
       </c>
       <c r="E59" t="s">
         <v>245</v>
       </c>
       <c r="F59" t="s">
         <v>246</v>
       </c>
       <c r="H59" t="s">
         <v>247</v>
       </c>
       <c r="I59" t="s">
         <v>83</v>
       </c>
       <c r="J59" t="s">
         <v>248</v>
       </c>
       <c r="K59" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L59" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M59" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O59" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="60" spans="1:30">
       <c r="A60" t="s">
         <v>261</v>
       </c>
       <c r="B60" t="s">
         <v>262</v>
       </c>
       <c r="C60" t="s">
         <v>263</v>
       </c>
       <c r="D60" t="s">
         <v>79</v>
       </c>
       <c r="E60" t="s">
         <v>245</v>
       </c>
       <c r="F60" t="s">
         <v>246</v>
       </c>
       <c r="H60" t="s">
         <v>247</v>
       </c>
       <c r="I60" t="s">
         <v>83</v>
       </c>
       <c r="J60" t="s">
         <v>248</v>
       </c>
       <c r="K60" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L60" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M60" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O60" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="61" spans="1:30">
       <c r="A61" t="s">
         <v>264</v>
       </c>
       <c r="B61" t="s">
         <v>265</v>
       </c>
       <c r="C61" t="s">
         <v>266</v>
       </c>
       <c r="D61" t="s">
         <v>79</v>
       </c>
       <c r="E61" t="s">
         <v>245</v>
       </c>
       <c r="F61" t="s">
         <v>246</v>
       </c>
       <c r="H61" t="s">
         <v>247</v>
       </c>
       <c r="I61" t="s">
         <v>83</v>
       </c>
       <c r="J61" t="s">
         <v>248</v>
       </c>
       <c r="K61" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L61" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M61" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O61" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="62" spans="1:30">
       <c r="A62" t="s">
         <v>267</v>
       </c>
       <c r="B62" t="s">
         <v>268</v>
       </c>
       <c r="C62" t="s">
         <v>269</v>
       </c>
       <c r="D62" t="s">
         <v>79</v>
       </c>
       <c r="E62" t="s">
         <v>245</v>
       </c>
       <c r="F62" t="s">
         <v>246</v>
       </c>
       <c r="H62" t="s">
         <v>247</v>
       </c>
       <c r="I62" t="s">
         <v>83</v>
       </c>
       <c r="J62" t="s">
         <v>248</v>
       </c>
       <c r="K62" t="s">
         <v>85</v>
       </c>
       <c r="L62" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M62" t="s">
         <v>270</v>
       </c>
       <c r="O62" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="63" spans="1:30">
       <c r="A63" t="s">
         <v>271</v>
       </c>
       <c r="B63" t="s">
         <v>272</v>
       </c>
       <c r="C63" t="s">
         <v>273</v>
       </c>
       <c r="D63" t="s">
         <v>79</v>
       </c>
       <c r="E63" t="s">
         <v>245</v>
       </c>
       <c r="F63" t="s">
         <v>246</v>
       </c>
       <c r="H63" t="s">
         <v>247</v>
       </c>
       <c r="I63" t="s">
         <v>83</v>
       </c>
       <c r="J63" t="s">
         <v>248</v>
       </c>
       <c r="K63" t="s">
         <v>85</v>
       </c>
       <c r="L63" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M63" t="s">
         <v>85</v>
       </c>
       <c r="O63" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="64" spans="1:30">
       <c r="A64" t="s">
         <v>274</v>
       </c>
       <c r="B64" t="s">
         <v>275</v>
       </c>
       <c r="C64" t="s">
         <v>276</v>
       </c>
       <c r="D64" t="s">
         <v>79</v>
       </c>
       <c r="E64" t="s">
         <v>245</v>
       </c>
       <c r="F64" t="s">
         <v>246</v>
       </c>
       <c r="H64" t="s">
         <v>247</v>
       </c>
       <c r="I64" t="s">
         <v>83</v>
       </c>
       <c r="J64" t="s">
         <v>248</v>
       </c>
       <c r="K64" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="L64" t="s">
         <v>85</v>
       </c>
       <c r="M64" t="s">
         <v>85</v>
       </c>
       <c r="O64" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="65" spans="1:30">
       <c r="A65" t="s">
         <v>277</v>
       </c>
       <c r="B65" t="s">
         <v>278</v>
       </c>
       <c r="C65" t="s">
         <v>279</v>
       </c>
       <c r="D65" t="s">
         <v>79</v>
       </c>
       <c r="E65" t="s">
         <v>245</v>
       </c>
       <c r="F65" t="s">
         <v>246</v>
       </c>
       <c r="H65" t="s">
         <v>247</v>
       </c>
       <c r="I65" t="s">
         <v>83</v>
       </c>
       <c r="J65" t="s">
         <v>248</v>
       </c>
       <c r="K65" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="L65" t="s">
         <v>85</v>
       </c>
       <c r="M65" t="s">
         <v>85</v>
       </c>
       <c r="O65" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="66" spans="1:30">
       <c r="A66" t="s">
         <v>280</v>
       </c>
       <c r="B66" t="s">
         <v>281</v>
       </c>
       <c r="C66" t="s">
         <v>282</v>
       </c>
       <c r="D66" t="s">
         <v>79</v>
       </c>
       <c r="E66" t="s">
         <v>245</v>
       </c>
       <c r="F66" t="s">
         <v>246</v>
       </c>
       <c r="H66" t="s">
         <v>247</v>
       </c>
       <c r="I66" t="s">
         <v>83</v>
       </c>
       <c r="J66" t="s">
         <v>248</v>
       </c>
       <c r="K66" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="L66" t="s">
         <v>85</v>
       </c>
       <c r="M66" t="s">
         <v>85</v>
       </c>
       <c r="O66" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="67" spans="1:30">
       <c r="A67" t="s">
         <v>283</v>
       </c>
       <c r="B67" t="s">
         <v>284</v>
       </c>
       <c r="C67" t="s">
         <v>285</v>
       </c>
       <c r="D67" t="s">
         <v>79</v>
       </c>
       <c r="E67" t="s">
         <v>286</v>
       </c>
       <c r="F67" t="s">
         <v>287</v>
       </c>
       <c r="H67" t="s">
         <v>288</v>
       </c>
       <c r="I67" t="s">
         <v>83</v>
       </c>
       <c r="J67" t="s">
         <v>289</v>
       </c>
       <c r="K67" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L67" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M67" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O67" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="68" spans="1:30">
       <c r="A68" t="s">
         <v>290</v>
       </c>
       <c r="B68" t="s">
         <v>291</v>
       </c>
       <c r="C68" t="s">
         <v>292</v>
       </c>
       <c r="D68" t="s">
         <v>79</v>
       </c>
       <c r="E68" t="s">
         <v>286</v>
       </c>
       <c r="F68" t="s">
         <v>287</v>
       </c>
       <c r="H68" t="s">
         <v>288</v>
       </c>
       <c r="I68" t="s">
         <v>83</v>
       </c>
       <c r="J68" t="s">
         <v>289</v>
       </c>
       <c r="K68" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L68" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M68" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O68" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="69" spans="1:30">
       <c r="A69" t="s">
         <v>293</v>
       </c>
       <c r="B69" t="s">
         <v>294</v>
       </c>
       <c r="C69" t="s">
         <v>295</v>
       </c>
       <c r="D69" t="s">
         <v>79</v>
       </c>
       <c r="E69" t="s">
         <v>286</v>
       </c>
       <c r="F69" t="s">
         <v>287</v>
       </c>
       <c r="H69" t="s">
         <v>288</v>
       </c>
       <c r="I69" t="s">
         <v>83</v>
       </c>
       <c r="J69" t="s">
         <v>289</v>
       </c>
       <c r="K69" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L69" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M69" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O69" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="70" spans="1:30">
       <c r="A70" t="s">
         <v>296</v>
       </c>
       <c r="B70" t="s">
         <v>297</v>
       </c>
       <c r="C70" t="s">
         <v>298</v>
       </c>
       <c r="D70" t="s">
         <v>79</v>
       </c>
       <c r="E70" t="s">
         <v>286</v>
       </c>
       <c r="F70" t="s">
         <v>287</v>
       </c>
       <c r="H70" t="s">
         <v>288</v>
       </c>
       <c r="I70" t="s">
         <v>83</v>
       </c>
       <c r="J70" t="s">
         <v>289</v>
       </c>
       <c r="K70" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L70" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M70" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O70" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="71" spans="1:30">
       <c r="A71" t="s">
         <v>299</v>
       </c>
       <c r="B71" t="s">
         <v>300</v>
       </c>
       <c r="C71" t="s">
         <v>301</v>
       </c>
       <c r="D71" t="s">
         <v>79</v>
       </c>
       <c r="E71" t="s">
         <v>286</v>
       </c>
       <c r="F71" t="s">
         <v>287</v>
       </c>
       <c r="H71" t="s">
@@ -9868,57 +9868,57 @@
       <c r="B73" t="s">
         <v>306</v>
       </c>
       <c r="C73" t="s">
         <v>307</v>
       </c>
       <c r="D73" t="s">
         <v>79</v>
       </c>
       <c r="E73" t="s">
         <v>286</v>
       </c>
       <c r="F73" t="s">
         <v>287</v>
       </c>
       <c r="H73" t="s">
         <v>288</v>
       </c>
       <c r="I73" t="s">
         <v>83</v>
       </c>
       <c r="J73" t="s">
         <v>289</v>
       </c>
       <c r="K73" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L73" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M73" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O73" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="74" spans="1:30">
       <c r="A74" t="s">
         <v>308</v>
       </c>
       <c r="B74" t="s">
         <v>309</v>
       </c>
       <c r="C74" t="s">
         <v>310</v>
       </c>
       <c r="D74" t="s">
         <v>79</v>
       </c>
       <c r="E74" t="s">
         <v>286</v>
       </c>
       <c r="F74" t="s">
         <v>287</v>
       </c>
       <c r="H74" t="s">
@@ -9950,57 +9950,57 @@
       <c r="B75" t="s">
         <v>312</v>
       </c>
       <c r="C75" t="s">
         <v>313</v>
       </c>
       <c r="D75" t="s">
         <v>79</v>
       </c>
       <c r="E75" t="s">
         <v>286</v>
       </c>
       <c r="F75" t="s">
         <v>287</v>
       </c>
       <c r="H75" t="s">
         <v>288</v>
       </c>
       <c r="I75" t="s">
         <v>83</v>
       </c>
       <c r="J75" t="s">
         <v>289</v>
       </c>
       <c r="K75" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L75" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M75" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O75" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="76" spans="1:30">
       <c r="A76" t="s">
         <v>314</v>
       </c>
       <c r="B76" t="s">
         <v>315</v>
       </c>
       <c r="C76" t="s">
         <v>316</v>
       </c>
       <c r="D76" t="s">
         <v>79</v>
       </c>
       <c r="E76" t="s">
         <v>286</v>
       </c>
       <c r="F76" t="s">
         <v>287</v>
       </c>
       <c r="H76" t="s">
@@ -10032,57 +10032,57 @@
       <c r="B77" t="s">
         <v>318</v>
       </c>
       <c r="C77" t="s">
         <v>319</v>
       </c>
       <c r="D77" t="s">
         <v>79</v>
       </c>
       <c r="E77" t="s">
         <v>286</v>
       </c>
       <c r="F77" t="s">
         <v>287</v>
       </c>
       <c r="H77" t="s">
         <v>288</v>
       </c>
       <c r="I77" t="s">
         <v>83</v>
       </c>
       <c r="J77" t="s">
         <v>289</v>
       </c>
       <c r="K77" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L77" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M77" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O77" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="78" spans="1:30">
       <c r="A78" t="s">
         <v>320</v>
       </c>
       <c r="B78" t="s">
         <v>321</v>
       </c>
       <c r="C78" t="s">
         <v>322</v>
       </c>
       <c r="D78" t="s">
         <v>79</v>
       </c>
       <c r="E78" t="s">
         <v>286</v>
       </c>
       <c r="F78" t="s">
         <v>287</v>
       </c>
       <c r="H78" t="s">
@@ -10120,51 +10120,51 @@
       <c r="D79" t="s">
         <v>79</v>
       </c>
       <c r="E79" t="s">
         <v>286</v>
       </c>
       <c r="F79" t="s">
         <v>287</v>
       </c>
       <c r="H79" t="s">
         <v>288</v>
       </c>
       <c r="I79" t="s">
         <v>83</v>
       </c>
       <c r="J79" t="s">
         <v>289</v>
       </c>
       <c r="K79" t="s">
         <v>85</v>
       </c>
       <c r="L79" t="s">
         <v>85</v>
       </c>
       <c r="M79" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O79" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="80" spans="1:30">
       <c r="A80" t="s">
         <v>326</v>
       </c>
       <c r="B80" t="s">
         <v>327</v>
       </c>
       <c r="C80" t="s">
         <v>328</v>
       </c>
       <c r="D80" t="s">
         <v>79</v>
       </c>
       <c r="E80" t="s">
         <v>286</v>
       </c>
       <c r="F80" t="s">
         <v>287</v>
       </c>
       <c r="H80" t="s">
@@ -10196,57 +10196,57 @@
       <c r="B81" t="s">
         <v>330</v>
       </c>
       <c r="C81" t="s">
         <v>331</v>
       </c>
       <c r="D81" t="s">
         <v>79</v>
       </c>
       <c r="E81" t="s">
         <v>286</v>
       </c>
       <c r="F81" t="s">
         <v>287</v>
       </c>
       <c r="H81" t="s">
         <v>288</v>
       </c>
       <c r="I81" t="s">
         <v>83</v>
       </c>
       <c r="J81" t="s">
         <v>289</v>
       </c>
       <c r="K81" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L81" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M81" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O81" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="82" spans="1:30">
       <c r="A82" t="s">
         <v>332</v>
       </c>
       <c r="B82" t="s">
         <v>333</v>
       </c>
       <c r="C82" t="s">
         <v>334</v>
       </c>
       <c r="D82" t="s">
         <v>79</v>
       </c>
       <c r="E82" t="s">
         <v>286</v>
       </c>
       <c r="F82" t="s">
         <v>287</v>
       </c>
       <c r="H82" t="s">
@@ -10284,174 +10284,174 @@
       <c r="D83" t="s">
         <v>79</v>
       </c>
       <c r="E83" t="s">
         <v>286</v>
       </c>
       <c r="F83" t="s">
         <v>287</v>
       </c>
       <c r="H83" t="s">
         <v>288</v>
       </c>
       <c r="I83" t="s">
         <v>83</v>
       </c>
       <c r="J83" t="s">
         <v>289</v>
       </c>
       <c r="K83" t="s">
         <v>85</v>
       </c>
       <c r="L83" t="s">
         <v>85</v>
       </c>
       <c r="M83" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O83" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="84" spans="1:30">
       <c r="A84" t="s">
         <v>338</v>
       </c>
       <c r="B84" t="s">
         <v>339</v>
       </c>
       <c r="C84" t="s">
         <v>340</v>
       </c>
       <c r="D84" t="s">
         <v>79</v>
       </c>
       <c r="E84" t="s">
         <v>286</v>
       </c>
       <c r="F84" t="s">
         <v>287</v>
       </c>
       <c r="H84" t="s">
         <v>288</v>
       </c>
       <c r="I84" t="s">
         <v>83</v>
       </c>
       <c r="J84" t="s">
         <v>289</v>
       </c>
       <c r="K84" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L84" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M84" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O84" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="85" spans="1:30">
       <c r="A85" t="s">
         <v>341</v>
       </c>
       <c r="B85" t="s">
         <v>342</v>
       </c>
       <c r="C85" t="s">
         <v>343</v>
       </c>
       <c r="D85" t="s">
         <v>79</v>
       </c>
       <c r="E85" t="s">
         <v>286</v>
       </c>
       <c r="F85" t="s">
         <v>287</v>
       </c>
       <c r="H85" t="s">
         <v>288</v>
       </c>
       <c r="I85" t="s">
         <v>83</v>
       </c>
       <c r="J85" t="s">
         <v>289</v>
       </c>
       <c r="K85" t="s">
         <v>85</v>
       </c>
       <c r="L85" t="s">
         <v>85</v>
       </c>
       <c r="M85" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O85" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="86" spans="1:30">
       <c r="A86" t="s">
         <v>344</v>
       </c>
       <c r="B86" t="s">
         <v>345</v>
       </c>
       <c r="C86" t="s">
         <v>346</v>
       </c>
       <c r="D86" t="s">
         <v>79</v>
       </c>
       <c r="E86" t="s">
         <v>286</v>
       </c>
       <c r="F86" t="s">
         <v>287</v>
       </c>
       <c r="H86" t="s">
         <v>288</v>
       </c>
       <c r="I86" t="s">
         <v>83</v>
       </c>
       <c r="J86" t="s">
         <v>289</v>
       </c>
       <c r="K86" t="s">
         <v>85</v>
       </c>
       <c r="L86" t="s">
         <v>270</v>
       </c>
       <c r="M86" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O86" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="87" spans="1:30">
       <c r="A87" t="s">
         <v>347</v>
       </c>
       <c r="B87" t="s">
         <v>348</v>
       </c>
       <c r="C87" t="s">
         <v>349</v>
       </c>
       <c r="D87" t="s">
         <v>79</v>
       </c>
       <c r="E87" t="s">
         <v>286</v>
       </c>
       <c r="F87" t="s">
         <v>287</v>
       </c>
       <c r="H87" t="s">
@@ -10524,21217 +10524,21204 @@
       <c r="B89" t="s">
         <v>354</v>
       </c>
       <c r="C89" t="s">
         <v>355</v>
       </c>
       <c r="D89" t="s">
         <v>79</v>
       </c>
       <c r="E89" t="s">
         <v>286</v>
       </c>
       <c r="F89" t="s">
         <v>287</v>
       </c>
       <c r="H89" t="s">
         <v>288</v>
       </c>
       <c r="I89" t="s">
         <v>83</v>
       </c>
       <c r="J89" t="s">
         <v>289</v>
       </c>
       <c r="K89" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L89" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M89" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O89" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="90" spans="1:30">
       <c r="A90" t="s">
         <v>356</v>
       </c>
       <c r="B90" t="s">
         <v>357</v>
       </c>
       <c r="C90" t="s">
         <v>358</v>
       </c>
       <c r="D90" t="s">
         <v>79</v>
       </c>
       <c r="E90" t="s">
         <v>359</v>
       </c>
       <c r="F90" t="s">
         <v>360</v>
       </c>
+      <c r="H90" t="s">
+        <v>361</v>
+      </c>
       <c r="I90" t="s">
         <v>83</v>
       </c>
       <c r="J90" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K90" t="s">
         <v>85</v>
       </c>
       <c r="L90" t="s">
         <v>85</v>
       </c>
       <c r="M90" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O90" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="91" spans="1:30">
       <c r="A91" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B91" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C91" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D91" t="s">
         <v>79</v>
       </c>
       <c r="E91" t="s">
         <v>359</v>
       </c>
       <c r="F91" t="s">
         <v>360</v>
       </c>
+      <c r="H91" t="s">
+        <v>361</v>
+      </c>
       <c r="I91" t="s">
         <v>83</v>
       </c>
       <c r="J91" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K91" t="s">
         <v>85</v>
       </c>
       <c r="L91" t="s">
         <v>85</v>
       </c>
       <c r="M91" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O91" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P91" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="Q91" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="R91" t="s">
         <v>85</v>
       </c>
       <c r="S91" t="s">
         <v>85</v>
       </c>
       <c r="T91" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="U91" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="V91" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="W91" t="s">
         <v>85</v>
       </c>
       <c r="X91" t="s">
         <v>85</v>
       </c>
       <c r="Y91" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="Z91" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="AA91" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="AB91" t="s">
         <v>85</v>
       </c>
       <c r="AC91" t="s">
         <v>85</v>
       </c>
       <c r="AD91" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
     </row>
     <row r="92" spans="1:30">
       <c r="A92" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B92" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C92" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D92" t="s">
         <v>79</v>
       </c>
       <c r="E92" t="s">
         <v>359</v>
       </c>
       <c r="F92" t="s">
         <v>360</v>
       </c>
+      <c r="H92" t="s">
+        <v>361</v>
+      </c>
       <c r="I92" t="s">
         <v>83</v>
       </c>
       <c r="J92" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K92" t="s">
         <v>85</v>
       </c>
       <c r="L92" t="s">
         <v>85</v>
       </c>
       <c r="M92" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O92" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="93" spans="1:30">
       <c r="A93" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B93" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C93" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D93" t="s">
         <v>79</v>
       </c>
       <c r="E93" t="s">
         <v>359</v>
       </c>
       <c r="F93" t="s">
         <v>360</v>
       </c>
+      <c r="H93" t="s">
+        <v>361</v>
+      </c>
       <c r="I93" t="s">
         <v>83</v>
       </c>
       <c r="J93" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K93" t="s">
         <v>85</v>
       </c>
       <c r="L93" t="s">
         <v>85</v>
       </c>
       <c r="M93" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O93" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P93" t="s">
+        <v>371</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>372</v>
+      </c>
+      <c r="R93" t="s">
+        <v>85</v>
+      </c>
+      <c r="S93" t="s">
+        <v>85</v>
+      </c>
+      <c r="T93" t="s">
+        <v>93</v>
+      </c>
+      <c r="U93" t="s">
+        <v>367</v>
+      </c>
+      <c r="V93" t="s">
+        <v>379</v>
+      </c>
+      <c r="W93" t="s">
+        <v>85</v>
+      </c>
+      <c r="X93" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y93" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z93" t="s">
+        <v>380</v>
+      </c>
+      <c r="AA93" t="s">
         <v>370</v>
       </c>
-      <c r="Q93" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="AB93" t="s">
         <v>85</v>
       </c>
       <c r="AC93" t="s">
         <v>85</v>
       </c>
       <c r="AD93" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
     </row>
     <row r="94" spans="1:30">
       <c r="A94" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B94" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C94" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D94" t="s">
         <v>79</v>
       </c>
       <c r="E94" t="s">
         <v>359</v>
       </c>
       <c r="F94" t="s">
         <v>360</v>
       </c>
+      <c r="H94" t="s">
+        <v>361</v>
+      </c>
       <c r="I94" t="s">
         <v>83</v>
       </c>
       <c r="J94" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K94" t="s">
         <v>85</v>
       </c>
       <c r="L94" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M94" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O94" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="95" spans="1:30">
       <c r="A95" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B95" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C95" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D95" t="s">
         <v>79</v>
       </c>
       <c r="E95" t="s">
         <v>359</v>
       </c>
       <c r="F95" t="s">
         <v>360</v>
       </c>
+      <c r="H95" t="s">
+        <v>361</v>
+      </c>
       <c r="I95" t="s">
         <v>83</v>
       </c>
       <c r="J95" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K95" t="s">
         <v>85</v>
       </c>
       <c r="L95" t="s">
         <v>85</v>
       </c>
       <c r="M95" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O95" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="96" spans="1:30">
       <c r="A96" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B96" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C96" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D96" t="s">
         <v>79</v>
       </c>
       <c r="E96" t="s">
         <v>359</v>
       </c>
       <c r="F96" t="s">
         <v>360</v>
       </c>
+      <c r="H96" t="s">
+        <v>361</v>
+      </c>
       <c r="I96" t="s">
         <v>83</v>
       </c>
       <c r="J96" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K96" t="s">
         <v>85</v>
       </c>
       <c r="L96" t="s">
         <v>85</v>
       </c>
       <c r="M96" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O96" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="97" spans="1:30">
       <c r="A97" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B97" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C97" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D97" t="s">
         <v>79</v>
       </c>
       <c r="E97" t="s">
         <v>359</v>
       </c>
       <c r="F97" t="s">
         <v>360</v>
       </c>
+      <c r="H97" t="s">
+        <v>361</v>
+      </c>
       <c r="I97" t="s">
         <v>83</v>
       </c>
       <c r="J97" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K97" t="s">
         <v>85</v>
       </c>
       <c r="L97" t="s">
         <v>85</v>
       </c>
       <c r="M97" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="O97" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="98" spans="1:30">
       <c r="A98" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B98" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C98" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D98" t="s">
         <v>79</v>
       </c>
       <c r="E98" t="s">
         <v>359</v>
       </c>
       <c r="F98" t="s">
         <v>360</v>
       </c>
+      <c r="H98" t="s">
+        <v>361</v>
+      </c>
       <c r="I98" t="s">
         <v>83</v>
       </c>
       <c r="J98" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K98" t="s">
         <v>85</v>
       </c>
       <c r="L98" t="s">
         <v>85</v>
       </c>
       <c r="M98" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O98" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="99" spans="1:30">
       <c r="A99" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B99" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C99" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D99" t="s">
         <v>79</v>
       </c>
       <c r="E99" t="s">
         <v>359</v>
       </c>
       <c r="F99" t="s">
         <v>360</v>
       </c>
+      <c r="H99" t="s">
+        <v>361</v>
+      </c>
       <c r="I99" t="s">
         <v>83</v>
       </c>
       <c r="J99" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K99" t="s">
         <v>85</v>
       </c>
       <c r="L99" t="s">
         <v>85</v>
       </c>
       <c r="M99" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O99" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="100" spans="1:30">
       <c r="A100" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B100" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C100" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D100" t="s">
         <v>79</v>
       </c>
       <c r="E100" t="s">
         <v>359</v>
       </c>
       <c r="F100" t="s">
         <v>360</v>
       </c>
+      <c r="H100" t="s">
+        <v>361</v>
+      </c>
       <c r="I100" t="s">
         <v>83</v>
       </c>
       <c r="J100" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K100" t="s">
         <v>85</v>
       </c>
       <c r="L100" t="s">
         <v>85</v>
       </c>
       <c r="M100" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O100" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="101" spans="1:30">
       <c r="A101" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B101" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C101" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D101" t="s">
         <v>79</v>
       </c>
       <c r="E101" t="s">
         <v>359</v>
       </c>
       <c r="F101" t="s">
         <v>360</v>
       </c>
+      <c r="H101" t="s">
+        <v>361</v>
+      </c>
       <c r="I101" t="s">
         <v>83</v>
       </c>
       <c r="J101" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K101" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L101" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M101" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O101" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="102" spans="1:30">
       <c r="A102" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B102" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C102" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D102" t="s">
         <v>79</v>
       </c>
       <c r="E102" t="s">
         <v>359</v>
       </c>
       <c r="F102" t="s">
         <v>360</v>
       </c>
+      <c r="H102" t="s">
+        <v>361</v>
+      </c>
       <c r="I102" t="s">
         <v>83</v>
       </c>
       <c r="J102" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K102" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L102" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M102" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O102" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="103" spans="1:30">
       <c r="A103" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B103" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C103" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D103" t="s">
         <v>79</v>
       </c>
       <c r="E103" t="s">
         <v>359</v>
       </c>
       <c r="F103" t="s">
         <v>360</v>
       </c>
+      <c r="H103" t="s">
+        <v>361</v>
+      </c>
       <c r="I103" t="s">
         <v>83</v>
       </c>
       <c r="J103" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K103" t="s">
         <v>85</v>
       </c>
       <c r="L103" t="s">
         <v>85</v>
       </c>
       <c r="M103" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O103" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="104" spans="1:30">
       <c r="A104" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B104" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C104" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D104" t="s">
         <v>79</v>
       </c>
       <c r="E104" t="s">
         <v>359</v>
       </c>
       <c r="F104" t="s">
         <v>360</v>
       </c>
+      <c r="H104" t="s">
+        <v>361</v>
+      </c>
       <c r="I104" t="s">
         <v>83</v>
       </c>
       <c r="J104" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K104" t="s">
         <v>85</v>
       </c>
       <c r="L104" t="s">
         <v>85</v>
       </c>
       <c r="M104" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O104" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="105" spans="1:30">
       <c r="A105" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B105" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C105" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D105" t="s">
         <v>79</v>
       </c>
       <c r="E105" t="s">
         <v>359</v>
       </c>
       <c r="F105" t="s">
         <v>360</v>
       </c>
+      <c r="H105" t="s">
+        <v>361</v>
+      </c>
       <c r="I105" t="s">
         <v>83</v>
       </c>
       <c r="J105" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K105" t="s">
         <v>85</v>
       </c>
       <c r="L105" t="s">
         <v>85</v>
       </c>
       <c r="M105" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O105" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="106" spans="1:30">
       <c r="A106" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B106" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C106" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D106" t="s">
         <v>79</v>
       </c>
       <c r="E106" t="s">
         <v>359</v>
       </c>
       <c r="F106" t="s">
         <v>360</v>
       </c>
+      <c r="H106" t="s">
+        <v>361</v>
+      </c>
       <c r="I106" t="s">
         <v>83</v>
       </c>
       <c r="J106" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K106" t="s">
         <v>85</v>
       </c>
       <c r="L106" t="s">
         <v>85</v>
       </c>
       <c r="M106" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O106" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="107" spans="1:30">
       <c r="A107" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B107" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C107" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D107" t="s">
         <v>79</v>
       </c>
       <c r="E107" t="s">
         <v>359</v>
       </c>
       <c r="F107" t="s">
         <v>360</v>
       </c>
+      <c r="H107" t="s">
+        <v>361</v>
+      </c>
       <c r="I107" t="s">
         <v>83</v>
       </c>
       <c r="J107" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K107" t="s">
         <v>85</v>
       </c>
       <c r="L107" t="s">
         <v>85</v>
       </c>
       <c r="M107" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O107" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="108" spans="1:30">
       <c r="A108" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B108" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C108" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D108" t="s">
         <v>79</v>
       </c>
       <c r="E108" t="s">
         <v>359</v>
       </c>
       <c r="F108" t="s">
         <v>360</v>
       </c>
+      <c r="H108" t="s">
+        <v>361</v>
+      </c>
       <c r="I108" t="s">
         <v>83</v>
       </c>
       <c r="J108" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K108" t="s">
         <v>85</v>
       </c>
       <c r="L108" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M108" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O108" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="109" spans="1:30">
       <c r="A109" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B109" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C109" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D109" t="s">
         <v>79</v>
       </c>
       <c r="E109" t="s">
         <v>359</v>
       </c>
       <c r="F109" t="s">
         <v>360</v>
       </c>
+      <c r="H109" t="s">
+        <v>361</v>
+      </c>
       <c r="I109" t="s">
         <v>83</v>
       </c>
       <c r="J109" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K109" t="s">
         <v>85</v>
       </c>
       <c r="L109" t="s">
         <v>85</v>
       </c>
       <c r="M109" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O109" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P109" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="Q109" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="R109" t="s">
         <v>85</v>
       </c>
       <c r="S109" t="s">
         <v>85</v>
       </c>
       <c r="T109" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="U109" t="s">
+        <v>371</v>
+      </c>
+      <c r="V109" t="s">
+        <v>372</v>
+      </c>
+      <c r="W109" t="s">
+        <v>85</v>
+      </c>
+      <c r="X109" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y109" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z109" t="s">
+        <v>369</v>
+      </c>
+      <c r="AA109" t="s">
         <v>370</v>
       </c>
-      <c r="V109" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AB109" t="s">
         <v>85</v>
       </c>
       <c r="AC109" t="s">
         <v>85</v>
       </c>
       <c r="AD109" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
     </row>
     <row r="110" spans="1:30">
       <c r="A110" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B110" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C110" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D110" t="s">
         <v>79</v>
       </c>
       <c r="E110" t="s">
         <v>359</v>
       </c>
       <c r="F110" t="s">
         <v>360</v>
       </c>
+      <c r="H110" t="s">
+        <v>361</v>
+      </c>
       <c r="I110" t="s">
         <v>83</v>
       </c>
       <c r="J110" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K110" t="s">
         <v>85</v>
       </c>
       <c r="L110" t="s">
         <v>85</v>
       </c>
       <c r="M110" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O110" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="111" spans="1:30">
       <c r="A111" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B111" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C111" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D111" t="s">
         <v>79</v>
       </c>
       <c r="E111" t="s">
         <v>359</v>
       </c>
       <c r="F111" t="s">
         <v>360</v>
       </c>
+      <c r="H111" t="s">
+        <v>361</v>
+      </c>
       <c r="I111" t="s">
         <v>83</v>
       </c>
       <c r="J111" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K111" t="s">
         <v>85</v>
       </c>
       <c r="L111" t="s">
         <v>85</v>
       </c>
       <c r="M111" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O111" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="112" spans="1:30">
       <c r="A112" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B112" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C112" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D112" t="s">
         <v>79</v>
       </c>
       <c r="E112" t="s">
         <v>359</v>
       </c>
       <c r="F112" t="s">
         <v>360</v>
       </c>
+      <c r="H112" t="s">
+        <v>361</v>
+      </c>
       <c r="I112" t="s">
         <v>83</v>
       </c>
       <c r="J112" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K112" t="s">
         <v>85</v>
       </c>
       <c r="L112" t="s">
         <v>85</v>
       </c>
       <c r="M112" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O112" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="113" spans="1:30">
       <c r="A113" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B113" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C113" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D113" t="s">
         <v>79</v>
       </c>
       <c r="E113" t="s">
         <v>359</v>
       </c>
       <c r="F113" t="s">
         <v>360</v>
       </c>
+      <c r="H113" t="s">
+        <v>361</v>
+      </c>
       <c r="I113" t="s">
         <v>83</v>
       </c>
       <c r="J113" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K113" t="s">
         <v>85</v>
       </c>
       <c r="L113" t="s">
         <v>85</v>
       </c>
       <c r="M113" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O113" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="114" spans="1:30">
       <c r="A114" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B114" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C114" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D114" t="s">
         <v>79</v>
       </c>
       <c r="E114" t="s">
         <v>359</v>
       </c>
       <c r="F114" t="s">
         <v>360</v>
       </c>
+      <c r="H114" t="s">
+        <v>361</v>
+      </c>
       <c r="I114" t="s">
         <v>83</v>
       </c>
       <c r="J114" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K114" t="s">
         <v>85</v>
       </c>
       <c r="L114" t="s">
         <v>85</v>
       </c>
       <c r="M114" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O114" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="115" spans="1:30">
       <c r="A115" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B115" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C115" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D115" t="s">
         <v>79</v>
       </c>
       <c r="E115" t="s">
         <v>359</v>
       </c>
       <c r="F115" t="s">
         <v>360</v>
       </c>
+      <c r="H115" t="s">
+        <v>361</v>
+      </c>
       <c r="I115" t="s">
         <v>83</v>
       </c>
       <c r="J115" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K115" t="s">
         <v>85</v>
       </c>
       <c r="L115" t="s">
         <v>85</v>
       </c>
       <c r="M115" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O115" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P115" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="Q115" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="R115" t="s">
         <v>85</v>
       </c>
       <c r="S115" t="s">
         <v>85</v>
       </c>
       <c r="T115" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="U115" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="V115" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="W115" t="s">
         <v>85</v>
       </c>
       <c r="X115" t="s">
         <v>85</v>
       </c>
       <c r="Y115" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="Z115" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="AA115" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="AB115" t="s">
         <v>85</v>
       </c>
       <c r="AC115" t="s">
         <v>85</v>
       </c>
       <c r="AD115" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
     </row>
     <row r="116" spans="1:30">
       <c r="A116" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B116" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C116" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D116" t="s">
         <v>79</v>
       </c>
       <c r="E116" t="s">
         <v>359</v>
       </c>
       <c r="F116" t="s">
         <v>360</v>
       </c>
+      <c r="H116" t="s">
+        <v>361</v>
+      </c>
       <c r="I116" t="s">
         <v>83</v>
       </c>
       <c r="J116" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K116" t="s">
         <v>85</v>
       </c>
       <c r="L116" t="s">
         <v>85</v>
       </c>
       <c r="M116" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O116" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="117" spans="1:30">
       <c r="A117" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B117" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C117" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D117" t="s">
         <v>79</v>
       </c>
       <c r="E117" t="s">
         <v>359</v>
       </c>
       <c r="F117" t="s">
         <v>360</v>
       </c>
+      <c r="H117" t="s">
+        <v>361</v>
+      </c>
       <c r="I117" t="s">
         <v>83</v>
       </c>
       <c r="J117" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K117" t="s">
         <v>85</v>
       </c>
       <c r="L117" t="s">
         <v>85</v>
       </c>
       <c r="M117" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O117" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="118" spans="1:30">
       <c r="A118" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B118" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C118" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D118" t="s">
         <v>79</v>
       </c>
       <c r="E118" t="s">
         <v>359</v>
       </c>
       <c r="F118" t="s">
         <v>360</v>
       </c>
+      <c r="H118" t="s">
+        <v>361</v>
+      </c>
       <c r="I118" t="s">
         <v>83</v>
       </c>
       <c r="J118" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K118" t="s">
         <v>85</v>
       </c>
       <c r="L118" t="s">
         <v>85</v>
       </c>
       <c r="M118" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O118" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="119" spans="1:30">
       <c r="A119" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B119" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C119" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D119" t="s">
         <v>79</v>
       </c>
       <c r="E119" t="s">
         <v>359</v>
       </c>
       <c r="F119" t="s">
         <v>360</v>
       </c>
+      <c r="H119" t="s">
+        <v>361</v>
+      </c>
       <c r="I119" t="s">
         <v>83</v>
       </c>
       <c r="J119" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K119" t="s">
         <v>85</v>
       </c>
       <c r="L119" t="s">
         <v>85</v>
       </c>
       <c r="M119" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O119" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="120" spans="1:30">
       <c r="A120" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B120" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C120" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D120" t="s">
         <v>79</v>
       </c>
       <c r="E120" t="s">
         <v>359</v>
       </c>
       <c r="F120" t="s">
         <v>360</v>
       </c>
+      <c r="H120" t="s">
+        <v>361</v>
+      </c>
       <c r="I120" t="s">
         <v>83</v>
       </c>
       <c r="J120" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K120" t="s">
         <v>85</v>
       </c>
       <c r="L120" t="s">
         <v>85</v>
       </c>
       <c r="M120" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O120" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="121" spans="1:30">
       <c r="A121" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B121" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C121" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D121" t="s">
         <v>79</v>
       </c>
       <c r="E121" t="s">
         <v>359</v>
       </c>
       <c r="F121" t="s">
         <v>360</v>
       </c>
+      <c r="H121" t="s">
+        <v>361</v>
+      </c>
       <c r="I121" t="s">
         <v>83</v>
       </c>
       <c r="J121" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K121" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L121" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M121" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O121" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="122" spans="1:30">
       <c r="A122" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B122" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C122" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D122" t="s">
         <v>79</v>
       </c>
       <c r="E122" t="s">
         <v>359</v>
       </c>
       <c r="F122" t="s">
         <v>360</v>
       </c>
+      <c r="H122" t="s">
+        <v>361</v>
+      </c>
       <c r="I122" t="s">
         <v>83</v>
       </c>
       <c r="J122" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K122" t="s">
         <v>85</v>
       </c>
       <c r="L122" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M122" t="s">
         <v>85</v>
       </c>
       <c r="O122" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="123" spans="1:30">
       <c r="A123" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B123" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C123" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D123" t="s">
         <v>79</v>
       </c>
       <c r="E123" t="s">
         <v>359</v>
       </c>
       <c r="F123" t="s">
         <v>360</v>
       </c>
+      <c r="H123" t="s">
+        <v>361</v>
+      </c>
       <c r="I123" t="s">
         <v>83</v>
       </c>
       <c r="J123" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K123" t="s">
         <v>85</v>
       </c>
       <c r="L123" t="s">
         <v>236</v>
       </c>
       <c r="M123" t="s">
         <v>85</v>
       </c>
       <c r="O123" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="124" spans="1:30">
       <c r="A124" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B124" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C124" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D124" t="s">
         <v>79</v>
       </c>
       <c r="E124" t="s">
         <v>359</v>
       </c>
       <c r="F124" t="s">
         <v>360</v>
       </c>
+      <c r="H124" t="s">
+        <v>361</v>
+      </c>
       <c r="I124" t="s">
         <v>83</v>
       </c>
       <c r="J124" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K124" t="s">
         <v>85</v>
       </c>
       <c r="L124" t="s">
         <v>236</v>
       </c>
       <c r="M124" t="s">
         <v>85</v>
       </c>
       <c r="O124" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="125" spans="1:30">
       <c r="A125" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B125" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C125" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D125" t="s">
         <v>79</v>
       </c>
       <c r="E125" t="s">
         <v>359</v>
       </c>
       <c r="F125" t="s">
         <v>360</v>
       </c>
+      <c r="H125" t="s">
+        <v>361</v>
+      </c>
       <c r="I125" t="s">
         <v>83</v>
       </c>
       <c r="J125" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K125" t="s">
         <v>85</v>
       </c>
       <c r="L125" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M125" t="s">
         <v>85</v>
       </c>
       <c r="O125" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="126" spans="1:30">
       <c r="A126" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B126" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C126" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D126" t="s">
         <v>79</v>
       </c>
       <c r="E126" t="s">
         <v>359</v>
       </c>
       <c r="F126" t="s">
         <v>360</v>
       </c>
+      <c r="H126" t="s">
+        <v>361</v>
+      </c>
       <c r="I126" t="s">
         <v>83</v>
       </c>
       <c r="J126" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K126" t="s">
         <v>85</v>
       </c>
       <c r="L126" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M126" t="s">
         <v>85</v>
       </c>
       <c r="O126" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="127" spans="1:30">
       <c r="A127" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B127" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C127" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D127" t="s">
         <v>79</v>
       </c>
       <c r="E127" t="s">
         <v>359</v>
       </c>
       <c r="F127" t="s">
         <v>360</v>
       </c>
+      <c r="H127" t="s">
+        <v>361</v>
+      </c>
       <c r="I127" t="s">
         <v>83</v>
       </c>
       <c r="J127" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K127" t="s">
         <v>85</v>
       </c>
       <c r="L127" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M127" t="s">
         <v>85</v>
       </c>
       <c r="O127" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="128" spans="1:30">
       <c r="A128" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B128" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C128" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D128" t="s">
         <v>79</v>
       </c>
       <c r="E128" t="s">
         <v>359</v>
       </c>
       <c r="F128" t="s">
         <v>360</v>
       </c>
+      <c r="H128" t="s">
+        <v>361</v>
+      </c>
       <c r="I128" t="s">
         <v>83</v>
       </c>
       <c r="J128" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K128" t="s">
         <v>85</v>
       </c>
       <c r="L128" t="s">
         <v>85</v>
       </c>
       <c r="M128" t="s">
         <v>85</v>
       </c>
       <c r="O128" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="129" spans="1:30">
       <c r="A129" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B129" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C129" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D129" t="s">
         <v>79</v>
       </c>
       <c r="E129" t="s">
         <v>359</v>
       </c>
       <c r="F129" t="s">
         <v>360</v>
       </c>
+      <c r="H129" t="s">
+        <v>361</v>
+      </c>
       <c r="I129" t="s">
         <v>83</v>
       </c>
       <c r="J129" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K129" t="s">
         <v>85</v>
       </c>
       <c r="L129" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M129" t="s">
         <v>85</v>
       </c>
       <c r="O129" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="130" spans="1:30">
       <c r="A130" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B130" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C130" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D130" t="s">
         <v>79</v>
       </c>
       <c r="E130" t="s">
         <v>359</v>
       </c>
       <c r="F130" t="s">
         <v>360</v>
       </c>
+      <c r="H130" t="s">
+        <v>361</v>
+      </c>
       <c r="I130" t="s">
         <v>83</v>
       </c>
       <c r="J130" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K130" t="s">
         <v>85</v>
       </c>
       <c r="L130" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M130" t="s">
         <v>85</v>
       </c>
       <c r="O130" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="131" spans="1:30">
       <c r="A131" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B131" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C131" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D131" t="s">
         <v>79</v>
       </c>
       <c r="E131" t="s">
         <v>359</v>
       </c>
       <c r="F131" t="s">
         <v>360</v>
       </c>
+      <c r="H131" t="s">
+        <v>361</v>
+      </c>
       <c r="I131" t="s">
         <v>83</v>
       </c>
       <c r="J131" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K131" t="s">
         <v>85</v>
       </c>
       <c r="L131" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M131" t="s">
         <v>85</v>
       </c>
       <c r="O131" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="132" spans="1:30">
       <c r="A132" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B132" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C132" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D132" t="s">
         <v>79</v>
       </c>
       <c r="E132" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F132" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H132" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I132" t="s">
         <v>83</v>
       </c>
       <c r="J132" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K132" t="s">
         <v>85</v>
       </c>
       <c r="L132" t="s">
         <v>85</v>
       </c>
       <c r="M132" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O132" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="133" spans="1:30">
       <c r="A133" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="B133" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="C133" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="D133" t="s">
         <v>79</v>
       </c>
       <c r="E133" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F133" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H133" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I133" t="s">
         <v>83</v>
       </c>
       <c r="J133" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K133" t="s">
         <v>85</v>
       </c>
       <c r="L133" t="s">
         <v>85</v>
       </c>
       <c r="M133" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O133" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="134" spans="1:30">
       <c r="A134" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="B134" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="C134" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="D134" t="s">
         <v>79</v>
       </c>
       <c r="E134" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F134" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H134" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I134" t="s">
         <v>83</v>
       </c>
       <c r="J134" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K134" t="s">
         <v>85</v>
       </c>
       <c r="L134" t="s">
         <v>85</v>
       </c>
       <c r="M134" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O134" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="135" spans="1:30">
       <c r="A135" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="B135" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="C135" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="D135" t="s">
         <v>79</v>
       </c>
       <c r="E135" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F135" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H135" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I135" t="s">
         <v>83</v>
       </c>
       <c r="J135" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K135" t="s">
         <v>85</v>
       </c>
       <c r="L135" t="s">
         <v>85</v>
       </c>
       <c r="M135" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O135" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="136" spans="1:30">
       <c r="A136" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="B136" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="C136" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="D136" t="s">
         <v>79</v>
       </c>
       <c r="E136" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F136" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H136" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I136" t="s">
         <v>83</v>
       </c>
       <c r="J136" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K136" t="s">
         <v>85</v>
       </c>
       <c r="L136" t="s">
         <v>85</v>
       </c>
       <c r="M136" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O136" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="137" spans="1:30">
       <c r="A137" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="B137" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="C137" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="D137" t="s">
         <v>79</v>
       </c>
       <c r="E137" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F137" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H137" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I137" t="s">
         <v>83</v>
       </c>
       <c r="J137" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K137" t="s">
         <v>85</v>
       </c>
       <c r="L137" t="s">
         <v>85</v>
       </c>
       <c r="M137" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O137" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="138" spans="1:30">
       <c r="A138" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="B138" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C138" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="D138" t="s">
         <v>79</v>
       </c>
       <c r="E138" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F138" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H138" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I138" t="s">
         <v>83</v>
       </c>
       <c r="J138" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K138" t="s">
         <v>85</v>
       </c>
       <c r="L138" t="s">
         <v>85</v>
       </c>
       <c r="M138" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O138" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="139" spans="1:30">
       <c r="A139" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="B139" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="C139" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="D139" t="s">
         <v>79</v>
       </c>
       <c r="E139" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F139" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H139" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I139" t="s">
         <v>83</v>
       </c>
       <c r="J139" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K139" t="s">
         <v>85</v>
       </c>
       <c r="L139" t="s">
         <v>85</v>
       </c>
       <c r="M139" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O139" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="140" spans="1:30">
       <c r="A140" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="B140" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="C140" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="D140" t="s">
         <v>79</v>
       </c>
       <c r="E140" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F140" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H140" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I140" t="s">
         <v>83</v>
       </c>
       <c r="J140" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K140" t="s">
         <v>85</v>
       </c>
       <c r="L140" t="s">
         <v>85</v>
       </c>
       <c r="M140" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O140" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="141" spans="1:30">
       <c r="A141" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="B141" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="C141" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="D141" t="s">
         <v>79</v>
       </c>
       <c r="E141" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F141" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H141" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I141" t="s">
         <v>83</v>
       </c>
       <c r="J141" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K141" t="s">
         <v>85</v>
       </c>
       <c r="L141" t="s">
         <v>85</v>
       </c>
       <c r="M141" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O141" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="142" spans="1:30">
       <c r="A142" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="B142" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="C142" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="D142" t="s">
         <v>79</v>
       </c>
       <c r="E142" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F142" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H142" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I142" t="s">
         <v>83</v>
       </c>
       <c r="J142" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K142" t="s">
         <v>85</v>
       </c>
       <c r="L142" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M142" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O142" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="143" spans="1:30">
       <c r="A143" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="B143" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="C143" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="D143" t="s">
         <v>79</v>
       </c>
       <c r="E143" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F143" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H143" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I143" t="s">
         <v>83</v>
       </c>
       <c r="J143" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K143" t="s">
         <v>85</v>
       </c>
       <c r="L143" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M143" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O143" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="144" spans="1:30">
       <c r="A144" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="B144" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="C144" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="D144" t="s">
         <v>79</v>
       </c>
       <c r="E144" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F144" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H144" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I144" t="s">
         <v>83</v>
       </c>
       <c r="J144" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K144" t="s">
         <v>85</v>
       </c>
       <c r="L144" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M144" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O144" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="145" spans="1:30">
       <c r="A145" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="B145" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="C145" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="D145" t="s">
         <v>79</v>
       </c>
       <c r="E145" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F145" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H145" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I145" t="s">
         <v>83</v>
       </c>
       <c r="J145" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K145" t="s">
         <v>85</v>
       </c>
       <c r="L145" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M145" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O145" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="146" spans="1:30">
       <c r="A146" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="B146" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="C146" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="D146" t="s">
         <v>79</v>
       </c>
       <c r="E146" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F146" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H146" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I146" t="s">
         <v>83</v>
       </c>
       <c r="J146" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K146" t="s">
         <v>85</v>
       </c>
       <c r="L146" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M146" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O146" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="147" spans="1:30">
       <c r="A147" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="B147" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="C147" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="D147" t="s">
         <v>79</v>
       </c>
       <c r="E147" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F147" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H147" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I147" t="s">
         <v>83</v>
       </c>
       <c r="J147" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K147" t="s">
         <v>85</v>
       </c>
       <c r="L147" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M147" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O147" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="148" spans="1:30">
       <c r="A148" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
       <c r="B148" t="s">
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="C148" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
       <c r="D148" t="s">
         <v>79</v>
       </c>
       <c r="E148" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F148" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H148" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I148" t="s">
         <v>83</v>
       </c>
       <c r="J148" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K148" t="s">
         <v>85</v>
       </c>
       <c r="L148" t="s">
         <v>85</v>
       </c>
       <c r="M148" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O148" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="149" spans="1:30">
       <c r="A149" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="B149" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="C149" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="D149" t="s">
         <v>79</v>
       </c>
       <c r="E149" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F149" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H149" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I149" t="s">
         <v>83</v>
       </c>
       <c r="J149" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K149" t="s">
         <v>85</v>
       </c>
       <c r="L149" t="s">
         <v>85</v>
       </c>
       <c r="M149" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O149" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="150" spans="1:30">
       <c r="A150" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="B150" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="C150" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="D150" t="s">
         <v>79</v>
       </c>
       <c r="E150" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F150" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H150" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I150" t="s">
         <v>83</v>
       </c>
       <c r="J150" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K150" t="s">
         <v>85</v>
       </c>
       <c r="L150" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M150" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O150" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="151" spans="1:30">
       <c r="A151" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="B151" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="C151" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="D151" t="s">
         <v>79</v>
       </c>
       <c r="E151" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F151" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H151" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I151" t="s">
         <v>83</v>
       </c>
       <c r="J151" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K151" t="s">
         <v>85</v>
       </c>
       <c r="L151" t="s">
         <v>85</v>
       </c>
       <c r="M151" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O151" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="152" spans="1:30">
       <c r="A152" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="B152" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="C152" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="D152" t="s">
         <v>79</v>
       </c>
       <c r="E152" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F152" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H152" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I152" t="s">
         <v>83</v>
       </c>
       <c r="J152" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K152" t="s">
         <v>85</v>
       </c>
       <c r="L152" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M152" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O152" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="153" spans="1:30">
       <c r="A153" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="B153" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="C153" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="D153" t="s">
         <v>79</v>
       </c>
       <c r="E153" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F153" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H153" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I153" t="s">
         <v>83</v>
       </c>
       <c r="J153" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K153" t="s">
         <v>85</v>
       </c>
       <c r="L153" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M153" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O153" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="154" spans="1:30">
       <c r="A154" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="B154" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="C154" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="D154" t="s">
         <v>79</v>
       </c>
       <c r="E154" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F154" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H154" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I154" t="s">
         <v>83</v>
       </c>
       <c r="J154" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K154" t="s">
         <v>85</v>
       </c>
       <c r="L154" t="s">
         <v>85</v>
       </c>
       <c r="M154" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O154" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="155" spans="1:30">
       <c r="A155" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="B155" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="C155" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="D155" t="s">
         <v>79</v>
       </c>
       <c r="E155" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F155" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H155" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I155" t="s">
         <v>83</v>
       </c>
       <c r="J155" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K155" t="s">
         <v>85</v>
       </c>
       <c r="L155" t="s">
         <v>85</v>
       </c>
       <c r="M155" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O155" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="156" spans="1:30">
       <c r="A156" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="B156" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="C156" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="D156" t="s">
         <v>79</v>
       </c>
       <c r="E156" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F156" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H156" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I156" t="s">
         <v>83</v>
       </c>
       <c r="J156" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K156" t="s">
         <v>85</v>
       </c>
       <c r="L156" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M156" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O156" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="157" spans="1:30">
       <c r="A157" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="B157" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="C157" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="D157" t="s">
         <v>79</v>
       </c>
       <c r="E157" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F157" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H157" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I157" t="s">
         <v>83</v>
       </c>
       <c r="J157" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K157" t="s">
         <v>85</v>
       </c>
       <c r="L157" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M157" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O157" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="158" spans="1:30">
       <c r="A158" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="B158" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
       <c r="C158" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="D158" t="s">
         <v>79</v>
       </c>
       <c r="E158" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F158" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H158" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I158" t="s">
         <v>83</v>
       </c>
       <c r="J158" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K158" t="s">
         <v>85</v>
       </c>
       <c r="L158" t="s">
         <v>85</v>
       </c>
       <c r="M158" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O158" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="159" spans="1:30">
       <c r="A159" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="B159" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
       <c r="C159" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
       <c r="D159" t="s">
         <v>79</v>
       </c>
       <c r="E159" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F159" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H159" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I159" t="s">
         <v>83</v>
       </c>
       <c r="J159" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K159" t="s">
         <v>85</v>
       </c>
       <c r="L159" t="s">
         <v>85</v>
       </c>
       <c r="M159" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O159" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="160" spans="1:30">
       <c r="A160" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="B160" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="C160" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="D160" t="s">
         <v>79</v>
       </c>
       <c r="E160" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F160" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H160" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I160" t="s">
         <v>83</v>
       </c>
       <c r="J160" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K160" t="s">
         <v>85</v>
       </c>
       <c r="L160" t="s">
         <v>85</v>
       </c>
       <c r="M160" t="s">
         <v>85</v>
       </c>
       <c r="O160" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="161" spans="1:30">
       <c r="A161" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="B161" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="C161" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="D161" t="s">
         <v>79</v>
       </c>
       <c r="E161" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F161" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H161" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I161" t="s">
         <v>83</v>
       </c>
       <c r="J161" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K161" t="s">
         <v>85</v>
       </c>
       <c r="L161" t="s">
         <v>85</v>
       </c>
       <c r="M161" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O161" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P161" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="Q161" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="R161" t="s">
         <v>85</v>
       </c>
       <c r="S161" t="s">
         <v>85</v>
       </c>
       <c r="T161" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="U161" t="s">
+        <v>380</v>
+      </c>
+      <c r="V161" t="s">
+        <v>450</v>
+      </c>
+      <c r="W161" t="s">
+        <v>85</v>
+      </c>
+      <c r="X161" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y161" t="s">
+        <v>86</v>
+      </c>
+      <c r="Z161" t="s">
+        <v>367</v>
+      </c>
+      <c r="AA161" t="s">
         <v>379</v>
       </c>
-      <c r="V161" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AB161" t="s">
         <v>85</v>
       </c>
       <c r="AC161" t="s">
         <v>85</v>
       </c>
       <c r="AD161" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
     </row>
     <row r="162" spans="1:30">
       <c r="A162" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="B162" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="C162" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="D162" t="s">
         <v>79</v>
       </c>
       <c r="E162" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F162" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H162" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I162" t="s">
         <v>83</v>
       </c>
       <c r="J162" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K162" t="s">
         <v>85</v>
       </c>
       <c r="L162" t="s">
         <v>85</v>
       </c>
       <c r="M162" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O162" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="163" spans="1:30">
       <c r="A163" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="B163" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="C163" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="D163" t="s">
         <v>79</v>
       </c>
       <c r="E163" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F163" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H163" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I163" t="s">
         <v>83</v>
       </c>
       <c r="J163" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K163" t="s">
         <v>85</v>
       </c>
       <c r="L163" t="s">
         <v>85</v>
       </c>
       <c r="M163" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O163" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="164" spans="1:30">
       <c r="A164" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="B164" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="C164" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="D164" t="s">
         <v>79</v>
       </c>
       <c r="E164" t="s">
-        <v>501</v>
+        <v>359</v>
       </c>
       <c r="F164" t="s">
-        <v>502</v>
+        <v>360</v>
       </c>
       <c r="H164" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="I164" t="s">
         <v>83</v>
       </c>
       <c r="J164" t="s">
-        <v>504</v>
+        <v>362</v>
       </c>
       <c r="K164" t="s">
         <v>85</v>
       </c>
       <c r="L164" t="s">
         <v>85</v>
       </c>
       <c r="M164" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O164" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="165" spans="1:30">
       <c r="A165" t="s">
+        <v>597</v>
+      </c>
+      <c r="B165" t="s">
+        <v>598</v>
+      </c>
+      <c r="C165" t="s">
+        <v>599</v>
+      </c>
+      <c r="D165" t="s">
+        <v>79</v>
+      </c>
+      <c r="E165" t="s">
         <v>600</v>
       </c>
-      <c r="B165" t="s">
+      <c r="F165" t="s">
         <v>601</v>
       </c>
-      <c r="C165" t="s">
+      <c r="I165" t="s">
+        <v>83</v>
+      </c>
+      <c r="J165" t="s">
         <v>602</v>
       </c>
-      <c r="D165" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K165" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="L165" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="M165" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O165" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="166" spans="1:30">
       <c r="A166" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="B166" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="C166" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="D166" t="s">
         <v>79</v>
       </c>
       <c r="E166" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F166" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I166" t="s">
         <v>83</v>
       </c>
       <c r="J166" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K166" t="s">
         <v>85</v>
       </c>
       <c r="L166" t="s">
         <v>236</v>
       </c>
       <c r="M166" t="s">
         <v>85</v>
       </c>
       <c r="O166" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="167" spans="1:30">
       <c r="A167" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="B167" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="C167" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="D167" t="s">
         <v>79</v>
       </c>
       <c r="E167" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F167" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I167" t="s">
         <v>83</v>
       </c>
       <c r="J167" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K167" t="s">
         <v>85</v>
       </c>
       <c r="L167" t="s">
         <v>236</v>
       </c>
       <c r="M167" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O167" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P167" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="Q167" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="R167" t="s">
         <v>85</v>
       </c>
       <c r="S167" t="s">
         <v>236</v>
       </c>
       <c r="T167" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="U167" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="V167" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="W167" t="s">
         <v>85</v>
       </c>
       <c r="X167" t="s">
         <v>236</v>
       </c>
       <c r="Y167" t="s">
-        <v>96</v>
+        <v>93</v>
+      </c>
+      <c r="Z167" t="s">
+        <v>367</v>
+      </c>
+      <c r="AA167" t="s">
+        <v>379</v>
+      </c>
+      <c r="AB167" t="s">
+        <v>85</v>
+      </c>
+      <c r="AC167" t="s">
+        <v>236</v>
+      </c>
+      <c r="AD167" t="s">
+        <v>93</v>
       </c>
     </row>
     <row r="168" spans="1:30">
       <c r="A168" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="B168" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="C168" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="D168" t="s">
         <v>79</v>
       </c>
       <c r="E168" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F168" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I168" t="s">
         <v>83</v>
       </c>
       <c r="J168" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K168" t="s">
         <v>85</v>
       </c>
       <c r="L168" t="s">
         <v>85</v>
       </c>
       <c r="M168" t="s">
         <v>85</v>
       </c>
       <c r="O168" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="169" spans="1:30">
       <c r="A169" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="B169" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="C169" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D169" t="s">
         <v>79</v>
       </c>
       <c r="E169" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F169" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I169" t="s">
         <v>83</v>
       </c>
       <c r="J169" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K169" t="s">
         <v>85</v>
       </c>
       <c r="L169" t="s">
         <v>236</v>
       </c>
       <c r="M169" t="s">
         <v>85</v>
       </c>
       <c r="O169" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="170" spans="1:30">
       <c r="A170" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="B170" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="C170" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="D170" t="s">
         <v>79</v>
       </c>
       <c r="E170" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F170" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I170" t="s">
         <v>83</v>
       </c>
       <c r="J170" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K170" t="s">
         <v>85</v>
       </c>
       <c r="L170" t="s">
         <v>85</v>
       </c>
       <c r="M170" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O170" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="171" spans="1:30">
       <c r="A171" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="B171" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="C171" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="D171" t="s">
         <v>79</v>
       </c>
       <c r="E171" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F171" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I171" t="s">
         <v>83</v>
       </c>
       <c r="J171" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K171" t="s">
         <v>85</v>
       </c>
       <c r="L171" t="s">
         <v>85</v>
       </c>
       <c r="M171" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O171" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="172" spans="1:30">
       <c r="A172" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="B172" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="C172" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="D172" t="s">
         <v>79</v>
       </c>
       <c r="E172" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F172" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I172" t="s">
         <v>83</v>
       </c>
       <c r="J172" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K172" t="s">
         <v>85</v>
       </c>
       <c r="L172" t="s">
         <v>85</v>
       </c>
       <c r="M172" t="s">
         <v>85</v>
       </c>
       <c r="O172" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="173" spans="1:30">
       <c r="A173" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="B173" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="C173" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="D173" t="s">
         <v>79</v>
       </c>
       <c r="E173" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F173" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I173" t="s">
         <v>83</v>
       </c>
       <c r="J173" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K173" t="s">
         <v>85</v>
       </c>
       <c r="L173" t="s">
         <v>85</v>
       </c>
       <c r="M173" t="s">
         <v>236</v>
       </c>
       <c r="O173" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="174" spans="1:30">
       <c r="A174" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="B174" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="C174" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="D174" t="s">
         <v>79</v>
       </c>
       <c r="E174" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F174" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I174" t="s">
         <v>83</v>
       </c>
       <c r="J174" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K174" t="s">
         <v>85</v>
       </c>
       <c r="L174" t="s">
         <v>85</v>
       </c>
       <c r="M174" t="s">
         <v>236</v>
       </c>
       <c r="O174" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="175" spans="1:30">
       <c r="A175" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="B175" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="C175" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="D175" t="s">
         <v>79</v>
       </c>
       <c r="E175" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F175" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I175" t="s">
         <v>83</v>
       </c>
       <c r="J175" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K175" t="s">
         <v>85</v>
       </c>
       <c r="L175" t="s">
         <v>85</v>
       </c>
       <c r="M175" t="s">
         <v>85</v>
       </c>
       <c r="O175" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="176" spans="1:30">
       <c r="A176" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="B176" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="C176" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="D176" t="s">
         <v>79</v>
       </c>
       <c r="E176" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F176" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I176" t="s">
         <v>83</v>
       </c>
       <c r="J176" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K176" t="s">
         <v>85</v>
       </c>
       <c r="L176" t="s">
         <v>85</v>
       </c>
       <c r="M176" t="s">
         <v>236</v>
       </c>
       <c r="O176" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="177" spans="1:30">
       <c r="A177" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="B177" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="C177" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="D177" t="s">
         <v>79</v>
       </c>
       <c r="E177" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F177" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I177" t="s">
         <v>83</v>
       </c>
       <c r="J177" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K177" t="s">
         <v>85</v>
       </c>
       <c r="L177" t="s">
         <v>85</v>
       </c>
       <c r="M177" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O177" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="178" spans="1:30">
       <c r="A178" t="s">
+        <v>639</v>
+      </c>
+      <c r="B178" t="s">
+        <v>640</v>
+      </c>
+      <c r="C178" t="s">
+        <v>641</v>
+      </c>
+      <c r="D178" t="s">
+        <v>79</v>
+      </c>
+      <c r="E178" t="s">
+        <v>600</v>
+      </c>
+      <c r="F178" t="s">
+        <v>601</v>
+      </c>
+      <c r="I178" t="s">
+        <v>83</v>
+      </c>
+      <c r="J178" t="s">
+        <v>602</v>
+      </c>
+      <c r="K178" t="s">
+        <v>85</v>
+      </c>
+      <c r="L178" t="s">
+        <v>93</v>
+      </c>
+      <c r="M178" t="s">
+        <v>93</v>
+      </c>
+      <c r="O178" t="s">
+        <v>366</v>
+      </c>
+      <c r="P178" t="s">
         <v>642</v>
       </c>
-      <c r="B178" t="s">
+      <c r="Q178" t="s">
+        <v>450</v>
+      </c>
+      <c r="R178" t="s">
+        <v>85</v>
+      </c>
+      <c r="S178" t="s">
+        <v>85</v>
+      </c>
+      <c r="T178" t="s">
+        <v>93</v>
+      </c>
+      <c r="U178" t="s">
+        <v>367</v>
+      </c>
+      <c r="V178" t="s">
         <v>643</v>
       </c>
-      <c r="C178" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="W178" t="s">
         <v>85</v>
       </c>
       <c r="X178" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="Y178" t="s">
-        <v>96</v>
+        <v>93</v>
+      </c>
+      <c r="Z178" t="s">
+        <v>448</v>
+      </c>
+      <c r="AA178" t="s">
+        <v>372</v>
+      </c>
+      <c r="AB178" t="s">
+        <v>85</v>
+      </c>
+      <c r="AC178" t="s">
+        <v>93</v>
+      </c>
+      <c r="AD178" t="s">
+        <v>93</v>
       </c>
     </row>
     <row r="179" spans="1:30">
       <c r="A179" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="B179" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="C179" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="D179" t="s">
         <v>79</v>
       </c>
       <c r="E179" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F179" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I179" t="s">
         <v>83</v>
       </c>
       <c r="J179" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K179" t="s">
         <v>85</v>
       </c>
       <c r="L179" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M179" t="s">
         <v>85</v>
       </c>
       <c r="O179" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P179" t="s">
-        <v>447</v>
+        <v>642</v>
       </c>
       <c r="Q179" t="s">
-        <v>645</v>
+        <v>450</v>
       </c>
       <c r="R179" t="s">
         <v>85</v>
       </c>
       <c r="S179" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="T179" t="s">
         <v>85</v>
       </c>
       <c r="U179" t="s">
-        <v>646</v>
+        <v>367</v>
       </c>
       <c r="V179" t="s">
-        <v>449</v>
+        <v>643</v>
       </c>
       <c r="W179" t="s">
         <v>85</v>
       </c>
       <c r="X179" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="Y179" t="s">
+        <v>85</v>
+      </c>
+      <c r="Z179" t="s">
+        <v>448</v>
+      </c>
+      <c r="AA179" t="s">
+        <v>372</v>
+      </c>
+      <c r="AB179" t="s">
+        <v>85</v>
+      </c>
+      <c r="AC179" t="s">
+        <v>93</v>
+      </c>
+      <c r="AD179" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="180" spans="1:30">
       <c r="A180" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="B180" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="C180" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="D180" t="s">
         <v>79</v>
       </c>
       <c r="E180" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F180" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I180" t="s">
         <v>83</v>
       </c>
       <c r="J180" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K180" t="s">
         <v>85</v>
       </c>
       <c r="L180" t="s">
         <v>85</v>
       </c>
       <c r="M180" t="s">
         <v>85</v>
       </c>
       <c r="O180" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="181" spans="1:30">
       <c r="A181" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="B181" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="C181" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="D181" t="s">
         <v>79</v>
       </c>
       <c r="E181" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F181" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I181" t="s">
         <v>83</v>
       </c>
       <c r="J181" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K181" t="s">
         <v>85</v>
       </c>
       <c r="L181" t="s">
         <v>85</v>
       </c>
       <c r="M181" t="s">
         <v>85</v>
       </c>
       <c r="O181" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="182" spans="1:30">
       <c r="A182" t="s">
-        <v>656</v>
+        <v>653</v>
       </c>
       <c r="B182" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="C182" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="D182" t="s">
         <v>79</v>
       </c>
       <c r="E182" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F182" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I182" t="s">
         <v>83</v>
       </c>
       <c r="J182" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K182" t="s">
         <v>85</v>
       </c>
       <c r="L182" t="s">
         <v>85</v>
       </c>
       <c r="M182" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O182" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="183" spans="1:30">
       <c r="A183" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="B183" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="C183" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="D183" t="s">
         <v>79</v>
       </c>
       <c r="E183" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F183" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I183" t="s">
         <v>83</v>
       </c>
       <c r="J183" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K183" t="s">
         <v>85</v>
       </c>
       <c r="L183" t="s">
         <v>236</v>
       </c>
       <c r="M183" t="s">
         <v>85</v>
       </c>
       <c r="O183" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="184" spans="1:30">
       <c r="A184" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="B184" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
       <c r="C184" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="D184" t="s">
         <v>79</v>
       </c>
       <c r="E184" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F184" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I184" t="s">
         <v>83</v>
       </c>
       <c r="J184" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K184" t="s">
         <v>85</v>
       </c>
       <c r="L184" t="s">
         <v>85</v>
       </c>
       <c r="M184" t="s">
         <v>85</v>
       </c>
       <c r="O184" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="185" spans="1:30">
       <c r="A185" t="s">
-        <v>665</v>
+        <v>662</v>
       </c>
       <c r="B185" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
       <c r="C185" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="D185" t="s">
         <v>79</v>
       </c>
       <c r="E185" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F185" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I185" t="s">
         <v>83</v>
       </c>
       <c r="J185" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K185" t="s">
         <v>85</v>
       </c>
       <c r="L185" t="s">
         <v>85</v>
       </c>
       <c r="M185" t="s">
         <v>85</v>
       </c>
       <c r="O185" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="186" spans="1:30">
       <c r="A186" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="B186" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
       <c r="C186" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="D186" t="s">
         <v>79</v>
       </c>
       <c r="E186" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F186" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I186" t="s">
         <v>83</v>
       </c>
       <c r="J186" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K186" t="s">
         <v>85</v>
       </c>
       <c r="L186" t="s">
         <v>85</v>
       </c>
       <c r="M186" t="s">
         <v>85</v>
       </c>
       <c r="O186" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="187" spans="1:30">
       <c r="A187" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
       <c r="B187" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="C187" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="D187" t="s">
         <v>79</v>
       </c>
       <c r="E187" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F187" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I187" t="s">
         <v>83</v>
       </c>
       <c r="J187" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K187" t="s">
         <v>85</v>
       </c>
       <c r="L187" t="s">
         <v>85</v>
       </c>
       <c r="M187" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O187" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="188" spans="1:30">
       <c r="A188" t="s">
-        <v>674</v>
+        <v>671</v>
       </c>
       <c r="B188" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="C188" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c r="D188" t="s">
         <v>79</v>
       </c>
       <c r="E188" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F188" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I188" t="s">
         <v>83</v>
       </c>
       <c r="J188" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K188" t="s">
         <v>85</v>
       </c>
       <c r="L188" t="s">
         <v>85</v>
       </c>
       <c r="M188" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O188" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="189" spans="1:30">
       <c r="A189" t="s">
-        <v>677</v>
+        <v>674</v>
       </c>
       <c r="B189" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="C189" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="D189" t="s">
         <v>79</v>
       </c>
       <c r="E189" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F189" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I189" t="s">
         <v>83</v>
       </c>
       <c r="J189" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K189" t="s">
         <v>85</v>
       </c>
       <c r="L189" t="s">
         <v>85</v>
       </c>
       <c r="M189" t="s">
         <v>85</v>
       </c>
       <c r="O189" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="190" spans="1:30">
       <c r="A190" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="B190" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
       <c r="C190" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
       <c r="D190" t="s">
         <v>79</v>
       </c>
       <c r="E190" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F190" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I190" t="s">
         <v>83</v>
       </c>
       <c r="J190" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K190" t="s">
         <v>85</v>
       </c>
       <c r="L190" t="s">
         <v>85</v>
       </c>
       <c r="M190" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O190" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="191" spans="1:30">
       <c r="A191" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="B191" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
       <c r="C191" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="D191" t="s">
         <v>79</v>
       </c>
       <c r="E191" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F191" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I191" t="s">
         <v>83</v>
       </c>
       <c r="J191" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K191" t="s">
         <v>85</v>
       </c>
       <c r="L191" t="s">
         <v>85</v>
       </c>
       <c r="M191" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O191" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="192" spans="1:30">
       <c r="A192" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="B192" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="C192" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="D192" t="s">
         <v>79</v>
       </c>
       <c r="E192" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F192" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I192" t="s">
         <v>83</v>
       </c>
       <c r="J192" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K192" t="s">
         <v>85</v>
       </c>
       <c r="L192" t="s">
         <v>85</v>
       </c>
       <c r="M192" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O192" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="193" spans="1:30">
       <c r="A193" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="B193" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="C193" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="D193" t="s">
         <v>79</v>
       </c>
       <c r="E193" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F193" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I193" t="s">
         <v>83</v>
       </c>
       <c r="J193" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K193" t="s">
         <v>85</v>
       </c>
       <c r="L193" t="s">
         <v>85</v>
       </c>
       <c r="M193" t="s">
         <v>85</v>
       </c>
       <c r="O193" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="194" spans="1:30">
       <c r="A194" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="B194" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="C194" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="D194" t="s">
         <v>79</v>
       </c>
       <c r="E194" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F194" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I194" t="s">
         <v>83</v>
       </c>
       <c r="J194" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K194" t="s">
         <v>85</v>
       </c>
       <c r="L194" t="s">
         <v>85</v>
       </c>
       <c r="M194" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O194" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="195" spans="1:30">
       <c r="A195" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="B195" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="C195" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="D195" t="s">
         <v>79</v>
       </c>
       <c r="E195" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F195" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I195" t="s">
         <v>83</v>
       </c>
       <c r="J195" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K195" t="s">
         <v>85</v>
       </c>
       <c r="L195" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="M195" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O195" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="196" spans="1:30">
       <c r="A196" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="B196" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="C196" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="D196" t="s">
         <v>79</v>
       </c>
       <c r="E196" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F196" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I196" t="s">
         <v>83</v>
       </c>
       <c r="J196" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K196" t="s">
         <v>85</v>
       </c>
       <c r="L196" t="s">
         <v>85</v>
       </c>
       <c r="M196" t="s">
         <v>85</v>
       </c>
       <c r="O196" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="197" spans="1:30">
       <c r="A197" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="B197" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="C197" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D197" t="s">
         <v>79</v>
       </c>
       <c r="E197" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F197" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I197" t="s">
         <v>83</v>
       </c>
       <c r="J197" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K197" t="s">
         <v>85</v>
       </c>
       <c r="L197" t="s">
         <v>85</v>
       </c>
       <c r="M197" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O197" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="198" spans="1:30">
       <c r="A198" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="B198" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="C198" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D198" t="s">
         <v>79</v>
       </c>
       <c r="E198" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F198" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I198" t="s">
         <v>83</v>
       </c>
       <c r="J198" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K198" t="s">
         <v>85</v>
       </c>
       <c r="L198" t="s">
         <v>85</v>
       </c>
       <c r="M198" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O198" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="199" spans="1:30">
       <c r="A199" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="B199" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="C199" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D199" t="s">
         <v>79</v>
       </c>
       <c r="E199" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F199" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I199" t="s">
         <v>83</v>
       </c>
       <c r="J199" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K199" t="s">
         <v>85</v>
       </c>
       <c r="L199" t="s">
         <v>236</v>
       </c>
       <c r="M199" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O199" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="200" spans="1:30">
       <c r="A200" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="B200" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="C200" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D200" t="s">
         <v>79</v>
       </c>
       <c r="E200" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F200" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I200" t="s">
         <v>83</v>
       </c>
       <c r="J200" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K200" t="s">
         <v>85</v>
       </c>
       <c r="L200" t="s">
         <v>85</v>
       </c>
       <c r="M200" t="s">
         <v>85</v>
       </c>
       <c r="O200" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="201" spans="1:30">
       <c r="A201" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="B201" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="C201" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D201" t="s">
         <v>79</v>
       </c>
       <c r="E201" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F201" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I201" t="s">
         <v>83</v>
       </c>
       <c r="J201" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K201" t="s">
         <v>85</v>
       </c>
       <c r="L201" t="s">
         <v>85</v>
       </c>
       <c r="M201" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O201" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="202" spans="1:30">
       <c r="A202" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
       <c r="B202" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="C202" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D202" t="s">
         <v>79</v>
       </c>
       <c r="E202" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F202" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I202" t="s">
         <v>83</v>
       </c>
       <c r="J202" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K202" t="s">
         <v>85</v>
       </c>
       <c r="L202" t="s">
         <v>236</v>
       </c>
       <c r="M202" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O202" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="203" spans="1:30">
       <c r="A203" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="B203" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="C203" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D203" t="s">
         <v>79</v>
       </c>
       <c r="E203" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F203" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I203" t="s">
         <v>83</v>
       </c>
       <c r="J203" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K203" t="s">
         <v>85</v>
       </c>
       <c r="L203" t="s">
         <v>85</v>
       </c>
       <c r="M203" t="s">
         <v>85</v>
       </c>
       <c r="O203" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="204" spans="1:30">
       <c r="A204" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="B204" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="C204" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D204" t="s">
         <v>79</v>
       </c>
       <c r="E204" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F204" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I204" t="s">
         <v>83</v>
       </c>
       <c r="J204" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K204" t="s">
         <v>85</v>
       </c>
       <c r="L204" t="s">
         <v>85</v>
       </c>
       <c r="M204" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O204" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="205" spans="1:30">
       <c r="A205" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="B205" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="C205" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="D205" t="s">
         <v>79</v>
       </c>
       <c r="E205" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F205" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I205" t="s">
         <v>83</v>
       </c>
       <c r="J205" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K205" t="s">
         <v>85</v>
       </c>
       <c r="L205" t="s">
         <v>85</v>
       </c>
       <c r="M205" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O205" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="206" spans="1:30">
       <c r="A206" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="B206" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="C206" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="D206" t="s">
         <v>79</v>
       </c>
       <c r="E206" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F206" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I206" t="s">
         <v>83</v>
       </c>
       <c r="J206" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K206" t="s">
         <v>85</v>
       </c>
       <c r="L206" t="s">
         <v>85</v>
       </c>
       <c r="M206" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O206" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="207" spans="1:30">
       <c r="A207" t="s">
+        <v>728</v>
+      </c>
+      <c r="B207" t="s">
+        <v>729</v>
+      </c>
+      <c r="C207" t="s">
+        <v>730</v>
+      </c>
+      <c r="D207" t="s">
+        <v>79</v>
+      </c>
+      <c r="E207" t="s">
+        <v>600</v>
+      </c>
+      <c r="F207" t="s">
+        <v>601</v>
+      </c>
+      <c r="I207" t="s">
+        <v>83</v>
+      </c>
+      <c r="J207" t="s">
+        <v>602</v>
+      </c>
+      <c r="K207" t="s">
+        <v>85</v>
+      </c>
+      <c r="L207" t="s">
+        <v>86</v>
+      </c>
+      <c r="M207" t="s">
+        <v>86</v>
+      </c>
+      <c r="O207" t="s">
+        <v>366</v>
+      </c>
+      <c r="P207" t="s">
         <v>731</v>
       </c>
-      <c r="B207" t="s">
+      <c r="Q207" t="s">
+        <v>370</v>
+      </c>
+      <c r="R207" t="s">
+        <v>85</v>
+      </c>
+      <c r="S207" t="s">
+        <v>86</v>
+      </c>
+      <c r="T207" t="s">
+        <v>86</v>
+      </c>
+      <c r="U207" t="s">
+        <v>367</v>
+      </c>
+      <c r="V207" t="s">
         <v>732</v>
       </c>
-      <c r="C207" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="W207" t="s">
         <v>85</v>
       </c>
       <c r="X207" t="s">
         <v>85</v>
       </c>
       <c r="Y207" t="s">
-        <v>89</v>
+        <v>86</v>
+      </c>
+      <c r="Z207" t="s">
+        <v>371</v>
+      </c>
+      <c r="AA207" t="s">
+        <v>372</v>
+      </c>
+      <c r="AB207" t="s">
+        <v>85</v>
+      </c>
+      <c r="AC207" t="s">
+        <v>85</v>
+      </c>
+      <c r="AD207" t="s">
+        <v>86</v>
       </c>
     </row>
     <row r="208" spans="1:30">
       <c r="A208" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="B208" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="C208" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="D208" t="s">
         <v>79</v>
       </c>
       <c r="E208" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F208" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I208" t="s">
         <v>83</v>
       </c>
       <c r="J208" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K208" t="s">
         <v>85</v>
       </c>
       <c r="L208" t="s">
         <v>236</v>
       </c>
       <c r="M208" t="s">
         <v>85</v>
       </c>
       <c r="O208" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="209" spans="1:30">
       <c r="A209" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="B209" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="C209" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D209" t="s">
         <v>79</v>
       </c>
       <c r="E209" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F209" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I209" t="s">
         <v>83</v>
       </c>
       <c r="J209" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K209" t="s">
         <v>85</v>
       </c>
       <c r="L209" t="s">
         <v>85</v>
       </c>
       <c r="M209" t="s">
         <v>85</v>
       </c>
       <c r="O209" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="210" spans="1:30">
       <c r="A210" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="B210" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="C210" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D210" t="s">
         <v>79</v>
       </c>
       <c r="E210" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F210" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I210" t="s">
         <v>83</v>
       </c>
       <c r="J210" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K210" t="s">
         <v>85</v>
       </c>
       <c r="L210" t="s">
         <v>85</v>
       </c>
       <c r="M210" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O210" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="211" spans="1:30">
       <c r="A211" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="B211" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="C211" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="D211" t="s">
         <v>79</v>
       </c>
       <c r="E211" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F211" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I211" t="s">
         <v>83</v>
       </c>
       <c r="J211" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K211" t="s">
         <v>85</v>
       </c>
       <c r="L211" t="s">
         <v>85</v>
       </c>
       <c r="M211" t="s">
         <v>85</v>
       </c>
       <c r="O211" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="212" spans="1:30">
       <c r="A212" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="B212" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="C212" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="D212" t="s">
         <v>79</v>
       </c>
       <c r="E212" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F212" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I212" t="s">
         <v>83</v>
       </c>
       <c r="J212" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K212" t="s">
         <v>85</v>
       </c>
       <c r="L212" t="s">
         <v>270</v>
       </c>
       <c r="M212" t="s">
         <v>85</v>
       </c>
       <c r="O212" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="213" spans="1:30">
       <c r="A213" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="B213" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
       <c r="C213" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
       <c r="D213" t="s">
         <v>79</v>
       </c>
       <c r="E213" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F213" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I213" t="s">
         <v>83</v>
       </c>
       <c r="J213" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K213" t="s">
         <v>85</v>
       </c>
       <c r="L213" t="s">
         <v>85</v>
       </c>
       <c r="M213" t="s">
         <v>85</v>
       </c>
       <c r="O213" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="214" spans="1:30">
       <c r="A214" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="B214" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="C214" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="D214" t="s">
         <v>79</v>
       </c>
       <c r="E214" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F214" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I214" t="s">
         <v>83</v>
       </c>
       <c r="J214" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K214" t="s">
         <v>85</v>
       </c>
       <c r="L214" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="M214" t="s">
         <v>85</v>
       </c>
       <c r="O214" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P214" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="Q214" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="R214" t="s">
         <v>85</v>
       </c>
       <c r="S214" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="T214" t="s">
         <v>85</v>
       </c>
       <c r="U214" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="V214" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="W214" t="s">
         <v>85</v>
       </c>
       <c r="X214" t="s">
         <v>85</v>
       </c>
       <c r="Y214" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="215" spans="1:30">
       <c r="A215" t="s">
+        <v>754</v>
+      </c>
+      <c r="B215" t="s">
+        <v>755</v>
+      </c>
+      <c r="C215" t="s">
+        <v>756</v>
+      </c>
+      <c r="D215" t="s">
+        <v>79</v>
+      </c>
+      <c r="E215" t="s">
         <v>757</v>
       </c>
-      <c r="B215" t="s">
+      <c r="F215" t="s">
         <v>758</v>
       </c>
-      <c r="C215" t="s">
+      <c r="H215" t="s">
         <v>759</v>
       </c>
-      <c r="D215" t="s">
-[...2 lines deleted...]
-      <c r="E215" t="s">
+      <c r="I215" t="s">
+        <v>83</v>
+      </c>
+      <c r="J215" t="s">
         <v>760</v>
       </c>
-      <c r="F215" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K215" t="s">
         <v>85</v>
       </c>
       <c r="L215" t="s">
         <v>85</v>
       </c>
       <c r="M215" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O215" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="216" spans="1:30">
       <c r="A216" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="B216" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
       <c r="C216" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="D216" t="s">
         <v>79</v>
       </c>
       <c r="E216" t="s">
+        <v>757</v>
+      </c>
+      <c r="F216" t="s">
+        <v>758</v>
+      </c>
+      <c r="H216" t="s">
+        <v>759</v>
+      </c>
+      <c r="I216" t="s">
+        <v>83</v>
+      </c>
+      <c r="J216" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>763</v>
       </c>
       <c r="K216" t="s">
         <v>85</v>
       </c>
       <c r="L216" t="s">
         <v>85</v>
       </c>
       <c r="M216" t="s">
         <v>85</v>
       </c>
       <c r="O216" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="217" spans="1:30">
       <c r="A217" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="B217" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="C217" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="D217" t="s">
         <v>79</v>
       </c>
       <c r="E217" t="s">
+        <v>757</v>
+      </c>
+      <c r="F217" t="s">
+        <v>758</v>
+      </c>
+      <c r="H217" t="s">
+        <v>759</v>
+      </c>
+      <c r="I217" t="s">
+        <v>83</v>
+      </c>
+      <c r="J217" t="s">
         <v>760</v>
       </c>
-      <c r="F217" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K217" t="s">
         <v>85</v>
       </c>
       <c r="L217" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M217" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O217" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="218" spans="1:30">
       <c r="A218" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="B218" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="C218" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="D218" t="s">
         <v>79</v>
       </c>
       <c r="E218" t="s">
+        <v>757</v>
+      </c>
+      <c r="F218" t="s">
+        <v>758</v>
+      </c>
+      <c r="H218" t="s">
+        <v>759</v>
+      </c>
+      <c r="I218" t="s">
+        <v>83</v>
+      </c>
+      <c r="J218" t="s">
         <v>760</v>
       </c>
-      <c r="F218" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K218" t="s">
         <v>85</v>
       </c>
       <c r="L218" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M218" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O218" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="219" spans="1:30">
       <c r="A219" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="B219" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="C219" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="D219" t="s">
         <v>79</v>
       </c>
       <c r="E219" t="s">
+        <v>757</v>
+      </c>
+      <c r="F219" t="s">
+        <v>758</v>
+      </c>
+      <c r="H219" t="s">
+        <v>759</v>
+      </c>
+      <c r="I219" t="s">
+        <v>83</v>
+      </c>
+      <c r="J219" t="s">
         <v>760</v>
       </c>
-      <c r="F219" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K219" t="s">
         <v>85</v>
       </c>
       <c r="L219" t="s">
         <v>85</v>
       </c>
       <c r="M219" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O219" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="220" spans="1:30">
       <c r="A220" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="B220" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="C220" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="D220" t="s">
         <v>79</v>
       </c>
       <c r="E220" t="s">
+        <v>757</v>
+      </c>
+      <c r="F220" t="s">
+        <v>758</v>
+      </c>
+      <c r="H220" t="s">
+        <v>759</v>
+      </c>
+      <c r="I220" t="s">
+        <v>83</v>
+      </c>
+      <c r="J220" t="s">
         <v>760</v>
       </c>
-      <c r="F220" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K220" t="s">
         <v>85</v>
       </c>
       <c r="L220" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M220" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O220" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="221" spans="1:30">
       <c r="A221" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="B221" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="C221" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="D221" t="s">
         <v>79</v>
       </c>
       <c r="E221" t="s">
+        <v>757</v>
+      </c>
+      <c r="F221" t="s">
+        <v>758</v>
+      </c>
+      <c r="H221" t="s">
+        <v>759</v>
+      </c>
+      <c r="I221" t="s">
+        <v>83</v>
+      </c>
+      <c r="J221" t="s">
         <v>760</v>
       </c>
-      <c r="F221" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K221" t="s">
         <v>85</v>
       </c>
       <c r="L221" t="s">
         <v>85</v>
       </c>
       <c r="M221" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O221" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="222" spans="1:30">
       <c r="A222" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="B222" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="C222" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="D222" t="s">
         <v>79</v>
       </c>
       <c r="E222" t="s">
+        <v>757</v>
+      </c>
+      <c r="F222" t="s">
+        <v>758</v>
+      </c>
+      <c r="H222" t="s">
+        <v>759</v>
+      </c>
+      <c r="I222" t="s">
+        <v>83</v>
+      </c>
+      <c r="J222" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>763</v>
       </c>
       <c r="K222" t="s">
         <v>85</v>
       </c>
       <c r="L222" t="s">
         <v>85</v>
       </c>
       <c r="M222" t="s">
         <v>85</v>
       </c>
       <c r="O222" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="223" spans="1:30">
       <c r="A223" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="B223" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="C223" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="D223" t="s">
         <v>79</v>
       </c>
       <c r="E223" t="s">
+        <v>757</v>
+      </c>
+      <c r="F223" t="s">
+        <v>758</v>
+      </c>
+      <c r="H223" t="s">
+        <v>759</v>
+      </c>
+      <c r="I223" t="s">
+        <v>83</v>
+      </c>
+      <c r="J223" t="s">
         <v>760</v>
       </c>
-      <c r="F223" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K223" t="s">
         <v>85</v>
       </c>
       <c r="L223" t="s">
         <v>85</v>
       </c>
       <c r="M223" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O223" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="224" spans="1:30">
       <c r="A224" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
       <c r="B224" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="C224" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="D224" t="s">
         <v>79</v>
       </c>
       <c r="E224" t="s">
+        <v>757</v>
+      </c>
+      <c r="F224" t="s">
+        <v>758</v>
+      </c>
+      <c r="H224" t="s">
+        <v>759</v>
+      </c>
+      <c r="I224" t="s">
+        <v>83</v>
+      </c>
+      <c r="J224" t="s">
         <v>760</v>
       </c>
-      <c r="F224" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K224" t="s">
         <v>85</v>
       </c>
       <c r="L224" t="s">
         <v>85</v>
       </c>
       <c r="M224" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O224" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="225" spans="1:30">
       <c r="A225" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
       <c r="B225" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="C225" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="D225" t="s">
         <v>79</v>
       </c>
       <c r="E225" t="s">
+        <v>757</v>
+      </c>
+      <c r="F225" t="s">
+        <v>758</v>
+      </c>
+      <c r="H225" t="s">
+        <v>759</v>
+      </c>
+      <c r="I225" t="s">
+        <v>83</v>
+      </c>
+      <c r="J225" t="s">
         <v>760</v>
       </c>
-      <c r="F225" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K225" t="s">
         <v>85</v>
       </c>
       <c r="L225" t="s">
         <v>85</v>
       </c>
       <c r="M225" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O225" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="226" spans="1:30">
       <c r="A226" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="B226" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="C226" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="D226" t="s">
         <v>79</v>
       </c>
       <c r="E226" t="s">
+        <v>757</v>
+      </c>
+      <c r="F226" t="s">
+        <v>758</v>
+      </c>
+      <c r="H226" t="s">
+        <v>759</v>
+      </c>
+      <c r="I226" t="s">
+        <v>83</v>
+      </c>
+      <c r="J226" t="s">
         <v>760</v>
       </c>
-      <c r="F226" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K226" t="s">
         <v>85</v>
       </c>
       <c r="L226" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M226" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O226" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="227" spans="1:30">
       <c r="A227" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="B227" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="C227" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="D227" t="s">
         <v>79</v>
       </c>
       <c r="E227" t="s">
+        <v>757</v>
+      </c>
+      <c r="F227" t="s">
+        <v>758</v>
+      </c>
+      <c r="H227" t="s">
+        <v>759</v>
+      </c>
+      <c r="I227" t="s">
+        <v>83</v>
+      </c>
+      <c r="J227" t="s">
         <v>760</v>
       </c>
-      <c r="F227" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K227" t="s">
         <v>85</v>
       </c>
       <c r="L227" t="s">
         <v>85</v>
       </c>
       <c r="M227" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O227" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="228" spans="1:30">
       <c r="A228" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="B228" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="C228" t="s">
-        <v>802</v>
+        <v>799</v>
       </c>
       <c r="D228" t="s">
         <v>79</v>
       </c>
       <c r="E228" t="s">
+        <v>757</v>
+      </c>
+      <c r="F228" t="s">
+        <v>758</v>
+      </c>
+      <c r="H228" t="s">
+        <v>759</v>
+      </c>
+      <c r="I228" t="s">
+        <v>83</v>
+      </c>
+      <c r="J228" t="s">
         <v>760</v>
       </c>
-      <c r="F228" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K228" t="s">
         <v>85</v>
       </c>
       <c r="L228" t="s">
         <v>85</v>
       </c>
       <c r="M228" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O228" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="229" spans="1:30">
       <c r="A229" t="s">
+        <v>800</v>
+      </c>
+      <c r="B229" t="s">
+        <v>801</v>
+      </c>
+      <c r="C229" t="s">
+        <v>802</v>
+      </c>
+      <c r="D229" t="s">
+        <v>79</v>
+      </c>
+      <c r="E229" t="s">
         <v>803</v>
       </c>
-      <c r="B229" t="s">
+      <c r="F229" t="s">
         <v>804</v>
       </c>
-      <c r="C229" t="s">
+      <c r="H229" t="s">
         <v>805</v>
       </c>
-      <c r="D229" t="s">
-[...2 lines deleted...]
-      <c r="E229" t="s">
+      <c r="I229" t="s">
+        <v>83</v>
+      </c>
+      <c r="J229" t="s">
         <v>806</v>
-      </c>
-[...10 lines deleted...]
-        <v>809</v>
       </c>
       <c r="K229" t="s">
         <v>85</v>
       </c>
       <c r="L229" t="s">
         <v>85</v>
       </c>
       <c r="M229" t="s">
         <v>85</v>
       </c>
       <c r="O229" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="230" spans="1:30">
       <c r="A230" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="B230" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="C230" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="D230" t="s">
         <v>79</v>
       </c>
       <c r="E230" t="s">
+        <v>757</v>
+      </c>
+      <c r="F230" t="s">
+        <v>758</v>
+      </c>
+      <c r="H230" t="s">
+        <v>759</v>
+      </c>
+      <c r="I230" t="s">
+        <v>83</v>
+      </c>
+      <c r="J230" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>763</v>
       </c>
       <c r="K230" t="s">
         <v>85</v>
       </c>
       <c r="L230" t="s">
         <v>236</v>
       </c>
       <c r="M230" t="s">
         <v>85</v>
       </c>
       <c r="O230" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="231" spans="1:30">
       <c r="A231" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
       <c r="B231" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="C231" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="D231" t="s">
         <v>79</v>
       </c>
       <c r="E231" t="s">
+        <v>757</v>
+      </c>
+      <c r="F231" t="s">
+        <v>758</v>
+      </c>
+      <c r="H231" t="s">
+        <v>759</v>
+      </c>
+      <c r="I231" t="s">
+        <v>83</v>
+      </c>
+      <c r="J231" t="s">
         <v>760</v>
       </c>
-      <c r="F231" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K231" t="s">
         <v>85</v>
       </c>
       <c r="L231" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="M231" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O231" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="232" spans="1:30">
       <c r="A232" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="B232" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="C232" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="D232" t="s">
         <v>79</v>
       </c>
       <c r="E232" t="s">
+        <v>757</v>
+      </c>
+      <c r="F232" t="s">
+        <v>758</v>
+      </c>
+      <c r="H232" t="s">
+        <v>759</v>
+      </c>
+      <c r="I232" t="s">
+        <v>83</v>
+      </c>
+      <c r="J232" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>763</v>
       </c>
       <c r="K232" t="s">
         <v>85</v>
       </c>
       <c r="L232" t="s">
         <v>85</v>
       </c>
       <c r="M232" t="s">
         <v>85</v>
       </c>
       <c r="O232" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="233" spans="1:30">
       <c r="A233" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="B233" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="C233" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
       <c r="D233" t="s">
         <v>79</v>
       </c>
       <c r="E233" t="s">
+        <v>757</v>
+      </c>
+      <c r="F233" t="s">
+        <v>758</v>
+      </c>
+      <c r="H233" t="s">
+        <v>759</v>
+      </c>
+      <c r="I233" t="s">
+        <v>83</v>
+      </c>
+      <c r="J233" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>763</v>
       </c>
       <c r="K233" t="s">
         <v>85</v>
       </c>
       <c r="L233" t="s">
         <v>85</v>
       </c>
       <c r="M233" t="s">
         <v>85</v>
       </c>
       <c r="O233" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="234" spans="1:30">
       <c r="A234" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="B234" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="C234" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
       <c r="D234" t="s">
         <v>79</v>
       </c>
       <c r="E234" t="s">
+        <v>757</v>
+      </c>
+      <c r="F234" t="s">
+        <v>758</v>
+      </c>
+      <c r="H234" t="s">
+        <v>759</v>
+      </c>
+      <c r="I234" t="s">
+        <v>83</v>
+      </c>
+      <c r="J234" t="s">
         <v>760</v>
       </c>
-      <c r="F234" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K234" t="s">
         <v>85</v>
       </c>
       <c r="L234" t="s">
         <v>85</v>
       </c>
       <c r="M234" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O234" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="235" spans="1:30">
       <c r="A235" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="B235" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="C235" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="D235" t="s">
         <v>79</v>
       </c>
       <c r="E235" t="s">
+        <v>757</v>
+      </c>
+      <c r="F235" t="s">
+        <v>758</v>
+      </c>
+      <c r="H235" t="s">
+        <v>759</v>
+      </c>
+      <c r="I235" t="s">
+        <v>83</v>
+      </c>
+      <c r="J235" t="s">
         <v>760</v>
       </c>
-      <c r="F235" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K235" t="s">
         <v>85</v>
       </c>
       <c r="L235" t="s">
         <v>85</v>
       </c>
       <c r="M235" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O235" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="236" spans="1:30">
       <c r="A236" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="B236" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="C236" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="D236" t="s">
         <v>79</v>
       </c>
       <c r="E236" t="s">
+        <v>757</v>
+      </c>
+      <c r="F236" t="s">
+        <v>758</v>
+      </c>
+      <c r="H236" t="s">
+        <v>759</v>
+      </c>
+      <c r="I236" t="s">
+        <v>83</v>
+      </c>
+      <c r="J236" t="s">
         <v>760</v>
       </c>
-      <c r="F236" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K236" t="s">
         <v>85</v>
       </c>
       <c r="L236" t="s">
         <v>85</v>
       </c>
       <c r="M236" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O236" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="237" spans="1:30">
       <c r="A237" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="B237" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="C237" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="D237" t="s">
         <v>79</v>
       </c>
       <c r="E237" t="s">
+        <v>757</v>
+      </c>
+      <c r="F237" t="s">
+        <v>758</v>
+      </c>
+      <c r="H237" t="s">
+        <v>759</v>
+      </c>
+      <c r="I237" t="s">
+        <v>83</v>
+      </c>
+      <c r="J237" t="s">
         <v>760</v>
       </c>
-      <c r="F237" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K237" t="s">
         <v>85</v>
       </c>
       <c r="L237" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M237" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O237" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="238" spans="1:30">
       <c r="A238" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="B238" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="C238" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="D238" t="s">
         <v>79</v>
       </c>
       <c r="E238" t="s">
+        <v>757</v>
+      </c>
+      <c r="F238" t="s">
+        <v>758</v>
+      </c>
+      <c r="H238" t="s">
+        <v>759</v>
+      </c>
+      <c r="I238" t="s">
+        <v>83</v>
+      </c>
+      <c r="J238" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>763</v>
       </c>
       <c r="K238" t="s">
         <v>85</v>
       </c>
       <c r="L238" t="s">
         <v>236</v>
       </c>
       <c r="M238" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O238" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="239" spans="1:30">
       <c r="A239" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="B239" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="C239" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="D239" t="s">
         <v>79</v>
       </c>
       <c r="E239" t="s">
+        <v>757</v>
+      </c>
+      <c r="F239" t="s">
+        <v>758</v>
+      </c>
+      <c r="H239" t="s">
+        <v>759</v>
+      </c>
+      <c r="I239" t="s">
+        <v>83</v>
+      </c>
+      <c r="J239" t="s">
         <v>760</v>
       </c>
-      <c r="F239" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K239" t="s">
         <v>85</v>
       </c>
       <c r="L239" t="s">
         <v>85</v>
       </c>
       <c r="M239" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O239" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="240" spans="1:30">
       <c r="A240" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="B240" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="C240" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="D240" t="s">
         <v>79</v>
       </c>
       <c r="E240" t="s">
+        <v>757</v>
+      </c>
+      <c r="F240" t="s">
+        <v>758</v>
+      </c>
+      <c r="H240" t="s">
+        <v>759</v>
+      </c>
+      <c r="I240" t="s">
+        <v>83</v>
+      </c>
+      <c r="J240" t="s">
         <v>760</v>
       </c>
-      <c r="F240" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K240" t="s">
         <v>85</v>
       </c>
       <c r="L240" t="s">
         <v>85</v>
       </c>
       <c r="M240" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O240" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="241" spans="1:30">
       <c r="A241" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="B241" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="C241" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="D241" t="s">
         <v>79</v>
       </c>
       <c r="E241" t="s">
+        <v>757</v>
+      </c>
+      <c r="F241" t="s">
+        <v>758</v>
+      </c>
+      <c r="H241" t="s">
+        <v>759</v>
+      </c>
+      <c r="I241" t="s">
+        <v>83</v>
+      </c>
+      <c r="J241" t="s">
         <v>760</v>
       </c>
-      <c r="F241" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K241" t="s">
         <v>85</v>
       </c>
       <c r="L241" t="s">
         <v>85</v>
       </c>
       <c r="M241" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O241" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="242" spans="1:30">
       <c r="A242" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="B242" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="C242" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="D242" t="s">
         <v>79</v>
       </c>
       <c r="E242" t="s">
+        <v>757</v>
+      </c>
+      <c r="F242" t="s">
+        <v>758</v>
+      </c>
+      <c r="H242" t="s">
+        <v>759</v>
+      </c>
+      <c r="I242" t="s">
+        <v>83</v>
+      </c>
+      <c r="J242" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>763</v>
       </c>
       <c r="K242" t="s">
         <v>85</v>
       </c>
       <c r="L242" t="s">
         <v>236</v>
       </c>
       <c r="M242" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O242" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="243" spans="1:30">
       <c r="A243" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="B243" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="C243" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="D243" t="s">
         <v>79</v>
       </c>
       <c r="E243" t="s">
+        <v>757</v>
+      </c>
+      <c r="F243" t="s">
+        <v>758</v>
+      </c>
+      <c r="H243" t="s">
+        <v>759</v>
+      </c>
+      <c r="I243" t="s">
+        <v>83</v>
+      </c>
+      <c r="J243" t="s">
         <v>760</v>
       </c>
-      <c r="F243" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K243" t="s">
         <v>85</v>
       </c>
       <c r="L243" t="s">
         <v>85</v>
       </c>
       <c r="M243" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O243" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="244" spans="1:30">
       <c r="A244" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="B244" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="C244" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="D244" t="s">
         <v>79</v>
       </c>
       <c r="E244" t="s">
+        <v>757</v>
+      </c>
+      <c r="F244" t="s">
+        <v>758</v>
+      </c>
+      <c r="H244" t="s">
+        <v>759</v>
+      </c>
+      <c r="I244" t="s">
+        <v>83</v>
+      </c>
+      <c r="J244" t="s">
         <v>760</v>
       </c>
-      <c r="F244" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K244" t="s">
         <v>85</v>
       </c>
       <c r="L244" t="s">
         <v>85</v>
       </c>
       <c r="M244" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O244" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="245" spans="1:30">
       <c r="A245" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="B245" t="s">
-        <v>856</v>
+        <v>853</v>
       </c>
       <c r="C245" t="s">
-        <v>857</v>
+        <v>854</v>
       </c>
       <c r="D245" t="s">
         <v>79</v>
       </c>
       <c r="E245" t="s">
+        <v>757</v>
+      </c>
+      <c r="F245" t="s">
+        <v>758</v>
+      </c>
+      <c r="H245" t="s">
+        <v>759</v>
+      </c>
+      <c r="I245" t="s">
+        <v>83</v>
+      </c>
+      <c r="J245" t="s">
         <v>760</v>
       </c>
-      <c r="F245" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K245" t="s">
         <v>85</v>
       </c>
       <c r="L245" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="M245" t="s">
         <v>85</v>
       </c>
       <c r="O245" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="246" spans="1:30">
       <c r="A246" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
       <c r="B246" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="C246" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
       <c r="D246" t="s">
         <v>79</v>
       </c>
       <c r="E246" t="s">
+        <v>757</v>
+      </c>
+      <c r="F246" t="s">
+        <v>758</v>
+      </c>
+      <c r="H246" t="s">
+        <v>759</v>
+      </c>
+      <c r="I246" t="s">
+        <v>83</v>
+      </c>
+      <c r="J246" t="s">
         <v>760</v>
       </c>
-      <c r="F246" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K246" t="s">
         <v>85</v>
       </c>
       <c r="L246" t="s">
         <v>85</v>
       </c>
       <c r="M246" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O246" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="247" spans="1:30">
       <c r="A247" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
       <c r="B247" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="C247" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="D247" t="s">
         <v>79</v>
       </c>
       <c r="E247" t="s">
+        <v>757</v>
+      </c>
+      <c r="F247" t="s">
+        <v>758</v>
+      </c>
+      <c r="H247" t="s">
+        <v>759</v>
+      </c>
+      <c r="I247" t="s">
+        <v>83</v>
+      </c>
+      <c r="J247" t="s">
         <v>760</v>
       </c>
-      <c r="F247" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K247" t="s">
         <v>85</v>
       </c>
       <c r="L247" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M247" t="s">
         <v>85</v>
       </c>
       <c r="O247" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="248" spans="1:30">
       <c r="A248" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="B248" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="C248" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="D248" t="s">
         <v>79</v>
       </c>
       <c r="E248" t="s">
+        <v>757</v>
+      </c>
+      <c r="F248" t="s">
+        <v>758</v>
+      </c>
+      <c r="H248" t="s">
+        <v>759</v>
+      </c>
+      <c r="I248" t="s">
+        <v>83</v>
+      </c>
+      <c r="J248" t="s">
         <v>760</v>
       </c>
-      <c r="F248" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K248" t="s">
         <v>85</v>
       </c>
       <c r="L248" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M248" t="s">
         <v>85</v>
       </c>
       <c r="O248" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="249" spans="1:30">
       <c r="A249" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="B249" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="C249" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="D249" t="s">
         <v>79</v>
       </c>
       <c r="E249" t="s">
+        <v>757</v>
+      </c>
+      <c r="F249" t="s">
+        <v>758</v>
+      </c>
+      <c r="H249" t="s">
+        <v>759</v>
+      </c>
+      <c r="I249" t="s">
+        <v>83</v>
+      </c>
+      <c r="J249" t="s">
         <v>760</v>
       </c>
-      <c r="F249" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K249" t="s">
         <v>85</v>
       </c>
       <c r="L249" t="s">
         <v>85</v>
       </c>
       <c r="M249" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O249" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="250" spans="1:30">
       <c r="A250" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="B250" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="C250" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="D250" t="s">
         <v>79</v>
       </c>
       <c r="E250" t="s">
+        <v>757</v>
+      </c>
+      <c r="F250" t="s">
+        <v>758</v>
+      </c>
+      <c r="H250" t="s">
+        <v>759</v>
+      </c>
+      <c r="I250" t="s">
+        <v>83</v>
+      </c>
+      <c r="J250" t="s">
         <v>760</v>
       </c>
-      <c r="F250" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K250" t="s">
         <v>85</v>
       </c>
       <c r="L250" t="s">
         <v>85</v>
       </c>
       <c r="M250" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O250" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="251" spans="1:30">
       <c r="A251" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="B251" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="C251" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="D251" t="s">
         <v>79</v>
       </c>
       <c r="E251" t="s">
+        <v>757</v>
+      </c>
+      <c r="F251" t="s">
+        <v>758</v>
+      </c>
+      <c r="H251" t="s">
+        <v>759</v>
+      </c>
+      <c r="I251" t="s">
+        <v>83</v>
+      </c>
+      <c r="J251" t="s">
         <v>760</v>
       </c>
-      <c r="F251" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K251" t="s">
         <v>85</v>
       </c>
       <c r="L251" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M251" t="s">
         <v>85</v>
       </c>
       <c r="O251" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="252" spans="1:30">
       <c r="A252" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="B252" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="C252" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="D252" t="s">
         <v>79</v>
       </c>
       <c r="E252" t="s">
+        <v>757</v>
+      </c>
+      <c r="F252" t="s">
+        <v>758</v>
+      </c>
+      <c r="H252" t="s">
+        <v>759</v>
+      </c>
+      <c r="I252" t="s">
+        <v>83</v>
+      </c>
+      <c r="J252" t="s">
         <v>760</v>
       </c>
-      <c r="F252" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K252" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="L252" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="M252" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O252" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="253" spans="1:30">
       <c r="A253" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="B253" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="C253" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="D253" t="s">
         <v>79</v>
       </c>
       <c r="E253" t="s">
+        <v>757</v>
+      </c>
+      <c r="F253" t="s">
+        <v>758</v>
+      </c>
+      <c r="H253" t="s">
+        <v>759</v>
+      </c>
+      <c r="I253" t="s">
+        <v>83</v>
+      </c>
+      <c r="J253" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>763</v>
       </c>
       <c r="K253" t="s">
         <v>85</v>
       </c>
       <c r="L253" t="s">
         <v>85</v>
       </c>
       <c r="M253" t="s">
         <v>236</v>
       </c>
       <c r="O253" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="254" spans="1:30">
       <c r="A254" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="B254" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="C254" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="D254" t="s">
         <v>79</v>
       </c>
       <c r="E254" t="s">
+        <v>757</v>
+      </c>
+      <c r="F254" t="s">
+        <v>758</v>
+      </c>
+      <c r="H254" t="s">
+        <v>759</v>
+      </c>
+      <c r="I254" t="s">
+        <v>83</v>
+      </c>
+      <c r="J254" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>763</v>
       </c>
       <c r="K254" t="s">
         <v>85</v>
       </c>
       <c r="L254" t="s">
         <v>85</v>
       </c>
       <c r="M254" t="s">
         <v>85</v>
       </c>
       <c r="O254" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="255" spans="1:30">
       <c r="A255" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="B255" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="C255" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="D255" t="s">
         <v>79</v>
       </c>
       <c r="E255" t="s">
+        <v>757</v>
+      </c>
+      <c r="F255" t="s">
+        <v>758</v>
+      </c>
+      <c r="H255" t="s">
+        <v>759</v>
+      </c>
+      <c r="I255" t="s">
+        <v>83</v>
+      </c>
+      <c r="J255" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>763</v>
       </c>
       <c r="K255" t="s">
         <v>85</v>
       </c>
       <c r="L255" t="s">
         <v>270</v>
       </c>
       <c r="M255" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O255" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="256" spans="1:30">
       <c r="A256" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="B256" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="C256" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="D256" t="s">
         <v>79</v>
       </c>
       <c r="E256" t="s">
+        <v>757</v>
+      </c>
+      <c r="F256" t="s">
+        <v>758</v>
+      </c>
+      <c r="H256" t="s">
+        <v>759</v>
+      </c>
+      <c r="I256" t="s">
+        <v>83</v>
+      </c>
+      <c r="J256" t="s">
         <v>760</v>
       </c>
-      <c r="F256" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K256" t="s">
         <v>85</v>
       </c>
       <c r="L256" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M256" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O256" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="257" spans="1:30">
       <c r="A257" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="B257" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="C257" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="D257" t="s">
         <v>79</v>
       </c>
       <c r="E257" t="s">
+        <v>757</v>
+      </c>
+      <c r="F257" t="s">
+        <v>758</v>
+      </c>
+      <c r="H257" t="s">
+        <v>759</v>
+      </c>
+      <c r="I257" t="s">
+        <v>83</v>
+      </c>
+      <c r="J257" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>763</v>
       </c>
       <c r="K257" t="s">
         <v>85</v>
       </c>
       <c r="L257" t="s">
         <v>85</v>
       </c>
       <c r="M257" t="s">
         <v>85</v>
       </c>
       <c r="O257" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="258" spans="1:30">
       <c r="A258" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="B258" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="C258" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="D258" t="s">
         <v>79</v>
       </c>
       <c r="E258" t="s">
+        <v>757</v>
+      </c>
+      <c r="F258" t="s">
+        <v>758</v>
+      </c>
+      <c r="H258" t="s">
+        <v>759</v>
+      </c>
+      <c r="I258" t="s">
+        <v>83</v>
+      </c>
+      <c r="J258" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>763</v>
       </c>
       <c r="K258" t="s">
         <v>85</v>
       </c>
       <c r="L258" t="s">
         <v>85</v>
       </c>
       <c r="M258" t="s">
         <v>85</v>
       </c>
       <c r="O258" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="259" spans="1:30">
       <c r="A259" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="B259" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="C259" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="D259" t="s">
         <v>79</v>
       </c>
       <c r="E259" t="s">
+        <v>757</v>
+      </c>
+      <c r="F259" t="s">
+        <v>758</v>
+      </c>
+      <c r="H259" t="s">
+        <v>759</v>
+      </c>
+      <c r="I259" t="s">
+        <v>83</v>
+      </c>
+      <c r="J259" t="s">
         <v>760</v>
       </c>
-      <c r="F259" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K259" t="s">
         <v>85</v>
       </c>
       <c r="L259" t="s">
         <v>85</v>
       </c>
       <c r="M259" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O259" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="260" spans="1:30">
       <c r="A260" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="B260" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="C260" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="D260" t="s">
         <v>79</v>
       </c>
       <c r="E260" t="s">
+        <v>757</v>
+      </c>
+      <c r="F260" t="s">
+        <v>758</v>
+      </c>
+      <c r="H260" t="s">
+        <v>759</v>
+      </c>
+      <c r="I260" t="s">
+        <v>83</v>
+      </c>
+      <c r="J260" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>763</v>
       </c>
       <c r="K260" t="s">
         <v>85</v>
       </c>
       <c r="L260" t="s">
         <v>236</v>
       </c>
       <c r="M260" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O260" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="261" spans="1:30">
       <c r="A261" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="B261" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="C261" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="D261" t="s">
         <v>79</v>
       </c>
       <c r="E261" t="s">
+        <v>757</v>
+      </c>
+      <c r="F261" t="s">
+        <v>758</v>
+      </c>
+      <c r="H261" t="s">
+        <v>759</v>
+      </c>
+      <c r="I261" t="s">
+        <v>83</v>
+      </c>
+      <c r="J261" t="s">
         <v>760</v>
       </c>
-      <c r="F261" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K261" t="s">
         <v>85</v>
       </c>
       <c r="L261" t="s">
         <v>85</v>
       </c>
       <c r="M261" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O261" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="262" spans="1:30">
       <c r="A262" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="B262" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
       <c r="C262" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="D262" t="s">
         <v>79</v>
       </c>
       <c r="E262" t="s">
+        <v>757</v>
+      </c>
+      <c r="F262" t="s">
+        <v>758</v>
+      </c>
+      <c r="H262" t="s">
+        <v>759</v>
+      </c>
+      <c r="I262" t="s">
+        <v>83</v>
+      </c>
+      <c r="J262" t="s">
         <v>760</v>
       </c>
-      <c r="F262" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K262" t="s">
         <v>85</v>
       </c>
       <c r="L262" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M262" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O262" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="263" spans="1:30">
       <c r="A263" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="B263" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="C263" t="s">
-        <v>911</v>
+        <v>908</v>
       </c>
       <c r="D263" t="s">
         <v>79</v>
       </c>
       <c r="E263" t="s">
+        <v>757</v>
+      </c>
+      <c r="F263" t="s">
+        <v>758</v>
+      </c>
+      <c r="H263" t="s">
+        <v>759</v>
+      </c>
+      <c r="I263" t="s">
+        <v>83</v>
+      </c>
+      <c r="J263" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>763</v>
       </c>
       <c r="K263" t="s">
         <v>85</v>
       </c>
       <c r="L263" t="s">
         <v>85</v>
       </c>
       <c r="M263" t="s">
         <v>85</v>
       </c>
       <c r="O263" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="264" spans="1:30">
       <c r="A264" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="B264" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="C264" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
       <c r="D264" t="s">
         <v>79</v>
       </c>
       <c r="E264" t="s">
+        <v>757</v>
+      </c>
+      <c r="F264" t="s">
+        <v>758</v>
+      </c>
+      <c r="H264" t="s">
+        <v>759</v>
+      </c>
+      <c r="I264" t="s">
+        <v>83</v>
+      </c>
+      <c r="J264" t="s">
         <v>760</v>
       </c>
-      <c r="F264" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K264" t="s">
         <v>85</v>
       </c>
       <c r="L264" t="s">
         <v>85</v>
       </c>
       <c r="M264" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O264" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="265" spans="1:30">
       <c r="A265" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
       <c r="B265" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
       <c r="C265" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
       <c r="D265" t="s">
         <v>79</v>
       </c>
       <c r="E265" t="s">
+        <v>757</v>
+      </c>
+      <c r="F265" t="s">
+        <v>758</v>
+      </c>
+      <c r="H265" t="s">
+        <v>759</v>
+      </c>
+      <c r="I265" t="s">
+        <v>83</v>
+      </c>
+      <c r="J265" t="s">
         <v>760</v>
       </c>
-      <c r="F265" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K265" t="s">
         <v>85</v>
       </c>
       <c r="L265" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M265" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O265" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="266" spans="1:30">
       <c r="A266" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="B266" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="C266" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
       <c r="D266" t="s">
         <v>79</v>
       </c>
       <c r="E266" t="s">
+        <v>757</v>
+      </c>
+      <c r="F266" t="s">
+        <v>758</v>
+      </c>
+      <c r="H266" t="s">
+        <v>759</v>
+      </c>
+      <c r="I266" t="s">
+        <v>83</v>
+      </c>
+      <c r="J266" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>763</v>
       </c>
       <c r="K266" t="s">
         <v>85</v>
       </c>
       <c r="L266" t="s">
         <v>85</v>
       </c>
       <c r="M266" t="s">
         <v>85</v>
       </c>
       <c r="O266" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="267" spans="1:30">
       <c r="A267" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B267" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="C267" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
       <c r="D267" t="s">
         <v>79</v>
       </c>
       <c r="E267" t="s">
+        <v>757</v>
+      </c>
+      <c r="F267" t="s">
+        <v>758</v>
+      </c>
+      <c r="H267" t="s">
+        <v>759</v>
+      </c>
+      <c r="I267" t="s">
+        <v>83</v>
+      </c>
+      <c r="J267" t="s">
         <v>760</v>
       </c>
-      <c r="F267" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K267" t="s">
         <v>85</v>
       </c>
       <c r="L267" t="s">
         <v>85</v>
       </c>
       <c r="M267" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O267" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="268" spans="1:30">
       <c r="A268" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
       <c r="B268" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="C268" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="D268" t="s">
         <v>79</v>
       </c>
       <c r="E268" t="s">
+        <v>757</v>
+      </c>
+      <c r="F268" t="s">
+        <v>758</v>
+      </c>
+      <c r="H268" t="s">
+        <v>759</v>
+      </c>
+      <c r="I268" t="s">
+        <v>83</v>
+      </c>
+      <c r="J268" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>763</v>
       </c>
       <c r="K268" t="s">
         <v>85</v>
       </c>
       <c r="L268" t="s">
         <v>270</v>
       </c>
       <c r="M268" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O268" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="269" spans="1:30">
       <c r="A269" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="B269" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="C269" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="D269" t="s">
         <v>79</v>
       </c>
       <c r="E269" t="s">
+        <v>757</v>
+      </c>
+      <c r="F269" t="s">
+        <v>758</v>
+      </c>
+      <c r="H269" t="s">
+        <v>759</v>
+      </c>
+      <c r="I269" t="s">
+        <v>83</v>
+      </c>
+      <c r="J269" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>763</v>
       </c>
       <c r="K269" t="s">
         <v>85</v>
       </c>
       <c r="L269" t="s">
         <v>85</v>
       </c>
       <c r="M269" t="s">
         <v>85</v>
       </c>
       <c r="O269" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="270" spans="1:30">
       <c r="A270" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="B270" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="C270" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="D270" t="s">
         <v>79</v>
       </c>
       <c r="E270" t="s">
+        <v>757</v>
+      </c>
+      <c r="F270" t="s">
+        <v>758</v>
+      </c>
+      <c r="H270" t="s">
+        <v>759</v>
+      </c>
+      <c r="I270" t="s">
+        <v>83</v>
+      </c>
+      <c r="J270" t="s">
         <v>760</v>
       </c>
-      <c r="F270" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K270" t="s">
         <v>85</v>
       </c>
       <c r="L270" t="s">
         <v>85</v>
       </c>
       <c r="M270" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O270" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="271" spans="1:30">
       <c r="A271" t="s">
+        <v>930</v>
+      </c>
+      <c r="B271" t="s">
+        <v>931</v>
+      </c>
+      <c r="C271" t="s">
+        <v>932</v>
+      </c>
+      <c r="D271" t="s">
+        <v>79</v>
+      </c>
+      <c r="E271" t="s">
         <v>933</v>
       </c>
-      <c r="B271" t="s">
+      <c r="F271" t="s">
         <v>934</v>
       </c>
-      <c r="C271" t="s">
+      <c r="H271" t="s">
         <v>935</v>
       </c>
-      <c r="D271" t="s">
-[...2 lines deleted...]
-      <c r="E271" t="s">
+      <c r="I271" t="s">
+        <v>83</v>
+      </c>
+      <c r="J271" t="s">
         <v>936</v>
-      </c>
-[...10 lines deleted...]
-        <v>939</v>
       </c>
       <c r="K271" t="s">
         <v>85</v>
       </c>
       <c r="L271" t="s">
         <v>85</v>
       </c>
       <c r="M271" t="s">
         <v>85</v>
       </c>
       <c r="O271" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="272" spans="1:30">
       <c r="A272" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="B272" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="C272" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="D272" t="s">
         <v>79</v>
       </c>
       <c r="E272" t="s">
+        <v>933</v>
+      </c>
+      <c r="F272" t="s">
+        <v>934</v>
+      </c>
+      <c r="H272" t="s">
+        <v>935</v>
+      </c>
+      <c r="I272" t="s">
+        <v>83</v>
+      </c>
+      <c r="J272" t="s">
         <v>936</v>
-      </c>
-[...10 lines deleted...]
-        <v>939</v>
       </c>
       <c r="K272" t="s">
         <v>85</v>
       </c>
       <c r="L272" t="s">
         <v>270</v>
       </c>
       <c r="M272" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O272" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="273" spans="1:30">
       <c r="A273" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
       <c r="B273" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="C273" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
       <c r="D273" t="s">
         <v>79</v>
       </c>
       <c r="E273" t="s">
+        <v>757</v>
+      </c>
+      <c r="F273" t="s">
+        <v>758</v>
+      </c>
+      <c r="H273" t="s">
+        <v>759</v>
+      </c>
+      <c r="I273" t="s">
+        <v>83</v>
+      </c>
+      <c r="J273" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>763</v>
       </c>
       <c r="K273" t="s">
         <v>85</v>
       </c>
       <c r="L273" t="s">
         <v>85</v>
       </c>
       <c r="M273" t="s">
         <v>270</v>
       </c>
       <c r="O273" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="274" spans="1:30">
       <c r="A274" t="s">
+        <v>943</v>
+      </c>
+      <c r="B274" t="s">
+        <v>944</v>
+      </c>
+      <c r="C274" t="s">
+        <v>945</v>
+      </c>
+      <c r="D274" t="s">
+        <v>79</v>
+      </c>
+      <c r="E274" t="s">
         <v>946</v>
       </c>
-      <c r="B274" t="s">
+      <c r="F274" t="s">
         <v>947</v>
       </c>
-      <c r="C274" t="s">
+      <c r="H274" t="s">
         <v>948</v>
       </c>
-      <c r="D274" t="s">
-[...2 lines deleted...]
-      <c r="E274" t="s">
+      <c r="I274" t="s">
+        <v>83</v>
+      </c>
+      <c r="J274" t="s">
         <v>949</v>
       </c>
-      <c r="F274" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K274" t="s">
         <v>85</v>
       </c>
       <c r="L274" t="s">
         <v>85</v>
       </c>
       <c r="M274" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O274" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="275" spans="1:30">
       <c r="A275" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="B275" t="s">
-        <v>954</v>
+        <v>951</v>
       </c>
       <c r="C275" t="s">
-        <v>955</v>
+        <v>952</v>
       </c>
       <c r="D275" t="s">
         <v>79</v>
       </c>
       <c r="E275" t="s">
+        <v>946</v>
+      </c>
+      <c r="F275" t="s">
+        <v>947</v>
+      </c>
+      <c r="H275" t="s">
+        <v>948</v>
+      </c>
+      <c r="I275" t="s">
+        <v>83</v>
+      </c>
+      <c r="J275" t="s">
         <v>949</v>
       </c>
-      <c r="F275" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K275" t="s">
         <v>85</v>
       </c>
       <c r="L275" t="s">
         <v>85</v>
       </c>
       <c r="M275" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O275" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="276" spans="1:30">
       <c r="A276" t="s">
+        <v>953</v>
+      </c>
+      <c r="B276" t="s">
+        <v>954</v>
+      </c>
+      <c r="C276" t="s">
+        <v>955</v>
+      </c>
+      <c r="D276" t="s">
+        <v>79</v>
+      </c>
+      <c r="E276" t="s">
         <v>956</v>
       </c>
-      <c r="B276" t="s">
+      <c r="F276" t="s">
         <v>957</v>
       </c>
-      <c r="C276" t="s">
+      <c r="H276" t="s">
         <v>958</v>
       </c>
-      <c r="D276" t="s">
-[...2 lines deleted...]
-      <c r="E276" t="s">
+      <c r="I276" t="s">
+        <v>83</v>
+      </c>
+      <c r="J276" t="s">
         <v>959</v>
-      </c>
-[...10 lines deleted...]
-        <v>962</v>
       </c>
       <c r="K276" t="s">
         <v>85</v>
       </c>
       <c r="L276" t="s">
         <v>85</v>
       </c>
       <c r="M276" t="s">
         <v>85</v>
       </c>
       <c r="O276" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="277" spans="1:30">
       <c r="A277" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="B277" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="C277" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
       <c r="D277" t="s">
         <v>79</v>
       </c>
       <c r="E277" t="s">
+        <v>956</v>
+      </c>
+      <c r="F277" t="s">
+        <v>957</v>
+      </c>
+      <c r="H277" t="s">
+        <v>958</v>
+      </c>
+      <c r="I277" t="s">
+        <v>83</v>
+      </c>
+      <c r="J277" t="s">
         <v>959</v>
-      </c>
-[...10 lines deleted...]
-        <v>962</v>
       </c>
       <c r="K277" t="s">
         <v>85</v>
       </c>
       <c r="L277" t="s">
         <v>85</v>
       </c>
       <c r="M277" t="s">
         <v>85</v>
       </c>
       <c r="O277" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="278" spans="1:30">
       <c r="A278" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="B278" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="C278" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="D278" t="s">
         <v>79</v>
       </c>
       <c r="E278" t="s">
+        <v>956</v>
+      </c>
+      <c r="F278" t="s">
+        <v>957</v>
+      </c>
+      <c r="H278" t="s">
+        <v>958</v>
+      </c>
+      <c r="I278" t="s">
+        <v>83</v>
+      </c>
+      <c r="J278" t="s">
         <v>959</v>
       </c>
-      <c r="F278" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K278" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="L278" t="s">
         <v>85</v>
       </c>
       <c r="M278" t="s">
         <v>85</v>
       </c>
       <c r="O278" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="279" spans="1:30">
       <c r="A279" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="B279" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="C279" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="D279" t="s">
         <v>79</v>
       </c>
       <c r="E279" t="s">
+        <v>956</v>
+      </c>
+      <c r="F279" t="s">
+        <v>957</v>
+      </c>
+      <c r="H279" t="s">
+        <v>958</v>
+      </c>
+      <c r="I279" t="s">
+        <v>83</v>
+      </c>
+      <c r="J279" t="s">
         <v>959</v>
       </c>
-      <c r="F279" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K279" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="L279" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M279" t="s">
         <v>85</v>
       </c>
       <c r="O279" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="280" spans="1:30">
       <c r="A280" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="B280" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="C280" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="D280" t="s">
         <v>79</v>
       </c>
       <c r="E280" t="s">
+        <v>956</v>
+      </c>
+      <c r="F280" t="s">
+        <v>957</v>
+      </c>
+      <c r="H280" t="s">
+        <v>958</v>
+      </c>
+      <c r="I280" t="s">
+        <v>83</v>
+      </c>
+      <c r="J280" t="s">
         <v>959</v>
       </c>
-      <c r="F280" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K280" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="L280" t="s">
         <v>85</v>
       </c>
       <c r="M280" t="s">
         <v>85</v>
       </c>
       <c r="O280" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="281" spans="1:30">
       <c r="A281" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="B281" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
       <c r="C281" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
       <c r="D281" t="s">
         <v>79</v>
       </c>
       <c r="E281" t="s">
+        <v>956</v>
+      </c>
+      <c r="F281" t="s">
+        <v>957</v>
+      </c>
+      <c r="H281" t="s">
+        <v>958</v>
+      </c>
+      <c r="I281" t="s">
+        <v>83</v>
+      </c>
+      <c r="J281" t="s">
         <v>959</v>
-      </c>
-[...10 lines deleted...]
-        <v>962</v>
       </c>
       <c r="K281" t="s">
         <v>85</v>
       </c>
       <c r="L281" t="s">
         <v>85</v>
       </c>
       <c r="M281" t="s">
         <v>85</v>
       </c>
       <c r="O281" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="282" spans="1:30">
       <c r="A282" t="s">
+        <v>975</v>
+      </c>
+      <c r="B282" t="s">
+        <v>976</v>
+      </c>
+      <c r="C282" t="s">
+        <v>977</v>
+      </c>
+      <c r="D282" t="s">
+        <v>79</v>
+      </c>
+      <c r="E282" t="s">
         <v>978</v>
       </c>
-      <c r="B282" t="s">
+      <c r="F282" t="s">
         <v>979</v>
       </c>
-      <c r="C282" t="s">
+      <c r="H282" t="s">
         <v>980</v>
       </c>
-      <c r="D282" t="s">
-[...2 lines deleted...]
-      <c r="E282" t="s">
+      <c r="I282" t="s">
+        <v>83</v>
+      </c>
+      <c r="J282" t="s">
         <v>981</v>
-      </c>
-[...10 lines deleted...]
-        <v>984</v>
       </c>
       <c r="K282" t="s">
         <v>85</v>
       </c>
       <c r="L282" t="s">
         <v>236</v>
       </c>
       <c r="M282" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O282" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="283" spans="1:30">
       <c r="A283" t="s">
-        <v>985</v>
+        <v>982</v>
       </c>
       <c r="B283" t="s">
-        <v>986</v>
+        <v>983</v>
       </c>
       <c r="C283" t="s">
-        <v>987</v>
+        <v>984</v>
       </c>
       <c r="D283" t="s">
         <v>79</v>
       </c>
       <c r="E283" t="s">
+        <v>978</v>
+      </c>
+      <c r="F283" t="s">
+        <v>979</v>
+      </c>
+      <c r="H283" t="s">
+        <v>980</v>
+      </c>
+      <c r="I283" t="s">
+        <v>83</v>
+      </c>
+      <c r="J283" t="s">
         <v>981</v>
       </c>
-      <c r="F283" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K283" t="s">
         <v>85</v>
       </c>
       <c r="L283" t="s">
         <v>85</v>
       </c>
       <c r="M283" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O283" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="284" spans="1:30">
       <c r="A284" t="s">
-        <v>988</v>
+        <v>985</v>
       </c>
       <c r="B284" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="C284" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="D284" t="s">
         <v>79</v>
       </c>
       <c r="E284" t="s">
+        <v>978</v>
+      </c>
+      <c r="F284" t="s">
+        <v>979</v>
+      </c>
+      <c r="H284" t="s">
+        <v>980</v>
+      </c>
+      <c r="I284" t="s">
+        <v>83</v>
+      </c>
+      <c r="J284" t="s">
         <v>981</v>
       </c>
-      <c r="F284" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K284" t="s">
         <v>85</v>
       </c>
       <c r="L284" t="s">
         <v>85</v>
       </c>
       <c r="M284" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O284" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="285" spans="1:30">
       <c r="A285" t="s">
-        <v>991</v>
+        <v>988</v>
       </c>
       <c r="B285" t="s">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="C285" t="s">
-        <v>993</v>
+        <v>990</v>
       </c>
       <c r="D285" t="s">
         <v>79</v>
       </c>
       <c r="E285" t="s">
+        <v>978</v>
+      </c>
+      <c r="F285" t="s">
+        <v>979</v>
+      </c>
+      <c r="H285" t="s">
+        <v>980</v>
+      </c>
+      <c r="I285" t="s">
+        <v>83</v>
+      </c>
+      <c r="J285" t="s">
         <v>981</v>
       </c>
-      <c r="F285" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K285" t="s">
         <v>85</v>
       </c>
       <c r="L285" t="s">
         <v>85</v>
       </c>
       <c r="M285" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O285" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="286" spans="1:30">
       <c r="A286" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="B286" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
       <c r="C286" t="s">
-        <v>996</v>
+        <v>993</v>
       </c>
       <c r="D286" t="s">
         <v>79</v>
       </c>
       <c r="E286" t="s">
+        <v>978</v>
+      </c>
+      <c r="F286" t="s">
+        <v>979</v>
+      </c>
+      <c r="H286" t="s">
+        <v>980</v>
+      </c>
+      <c r="I286" t="s">
+        <v>83</v>
+      </c>
+      <c r="J286" t="s">
         <v>981</v>
       </c>
-      <c r="F286" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K286" t="s">
         <v>85</v>
       </c>
       <c r="L286" t="s">
         <v>85</v>
       </c>
       <c r="M286" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O286" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="287" spans="1:30">
       <c r="A287" t="s">
-        <v>997</v>
+        <v>994</v>
       </c>
       <c r="B287" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="C287" t="s">
-        <v>999</v>
+        <v>996</v>
       </c>
       <c r="D287" t="s">
         <v>79</v>
       </c>
       <c r="E287" t="s">
+        <v>978</v>
+      </c>
+      <c r="F287" t="s">
+        <v>979</v>
+      </c>
+      <c r="H287" t="s">
+        <v>980</v>
+      </c>
+      <c r="I287" t="s">
+        <v>83</v>
+      </c>
+      <c r="J287" t="s">
         <v>981</v>
       </c>
-      <c r="F287" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K287" t="s">
         <v>85</v>
       </c>
       <c r="L287" t="s">
         <v>85</v>
       </c>
       <c r="M287" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O287" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="288" spans="1:30">
       <c r="A288" t="s">
-        <v>1000</v>
+        <v>997</v>
       </c>
       <c r="B288" t="s">
-        <v>1001</v>
+        <v>998</v>
       </c>
       <c r="C288" t="s">
-        <v>1002</v>
+        <v>999</v>
       </c>
       <c r="D288" t="s">
         <v>79</v>
       </c>
       <c r="E288" t="s">
+        <v>978</v>
+      </c>
+      <c r="F288" t="s">
+        <v>979</v>
+      </c>
+      <c r="H288" t="s">
+        <v>980</v>
+      </c>
+      <c r="I288" t="s">
+        <v>83</v>
+      </c>
+      <c r="J288" t="s">
         <v>981</v>
       </c>
-      <c r="F288" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K288" t="s">
         <v>85</v>
       </c>
       <c r="L288" t="s">
         <v>85</v>
       </c>
       <c r="M288" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O288" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="289" spans="1:30">
       <c r="A289" t="s">
-        <v>1003</v>
+        <v>1000</v>
       </c>
       <c r="B289" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
       <c r="C289" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
       <c r="D289" t="s">
         <v>79</v>
       </c>
       <c r="E289" t="s">
+        <v>978</v>
+      </c>
+      <c r="F289" t="s">
+        <v>979</v>
+      </c>
+      <c r="H289" t="s">
+        <v>980</v>
+      </c>
+      <c r="I289" t="s">
+        <v>83</v>
+      </c>
+      <c r="J289" t="s">
         <v>981</v>
-      </c>
-[...10 lines deleted...]
-        <v>984</v>
       </c>
       <c r="K289" t="s">
         <v>85</v>
       </c>
       <c r="L289" t="s">
         <v>85</v>
       </c>
       <c r="M289" t="s">
         <v>85</v>
       </c>
       <c r="O289" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="290" spans="1:30">
       <c r="A290" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="B290" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="C290" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="D290" t="s">
         <v>79</v>
       </c>
       <c r="E290" t="s">
+        <v>978</v>
+      </c>
+      <c r="F290" t="s">
+        <v>979</v>
+      </c>
+      <c r="H290" t="s">
+        <v>980</v>
+      </c>
+      <c r="I290" t="s">
+        <v>83</v>
+      </c>
+      <c r="J290" t="s">
         <v>981</v>
       </c>
-      <c r="F290" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K290" t="s">
         <v>85</v>
       </c>
       <c r="L290" t="s">
         <v>85</v>
       </c>
       <c r="M290" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O290" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="291" spans="1:30">
       <c r="A291" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="B291" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="C291" t="s">
-        <v>1011</v>
+        <v>1008</v>
       </c>
       <c r="D291" t="s">
         <v>79</v>
       </c>
       <c r="E291" t="s">
+        <v>978</v>
+      </c>
+      <c r="F291" t="s">
+        <v>979</v>
+      </c>
+      <c r="H291" t="s">
+        <v>980</v>
+      </c>
+      <c r="I291" t="s">
+        <v>83</v>
+      </c>
+      <c r="J291" t="s">
         <v>981</v>
       </c>
-      <c r="F291" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K291" t="s">
         <v>85</v>
       </c>
       <c r="L291" t="s">
         <v>85</v>
       </c>
       <c r="M291" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O291" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="292" spans="1:30">
       <c r="A292" t="s">
-        <v>1012</v>
+        <v>1009</v>
       </c>
       <c r="B292" t="s">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c r="C292" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
       <c r="D292" t="s">
         <v>79</v>
       </c>
       <c r="E292" t="s">
+        <v>978</v>
+      </c>
+      <c r="F292" t="s">
+        <v>979</v>
+      </c>
+      <c r="H292" t="s">
+        <v>980</v>
+      </c>
+      <c r="I292" t="s">
+        <v>83</v>
+      </c>
+      <c r="J292" t="s">
         <v>981</v>
-      </c>
-[...10 lines deleted...]
-        <v>984</v>
       </c>
       <c r="K292" t="s">
         <v>85</v>
       </c>
       <c r="L292" t="s">
         <v>85</v>
       </c>
       <c r="M292" t="s">
         <v>85</v>
       </c>
       <c r="O292" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="293" spans="1:30">
       <c r="A293" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
       <c r="B293" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="C293" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="D293" t="s">
         <v>79</v>
       </c>
       <c r="E293" t="s">
+        <v>978</v>
+      </c>
+      <c r="F293" t="s">
+        <v>979</v>
+      </c>
+      <c r="H293" t="s">
+        <v>980</v>
+      </c>
+      <c r="I293" t="s">
+        <v>83</v>
+      </c>
+      <c r="J293" t="s">
         <v>981</v>
       </c>
-      <c r="F293" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K293" t="s">
         <v>85</v>
       </c>
       <c r="L293" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M293" t="s">
         <v>85</v>
       </c>
       <c r="O293" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="294" spans="1:30">
       <c r="A294" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B294" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C294" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D294" t="s">
+        <v>79</v>
+      </c>
+      <c r="E294" t="s">
         <v>1018</v>
       </c>
-      <c r="B294" t="s">
+      <c r="F294" t="s">
         <v>1019</v>
       </c>
-      <c r="C294" t="s">
+      <c r="H294" t="s">
         <v>1020</v>
       </c>
-      <c r="D294" t="s">
-[...2 lines deleted...]
-      <c r="E294" t="s">
+      <c r="I294" t="s">
         <v>1021</v>
       </c>
-      <c r="F294" t="s">
+      <c r="J294" t="s">
         <v>1022</v>
       </c>
-      <c r="H294" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K294" t="s">
         <v>85</v>
       </c>
       <c r="L294" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M294" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O294" t="s">
-        <v>365</v>
-[...29 lines deleted...]
-        <v>96</v>
+        <v>79</v>
       </c>
     </row>
     <row r="295" spans="1:30">
       <c r="A295" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="B295" t="s">
-        <v>1027</v>
+        <v>1024</v>
       </c>
       <c r="C295" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="D295" t="s">
         <v>79</v>
       </c>
       <c r="E295" t="s">
+        <v>1018</v>
+      </c>
+      <c r="F295" t="s">
+        <v>1019</v>
+      </c>
+      <c r="H295" t="s">
+        <v>1020</v>
+      </c>
+      <c r="I295" t="s">
         <v>1021</v>
       </c>
-      <c r="F295" t="s">
+      <c r="J295" t="s">
         <v>1022</v>
-      </c>
-[...7 lines deleted...]
-        <v>1025</v>
       </c>
       <c r="K295" t="s">
         <v>85</v>
       </c>
       <c r="L295" t="s">
         <v>85</v>
       </c>
       <c r="M295" t="s">
         <v>85</v>
       </c>
       <c r="O295" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="296" spans="1:30">
       <c r="A296" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B296" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C296" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D296" t="s">
+        <v>79</v>
+      </c>
+      <c r="E296" t="s">
         <v>1029</v>
       </c>
-      <c r="B296" t="s">
+      <c r="F296" t="s">
         <v>1030</v>
       </c>
-      <c r="C296" t="s">
+      <c r="H296" t="s">
         <v>1031</v>
       </c>
-      <c r="D296" t="s">
-[...2 lines deleted...]
-      <c r="E296" t="s">
+      <c r="I296" t="s">
+        <v>83</v>
+      </c>
+      <c r="J296" t="s">
         <v>1032</v>
       </c>
-      <c r="F296" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K296" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L296" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M296" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O296" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="297" spans="1:30">
       <c r="A297" t="s">
-        <v>1036</v>
+        <v>1033</v>
       </c>
       <c r="B297" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="C297" t="s">
-        <v>1038</v>
+        <v>1035</v>
       </c>
       <c r="D297" t="s">
         <v>79</v>
       </c>
       <c r="E297" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F297" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H297" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I297" t="s">
+        <v>83</v>
+      </c>
+      <c r="J297" t="s">
         <v>1032</v>
       </c>
-      <c r="F297" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K297" t="s">
         <v>85</v>
       </c>
       <c r="L297" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M297" t="s">
         <v>85</v>
       </c>
       <c r="O297" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="298" spans="1:30">
       <c r="A298" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="B298" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="C298" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="D298" t="s">
         <v>79</v>
       </c>
       <c r="E298" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F298" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H298" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I298" t="s">
+        <v>83</v>
+      </c>
+      <c r="J298" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K298" t="s">
         <v>85</v>
       </c>
       <c r="L298" t="s">
         <v>85</v>
       </c>
       <c r="M298" t="s">
         <v>85</v>
       </c>
       <c r="O298" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="299" spans="1:30">
       <c r="A299" t="s">
-        <v>1042</v>
+        <v>1039</v>
       </c>
       <c r="B299" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="C299" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="D299" t="s">
         <v>79</v>
       </c>
       <c r="E299" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F299" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H299" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I299" t="s">
+        <v>83</v>
+      </c>
+      <c r="J299" t="s">
         <v>1032</v>
       </c>
-      <c r="F299" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K299" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L299" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M299" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O299" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="300" spans="1:30">
       <c r="A300" t="s">
-        <v>1045</v>
+        <v>1042</v>
       </c>
       <c r="B300" t="s">
-        <v>1046</v>
+        <v>1043</v>
       </c>
       <c r="C300" t="s">
-        <v>1047</v>
+        <v>1044</v>
       </c>
       <c r="D300" t="s">
         <v>79</v>
       </c>
       <c r="E300" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F300" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H300" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I300" t="s">
+        <v>83</v>
+      </c>
+      <c r="J300" t="s">
         <v>1032</v>
       </c>
-      <c r="F300" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K300" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L300" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M300" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O300" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="301" spans="1:30">
       <c r="A301" t="s">
-        <v>1048</v>
+        <v>1045</v>
       </c>
       <c r="B301" t="s">
-        <v>1049</v>
+        <v>1046</v>
       </c>
       <c r="C301" t="s">
-        <v>1050</v>
+        <v>1047</v>
       </c>
       <c r="D301" t="s">
         <v>79</v>
       </c>
       <c r="E301" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F301" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H301" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I301" t="s">
+        <v>83</v>
+      </c>
+      <c r="J301" t="s">
         <v>1032</v>
       </c>
-      <c r="F301" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K301" t="s">
         <v>85</v>
       </c>
       <c r="L301" t="s">
         <v>85</v>
       </c>
       <c r="M301" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O301" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="302" spans="1:30">
       <c r="A302" t="s">
-        <v>1051</v>
+        <v>1048</v>
       </c>
       <c r="B302" t="s">
-        <v>1052</v>
+        <v>1049</v>
       </c>
       <c r="C302" t="s">
-        <v>1053</v>
+        <v>1050</v>
       </c>
       <c r="D302" t="s">
         <v>79</v>
       </c>
       <c r="E302" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F302" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H302" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I302" t="s">
+        <v>83</v>
+      </c>
+      <c r="J302" t="s">
         <v>1032</v>
       </c>
-      <c r="F302" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K302" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L302" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M302" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O302" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="303" spans="1:30">
       <c r="A303" t="s">
-        <v>1054</v>
+        <v>1051</v>
       </c>
       <c r="B303" t="s">
-        <v>1055</v>
+        <v>1052</v>
       </c>
       <c r="C303" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="D303" t="s">
         <v>79</v>
       </c>
       <c r="E303" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F303" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H303" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I303" t="s">
+        <v>83</v>
+      </c>
+      <c r="J303" t="s">
         <v>1032</v>
       </c>
-      <c r="F303" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K303" t="s">
         <v>85</v>
       </c>
       <c r="L303" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M303" t="s">
         <v>85</v>
       </c>
       <c r="O303" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="304" spans="1:30">
       <c r="A304" t="s">
-        <v>1057</v>
+        <v>1054</v>
       </c>
       <c r="B304" t="s">
-        <v>1058</v>
+        <v>1055</v>
       </c>
       <c r="C304" t="s">
-        <v>1059</v>
+        <v>1056</v>
       </c>
       <c r="D304" t="s">
         <v>79</v>
       </c>
       <c r="E304" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F304" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H304" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I304" t="s">
+        <v>83</v>
+      </c>
+      <c r="J304" t="s">
         <v>1032</v>
       </c>
-      <c r="F304" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K304" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L304" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M304" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O304" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="305" spans="1:30">
       <c r="A305" t="s">
-        <v>1060</v>
+        <v>1057</v>
       </c>
       <c r="B305" t="s">
-        <v>1061</v>
+        <v>1058</v>
       </c>
       <c r="C305" t="s">
-        <v>1062</v>
+        <v>1059</v>
       </c>
       <c r="D305" t="s">
         <v>79</v>
       </c>
       <c r="E305" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F305" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H305" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I305" t="s">
+        <v>83</v>
+      </c>
+      <c r="J305" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K305" t="s">
         <v>85</v>
       </c>
       <c r="L305" t="s">
         <v>85</v>
       </c>
       <c r="M305" t="s">
         <v>85</v>
       </c>
       <c r="O305" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="306" spans="1:30">
       <c r="A306" t="s">
-        <v>1063</v>
+        <v>1060</v>
       </c>
       <c r="B306" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="C306" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="D306" t="s">
         <v>79</v>
       </c>
       <c r="E306" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F306" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H306" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I306" t="s">
+        <v>83</v>
+      </c>
+      <c r="J306" t="s">
         <v>1032</v>
       </c>
-      <c r="F306" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K306" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L306" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M306" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O306" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="307" spans="1:30">
       <c r="A307" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="B307" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="C307" t="s">
-        <v>1068</v>
+        <v>1065</v>
       </c>
       <c r="D307" t="s">
         <v>79</v>
       </c>
       <c r="E307" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F307" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H307" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I307" t="s">
+        <v>83</v>
+      </c>
+      <c r="J307" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K307" t="s">
         <v>85</v>
       </c>
       <c r="L307" t="s">
         <v>85</v>
       </c>
       <c r="M307" t="s">
         <v>85</v>
       </c>
       <c r="O307" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="308" spans="1:30">
       <c r="A308" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="B308" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="C308" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="D308" t="s">
         <v>79</v>
       </c>
       <c r="E308" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F308" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H308" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I308" t="s">
+        <v>83</v>
+      </c>
+      <c r="J308" t="s">
         <v>1032</v>
       </c>
-      <c r="F308" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K308" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L308" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M308" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O308" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="309" spans="1:30">
       <c r="A309" t="s">
-        <v>1072</v>
+        <v>1069</v>
       </c>
       <c r="B309" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
       <c r="C309" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
       <c r="D309" t="s">
         <v>79</v>
       </c>
       <c r="E309" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F309" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H309" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I309" t="s">
+        <v>83</v>
+      </c>
+      <c r="J309" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K309" t="s">
         <v>85</v>
       </c>
       <c r="L309" t="s">
         <v>85</v>
       </c>
       <c r="M309" t="s">
         <v>85</v>
       </c>
       <c r="O309" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="310" spans="1:30">
       <c r="A310" t="s">
-        <v>1075</v>
+        <v>1072</v>
       </c>
       <c r="B310" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="C310" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
       <c r="D310" t="s">
         <v>79</v>
       </c>
       <c r="E310" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F310" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H310" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I310" t="s">
+        <v>83</v>
+      </c>
+      <c r="J310" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K310" t="s">
         <v>85</v>
       </c>
       <c r="L310" t="s">
         <v>270</v>
       </c>
       <c r="M310" t="s">
         <v>85</v>
       </c>
       <c r="O310" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="311" spans="1:30">
       <c r="A311" t="s">
-        <v>1078</v>
+        <v>1075</v>
       </c>
       <c r="B311" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="C311" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="D311" t="s">
         <v>79</v>
       </c>
       <c r="E311" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F311" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H311" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I311" t="s">
+        <v>83</v>
+      </c>
+      <c r="J311" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K311" t="s">
         <v>85</v>
       </c>
       <c r="L311" t="s">
         <v>85</v>
       </c>
       <c r="M311" t="s">
         <v>270</v>
       </c>
       <c r="O311" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="312" spans="1:30">
       <c r="A312" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
       <c r="B312" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="C312" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
       <c r="D312" t="s">
         <v>79</v>
       </c>
       <c r="E312" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F312" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H312" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I312" t="s">
+        <v>83</v>
+      </c>
+      <c r="J312" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K312" t="s">
         <v>85</v>
       </c>
       <c r="L312" t="s">
         <v>270</v>
       </c>
       <c r="M312" t="s">
         <v>85</v>
       </c>
       <c r="O312" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="313" spans="1:30">
       <c r="A313" t="s">
-        <v>1084</v>
+        <v>1081</v>
       </c>
       <c r="B313" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="C313" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
       <c r="D313" t="s">
         <v>79</v>
       </c>
       <c r="E313" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F313" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H313" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I313" t="s">
+        <v>83</v>
+      </c>
+      <c r="J313" t="s">
         <v>1032</v>
       </c>
-      <c r="F313" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K313" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L313" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M313" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O313" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="314" spans="1:30">
       <c r="A314" t="s">
-        <v>1087</v>
+        <v>1084</v>
       </c>
       <c r="B314" t="s">
-        <v>1088</v>
+        <v>1085</v>
       </c>
       <c r="C314" t="s">
-        <v>1089</v>
+        <v>1086</v>
       </c>
       <c r="D314" t="s">
         <v>79</v>
       </c>
       <c r="E314" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F314" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H314" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I314" t="s">
+        <v>83</v>
+      </c>
+      <c r="J314" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K314" t="s">
         <v>85</v>
       </c>
       <c r="L314" t="s">
         <v>85</v>
       </c>
       <c r="M314" t="s">
         <v>85</v>
       </c>
       <c r="O314" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="315" spans="1:30">
       <c r="A315" t="s">
-        <v>1090</v>
+        <v>1087</v>
       </c>
       <c r="B315" t="s">
-        <v>1091</v>
+        <v>1088</v>
       </c>
       <c r="C315" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="D315" t="s">
         <v>79</v>
       </c>
       <c r="E315" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F315" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H315" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I315" t="s">
+        <v>83</v>
+      </c>
+      <c r="J315" t="s">
         <v>1032</v>
       </c>
-      <c r="F315" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K315" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L315" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M315" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O315" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="316" spans="1:30">
       <c r="A316" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
       <c r="B316" t="s">
-        <v>1094</v>
+        <v>1091</v>
       </c>
       <c r="C316" t="s">
-        <v>1095</v>
+        <v>1092</v>
       </c>
       <c r="D316" t="s">
         <v>79</v>
       </c>
       <c r="E316" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F316" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H316" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I316" t="s">
+        <v>83</v>
+      </c>
+      <c r="J316" t="s">
         <v>1032</v>
       </c>
-      <c r="F316" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K316" t="s">
         <v>85</v>
       </c>
       <c r="L316" t="s">
         <v>85</v>
       </c>
       <c r="M316" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O316" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="317" spans="1:30">
       <c r="A317" t="s">
-        <v>1096</v>
+        <v>1093</v>
       </c>
       <c r="B317" t="s">
-        <v>1097</v>
+        <v>1094</v>
       </c>
       <c r="C317" t="s">
-        <v>1098</v>
+        <v>1095</v>
       </c>
       <c r="D317" t="s">
         <v>79</v>
       </c>
       <c r="E317" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F317" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H317" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I317" t="s">
+        <v>83</v>
+      </c>
+      <c r="J317" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K317" t="s">
         <v>85</v>
       </c>
       <c r="L317" t="s">
         <v>270</v>
       </c>
       <c r="M317" t="s">
         <v>85</v>
       </c>
       <c r="O317" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="318" spans="1:30">
       <c r="A318" t="s">
-        <v>1099</v>
+        <v>1096</v>
       </c>
       <c r="B318" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="C318" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="D318" t="s">
         <v>79</v>
       </c>
       <c r="E318" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F318" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H318" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I318" t="s">
+        <v>83</v>
+      </c>
+      <c r="J318" t="s">
         <v>1032</v>
       </c>
-      <c r="F318" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K318" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L318" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M318" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O318" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="319" spans="1:30">
       <c r="A319" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="B319" t="s">
-        <v>1103</v>
+        <v>1100</v>
       </c>
       <c r="C319" t="s">
-        <v>1104</v>
+        <v>1101</v>
       </c>
       <c r="D319" t="s">
         <v>79</v>
       </c>
       <c r="E319" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F319" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H319" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I319" t="s">
+        <v>83</v>
+      </c>
+      <c r="J319" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K319" t="s">
         <v>85</v>
       </c>
       <c r="L319" t="s">
         <v>85</v>
       </c>
       <c r="M319" t="s">
         <v>85</v>
       </c>
       <c r="O319" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="320" spans="1:30">
       <c r="A320" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="B320" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
       <c r="C320" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="D320" t="s">
         <v>79</v>
       </c>
       <c r="E320" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F320" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H320" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I320" t="s">
+        <v>83</v>
+      </c>
+      <c r="J320" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K320" t="s">
         <v>85</v>
       </c>
       <c r="L320" t="s">
         <v>85</v>
       </c>
       <c r="M320" t="s">
         <v>85</v>
       </c>
       <c r="O320" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="321" spans="1:30">
       <c r="A321" t="s">
-        <v>1108</v>
+        <v>1105</v>
       </c>
       <c r="B321" t="s">
-        <v>1109</v>
+        <v>1106</v>
       </c>
       <c r="C321" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="D321" t="s">
         <v>79</v>
       </c>
       <c r="E321" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F321" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H321" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I321" t="s">
+        <v>83</v>
+      </c>
+      <c r="J321" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K321" t="s">
         <v>85</v>
       </c>
       <c r="L321" t="s">
         <v>85</v>
       </c>
       <c r="M321" t="s">
         <v>270</v>
       </c>
       <c r="O321" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="322" spans="1:30">
       <c r="A322" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
       <c r="B322" t="s">
-        <v>1112</v>
+        <v>1109</v>
       </c>
       <c r="C322" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="D322" t="s">
         <v>79</v>
       </c>
       <c r="E322" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F322" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H322" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I322" t="s">
+        <v>83</v>
+      </c>
+      <c r="J322" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K322" t="s">
         <v>85</v>
       </c>
       <c r="L322" t="s">
         <v>85</v>
       </c>
       <c r="M322" t="s">
         <v>85</v>
       </c>
       <c r="O322" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="323" spans="1:30">
       <c r="A323" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
       <c r="B323" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="C323" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="D323" t="s">
         <v>79</v>
       </c>
       <c r="E323" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F323" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H323" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I323" t="s">
+        <v>83</v>
+      </c>
+      <c r="J323" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K323" t="s">
         <v>85</v>
       </c>
       <c r="L323" t="s">
         <v>236</v>
       </c>
       <c r="M323" t="s">
         <v>85</v>
       </c>
       <c r="O323" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="324" spans="1:30">
       <c r="A324" t="s">
-        <v>1117</v>
+        <v>1114</v>
       </c>
       <c r="B324" t="s">
-        <v>1118</v>
+        <v>1115</v>
       </c>
       <c r="C324" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="D324" t="s">
         <v>79</v>
       </c>
       <c r="E324" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F324" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H324" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I324" t="s">
+        <v>83</v>
+      </c>
+      <c r="J324" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K324" t="s">
         <v>85</v>
       </c>
       <c r="L324" t="s">
         <v>85</v>
       </c>
       <c r="M324" t="s">
         <v>85</v>
       </c>
       <c r="O324" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="325" spans="1:30">
       <c r="A325" t="s">
-        <v>1120</v>
+        <v>1117</v>
       </c>
       <c r="B325" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="C325" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D325" t="s">
         <v>79</v>
       </c>
       <c r="E325" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F325" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I325" t="s">
+        <v>83</v>
+      </c>
+      <c r="J325" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K325" t="s">
         <v>85</v>
       </c>
       <c r="L325" t="s">
         <v>85</v>
       </c>
       <c r="M325" t="s">
         <v>85</v>
       </c>
       <c r="O325" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="326" spans="1:30">
       <c r="A326" t="s">
-        <v>1123</v>
+        <v>1120</v>
       </c>
       <c r="B326" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="C326" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="D326" t="s">
         <v>79</v>
       </c>
       <c r="E326" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F326" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I326" t="s">
+        <v>83</v>
+      </c>
+      <c r="J326" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K326" t="s">
         <v>85</v>
       </c>
       <c r="L326" t="s">
         <v>85</v>
       </c>
       <c r="M326" t="s">
         <v>85</v>
       </c>
       <c r="O326" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="327" spans="1:30">
       <c r="A327" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
       <c r="B327" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="C327" t="s">
-        <v>1128</v>
+        <v>1125</v>
       </c>
       <c r="D327" t="s">
         <v>79</v>
       </c>
       <c r="E327" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F327" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H327" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I327" t="s">
+        <v>83</v>
+      </c>
+      <c r="J327" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K327" t="s">
         <v>85</v>
       </c>
       <c r="L327" t="s">
         <v>85</v>
       </c>
       <c r="M327" t="s">
         <v>85</v>
       </c>
       <c r="O327" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="328" spans="1:30">
       <c r="A328" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
       <c r="B328" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="C328" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="D328" t="s">
         <v>79</v>
       </c>
       <c r="E328" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F328" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H328" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I328" t="s">
+        <v>83</v>
+      </c>
+      <c r="J328" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K328" t="s">
         <v>85</v>
       </c>
       <c r="L328" t="s">
         <v>85</v>
       </c>
       <c r="M328" t="s">
         <v>85</v>
       </c>
       <c r="O328" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="329" spans="1:30">
       <c r="A329" t="s">
-        <v>1132</v>
+        <v>1129</v>
       </c>
       <c r="B329" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
       <c r="C329" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="D329" t="s">
         <v>79</v>
       </c>
       <c r="E329" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F329" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H329" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I329" t="s">
+        <v>83</v>
+      </c>
+      <c r="J329" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K329" t="s">
         <v>85</v>
       </c>
       <c r="L329" t="s">
         <v>85</v>
       </c>
       <c r="M329" t="s">
         <v>85</v>
       </c>
       <c r="O329" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="330" spans="1:30">
       <c r="A330" t="s">
-        <v>1135</v>
+        <v>1132</v>
       </c>
       <c r="B330" t="s">
-        <v>1136</v>
+        <v>1133</v>
       </c>
       <c r="C330" t="s">
-        <v>1137</v>
+        <v>1134</v>
       </c>
       <c r="D330" t="s">
         <v>79</v>
       </c>
       <c r="E330" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F330" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H330" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I330" t="s">
+        <v>83</v>
+      </c>
+      <c r="J330" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K330" t="s">
         <v>85</v>
       </c>
       <c r="L330" t="s">
         <v>85</v>
       </c>
       <c r="M330" t="s">
         <v>85</v>
       </c>
       <c r="O330" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="331" spans="1:30">
       <c r="A331" t="s">
-        <v>1138</v>
+        <v>1135</v>
       </c>
       <c r="B331" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
       <c r="C331" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="D331" t="s">
         <v>79</v>
       </c>
       <c r="E331" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F331" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H331" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I331" t="s">
+        <v>83</v>
+      </c>
+      <c r="J331" t="s">
         <v>1032</v>
       </c>
-      <c r="F331" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K331" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L331" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M331" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O331" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="332" spans="1:30">
       <c r="A332" t="s">
-        <v>1141</v>
+        <v>1138</v>
       </c>
       <c r="B332" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
       <c r="C332" t="s">
-        <v>1143</v>
+        <v>1140</v>
       </c>
       <c r="D332" t="s">
         <v>79</v>
       </c>
       <c r="E332" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F332" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H332" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I332" t="s">
+        <v>83</v>
+      </c>
+      <c r="J332" t="s">
         <v>1032</v>
       </c>
-      <c r="F332" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K332" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L332" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M332" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O332" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="333" spans="1:30">
       <c r="A333" t="s">
-        <v>1144</v>
+        <v>1141</v>
       </c>
       <c r="B333" t="s">
-        <v>1145</v>
+        <v>1142</v>
       </c>
       <c r="C333" t="s">
-        <v>1146</v>
+        <v>1143</v>
       </c>
       <c r="D333" t="s">
         <v>79</v>
       </c>
       <c r="E333" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F333" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H333" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I333" t="s">
+        <v>83</v>
+      </c>
+      <c r="J333" t="s">
         <v>1032</v>
       </c>
-      <c r="F333" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K333" t="s">
         <v>85</v>
       </c>
       <c r="L333" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M333" t="s">
         <v>85</v>
       </c>
       <c r="O333" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="334" spans="1:30">
       <c r="A334" t="s">
-        <v>1147</v>
+        <v>1144</v>
       </c>
       <c r="B334" t="s">
-        <v>1148</v>
+        <v>1145</v>
       </c>
       <c r="C334" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="D334" t="s">
         <v>79</v>
       </c>
       <c r="E334" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F334" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H334" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I334" t="s">
+        <v>83</v>
+      </c>
+      <c r="J334" t="s">
         <v>1032</v>
       </c>
-      <c r="F334" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K334" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L334" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M334" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O334" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="335" spans="1:30">
       <c r="A335" t="s">
-        <v>1150</v>
+        <v>1147</v>
       </c>
       <c r="B335" t="s">
-        <v>1151</v>
+        <v>1148</v>
       </c>
       <c r="C335" t="s">
-        <v>1152</v>
+        <v>1149</v>
       </c>
       <c r="D335" t="s">
         <v>79</v>
       </c>
       <c r="E335" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F335" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H335" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I335" t="s">
+        <v>83</v>
+      </c>
+      <c r="J335" t="s">
         <v>1032</v>
       </c>
-      <c r="F335" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K335" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L335" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M335" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O335" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="336" spans="1:30">
       <c r="A336" t="s">
-        <v>1153</v>
+        <v>1150</v>
       </c>
       <c r="B336" t="s">
-        <v>1154</v>
+        <v>1151</v>
       </c>
       <c r="C336" t="s">
-        <v>1155</v>
+        <v>1152</v>
       </c>
       <c r="D336" t="s">
         <v>79</v>
       </c>
       <c r="E336" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F336" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H336" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I336" t="s">
+        <v>83</v>
+      </c>
+      <c r="J336" t="s">
         <v>1032</v>
       </c>
-      <c r="F336" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K336" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L336" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M336" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O336" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="337" spans="1:30">
       <c r="A337" t="s">
-        <v>1156</v>
+        <v>1153</v>
       </c>
       <c r="B337" t="s">
-        <v>1157</v>
+        <v>1154</v>
       </c>
       <c r="C337" t="s">
-        <v>1158</v>
+        <v>1155</v>
       </c>
       <c r="D337" t="s">
         <v>79</v>
       </c>
       <c r="E337" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F337" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H337" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I337" t="s">
+        <v>83</v>
+      </c>
+      <c r="J337" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K337" t="s">
         <v>85</v>
       </c>
       <c r="L337" t="s">
         <v>236</v>
       </c>
       <c r="M337" t="s">
         <v>85</v>
       </c>
       <c r="O337" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="338" spans="1:30">
       <c r="A338" t="s">
-        <v>1159</v>
+        <v>1156</v>
       </c>
       <c r="B338" t="s">
-        <v>1160</v>
+        <v>1157</v>
       </c>
       <c r="C338" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="D338" t="s">
         <v>79</v>
       </c>
       <c r="E338" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F338" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H338" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I338" t="s">
+        <v>83</v>
+      </c>
+      <c r="J338" t="s">
         <v>1032</v>
       </c>
-      <c r="F338" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K338" t="s">
         <v>85</v>
       </c>
       <c r="L338" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M338" t="s">
         <v>85</v>
       </c>
       <c r="O338" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="339" spans="1:30">
       <c r="A339" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
       <c r="B339" t="s">
-        <v>1163</v>
+        <v>1160</v>
       </c>
       <c r="C339" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="D339" t="s">
         <v>79</v>
       </c>
       <c r="E339" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F339" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H339" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I339" t="s">
+        <v>83</v>
+      </c>
+      <c r="J339" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K339" t="s">
         <v>85</v>
       </c>
       <c r="L339" t="s">
         <v>236</v>
       </c>
       <c r="M339" t="s">
         <v>85</v>
       </c>
       <c r="O339" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="340" spans="1:30">
       <c r="A340" t="s">
-        <v>1165</v>
+        <v>1162</v>
       </c>
       <c r="B340" t="s">
-        <v>1166</v>
+        <v>1163</v>
       </c>
       <c r="C340" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="D340" t="s">
         <v>79</v>
       </c>
       <c r="E340" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F340" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H340" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I340" t="s">
+        <v>83</v>
+      </c>
+      <c r="J340" t="s">
         <v>1032</v>
       </c>
-      <c r="F340" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K340" t="s">
         <v>85</v>
       </c>
       <c r="L340" t="s">
         <v>85</v>
       </c>
       <c r="M340" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O340" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="341" spans="1:30">
       <c r="A341" t="s">
-        <v>1168</v>
+        <v>1165</v>
       </c>
       <c r="B341" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="C341" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
       <c r="D341" t="s">
         <v>79</v>
       </c>
       <c r="E341" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F341" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H341" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I341" t="s">
+        <v>83</v>
+      </c>
+      <c r="J341" t="s">
         <v>1032</v>
       </c>
-      <c r="F341" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K341" t="s">
         <v>85</v>
       </c>
       <c r="L341" t="s">
         <v>85</v>
       </c>
       <c r="M341" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O341" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="342" spans="1:30">
       <c r="A342" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="B342" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="C342" t="s">
-        <v>1173</v>
+        <v>1170</v>
       </c>
       <c r="D342" t="s">
         <v>79</v>
       </c>
       <c r="E342" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F342" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H342" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I342" t="s">
+        <v>83</v>
+      </c>
+      <c r="J342" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K342" t="s">
         <v>85</v>
       </c>
       <c r="L342" t="s">
         <v>270</v>
       </c>
       <c r="M342" t="s">
         <v>85</v>
       </c>
       <c r="O342" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="343" spans="1:30">
       <c r="A343" t="s">
-        <v>1174</v>
+        <v>1171</v>
       </c>
       <c r="B343" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="C343" t="s">
-        <v>1176</v>
+        <v>1173</v>
       </c>
       <c r="D343" t="s">
         <v>79</v>
       </c>
       <c r="E343" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F343" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I343" t="s">
+        <v>83</v>
+      </c>
+      <c r="J343" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K343" t="s">
         <v>85</v>
       </c>
       <c r="L343" t="s">
         <v>85</v>
       </c>
       <c r="M343" t="s">
         <v>85</v>
       </c>
       <c r="O343" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="344" spans="1:30">
       <c r="A344" t="s">
-        <v>1177</v>
+        <v>1174</v>
       </c>
       <c r="B344" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="C344" t="s">
-        <v>1179</v>
+        <v>1176</v>
       </c>
       <c r="D344" t="s">
         <v>79</v>
       </c>
       <c r="E344" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F344" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I344" t="s">
+        <v>83</v>
+      </c>
+      <c r="J344" t="s">
         <v>1032</v>
       </c>
-      <c r="F344" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K344" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L344" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M344" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O344" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="345" spans="1:30">
       <c r="A345" t="s">
-        <v>1180</v>
+        <v>1177</v>
       </c>
       <c r="B345" t="s">
-        <v>1181</v>
+        <v>1178</v>
       </c>
       <c r="C345" t="s">
-        <v>1182</v>
+        <v>1179</v>
       </c>
       <c r="D345" t="s">
         <v>79</v>
       </c>
       <c r="E345" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F345" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I345" t="s">
+        <v>83</v>
+      </c>
+      <c r="J345" t="s">
         <v>1032</v>
       </c>
-      <c r="F345" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K345" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L345" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M345" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O345" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="346" spans="1:30">
       <c r="A346" t="s">
-        <v>1183</v>
+        <v>1180</v>
       </c>
       <c r="B346" t="s">
-        <v>1184</v>
+        <v>1181</v>
       </c>
       <c r="C346" t="s">
-        <v>1185</v>
+        <v>1182</v>
       </c>
       <c r="D346" t="s">
         <v>79</v>
       </c>
       <c r="E346" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F346" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H346" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I346" t="s">
+        <v>83</v>
+      </c>
+      <c r="J346" t="s">
         <v>1032</v>
       </c>
-      <c r="F346" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K346" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L346" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M346" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O346" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="347" spans="1:30">
       <c r="A347" t="s">
-        <v>1186</v>
+        <v>1183</v>
       </c>
       <c r="B347" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="C347" t="s">
-        <v>1188</v>
+        <v>1185</v>
       </c>
       <c r="D347" t="s">
         <v>79</v>
       </c>
       <c r="E347" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F347" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H347" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I347" t="s">
+        <v>83</v>
+      </c>
+      <c r="J347" t="s">
         <v>1032</v>
       </c>
-      <c r="F347" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K347" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L347" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M347" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O347" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="348" spans="1:30">
       <c r="A348" t="s">
-        <v>1189</v>
+        <v>1186</v>
       </c>
       <c r="B348" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="C348" t="s">
-        <v>1191</v>
+        <v>1188</v>
       </c>
       <c r="D348" t="s">
         <v>79</v>
       </c>
       <c r="E348" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F348" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H348" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I348" t="s">
+        <v>83</v>
+      </c>
+      <c r="J348" t="s">
         <v>1032</v>
       </c>
-      <c r="F348" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K348" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L348" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M348" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O348" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="349" spans="1:30">
       <c r="A349" t="s">
-        <v>1192</v>
+        <v>1189</v>
       </c>
       <c r="B349" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="C349" t="s">
-        <v>1194</v>
+        <v>1191</v>
       </c>
       <c r="D349" t="s">
         <v>79</v>
       </c>
       <c r="E349" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F349" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I349" t="s">
+        <v>83</v>
+      </c>
+      <c r="J349" t="s">
         <v>1032</v>
       </c>
-      <c r="F349" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K349" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L349" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M349" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O349" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="350" spans="1:30">
       <c r="A350" t="s">
-        <v>1195</v>
+        <v>1192</v>
       </c>
       <c r="B350" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="C350" t="s">
-        <v>1197</v>
+        <v>1194</v>
       </c>
       <c r="D350" t="s">
         <v>79</v>
       </c>
       <c r="E350" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F350" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I350" t="s">
+        <v>83</v>
+      </c>
+      <c r="J350" t="s">
         <v>1032</v>
       </c>
-      <c r="F350" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K350" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L350" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M350" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O350" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="351" spans="1:30">
       <c r="A351" t="s">
-        <v>1198</v>
+        <v>1195</v>
       </c>
       <c r="B351" t="s">
-        <v>1199</v>
+        <v>1196</v>
       </c>
       <c r="C351" t="s">
-        <v>1200</v>
+        <v>1197</v>
       </c>
       <c r="D351" t="s">
         <v>79</v>
       </c>
       <c r="E351" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F351" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H351" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I351" t="s">
+        <v>83</v>
+      </c>
+      <c r="J351" t="s">
         <v>1032</v>
       </c>
-      <c r="F351" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K351" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L351" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M351" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O351" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="352" spans="1:30">
       <c r="A352" t="s">
-        <v>1201</v>
+        <v>1198</v>
       </c>
       <c r="B352" t="s">
-        <v>1202</v>
+        <v>1199</v>
       </c>
       <c r="C352" t="s">
-        <v>1203</v>
+        <v>1200</v>
       </c>
       <c r="D352" t="s">
         <v>79</v>
       </c>
       <c r="E352" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F352" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H352" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I352" t="s">
+        <v>83</v>
+      </c>
+      <c r="J352" t="s">
         <v>1032</v>
       </c>
-      <c r="F352" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K352" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L352" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M352" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O352" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="353" spans="1:30">
       <c r="A353" t="s">
-        <v>1204</v>
+        <v>1201</v>
       </c>
       <c r="B353" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="C353" t="s">
-        <v>1206</v>
+        <v>1203</v>
       </c>
       <c r="D353" t="s">
         <v>79</v>
       </c>
       <c r="E353" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F353" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H353" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I353" t="s">
+        <v>83</v>
+      </c>
+      <c r="J353" t="s">
         <v>1032</v>
       </c>
-      <c r="F353" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K353" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L353" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M353" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O353" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="354" spans="1:30">
       <c r="A354" t="s">
-        <v>1207</v>
+        <v>1204</v>
       </c>
       <c r="B354" t="s">
-        <v>1208</v>
+        <v>1205</v>
       </c>
       <c r="C354" t="s">
-        <v>1209</v>
+        <v>1206</v>
       </c>
       <c r="D354" t="s">
         <v>79</v>
       </c>
       <c r="E354" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F354" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H354" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I354" t="s">
+        <v>83</v>
+      </c>
+      <c r="J354" t="s">
         <v>1032</v>
       </c>
-      <c r="F354" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K354" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L354" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M354" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O354" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="355" spans="1:30">
       <c r="A355" t="s">
-        <v>1210</v>
+        <v>1207</v>
       </c>
       <c r="B355" t="s">
-        <v>1211</v>
+        <v>1208</v>
       </c>
       <c r="C355" t="s">
-        <v>1212</v>
+        <v>1209</v>
       </c>
       <c r="D355" t="s">
         <v>79</v>
       </c>
       <c r="E355" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F355" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H355" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I355" t="s">
+        <v>83</v>
+      </c>
+      <c r="J355" t="s">
         <v>1032</v>
       </c>
-      <c r="F355" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K355" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L355" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M355" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O355" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="356" spans="1:30">
       <c r="A356" t="s">
-        <v>1213</v>
+        <v>1210</v>
       </c>
       <c r="B356" t="s">
-        <v>1214</v>
+        <v>1211</v>
       </c>
       <c r="C356" t="s">
-        <v>1215</v>
+        <v>1212</v>
       </c>
       <c r="D356" t="s">
         <v>79</v>
       </c>
       <c r="E356" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F356" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H356" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I356" t="s">
+        <v>83</v>
+      </c>
+      <c r="J356" t="s">
         <v>1032</v>
-      </c>
-[...10 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K356" t="s">
         <v>85</v>
       </c>
       <c r="L356" t="s">
         <v>85</v>
       </c>
       <c r="M356" t="s">
         <v>85</v>
       </c>
       <c r="O356" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="357" spans="1:30">
       <c r="A357" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B357" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D357" t="s">
+        <v>79</v>
+      </c>
+      <c r="E357" t="s">
         <v>1216</v>
       </c>
-      <c r="B357" t="s">
+      <c r="F357" t="s">
         <v>1217</v>
       </c>
-      <c r="C357" t="s">
+      <c r="H357" t="s">
         <v>1218</v>
       </c>
-      <c r="D357" t="s">
-[...2 lines deleted...]
-      <c r="E357" t="s">
+      <c r="I357" t="s">
+        <v>83</v>
+      </c>
+      <c r="J357" t="s">
         <v>1219</v>
       </c>
-      <c r="F357" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K357" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="L357" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="M357" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O357" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="358" spans="1:30">
       <c r="A358" t="s">
-        <v>1223</v>
+        <v>1220</v>
       </c>
       <c r="B358" t="s">
-        <v>1224</v>
+        <v>1221</v>
       </c>
       <c r="C358" t="s">
-        <v>1225</v>
+        <v>1222</v>
       </c>
       <c r="D358" t="s">
         <v>79</v>
       </c>
       <c r="E358" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F358" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H358" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I358" t="s">
+        <v>83</v>
+      </c>
+      <c r="J358" t="s">
         <v>1219</v>
       </c>
-      <c r="F358" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K358" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L358" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M358" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O358" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="359" spans="1:30">
       <c r="A359" t="s">
-        <v>1226</v>
+        <v>1223</v>
       </c>
       <c r="B359" t="s">
-        <v>1227</v>
+        <v>1224</v>
       </c>
       <c r="C359" t="s">
-        <v>1228</v>
+        <v>1225</v>
       </c>
       <c r="D359" t="s">
         <v>79</v>
       </c>
       <c r="E359" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F359" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H359" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I359" t="s">
+        <v>83</v>
+      </c>
+      <c r="J359" t="s">
         <v>1219</v>
       </c>
-      <c r="F359" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K359" t="s">
         <v>85</v>
       </c>
       <c r="L359" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M359" t="s">
         <v>85</v>
       </c>
       <c r="O359" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="360" spans="1:30">
       <c r="A360" t="s">
-        <v>1229</v>
+        <v>1226</v>
       </c>
       <c r="B360" t="s">
-        <v>1230</v>
+        <v>1227</v>
       </c>
       <c r="C360" t="s">
-        <v>1231</v>
+        <v>1228</v>
       </c>
       <c r="D360" t="s">
         <v>79</v>
       </c>
       <c r="E360" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F360" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H360" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I360" t="s">
+        <v>83</v>
+      </c>
+      <c r="J360" t="s">
         <v>1219</v>
       </c>
-      <c r="F360" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K360" t="s">
         <v>85</v>
       </c>
       <c r="L360" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="M360" t="s">
         <v>85</v>
       </c>
       <c r="O360" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="361" spans="1:30">
       <c r="A361" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="B361" t="s">
-        <v>1233</v>
+        <v>1230</v>
       </c>
       <c r="C361" t="s">
-        <v>1234</v>
+        <v>1231</v>
       </c>
       <c r="D361" t="s">
         <v>79</v>
       </c>
       <c r="E361" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F361" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I361" t="s">
+        <v>83</v>
+      </c>
+      <c r="J361" t="s">
         <v>1219</v>
       </c>
-      <c r="F361" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K361" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="L361" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M361" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="O361" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="362" spans="1:30">
       <c r="A362" t="s">
-        <v>1235</v>
+        <v>1232</v>
       </c>
       <c r="B362" t="s">
-        <v>1236</v>
+        <v>1233</v>
       </c>
       <c r="C362" t="s">
-        <v>1237</v>
+        <v>1234</v>
       </c>
       <c r="D362" t="s">
         <v>79</v>
       </c>
       <c r="E362" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F362" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H362" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I362" t="s">
+        <v>83</v>
+      </c>
+      <c r="J362" t="s">
         <v>1219</v>
       </c>
-      <c r="F362" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K362" t="s">
         <v>85</v>
       </c>
       <c r="L362" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M362" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O362" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="363" spans="1:30">
       <c r="A363" t="s">
-        <v>1238</v>
+        <v>1235</v>
       </c>
       <c r="B363" t="s">
-        <v>1239</v>
+        <v>1236</v>
       </c>
       <c r="C363" t="s">
-        <v>1240</v>
+        <v>1237</v>
       </c>
       <c r="D363" t="s">
         <v>79</v>
       </c>
       <c r="E363" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F363" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H363" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I363" t="s">
+        <v>83</v>
+      </c>
+      <c r="J363" t="s">
         <v>1219</v>
       </c>
-      <c r="F363" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K363" t="s">
         <v>85</v>
       </c>
       <c r="L363" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M363" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O363" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="364" spans="1:30">
       <c r="A364" t="s">
-        <v>1241</v>
+        <v>1238</v>
       </c>
       <c r="B364" t="s">
-        <v>1242</v>
+        <v>1239</v>
       </c>
       <c r="C364" t="s">
-        <v>1243</v>
+        <v>1240</v>
       </c>
       <c r="D364" t="s">
         <v>79</v>
       </c>
       <c r="E364" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F364" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H364" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I364" t="s">
+        <v>83</v>
+      </c>
+      <c r="J364" t="s">
         <v>1219</v>
       </c>
-      <c r="F364" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K364" t="s">
         <v>85</v>
       </c>
       <c r="L364" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="M364" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O364" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="365" spans="1:30">
       <c r="A365" t="s">
-        <v>1244</v>
+        <v>1241</v>
       </c>
       <c r="B365" t="s">
-        <v>1245</v>
+        <v>1242</v>
       </c>
       <c r="C365" t="s">
-        <v>1246</v>
+        <v>1243</v>
       </c>
       <c r="D365" t="s">
         <v>79</v>
       </c>
       <c r="E365" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F365" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H365" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I365" t="s">
+        <v>83</v>
+      </c>
+      <c r="J365" t="s">
         <v>1219</v>
       </c>
-      <c r="F365" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K365" t="s">
         <v>85</v>
       </c>
       <c r="L365" t="s">
         <v>85</v>
       </c>
       <c r="M365" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O365" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="366" spans="1:30">
       <c r="A366" t="s">
-        <v>1247</v>
+        <v>1244</v>
       </c>
       <c r="B366" t="s">
-        <v>1248</v>
+        <v>1245</v>
       </c>
       <c r="C366" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="D366" t="s">
         <v>79</v>
       </c>
       <c r="E366" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F366" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H366" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I366" t="s">
+        <v>83</v>
+      </c>
+      <c r="J366" t="s">
         <v>1219</v>
       </c>
-      <c r="F366" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K366" t="s">
         <v>85</v>
       </c>
       <c r="L366" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M366" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O366" t="s">
-        <v>365</v>
-[...29 lines deleted...]
-        <v>89</v>
+        <v>79</v>
       </c>
     </row>
     <row r="367" spans="1:30">
       <c r="A367" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="B367" t="s">
-        <v>1251</v>
+        <v>1248</v>
       </c>
       <c r="C367" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="D367" t="s">
         <v>79</v>
       </c>
       <c r="E367" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F367" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I367" t="s">
+        <v>83</v>
+      </c>
+      <c r="J367" t="s">
         <v>1219</v>
       </c>
-      <c r="F367" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K367" t="s">
         <v>85</v>
       </c>
       <c r="L367" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M367" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O367" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="368" spans="1:30">
       <c r="A368" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B368" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
       <c r="C368" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="D368" t="s">
         <v>79</v>
       </c>
       <c r="E368" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F368" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H368" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I368" t="s">
+        <v>83</v>
+      </c>
+      <c r="J368" t="s">
         <v>1219</v>
       </c>
-      <c r="F368" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K368" t="s">
         <v>85</v>
       </c>
       <c r="L368" t="s">
         <v>85</v>
       </c>
       <c r="M368" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O368" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="369" spans="1:30">
       <c r="A369" t="s">
-        <v>1256</v>
+        <v>1253</v>
       </c>
       <c r="B369" t="s">
-        <v>1257</v>
+        <v>1254</v>
       </c>
       <c r="C369" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D369" t="s">
         <v>79</v>
       </c>
       <c r="E369" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F369" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I369" t="s">
+        <v>83</v>
+      </c>
+      <c r="J369" t="s">
         <v>1219</v>
       </c>
-      <c r="F369" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K369" t="s">
         <v>85</v>
       </c>
       <c r="L369" t="s">
         <v>85</v>
       </c>
       <c r="M369" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O369" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="370" spans="1:30">
       <c r="A370" t="s">
-        <v>1259</v>
+        <v>1256</v>
       </c>
       <c r="B370" t="s">
-        <v>1260</v>
+        <v>1257</v>
       </c>
       <c r="C370" t="s">
-        <v>1261</v>
+        <v>1258</v>
       </c>
       <c r="D370" t="s">
         <v>79</v>
       </c>
       <c r="E370" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F370" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I370" t="s">
+        <v>83</v>
+      </c>
+      <c r="J370" t="s">
         <v>1219</v>
       </c>
-      <c r="F370" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K370" t="s">
         <v>85</v>
       </c>
       <c r="L370" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M370" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O370" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="371" spans="1:30">
       <c r="A371" t="s">
-        <v>1262</v>
+        <v>1259</v>
       </c>
       <c r="B371" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="C371" t="s">
-        <v>1264</v>
+        <v>1261</v>
       </c>
       <c r="D371" t="s">
         <v>79</v>
       </c>
       <c r="E371" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F371" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I371" t="s">
+        <v>83</v>
+      </c>
+      <c r="J371" t="s">
         <v>1219</v>
       </c>
-      <c r="F371" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K371" t="s">
         <v>85</v>
       </c>
       <c r="L371" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M371" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O371" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="372" spans="1:30">
       <c r="A372" t="s">
-        <v>1265</v>
+        <v>1262</v>
       </c>
       <c r="B372" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="C372" t="s">
-        <v>1267</v>
+        <v>1264</v>
       </c>
       <c r="D372" t="s">
         <v>79</v>
       </c>
       <c r="E372" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F372" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I372" t="s">
         <v>83</v>
       </c>
       <c r="J372" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K372" t="s">
         <v>85</v>
       </c>
       <c r="L372" t="s">
         <v>236</v>
       </c>
       <c r="M372" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O372" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="373" spans="1:30">
       <c r="A373" t="s">
-        <v>1268</v>
+        <v>1265</v>
       </c>
       <c r="B373" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="C373" t="s">
-        <v>1270</v>
+        <v>1267</v>
       </c>
       <c r="D373" t="s">
         <v>79</v>
       </c>
       <c r="E373" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F373" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H373" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I373" t="s">
+        <v>83</v>
+      </c>
+      <c r="J373" t="s">
         <v>1219</v>
       </c>
-      <c r="F373" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K373" t="s">
         <v>85</v>
       </c>
       <c r="L373" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M373" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O373" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="374" spans="1:30">
       <c r="A374" t="s">
-        <v>1271</v>
+        <v>1268</v>
       </c>
       <c r="B374" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="C374" t="s">
-        <v>1273</v>
+        <v>1270</v>
       </c>
       <c r="D374" t="s">
         <v>79</v>
       </c>
       <c r="E374" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F374" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I374" t="s">
         <v>83</v>
       </c>
       <c r="J374" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K374" t="s">
         <v>85</v>
       </c>
       <c r="L374" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M374" t="s">
         <v>85</v>
       </c>
       <c r="O374" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="375" spans="1:30">
       <c r="A375" t="s">
-        <v>1274</v>
+        <v>1271</v>
       </c>
       <c r="B375" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="C375" t="s">
-        <v>1276</v>
+        <v>1273</v>
       </c>
       <c r="D375" t="s">
         <v>79</v>
       </c>
       <c r="E375" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F375" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I375" t="s">
         <v>83</v>
       </c>
       <c r="J375" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K375" t="s">
         <v>85</v>
       </c>
       <c r="L375" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M375" t="s">
         <v>85</v>
       </c>
       <c r="O375" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="376" spans="1:30">
       <c r="A376" t="s">
-        <v>1277</v>
+        <v>1274</v>
       </c>
       <c r="B376" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
       <c r="C376" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="D376" t="s">
         <v>79</v>
       </c>
       <c r="E376" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F376" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="I376" t="s">
         <v>83</v>
       </c>
       <c r="J376" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="K376" t="s">
         <v>85</v>
       </c>
       <c r="L376" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M376" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O376" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="377" spans="1:30">
       <c r="A377" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B377" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C377" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D377" t="s">
+        <v>79</v>
+      </c>
+      <c r="E377" t="s">
         <v>1280</v>
       </c>
-      <c r="B377" t="s">
+      <c r="F377" t="s">
         <v>1281</v>
       </c>
-      <c r="C377" t="s">
+      <c r="I377" t="s">
+        <v>1021</v>
+      </c>
+      <c r="J377" t="s">
         <v>1282</v>
       </c>
-      <c r="D377" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K377" t="s">
         <v>85</v>
       </c>
       <c r="L377" t="s">
         <v>85</v>
       </c>
       <c r="M377" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O377" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="378" spans="1:30">
       <c r="A378" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B378" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C378" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D378" t="s">
+        <v>79</v>
+      </c>
+      <c r="E378" t="s">
         <v>1286</v>
       </c>
-      <c r="B378" t="s">
+      <c r="F378" t="s">
         <v>1287</v>
       </c>
-      <c r="C378" t="s">
+      <c r="H378" t="s">
         <v>1288</v>
       </c>
-      <c r="D378" t="s">
-[...2 lines deleted...]
-      <c r="E378" t="s">
+      <c r="I378" t="s">
+        <v>83</v>
+      </c>
+      <c r="J378" t="s">
         <v>1289</v>
       </c>
-      <c r="F378" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K378" t="s">
         <v>85</v>
       </c>
       <c r="L378" t="s">
         <v>85</v>
       </c>
       <c r="M378" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O378" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="379" spans="1:30">
       <c r="A379" t="s">
-        <v>1293</v>
+        <v>1290</v>
       </c>
       <c r="B379" t="s">
-        <v>1294</v>
+        <v>1291</v>
       </c>
       <c r="C379" t="s">
-        <v>1295</v>
+        <v>1292</v>
       </c>
       <c r="D379" t="s">
         <v>79</v>
       </c>
       <c r="E379" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F379" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H379" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I379" t="s">
+        <v>83</v>
+      </c>
+      <c r="J379" t="s">
         <v>1289</v>
       </c>
-      <c r="F379" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K379" t="s">
         <v>85</v>
       </c>
       <c r="L379" t="s">
         <v>85</v>
       </c>
       <c r="M379" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O379" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="380" spans="1:30">
       <c r="A380" t="s">
-        <v>1296</v>
+        <v>1293</v>
       </c>
       <c r="B380" t="s">
-        <v>1297</v>
+        <v>1294</v>
       </c>
       <c r="C380" t="s">
-        <v>1298</v>
+        <v>1295</v>
       </c>
       <c r="D380" t="s">
         <v>79</v>
       </c>
       <c r="E380" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F380" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H380" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I380" t="s">
+        <v>83</v>
+      </c>
+      <c r="J380" t="s">
         <v>1289</v>
       </c>
-      <c r="F380" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K380" t="s">
         <v>85</v>
       </c>
       <c r="L380" t="s">
         <v>85</v>
       </c>
       <c r="M380" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O380" t="s">
-        <v>365</v>
-[...29 lines deleted...]
-        <v>96</v>
+        <v>79</v>
       </c>
     </row>
     <row r="381" spans="1:30">
       <c r="A381" t="s">
-        <v>1299</v>
+        <v>1296</v>
       </c>
       <c r="B381" t="s">
-        <v>1300</v>
+        <v>1297</v>
       </c>
       <c r="C381" t="s">
-        <v>1301</v>
+        <v>1298</v>
       </c>
       <c r="D381" t="s">
         <v>79</v>
       </c>
       <c r="E381" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F381" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H381" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I381" t="s">
+        <v>83</v>
+      </c>
+      <c r="J381" t="s">
         <v>1289</v>
-      </c>
-[...10 lines deleted...]
-        <v>1292</v>
       </c>
       <c r="K381" t="s">
         <v>85</v>
       </c>
       <c r="L381" t="s">
         <v>236</v>
       </c>
       <c r="M381" t="s">
         <v>85</v>
       </c>
       <c r="O381" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="382" spans="1:30">
       <c r="A382" t="s">
-        <v>1302</v>
+        <v>1299</v>
       </c>
       <c r="B382" t="s">
-        <v>1303</v>
+        <v>1300</v>
       </c>
       <c r="C382" t="s">
-        <v>1304</v>
+        <v>1301</v>
       </c>
       <c r="D382" t="s">
         <v>79</v>
       </c>
       <c r="E382" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F382" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H382" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I382" t="s">
+        <v>83</v>
+      </c>
+      <c r="J382" t="s">
         <v>1289</v>
       </c>
-      <c r="F382" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K382" t="s">
         <v>85</v>
       </c>
       <c r="L382" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="M382" t="s">
         <v>85</v>
       </c>
       <c r="O382" t="s">
-        <v>365</v>
-[...29 lines deleted...]
-        <v>85</v>
+        <v>79</v>
       </c>
     </row>
     <row r="383" spans="1:30">
       <c r="A383" t="s">
-        <v>1305</v>
+        <v>1302</v>
       </c>
       <c r="B383" t="s">
-        <v>1306</v>
+        <v>1303</v>
       </c>
       <c r="C383" t="s">
-        <v>1307</v>
+        <v>1304</v>
       </c>
       <c r="D383" t="s">
         <v>79</v>
       </c>
       <c r="E383" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F383" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H383" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I383" t="s">
+        <v>83</v>
+      </c>
+      <c r="J383" t="s">
         <v>1289</v>
       </c>
-      <c r="F383" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K383" t="s">
         <v>85</v>
       </c>
       <c r="L383" t="s">
         <v>85</v>
       </c>
       <c r="M383" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O383" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="384" spans="1:30">
       <c r="A384" t="s">
-        <v>1308</v>
+        <v>1305</v>
       </c>
       <c r="B384" t="s">
-        <v>1309</v>
+        <v>1306</v>
       </c>
       <c r="C384" t="s">
-        <v>1310</v>
+        <v>1307</v>
       </c>
       <c r="D384" t="s">
         <v>79</v>
       </c>
       <c r="E384" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F384" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H384" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I384" t="s">
+        <v>83</v>
+      </c>
+      <c r="J384" t="s">
         <v>1289</v>
       </c>
-      <c r="F384" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K384" t="s">
         <v>85</v>
       </c>
       <c r="L384" t="s">
         <v>85</v>
       </c>
       <c r="M384" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O384" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="385" spans="1:30">
       <c r="A385" t="s">
-        <v>1311</v>
+        <v>1308</v>
       </c>
       <c r="B385" t="s">
-        <v>1312</v>
+        <v>1309</v>
       </c>
       <c r="C385" t="s">
-        <v>1313</v>
+        <v>1310</v>
       </c>
       <c r="D385" t="s">
         <v>79</v>
       </c>
       <c r="E385" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F385" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H385" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I385" t="s">
+        <v>83</v>
+      </c>
+      <c r="J385" t="s">
         <v>1289</v>
       </c>
-      <c r="F385" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K385" t="s">
         <v>85</v>
       </c>
       <c r="L385" t="s">
         <v>85</v>
       </c>
       <c r="M385" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O385" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="386" spans="1:30">
       <c r="A386" t="s">
-        <v>1314</v>
+        <v>1311</v>
       </c>
       <c r="B386" t="s">
-        <v>1315</v>
+        <v>1312</v>
       </c>
       <c r="C386" t="s">
-        <v>1316</v>
+        <v>1313</v>
       </c>
       <c r="D386" t="s">
         <v>79</v>
       </c>
       <c r="E386" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F386" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H386" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I386" t="s">
+        <v>83</v>
+      </c>
+      <c r="J386" t="s">
         <v>1289</v>
       </c>
-      <c r="F386" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K386" t="s">
         <v>85</v>
       </c>
       <c r="L386" t="s">
         <v>85</v>
       </c>
       <c r="M386" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O386" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="387" spans="1:30">
       <c r="A387" t="s">
-        <v>1317</v>
+        <v>1314</v>
       </c>
       <c r="B387" t="s">
-        <v>1318</v>
+        <v>1315</v>
       </c>
       <c r="C387" t="s">
-        <v>1319</v>
+        <v>1316</v>
       </c>
       <c r="D387" t="s">
         <v>79</v>
       </c>
       <c r="E387" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F387" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H387" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I387" t="s">
+        <v>83</v>
+      </c>
+      <c r="J387" t="s">
         <v>1289</v>
-      </c>
-[...10 lines deleted...]
-        <v>1292</v>
       </c>
       <c r="K387" t="s">
         <v>85</v>
       </c>
       <c r="L387" t="s">
         <v>236</v>
       </c>
       <c r="M387" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O387" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="388" spans="1:30">
       <c r="A388" t="s">
-        <v>1320</v>
+        <v>1317</v>
       </c>
       <c r="B388" t="s">
-        <v>1321</v>
+        <v>1318</v>
       </c>
       <c r="C388" t="s">
-        <v>1322</v>
+        <v>1319</v>
       </c>
       <c r="D388" t="s">
         <v>79</v>
       </c>
       <c r="E388" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F388" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H388" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I388" t="s">
+        <v>83</v>
+      </c>
+      <c r="J388" t="s">
         <v>1289</v>
       </c>
-      <c r="F388" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K388" t="s">
         <v>85</v>
       </c>
       <c r="L388" t="s">
         <v>85</v>
       </c>
       <c r="M388" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O388" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="389" spans="1:30">
       <c r="A389" t="s">
-        <v>1323</v>
+        <v>1320</v>
       </c>
       <c r="B389" t="s">
-        <v>1324</v>
+        <v>1321</v>
       </c>
       <c r="C389" t="s">
-        <v>1325</v>
+        <v>1322</v>
       </c>
       <c r="D389" t="s">
         <v>79</v>
       </c>
       <c r="E389" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F389" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H389" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I389" t="s">
+        <v>83</v>
+      </c>
+      <c r="J389" t="s">
         <v>1289</v>
       </c>
-      <c r="F389" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K389" t="s">
         <v>85</v>
       </c>
       <c r="L389" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M389" t="s">
         <v>85</v>
       </c>
       <c r="O389" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="390" spans="1:30">
       <c r="A390" t="s">
-        <v>1326</v>
+        <v>1323</v>
       </c>
       <c r="B390" t="s">
-        <v>1327</v>
+        <v>1324</v>
       </c>
       <c r="C390" t="s">
-        <v>1328</v>
+        <v>1325</v>
       </c>
       <c r="D390" t="s">
         <v>79</v>
       </c>
       <c r="E390" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F390" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H390" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I390" t="s">
+        <v>83</v>
+      </c>
+      <c r="J390" t="s">
         <v>1289</v>
       </c>
-      <c r="F390" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K390" t="s">
         <v>85</v>
       </c>
       <c r="L390" t="s">
         <v>85</v>
       </c>
       <c r="M390" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O390" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="391" spans="1:30">
       <c r="A391" t="s">
-        <v>1329</v>
+        <v>1326</v>
       </c>
       <c r="B391" t="s">
-        <v>1330</v>
+        <v>1327</v>
       </c>
       <c r="C391" t="s">
-        <v>1331</v>
+        <v>1328</v>
       </c>
       <c r="D391" t="s">
         <v>79</v>
       </c>
       <c r="E391" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F391" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H391" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I391" t="s">
+        <v>83</v>
+      </c>
+      <c r="J391" t="s">
         <v>1289</v>
       </c>
-      <c r="F391" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K391" t="s">
         <v>85</v>
       </c>
       <c r="L391" t="s">
         <v>85</v>
       </c>
       <c r="M391" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O391" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="392" spans="1:30">
       <c r="A392" t="s">
-        <v>1332</v>
+        <v>1329</v>
       </c>
       <c r="B392" t="s">
-        <v>1333</v>
+        <v>1330</v>
       </c>
       <c r="C392" t="s">
-        <v>1334</v>
+        <v>1331</v>
       </c>
       <c r="D392" t="s">
         <v>79</v>
       </c>
       <c r="E392" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F392" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H392" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I392" t="s">
+        <v>83</v>
+      </c>
+      <c r="J392" t="s">
         <v>1289</v>
       </c>
-      <c r="F392" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K392" t="s">
         <v>85</v>
       </c>
       <c r="L392" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M392" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O392" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="393" spans="1:30">
       <c r="A393" t="s">
-        <v>1335</v>
+        <v>1332</v>
       </c>
       <c r="B393" t="s">
-        <v>1336</v>
+        <v>1333</v>
       </c>
       <c r="C393" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="D393" t="s">
         <v>79</v>
       </c>
       <c r="E393" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F393" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H393" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I393" t="s">
+        <v>83</v>
+      </c>
+      <c r="J393" t="s">
         <v>1289</v>
       </c>
-      <c r="F393" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K393" t="s">
         <v>85</v>
       </c>
       <c r="L393" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M393" t="s">
         <v>270</v>
       </c>
       <c r="O393" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="394" spans="1:30">
       <c r="A394" t="s">
-        <v>1338</v>
+        <v>1335</v>
       </c>
       <c r="B394" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="C394" t="s">
-        <v>1340</v>
+        <v>1337</v>
       </c>
       <c r="D394" t="s">
         <v>79</v>
       </c>
       <c r="E394" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F394" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H394" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I394" t="s">
+        <v>83</v>
+      </c>
+      <c r="J394" t="s">
         <v>1289</v>
       </c>
-      <c r="F394" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K394" t="s">
         <v>85</v>
       </c>
       <c r="L394" t="s">
         <v>85</v>
       </c>
       <c r="M394" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O394" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="395" spans="1:30">
       <c r="A395" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="B395" t="s">
-        <v>1342</v>
+        <v>1339</v>
       </c>
       <c r="C395" t="s">
-        <v>1343</v>
+        <v>1340</v>
       </c>
       <c r="D395" t="s">
         <v>79</v>
       </c>
       <c r="E395" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F395" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H395" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I395" t="s">
+        <v>83</v>
+      </c>
+      <c r="J395" t="s">
         <v>1289</v>
-      </c>
-[...10 lines deleted...]
-        <v>1292</v>
       </c>
       <c r="K395" t="s">
         <v>85</v>
       </c>
       <c r="L395" t="s">
         <v>236</v>
       </c>
       <c r="M395" t="s">
         <v>85</v>
       </c>
       <c r="O395" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="396" spans="1:30">
       <c r="A396" t="s">
-        <v>1344</v>
+        <v>1341</v>
       </c>
       <c r="B396" t="s">
-        <v>1345</v>
+        <v>1342</v>
       </c>
       <c r="C396" t="s">
-        <v>1346</v>
+        <v>1343</v>
       </c>
       <c r="D396" t="s">
         <v>79</v>
       </c>
       <c r="E396" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F396" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I396" t="s">
+        <v>83</v>
+      </c>
+      <c r="J396" t="s">
         <v>1289</v>
       </c>
-      <c r="F396" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K396" t="s">
         <v>85</v>
       </c>
       <c r="L396" t="s">
         <v>85</v>
       </c>
       <c r="M396" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O396" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="397" spans="1:30">
       <c r="A397" t="s">
-        <v>1347</v>
+        <v>1344</v>
       </c>
       <c r="B397" t="s">
-        <v>1348</v>
+        <v>1345</v>
       </c>
       <c r="C397" t="s">
-        <v>1349</v>
+        <v>1346</v>
       </c>
       <c r="D397" t="s">
         <v>79</v>
       </c>
       <c r="E397" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F397" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H397" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I397" t="s">
+        <v>83</v>
+      </c>
+      <c r="J397" t="s">
         <v>1289</v>
       </c>
-      <c r="F397" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K397" t="s">
         <v>85</v>
       </c>
       <c r="L397" t="s">
         <v>85</v>
       </c>
       <c r="M397" t="s">
-        <v>96</v>
+        <v>236</v>
       </c>
       <c r="O397" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="398" spans="1:30">
       <c r="A398" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="B398" t="s">
-        <v>1351</v>
+        <v>1348</v>
       </c>
       <c r="C398" t="s">
-        <v>1352</v>
+        <v>1349</v>
       </c>
       <c r="D398" t="s">
         <v>79</v>
       </c>
       <c r="E398" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F398" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H398" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I398" t="s">
+        <v>83</v>
+      </c>
+      <c r="J398" t="s">
         <v>1289</v>
       </c>
-      <c r="F398" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K398" t="s">
         <v>85</v>
       </c>
       <c r="L398" t="s">
         <v>85</v>
       </c>
       <c r="M398" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O398" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="399" spans="1:30">
       <c r="A399" t="s">
-        <v>1353</v>
+        <v>1350</v>
       </c>
       <c r="B399" t="s">
-        <v>1354</v>
+        <v>1351</v>
       </c>
       <c r="C399" t="s">
-        <v>1355</v>
+        <v>1352</v>
       </c>
       <c r="D399" t="s">
         <v>79</v>
       </c>
       <c r="E399" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F399" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H399" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I399" t="s">
+        <v>83</v>
+      </c>
+      <c r="J399" t="s">
         <v>1289</v>
       </c>
-      <c r="F399" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K399" t="s">
         <v>85</v>
       </c>
       <c r="L399" t="s">
         <v>85</v>
       </c>
       <c r="M399" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O399" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="400" spans="1:30">
       <c r="A400" t="s">
-        <v>1356</v>
+        <v>1353</v>
       </c>
       <c r="B400" t="s">
-        <v>1357</v>
+        <v>1354</v>
       </c>
       <c r="C400" t="s">
-        <v>1358</v>
+        <v>1355</v>
       </c>
       <c r="D400" t="s">
         <v>79</v>
       </c>
       <c r="E400" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F400" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H400" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I400" t="s">
+        <v>83</v>
+      </c>
+      <c r="J400" t="s">
         <v>1289</v>
       </c>
-      <c r="F400" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K400" t="s">
         <v>85</v>
       </c>
       <c r="L400" t="s">
         <v>85</v>
       </c>
       <c r="M400" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="O400" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="401" spans="1:30">
       <c r="A401" t="s">
-        <v>1359</v>
+        <v>1356</v>
       </c>
       <c r="B401" t="s">
-        <v>1360</v>
+        <v>1357</v>
       </c>
       <c r="C401" t="s">
-        <v>1361</v>
+        <v>1358</v>
       </c>
       <c r="D401" t="s">
         <v>79</v>
       </c>
       <c r="E401" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F401" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H401" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I401" t="s">
+        <v>83</v>
+      </c>
+      <c r="J401" t="s">
         <v>1289</v>
       </c>
-      <c r="F401" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K401" t="s">
         <v>85</v>
       </c>
       <c r="L401" t="s">
         <v>85</v>
       </c>
       <c r="M401" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="O401" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="402" spans="1:30">
       <c r="A402" t="s">
-        <v>1362</v>
+        <v>1359</v>
       </c>
       <c r="B402" t="s">
-        <v>1363</v>
+        <v>1360</v>
       </c>
       <c r="C402" t="s">
-        <v>1364</v>
+        <v>1361</v>
       </c>
       <c r="D402" t="s">
         <v>79</v>
       </c>
       <c r="E402" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F402" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H402" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I402" t="s">
+        <v>83</v>
+      </c>
+      <c r="J402" t="s">
         <v>1289</v>
       </c>
-      <c r="F402" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K402" t="s">
         <v>85</v>
       </c>
       <c r="L402" t="s">
         <v>85</v>
       </c>
       <c r="M402" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="O402" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="403" spans="1:30">
       <c r="A403" t="s">
-        <v>1365</v>
+        <v>1362</v>
       </c>
       <c r="B403" t="s">
-        <v>1366</v>
+        <v>1363</v>
       </c>
       <c r="C403" t="s">
-        <v>1367</v>
+        <v>1364</v>
       </c>
       <c r="D403" t="s">
         <v>79</v>
       </c>
       <c r="E403" t="s">
-        <v>1368</v>
+        <v>1286</v>
       </c>
       <c r="F403" t="s">
-        <v>1369</v>
+        <v>1287</v>
       </c>
       <c r="H403" t="s">
-        <v>1370</v>
+        <v>1288</v>
       </c>
       <c r="I403" t="s">
         <v>83</v>
       </c>
       <c r="J403" t="s">
-        <v>1371</v>
+        <v>1289</v>
       </c>
       <c r="K403" t="s">
         <v>85</v>
       </c>
       <c r="L403" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="M403" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O403" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="404" spans="1:30">
       <c r="A404" t="s">
-        <v>1372</v>
+        <v>1365</v>
       </c>
       <c r="B404" t="s">
-        <v>1373</v>
+        <v>1366</v>
       </c>
       <c r="C404" t="s">
-        <v>1374</v>
+        <v>1367</v>
       </c>
       <c r="D404" t="s">
         <v>79</v>
       </c>
       <c r="E404" t="s">
-        <v>1375</v>
+        <v>1368</v>
       </c>
       <c r="F404" t="s">
         <v>1369</v>
       </c>
       <c r="H404" t="s">
         <v>1370</v>
       </c>
       <c r="I404" t="s">
         <v>83</v>
       </c>
       <c r="J404" t="s">
-        <v>1376</v>
+        <v>1371</v>
       </c>
       <c r="K404" t="s">
         <v>85</v>
       </c>
       <c r="L404" t="s">
-        <v>236</v>
+        <v>93</v>
       </c>
       <c r="M404" t="s">
         <v>85</v>
       </c>
       <c r="O404" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="405" spans="1:30">
       <c r="A405" t="s">
-        <v>1377</v>
+        <v>1372</v>
       </c>
       <c r="B405" t="s">
-        <v>1378</v>
+        <v>1373</v>
       </c>
       <c r="C405" t="s">
-        <v>1379</v>
+        <v>1374</v>
       </c>
       <c r="D405" t="s">
         <v>79</v>
       </c>
       <c r="E405" t="s">
         <v>1375</v>
       </c>
       <c r="F405" t="s">
         <v>1369</v>
       </c>
       <c r="H405" t="s">
         <v>1370</v>
       </c>
       <c r="I405" t="s">
         <v>83</v>
       </c>
       <c r="J405" t="s">
         <v>1376</v>
       </c>
       <c r="K405" t="s">
         <v>85</v>
       </c>
       <c r="L405" t="s">
-        <v>85</v>
+        <v>236</v>
       </c>
       <c r="M405" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="O405" t="s">
-        <v>365</v>
-[...44 lines deleted...]
-        <v>96</v>
+        <v>79</v>
       </c>
     </row>
     <row r="406" spans="1:30">
       <c r="A406" t="s">
-        <v>1381</v>
+        <v>1377</v>
       </c>
       <c r="B406" t="s">
-        <v>1382</v>
+        <v>1378</v>
       </c>
       <c r="C406" t="s">
-        <v>1383</v>
+        <v>1379</v>
       </c>
       <c r="D406" t="s">
         <v>79</v>
       </c>
       <c r="E406" t="s">
         <v>1375</v>
       </c>
       <c r="F406" t="s">
         <v>1369</v>
       </c>
       <c r="H406" t="s">
         <v>1370</v>
       </c>
       <c r="I406" t="s">
         <v>83</v>
       </c>
       <c r="J406" t="s">
         <v>1376</v>
       </c>
       <c r="K406" t="s">
         <v>85</v>
       </c>
       <c r="L406" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="M406" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O406" t="s">
-        <v>79</v>
+        <v>366</v>
+      </c>
+      <c r="P406" t="s">
+        <v>367</v>
+      </c>
+      <c r="Q406" t="s">
+        <v>1380</v>
+      </c>
+      <c r="R406" t="s">
+        <v>85</v>
+      </c>
+      <c r="S406" t="s">
+        <v>85</v>
+      </c>
+      <c r="T406" t="s">
+        <v>93</v>
+      </c>
+      <c r="U406" t="s">
+        <v>731</v>
+      </c>
+      <c r="V406" t="s">
+        <v>447</v>
+      </c>
+      <c r="W406" t="s">
+        <v>85</v>
+      </c>
+      <c r="X406" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y406" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z406" t="s">
+        <v>449</v>
+      </c>
+      <c r="AA406" t="s">
+        <v>372</v>
+      </c>
+      <c r="AB406" t="s">
+        <v>85</v>
+      </c>
+      <c r="AC406" t="s">
+        <v>85</v>
+      </c>
+      <c r="AD406" t="s">
+        <v>93</v>
       </c>
     </row>
     <row r="407" spans="1:30">
       <c r="A407" t="s">
-        <v>1384</v>
+        <v>1381</v>
       </c>
       <c r="B407" t="s">
-        <v>1385</v>
+        <v>1382</v>
       </c>
       <c r="C407" t="s">
-        <v>1386</v>
+        <v>1383</v>
       </c>
       <c r="D407" t="s">
         <v>79</v>
       </c>
       <c r="E407" t="s">
         <v>1375</v>
       </c>
       <c r="F407" t="s">
         <v>1369</v>
       </c>
       <c r="H407" t="s">
         <v>1370</v>
       </c>
       <c r="I407" t="s">
         <v>83</v>
       </c>
       <c r="J407" t="s">
         <v>1376</v>
       </c>
       <c r="K407" t="s">
         <v>85</v>
       </c>
       <c r="L407" t="s">
         <v>85</v>
       </c>
       <c r="M407" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="O407" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="408" spans="1:30">
       <c r="A408" t="s">
-        <v>1387</v>
+        <v>1384</v>
       </c>
       <c r="B408" t="s">
-        <v>1388</v>
+        <v>1385</v>
       </c>
       <c r="C408" t="s">
-        <v>1389</v>
+        <v>1386</v>
       </c>
       <c r="D408" t="s">
         <v>79</v>
       </c>
       <c r="E408" t="s">
         <v>1375</v>
       </c>
       <c r="F408" t="s">
         <v>1369</v>
       </c>
       <c r="H408" t="s">
         <v>1370</v>
       </c>
       <c r="I408" t="s">
         <v>83</v>
       </c>
       <c r="J408" t="s">
         <v>1376</v>
       </c>
       <c r="K408" t="s">
         <v>85</v>
       </c>
       <c r="L408" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="M408" t="s">
         <v>85</v>
       </c>
       <c r="O408" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="409" spans="1:30">
       <c r="A409" t="s">
-        <v>1390</v>
+        <v>1387</v>
       </c>
       <c r="B409" t="s">
-        <v>1391</v>
+        <v>1388</v>
       </c>
       <c r="C409" t="s">
-        <v>1392</v>
+        <v>1389</v>
       </c>
       <c r="D409" t="s">
         <v>79</v>
       </c>
       <c r="E409" t="s">
         <v>1375</v>
       </c>
       <c r="F409" t="s">
         <v>1369</v>
       </c>
       <c r="H409" t="s">
         <v>1370</v>
       </c>
       <c r="I409" t="s">
         <v>83</v>
       </c>
       <c r="J409" t="s">
         <v>1376</v>
       </c>
       <c r="K409" t="s">
         <v>85</v>
       </c>
       <c r="L409" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="M409" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="O409" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="410" spans="1:30">
       <c r="A410" t="s">
-        <v>1393</v>
+        <v>1390</v>
       </c>
       <c r="B410" t="s">
-        <v>1394</v>
+        <v>1391</v>
       </c>
       <c r="C410" t="s">
-        <v>1395</v>
+        <v>1392</v>
       </c>
       <c r="D410" t="s">
         <v>79</v>
       </c>
       <c r="E410" t="s">
         <v>1375</v>
       </c>
       <c r="F410" t="s">
         <v>1369</v>
       </c>
       <c r="H410" t="s">
         <v>1370</v>
       </c>
       <c r="I410" t="s">
         <v>83</v>
       </c>
       <c r="J410" t="s">
         <v>1376</v>
       </c>
       <c r="K410" t="s">
         <v>85</v>
       </c>
       <c r="L410" t="s">
         <v>85</v>
       </c>
       <c r="M410" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="O410" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="411" spans="1:30">
       <c r="A411" t="s">
-        <v>1396</v>
+        <v>1393</v>
       </c>
       <c r="B411" t="s">
-        <v>1397</v>
+        <v>1394</v>
       </c>
       <c r="C411" t="s">
-        <v>1398</v>
+        <v>1395</v>
       </c>
       <c r="D411" t="s">
         <v>79</v>
       </c>
       <c r="E411" t="s">
         <v>1375</v>
       </c>
       <c r="F411" t="s">
         <v>1369</v>
       </c>
       <c r="H411" t="s">
         <v>1370</v>
       </c>
       <c r="I411" t="s">
         <v>83</v>
       </c>
       <c r="J411" t="s">
         <v>1376</v>
       </c>
       <c r="K411" t="s">
         <v>85</v>
       </c>
       <c r="L411" t="s">
         <v>85</v>
       </c>
       <c r="M411" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="O411" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="412" spans="1:30">
       <c r="A412" t="s">
-        <v>1399</v>
+        <v>1396</v>
       </c>
       <c r="B412" t="s">
-        <v>1400</v>
+        <v>1397</v>
       </c>
       <c r="C412" t="s">
-        <v>1401</v>
+        <v>1398</v>
       </c>
       <c r="D412" t="s">
         <v>79</v>
       </c>
       <c r="E412" t="s">
         <v>1375</v>
       </c>
       <c r="F412" t="s">
         <v>1369</v>
       </c>
       <c r="H412" t="s">
         <v>1370</v>
       </c>
       <c r="I412" t="s">
         <v>83</v>
       </c>
       <c r="J412" t="s">
         <v>1376</v>
       </c>
       <c r="K412" t="s">
         <v>85</v>
       </c>
       <c r="L412" t="s">
         <v>85</v>
       </c>
       <c r="M412" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="O412" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="413" spans="1:30">
       <c r="A413" t="s">
-        <v>1402</v>
+        <v>1399</v>
       </c>
       <c r="B413" t="s">
-        <v>1403</v>
+        <v>1400</v>
       </c>
       <c r="C413" t="s">
-        <v>1404</v>
+        <v>1401</v>
       </c>
       <c r="D413" t="s">
         <v>79</v>
       </c>
       <c r="E413" t="s">
         <v>1375</v>
       </c>
       <c r="F413" t="s">
         <v>1369</v>
       </c>
       <c r="H413" t="s">
         <v>1370</v>
       </c>
       <c r="I413" t="s">
         <v>83</v>
       </c>
       <c r="J413" t="s">
         <v>1376</v>
       </c>
       <c r="K413" t="s">
         <v>85</v>
       </c>
       <c r="L413" t="s">
         <v>85</v>
       </c>
       <c r="M413" t="s">
-        <v>236</v>
+        <v>86</v>
       </c>
       <c r="O413" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="414" spans="1:30">
       <c r="A414" t="s">
-        <v>1405</v>
+        <v>1402</v>
       </c>
       <c r="B414" t="s">
-        <v>1406</v>
+        <v>1403</v>
       </c>
       <c r="C414" t="s">
-        <v>1407</v>
+        <v>1404</v>
       </c>
       <c r="D414" t="s">
         <v>79</v>
       </c>
       <c r="E414" t="s">
         <v>1375</v>
       </c>
       <c r="F414" t="s">
         <v>1369</v>
       </c>
       <c r="H414" t="s">
         <v>1370</v>
       </c>
       <c r="I414" t="s">
         <v>83</v>
       </c>
       <c r="J414" t="s">
         <v>1376</v>
       </c>
       <c r="K414" t="s">
         <v>85</v>
       </c>
       <c r="L414" t="s">
         <v>85</v>
       </c>
       <c r="M414" t="s">
-        <v>96</v>
+        <v>236</v>
       </c>
       <c r="O414" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="415" spans="1:30">
       <c r="A415" t="s">
-        <v>1408</v>
+        <v>1405</v>
       </c>
       <c r="B415" t="s">
-        <v>1409</v>
+        <v>1406</v>
       </c>
       <c r="C415" t="s">
-        <v>1410</v>
+        <v>1407</v>
       </c>
       <c r="D415" t="s">
         <v>79</v>
       </c>
       <c r="E415" t="s">
         <v>1375</v>
       </c>
       <c r="F415" t="s">
         <v>1369</v>
       </c>
       <c r="H415" t="s">
         <v>1370</v>
       </c>
       <c r="I415" t="s">
         <v>83</v>
       </c>
       <c r="J415" t="s">
         <v>1376</v>
       </c>
       <c r="K415" t="s">
         <v>85</v>
       </c>
       <c r="L415" t="s">
         <v>85</v>
       </c>
       <c r="M415" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O415" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="416" spans="1:30">
       <c r="A416" t="s">
-        <v>1411</v>
+        <v>1408</v>
       </c>
       <c r="B416" t="s">
-        <v>1412</v>
+        <v>1409</v>
       </c>
       <c r="C416" t="s">
-        <v>1413</v>
+        <v>1410</v>
       </c>
       <c r="D416" t="s">
         <v>79</v>
       </c>
       <c r="E416" t="s">
         <v>1375</v>
       </c>
       <c r="F416" t="s">
         <v>1369</v>
       </c>
       <c r="H416" t="s">
         <v>1370</v>
       </c>
       <c r="I416" t="s">
         <v>83</v>
       </c>
       <c r="J416" t="s">
         <v>1376</v>
       </c>
       <c r="K416" t="s">
         <v>85</v>
       </c>
       <c r="L416" t="s">
         <v>85</v>
       </c>
       <c r="M416" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O416" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="417" spans="1:30">
       <c r="A417" t="s">
-        <v>1414</v>
+        <v>1411</v>
       </c>
       <c r="B417" t="s">
-        <v>1415</v>
+        <v>1412</v>
       </c>
       <c r="C417" t="s">
-        <v>1416</v>
+        <v>1413</v>
       </c>
       <c r="D417" t="s">
         <v>79</v>
       </c>
       <c r="E417" t="s">
         <v>1375</v>
       </c>
       <c r="F417" t="s">
         <v>1369</v>
       </c>
       <c r="H417" t="s">
         <v>1370</v>
       </c>
       <c r="I417" t="s">
         <v>83</v>
       </c>
       <c r="J417" t="s">
         <v>1376</v>
       </c>
       <c r="K417" t="s">
         <v>85</v>
       </c>
       <c r="L417" t="s">
         <v>85</v>
       </c>
       <c r="M417" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O417" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="418" spans="1:30">
       <c r="A418" t="s">
-        <v>1417</v>
+        <v>1414</v>
       </c>
       <c r="B418" t="s">
-        <v>1418</v>
+        <v>1415</v>
       </c>
       <c r="C418" t="s">
-        <v>1419</v>
+        <v>1416</v>
       </c>
       <c r="D418" t="s">
         <v>79</v>
       </c>
       <c r="E418" t="s">
         <v>1375</v>
       </c>
       <c r="F418" t="s">
         <v>1369</v>
       </c>
       <c r="H418" t="s">
         <v>1370</v>
       </c>
       <c r="I418" t="s">
         <v>83</v>
       </c>
       <c r="J418" t="s">
         <v>1376</v>
       </c>
       <c r="K418" t="s">
         <v>85</v>
       </c>
       <c r="L418" t="s">
         <v>85</v>
       </c>
       <c r="M418" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O418" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="419" spans="1:30">
       <c r="A419" t="s">
-        <v>1420</v>
+        <v>1417</v>
       </c>
       <c r="B419" t="s">
-        <v>1421</v>
+        <v>1418</v>
       </c>
       <c r="C419" t="s">
-        <v>1422</v>
+        <v>1419</v>
       </c>
       <c r="D419" t="s">
         <v>79</v>
       </c>
       <c r="E419" t="s">
         <v>1375</v>
       </c>
       <c r="F419" t="s">
         <v>1369</v>
       </c>
       <c r="H419" t="s">
         <v>1370</v>
       </c>
       <c r="I419" t="s">
         <v>83</v>
       </c>
       <c r="J419" t="s">
         <v>1376</v>
       </c>
       <c r="K419" t="s">
         <v>85</v>
       </c>
       <c r="L419" t="s">
         <v>85</v>
       </c>
       <c r="M419" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O419" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="420" spans="1:30">
       <c r="A420" t="s">
-        <v>1423</v>
+        <v>1420</v>
       </c>
       <c r="B420" t="s">
-        <v>1424</v>
+        <v>1421</v>
       </c>
       <c r="C420" t="s">
-        <v>1425</v>
+        <v>1422</v>
       </c>
       <c r="D420" t="s">
         <v>79</v>
       </c>
       <c r="E420" t="s">
         <v>1375</v>
       </c>
       <c r="F420" t="s">
         <v>1369</v>
       </c>
       <c r="H420" t="s">
         <v>1370</v>
       </c>
       <c r="I420" t="s">
         <v>83</v>
       </c>
       <c r="J420" t="s">
         <v>1376</v>
       </c>
       <c r="K420" t="s">
         <v>85</v>
       </c>
       <c r="L420" t="s">
         <v>85</v>
       </c>
       <c r="M420" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="O420" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="421" spans="1:30">
       <c r="A421" t="s">
-        <v>1426</v>
+        <v>1423</v>
       </c>
       <c r="B421" t="s">
-        <v>1427</v>
+        <v>1424</v>
       </c>
       <c r="C421" t="s">
-        <v>1428</v>
+        <v>1425</v>
       </c>
       <c r="D421" t="s">
         <v>79</v>
       </c>
       <c r="E421" t="s">
         <v>1375</v>
       </c>
       <c r="F421" t="s">
         <v>1369</v>
       </c>
       <c r="H421" t="s">
         <v>1370</v>
       </c>
       <c r="I421" t="s">
         <v>83</v>
       </c>
       <c r="J421" t="s">
         <v>1376</v>
       </c>
       <c r="K421" t="s">
         <v>85</v>
       </c>
       <c r="L421" t="s">
         <v>85</v>
       </c>
       <c r="M421" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="O421" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="422" spans="1:30">
       <c r="A422" t="s">
-        <v>1429</v>
+        <v>1426</v>
       </c>
       <c r="B422" t="s">
-        <v>1430</v>
+        <v>1427</v>
       </c>
       <c r="C422" t="s">
-        <v>1431</v>
+        <v>1428</v>
       </c>
       <c r="D422" t="s">
         <v>79</v>
       </c>
       <c r="E422" t="s">
         <v>1375</v>
       </c>
       <c r="F422" t="s">
         <v>1369</v>
       </c>
       <c r="H422" t="s">
         <v>1370</v>
       </c>
       <c r="I422" t="s">
         <v>83</v>
       </c>
       <c r="J422" t="s">
         <v>1376</v>
       </c>
       <c r="K422" t="s">
         <v>85</v>
       </c>
       <c r="L422" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="M422" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="O422" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="423" spans="1:30">
       <c r="A423" t="s">
-        <v>1432</v>
+        <v>1429</v>
       </c>
       <c r="B423" t="s">
-        <v>1433</v>
+        <v>1430</v>
       </c>
       <c r="C423" t="s">
-        <v>1434</v>
+        <v>1431</v>
       </c>
       <c r="D423" t="s">
         <v>79</v>
       </c>
       <c r="E423" t="s">
         <v>1375</v>
       </c>
       <c r="F423" t="s">
         <v>1369</v>
       </c>
       <c r="H423" t="s">
         <v>1370</v>
       </c>
       <c r="I423" t="s">
         <v>83</v>
       </c>
       <c r="J423" t="s">
         <v>1376</v>
       </c>
       <c r="K423" t="s">
         <v>85</v>
       </c>
       <c r="L423" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M423" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="O423" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="424" spans="1:30">
       <c r="A424" t="s">
-        <v>1435</v>
+        <v>1432</v>
       </c>
       <c r="B424" t="s">
-        <v>1436</v>
+        <v>1433</v>
       </c>
       <c r="C424" t="s">
-        <v>1437</v>
+        <v>1434</v>
       </c>
       <c r="D424" t="s">
         <v>79</v>
       </c>
       <c r="E424" t="s">
         <v>1375</v>
       </c>
       <c r="F424" t="s">
         <v>1369</v>
       </c>
       <c r="H424" t="s">
         <v>1370</v>
       </c>
       <c r="I424" t="s">
         <v>83</v>
       </c>
       <c r="J424" t="s">
         <v>1376</v>
       </c>
       <c r="K424" t="s">
         <v>85</v>
       </c>
       <c r="L424" t="s">
-        <v>236</v>
+        <v>93</v>
       </c>
       <c r="M424" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O424" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="425" spans="1:30">
       <c r="A425" t="s">
-        <v>1438</v>
+        <v>1435</v>
       </c>
       <c r="B425" t="s">
-        <v>1439</v>
+        <v>1436</v>
       </c>
       <c r="C425" t="s">
-        <v>1440</v>
+        <v>1437</v>
       </c>
       <c r="D425" t="s">
         <v>79</v>
       </c>
       <c r="E425" t="s">
         <v>1375</v>
       </c>
       <c r="F425" t="s">
         <v>1369</v>
       </c>
       <c r="H425" t="s">
         <v>1370</v>
       </c>
       <c r="I425" t="s">
         <v>83</v>
       </c>
       <c r="J425" t="s">
         <v>1376</v>
       </c>
       <c r="K425" t="s">
         <v>85</v>
       </c>
       <c r="L425" t="s">
-        <v>96</v>
+        <v>236</v>
       </c>
       <c r="M425" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O425" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="426" spans="1:30">
       <c r="A426" t="s">
-        <v>1441</v>
+        <v>1438</v>
       </c>
       <c r="B426" t="s">
-        <v>1442</v>
+        <v>1439</v>
       </c>
       <c r="C426" t="s">
-        <v>1443</v>
+        <v>1440</v>
       </c>
       <c r="D426" t="s">
         <v>79</v>
       </c>
       <c r="E426" t="s">
         <v>1375</v>
       </c>
       <c r="F426" t="s">
         <v>1369</v>
       </c>
       <c r="H426" t="s">
         <v>1370</v>
       </c>
       <c r="I426" t="s">
         <v>83</v>
       </c>
       <c r="J426" t="s">
         <v>1376</v>
       </c>
       <c r="K426" t="s">
         <v>85</v>
       </c>
       <c r="L426" t="s">
-        <v>236</v>
+        <v>93</v>
       </c>
       <c r="M426" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O426" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="427" spans="1:30">
       <c r="A427" t="s">
-        <v>1444</v>
+        <v>1441</v>
       </c>
       <c r="B427" t="s">
-        <v>1445</v>
+        <v>1442</v>
       </c>
       <c r="C427" t="s">
-        <v>1446</v>
+        <v>1443</v>
       </c>
       <c r="D427" t="s">
         <v>79</v>
       </c>
       <c r="E427" t="s">
         <v>1375</v>
       </c>
       <c r="F427" t="s">
         <v>1369</v>
       </c>
       <c r="H427" t="s">
         <v>1370</v>
       </c>
       <c r="I427" t="s">
         <v>83</v>
       </c>
       <c r="J427" t="s">
         <v>1376</v>
       </c>
       <c r="K427" t="s">
         <v>85</v>
       </c>
       <c r="L427" t="s">
-        <v>85</v>
+        <v>236</v>
       </c>
       <c r="M427" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O427" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="428" spans="1:30">
       <c r="A428" t="s">
-        <v>1447</v>
+        <v>1444</v>
       </c>
       <c r="B428" t="s">
-        <v>1448</v>
+        <v>1445</v>
       </c>
       <c r="C428" t="s">
-        <v>1449</v>
+        <v>1446</v>
       </c>
       <c r="D428" t="s">
         <v>79</v>
       </c>
       <c r="E428" t="s">
         <v>1375</v>
       </c>
       <c r="F428" t="s">
         <v>1369</v>
       </c>
       <c r="H428" t="s">
         <v>1370</v>
       </c>
       <c r="I428" t="s">
         <v>83</v>
       </c>
       <c r="J428" t="s">
         <v>1376</v>
       </c>
       <c r="K428" t="s">
         <v>85</v>
       </c>
       <c r="L428" t="s">
         <v>85</v>
       </c>
       <c r="M428" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O428" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="429" spans="1:30">
       <c r="A429" t="s">
-        <v>1450</v>
+        <v>1447</v>
       </c>
       <c r="B429" t="s">
-        <v>1451</v>
+        <v>1448</v>
       </c>
       <c r="C429" t="s">
-        <v>1452</v>
+        <v>1449</v>
       </c>
       <c r="D429" t="s">
         <v>79</v>
       </c>
       <c r="E429" t="s">
         <v>1375</v>
       </c>
       <c r="F429" t="s">
         <v>1369</v>
       </c>
       <c r="H429" t="s">
         <v>1370</v>
       </c>
       <c r="I429" t="s">
         <v>83</v>
       </c>
       <c r="J429" t="s">
         <v>1376</v>
       </c>
       <c r="K429" t="s">
         <v>85</v>
       </c>
       <c r="L429" t="s">
-        <v>236</v>
+        <v>85</v>
       </c>
       <c r="M429" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="O429" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="430" spans="1:30">
       <c r="A430" t="s">
-        <v>1453</v>
+        <v>1450</v>
       </c>
       <c r="B430" t="s">
-        <v>1454</v>
+        <v>1451</v>
       </c>
       <c r="C430" t="s">
-        <v>1455</v>
+        <v>1452</v>
       </c>
       <c r="D430" t="s">
         <v>79</v>
       </c>
       <c r="E430" t="s">
         <v>1375</v>
       </c>
       <c r="F430" t="s">
         <v>1369</v>
       </c>
       <c r="H430" t="s">
         <v>1370</v>
       </c>
       <c r="I430" t="s">
         <v>83</v>
       </c>
       <c r="J430" t="s">
         <v>1376</v>
       </c>
       <c r="K430" t="s">
         <v>85</v>
       </c>
       <c r="L430" t="s">
-        <v>85</v>
+        <v>236</v>
       </c>
       <c r="M430" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="O430" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="431" spans="1:30">
       <c r="A431" t="s">
-        <v>1456</v>
+        <v>1453</v>
       </c>
       <c r="B431" t="s">
-        <v>1457</v>
+        <v>1454</v>
       </c>
       <c r="C431" t="s">
-        <v>1458</v>
+        <v>1455</v>
       </c>
       <c r="D431" t="s">
         <v>79</v>
       </c>
       <c r="E431" t="s">
         <v>1375</v>
       </c>
       <c r="F431" t="s">
         <v>1369</v>
       </c>
       <c r="H431" t="s">
         <v>1370</v>
       </c>
       <c r="I431" t="s">
         <v>83</v>
       </c>
       <c r="J431" t="s">
         <v>1376</v>
       </c>
       <c r="K431" t="s">
         <v>85</v>
       </c>
       <c r="L431" t="s">
         <v>85</v>
       </c>
       <c r="M431" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O431" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="432" spans="1:30">
       <c r="A432" t="s">
-        <v>1459</v>
+        <v>1456</v>
       </c>
       <c r="B432" t="s">
-        <v>1460</v>
+        <v>1457</v>
       </c>
       <c r="C432" t="s">
-        <v>1461</v>
+        <v>1458</v>
       </c>
       <c r="D432" t="s">
         <v>79</v>
       </c>
       <c r="E432" t="s">
         <v>1375</v>
       </c>
       <c r="F432" t="s">
         <v>1369</v>
       </c>
       <c r="H432" t="s">
         <v>1370</v>
       </c>
       <c r="I432" t="s">
         <v>83</v>
       </c>
       <c r="J432" t="s">
         <v>1376</v>
       </c>
       <c r="K432" t="s">
         <v>85</v>
       </c>
       <c r="L432" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="M432" t="s">
-        <v>236</v>
+        <v>93</v>
       </c>
       <c r="O432" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="433" spans="1:30">
       <c r="A433" t="s">
-        <v>1462</v>
+        <v>1459</v>
       </c>
       <c r="B433" t="s">
-        <v>1463</v>
+        <v>1460</v>
       </c>
       <c r="C433" t="s">
-        <v>1464</v>
+        <v>1461</v>
       </c>
       <c r="D433" t="s">
         <v>79</v>
       </c>
       <c r="E433" t="s">
         <v>1375</v>
       </c>
       <c r="F433" t="s">
         <v>1369</v>
       </c>
       <c r="H433" t="s">
         <v>1370</v>
       </c>
       <c r="I433" t="s">
         <v>83</v>
       </c>
       <c r="J433" t="s">
         <v>1376</v>
       </c>
       <c r="K433" t="s">
         <v>85</v>
       </c>
       <c r="L433" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M433" t="s">
-        <v>85</v>
+        <v>236</v>
       </c>
       <c r="O433" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="434" spans="1:30">
       <c r="A434" t="s">
-        <v>1465</v>
+        <v>1462</v>
       </c>
       <c r="B434" t="s">
-        <v>1466</v>
+        <v>1463</v>
       </c>
       <c r="C434" t="s">
-        <v>1467</v>
+        <v>1464</v>
       </c>
       <c r="D434" t="s">
         <v>79</v>
       </c>
       <c r="E434" t="s">
         <v>1375</v>
       </c>
       <c r="F434" t="s">
         <v>1369</v>
       </c>
       <c r="H434" t="s">
         <v>1370</v>
       </c>
       <c r="I434" t="s">
         <v>83</v>
       </c>
       <c r="J434" t="s">
         <v>1376</v>
       </c>
       <c r="K434" t="s">
         <v>85</v>
       </c>
       <c r="L434" t="s">
         <v>85</v>
       </c>
       <c r="M434" t="s">
-        <v>236</v>
+        <v>85</v>
       </c>
       <c r="O434" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="435" spans="1:30">
       <c r="A435" t="s">
-        <v>1468</v>
+        <v>1465</v>
       </c>
       <c r="B435" t="s">
-        <v>1469</v>
+        <v>1466</v>
       </c>
       <c r="C435" t="s">
-        <v>1470</v>
+        <v>1467</v>
       </c>
       <c r="D435" t="s">
         <v>79</v>
       </c>
       <c r="E435" t="s">
         <v>1375</v>
       </c>
       <c r="F435" t="s">
         <v>1369</v>
       </c>
       <c r="H435" t="s">
         <v>1370</v>
       </c>
       <c r="I435" t="s">
         <v>83</v>
       </c>
       <c r="J435" t="s">
         <v>1376</v>
       </c>
       <c r="K435" t="s">
         <v>85</v>
       </c>
       <c r="L435" t="s">
         <v>85</v>
       </c>
       <c r="M435" t="s">
-        <v>85</v>
+        <v>236</v>
       </c>
       <c r="O435" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="436" spans="1:30">
       <c r="A436" t="s">
-        <v>1471</v>
+        <v>1468</v>
       </c>
       <c r="B436" t="s">
-        <v>1472</v>
+        <v>1469</v>
       </c>
       <c r="C436" t="s">
-        <v>1473</v>
+        <v>1470</v>
       </c>
       <c r="D436" t="s">
         <v>79</v>
       </c>
       <c r="E436" t="s">
         <v>1375</v>
       </c>
       <c r="F436" t="s">
         <v>1369</v>
       </c>
       <c r="H436" t="s">
         <v>1370</v>
       </c>
       <c r="I436" t="s">
         <v>83</v>
       </c>
       <c r="J436" t="s">
         <v>1376</v>
       </c>
       <c r="K436" t="s">
         <v>85</v>
       </c>
       <c r="L436" t="s">
         <v>85</v>
       </c>
       <c r="M436" t="s">
         <v>85</v>
       </c>
       <c r="O436" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="437" spans="1:30">
       <c r="A437" t="s">
-        <v>1474</v>
+        <v>1471</v>
       </c>
       <c r="B437" t="s">
-        <v>1475</v>
+        <v>1472</v>
       </c>
       <c r="C437" t="s">
-        <v>1476</v>
+        <v>1473</v>
       </c>
       <c r="D437" t="s">
         <v>79</v>
       </c>
       <c r="E437" t="s">
         <v>1375</v>
       </c>
       <c r="F437" t="s">
         <v>1369</v>
       </c>
       <c r="H437" t="s">
         <v>1370</v>
       </c>
       <c r="I437" t="s">
         <v>83</v>
       </c>
       <c r="J437" t="s">
         <v>1376</v>
       </c>
       <c r="K437" t="s">
         <v>85</v>
       </c>
       <c r="L437" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="M437" t="s">
         <v>85</v>
       </c>
       <c r="O437" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="438" spans="1:30">
       <c r="A438" t="s">
-        <v>1477</v>
+        <v>1474</v>
       </c>
       <c r="B438" t="s">
-        <v>1478</v>
+        <v>1475</v>
       </c>
       <c r="C438" t="s">
-        <v>1479</v>
+        <v>1476</v>
       </c>
       <c r="D438" t="s">
         <v>79</v>
       </c>
       <c r="E438" t="s">
         <v>1375</v>
       </c>
       <c r="F438" t="s">
         <v>1369</v>
       </c>
       <c r="H438" t="s">
         <v>1370</v>
       </c>
       <c r="I438" t="s">
         <v>83</v>
       </c>
       <c r="J438" t="s">
         <v>1376</v>
       </c>
       <c r="K438" t="s">
         <v>85</v>
       </c>
       <c r="L438" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="M438" t="s">
         <v>85</v>
       </c>
       <c r="O438" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="439" spans="1:30">
       <c r="A439" t="s">
-        <v>1480</v>
+        <v>1477</v>
       </c>
       <c r="B439" t="s">
-        <v>1481</v>
+        <v>1478</v>
       </c>
       <c r="C439" t="s">
-        <v>1482</v>
+        <v>1479</v>
       </c>
       <c r="D439" t="s">
         <v>79</v>
       </c>
       <c r="E439" t="s">
         <v>1375</v>
       </c>
       <c r="F439" t="s">
         <v>1369</v>
       </c>
       <c r="H439" t="s">
         <v>1370</v>
       </c>
       <c r="I439" t="s">
         <v>83</v>
       </c>
       <c r="J439" t="s">
         <v>1376</v>
       </c>
       <c r="K439" t="s">
         <v>85</v>
       </c>
       <c r="L439" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="M439" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="O439" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="440" spans="1:30">
       <c r="A440" t="s">
-        <v>1483</v>
+        <v>1480</v>
       </c>
       <c r="B440" t="s">
-        <v>1484</v>
+        <v>1481</v>
       </c>
       <c r="C440" t="s">
-        <v>1485</v>
+        <v>1482</v>
       </c>
       <c r="D440" t="s">
         <v>79</v>
       </c>
       <c r="E440" t="s">
-        <v>936</v>
+        <v>1375</v>
       </c>
       <c r="F440" t="s">
-        <v>937</v>
+        <v>1369</v>
       </c>
       <c r="H440" t="s">
-        <v>938</v>
+        <v>1370</v>
       </c>
       <c r="I440" t="s">
         <v>83</v>
       </c>
       <c r="J440" t="s">
-        <v>939</v>
+        <v>1376</v>
       </c>
       <c r="K440" t="s">
         <v>85</v>
       </c>
       <c r="L440" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="M440" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O440" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="441" spans="1:30">
       <c r="A441" t="s">
-        <v>1486</v>
+        <v>1483</v>
       </c>
       <c r="B441" t="s">
-        <v>1487</v>
+        <v>1484</v>
       </c>
       <c r="C441" t="s">
-        <v>1488</v>
+        <v>1485</v>
       </c>
       <c r="D441" t="s">
         <v>79</v>
       </c>
       <c r="E441" t="s">
+        <v>933</v>
+      </c>
+      <c r="F441" t="s">
+        <v>934</v>
+      </c>
+      <c r="H441" t="s">
+        <v>935</v>
+      </c>
+      <c r="I441" t="s">
+        <v>83</v>
+      </c>
+      <c r="J441" t="s">
         <v>936</v>
       </c>
-      <c r="F441" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K441" t="s">
         <v>85</v>
       </c>
       <c r="L441" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M441" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="O441" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="442" spans="1:30">
       <c r="A442" t="s">
-        <v>1489</v>
+        <v>1486</v>
       </c>
       <c r="B442" t="s">
-        <v>1490</v>
+        <v>1487</v>
       </c>
       <c r="C442" t="s">
-        <v>1491</v>
+        <v>1488</v>
       </c>
       <c r="D442" t="s">
         <v>79</v>
       </c>
       <c r="E442" t="s">
+        <v>933</v>
+      </c>
+      <c r="F442" t="s">
+        <v>934</v>
+      </c>
+      <c r="H442" t="s">
+        <v>935</v>
+      </c>
+      <c r="I442" t="s">
+        <v>83</v>
+      </c>
+      <c r="J442" t="s">
         <v>936</v>
       </c>
-      <c r="F442" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K442" t="s">
         <v>85</v>
       </c>
       <c r="L442" t="s">
         <v>85</v>
       </c>
       <c r="M442" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O442" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="443" spans="1:30">
       <c r="A443" t="s">
-        <v>1492</v>
+        <v>1489</v>
       </c>
       <c r="B443" t="s">
-        <v>1493</v>
+        <v>1490</v>
       </c>
       <c r="C443" t="s">
-        <v>1494</v>
+        <v>1491</v>
       </c>
       <c r="D443" t="s">
         <v>79</v>
       </c>
       <c r="E443" t="s">
+        <v>933</v>
+      </c>
+      <c r="F443" t="s">
+        <v>934</v>
+      </c>
+      <c r="H443" t="s">
+        <v>935</v>
+      </c>
+      <c r="I443" t="s">
+        <v>83</v>
+      </c>
+      <c r="J443" t="s">
         <v>936</v>
-      </c>
-[...10 lines deleted...]
-        <v>939</v>
       </c>
       <c r="K443" t="s">
         <v>85</v>
       </c>
       <c r="L443" t="s">
         <v>85</v>
       </c>
       <c r="M443" t="s">
         <v>85</v>
       </c>
       <c r="O443" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="444" spans="1:30">
       <c r="A444" t="s">
-        <v>1495</v>
+        <v>1492</v>
       </c>
       <c r="B444" t="s">
-        <v>1496</v>
+        <v>1493</v>
       </c>
       <c r="C444" t="s">
-        <v>1497</v>
+        <v>1494</v>
       </c>
       <c r="D444" t="s">
         <v>79</v>
       </c>
       <c r="E444" t="s">
+        <v>933</v>
+      </c>
+      <c r="F444" t="s">
+        <v>934</v>
+      </c>
+      <c r="H444" t="s">
+        <v>935</v>
+      </c>
+      <c r="I444" t="s">
+        <v>83</v>
+      </c>
+      <c r="J444" t="s">
         <v>936</v>
-      </c>
-[...10 lines deleted...]
-        <v>939</v>
       </c>
       <c r="K444" t="s">
         <v>85</v>
       </c>
       <c r="L444" t="s">
         <v>85</v>
       </c>
       <c r="M444" t="s">
         <v>85</v>
       </c>
       <c r="O444" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="445" spans="1:30">
       <c r="A445" t="s">
-        <v>1498</v>
+        <v>1495</v>
       </c>
       <c r="B445" t="s">
-        <v>1499</v>
+        <v>1496</v>
       </c>
       <c r="C445" t="s">
-        <v>1500</v>
+        <v>1497</v>
       </c>
       <c r="D445" t="s">
         <v>79</v>
       </c>
       <c r="E445" t="s">
+        <v>933</v>
+      </c>
+      <c r="F445" t="s">
+        <v>934</v>
+      </c>
+      <c r="H445" t="s">
+        <v>935</v>
+      </c>
+      <c r="I445" t="s">
+        <v>83</v>
+      </c>
+      <c r="J445" t="s">
         <v>936</v>
-      </c>
-[...10 lines deleted...]
-        <v>939</v>
       </c>
       <c r="K445" t="s">
         <v>85</v>
       </c>
       <c r="L445" t="s">
         <v>85</v>
       </c>
       <c r="M445" t="s">
         <v>85</v>
       </c>
       <c r="O445" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="446" spans="1:30">
       <c r="A446" t="s">
-        <v>1501</v>
+        <v>1498</v>
       </c>
       <c r="B446" t="s">
-        <v>1502</v>
+        <v>1499</v>
       </c>
       <c r="C446" t="s">
-        <v>1503</v>
+        <v>1500</v>
       </c>
       <c r="D446" t="s">
         <v>79</v>
       </c>
       <c r="E446" t="s">
+        <v>933</v>
+      </c>
+      <c r="F446" t="s">
+        <v>934</v>
+      </c>
+      <c r="H446" t="s">
+        <v>935</v>
+      </c>
+      <c r="I446" t="s">
+        <v>83</v>
+      </c>
+      <c r="J446" t="s">
         <v>936</v>
       </c>
-      <c r="F446" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K446" t="s">
         <v>85</v>
       </c>
       <c r="L446" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="M446" t="s">
         <v>85</v>
       </c>
       <c r="O446" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="447" spans="1:30">
       <c r="A447" t="s">
-        <v>1504</v>
+        <v>1501</v>
       </c>
       <c r="B447" t="s">
-        <v>1505</v>
+        <v>1502</v>
       </c>
       <c r="C447" t="s">
-        <v>1506</v>
+        <v>1503</v>
       </c>
       <c r="D447" t="s">
         <v>79</v>
       </c>
       <c r="E447" t="s">
+        <v>933</v>
+      </c>
+      <c r="F447" t="s">
+        <v>934</v>
+      </c>
+      <c r="H447" t="s">
+        <v>935</v>
+      </c>
+      <c r="I447" t="s">
+        <v>83</v>
+      </c>
+      <c r="J447" t="s">
         <v>936</v>
       </c>
-      <c r="F447" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K447" t="s">
         <v>85</v>
       </c>
       <c r="L447" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M447" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="O447" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="448" spans="1:30">
       <c r="A448" t="s">
-        <v>1507</v>
+        <v>1504</v>
       </c>
       <c r="B448" t="s">
-        <v>1508</v>
+        <v>1505</v>
       </c>
       <c r="C448" t="s">
-        <v>1509</v>
+        <v>1506</v>
       </c>
       <c r="D448" t="s">
         <v>79</v>
       </c>
       <c r="E448" t="s">
+        <v>933</v>
+      </c>
+      <c r="F448" t="s">
+        <v>934</v>
+      </c>
+      <c r="H448" t="s">
+        <v>935</v>
+      </c>
+      <c r="I448" t="s">
+        <v>83</v>
+      </c>
+      <c r="J448" t="s">
         <v>936</v>
       </c>
-      <c r="F448" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K448" t="s">
         <v>85</v>
       </c>
       <c r="L448" t="s">
         <v>85</v>
       </c>
       <c r="M448" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O448" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="449" spans="1:30">
       <c r="A449" t="s">
-        <v>1510</v>
+        <v>1507</v>
       </c>
       <c r="B449" t="s">
-        <v>1511</v>
+        <v>1508</v>
       </c>
       <c r="C449" t="s">
-        <v>1512</v>
+        <v>1509</v>
       </c>
       <c r="D449" t="s">
         <v>79</v>
       </c>
       <c r="E449" t="s">
+        <v>933</v>
+      </c>
+      <c r="F449" t="s">
+        <v>934</v>
+      </c>
+      <c r="H449" t="s">
+        <v>935</v>
+      </c>
+      <c r="I449" t="s">
+        <v>83</v>
+      </c>
+      <c r="J449" t="s">
         <v>936</v>
-      </c>
-[...10 lines deleted...]
-        <v>939</v>
       </c>
       <c r="K449" t="s">
         <v>85</v>
       </c>
       <c r="L449" t="s">
         <v>85</v>
       </c>
       <c r="M449" t="s">
         <v>85</v>
       </c>
       <c r="O449" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="450" spans="1:30">
       <c r="A450" t="s">
-        <v>1513</v>
+        <v>1510</v>
       </c>
       <c r="B450" t="s">
-        <v>1514</v>
+        <v>1511</v>
       </c>
       <c r="C450" t="s">
-        <v>1515</v>
+        <v>1512</v>
       </c>
       <c r="D450" t="s">
         <v>79</v>
       </c>
       <c r="E450" t="s">
+        <v>933</v>
+      </c>
+      <c r="F450" t="s">
+        <v>934</v>
+      </c>
+      <c r="H450" t="s">
+        <v>935</v>
+      </c>
+      <c r="I450" t="s">
+        <v>83</v>
+      </c>
+      <c r="J450" t="s">
         <v>936</v>
-      </c>
-[...10 lines deleted...]
-        <v>939</v>
       </c>
       <c r="K450" t="s">
         <v>85</v>
       </c>
       <c r="L450" t="s">
         <v>85</v>
       </c>
       <c r="M450" t="s">
         <v>85</v>
       </c>
       <c r="O450" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="451" spans="1:30">
       <c r="A451" t="s">
-        <v>1516</v>
+        <v>1513</v>
       </c>
       <c r="B451" t="s">
-        <v>1517</v>
+        <v>1514</v>
       </c>
       <c r="C451" t="s">
-        <v>1518</v>
+        <v>1515</v>
       </c>
       <c r="D451" t="s">
         <v>79</v>
       </c>
       <c r="E451" t="s">
+        <v>933</v>
+      </c>
+      <c r="F451" t="s">
+        <v>934</v>
+      </c>
+      <c r="H451" t="s">
+        <v>935</v>
+      </c>
+      <c r="I451" t="s">
+        <v>83</v>
+      </c>
+      <c r="J451" t="s">
         <v>936</v>
       </c>
-      <c r="F451" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K451" t="s">
         <v>85</v>
       </c>
       <c r="L451" t="s">
-        <v>236</v>
+        <v>85</v>
       </c>
       <c r="M451" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="O451" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="452" spans="1:30">
       <c r="A452" t="s">
-        <v>1519</v>
+        <v>1516</v>
       </c>
       <c r="B452" t="s">
-        <v>1520</v>
+        <v>1517</v>
       </c>
       <c r="C452" t="s">
-        <v>1521</v>
+        <v>1518</v>
       </c>
       <c r="D452" t="s">
         <v>79</v>
       </c>
       <c r="E452" t="s">
+        <v>933</v>
+      </c>
+      <c r="F452" t="s">
+        <v>934</v>
+      </c>
+      <c r="H452" t="s">
+        <v>935</v>
+      </c>
+      <c r="I452" t="s">
+        <v>83</v>
+      </c>
+      <c r="J452" t="s">
         <v>936</v>
       </c>
-      <c r="F452" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K452" t="s">
         <v>85</v>
       </c>
       <c r="L452" t="s">
-        <v>96</v>
+        <v>236</v>
       </c>
       <c r="M452" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O452" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="453" spans="1:30">
       <c r="A453" t="s">
-        <v>1522</v>
+        <v>1519</v>
       </c>
       <c r="B453" t="s">
-        <v>1523</v>
+        <v>1520</v>
       </c>
       <c r="C453" t="s">
-        <v>1524</v>
+        <v>1521</v>
       </c>
       <c r="D453" t="s">
         <v>79</v>
       </c>
       <c r="E453" t="s">
+        <v>933</v>
+      </c>
+      <c r="F453" t="s">
+        <v>934</v>
+      </c>
+      <c r="H453" t="s">
+        <v>935</v>
+      </c>
+      <c r="I453" t="s">
+        <v>83</v>
+      </c>
+      <c r="J453" t="s">
         <v>936</v>
       </c>
-      <c r="F453" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K453" t="s">
         <v>85</v>
       </c>
       <c r="L453" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="M453" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O453" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="454" spans="1:30">
       <c r="A454" t="s">
-        <v>1525</v>
+        <v>1522</v>
       </c>
       <c r="B454" t="s">
-        <v>1526</v>
+        <v>1523</v>
       </c>
       <c r="C454" t="s">
-        <v>1527</v>
+        <v>1524</v>
       </c>
       <c r="D454" t="s">
         <v>79</v>
       </c>
       <c r="E454" t="s">
+        <v>933</v>
+      </c>
+      <c r="F454" t="s">
+        <v>934</v>
+      </c>
+      <c r="H454" t="s">
+        <v>935</v>
+      </c>
+      <c r="I454" t="s">
+        <v>83</v>
+      </c>
+      <c r="J454" t="s">
         <v>936</v>
       </c>
-      <c r="F454" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K454" t="s">
         <v>85</v>
       </c>
       <c r="L454" t="s">
         <v>85</v>
       </c>
       <c r="M454" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="O454" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="455" spans="1:30">
       <c r="A455" t="s">
-        <v>1528</v>
+        <v>1525</v>
       </c>
       <c r="B455" t="s">
-        <v>1529</v>
+        <v>1526</v>
       </c>
       <c r="C455" t="s">
-        <v>1530</v>
+        <v>1527</v>
       </c>
       <c r="D455" t="s">
         <v>79</v>
       </c>
       <c r="E455" t="s">
+        <v>933</v>
+      </c>
+      <c r="F455" t="s">
+        <v>934</v>
+      </c>
+      <c r="H455" t="s">
+        <v>935</v>
+      </c>
+      <c r="I455" t="s">
+        <v>83</v>
+      </c>
+      <c r="J455" t="s">
         <v>936</v>
-      </c>
-[...10 lines deleted...]
-        <v>939</v>
       </c>
       <c r="K455" t="s">
         <v>85</v>
       </c>
       <c r="L455" t="s">
         <v>85</v>
       </c>
       <c r="M455" t="s">
         <v>85</v>
       </c>
       <c r="O455" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="456" spans="1:30">
       <c r="A456" t="s">
-        <v>1531</v>
+        <v>1528</v>
       </c>
       <c r="B456" t="s">
-        <v>1532</v>
+        <v>1529</v>
       </c>
       <c r="C456" t="s">
-        <v>1533</v>
+        <v>1530</v>
       </c>
       <c r="D456" t="s">
         <v>79</v>
       </c>
       <c r="E456" t="s">
+        <v>933</v>
+      </c>
+      <c r="F456" t="s">
+        <v>934</v>
+      </c>
+      <c r="H456" t="s">
+        <v>935</v>
+      </c>
+      <c r="I456" t="s">
+        <v>83</v>
+      </c>
+      <c r="J456" t="s">
         <v>936</v>
-      </c>
-[...10 lines deleted...]
-        <v>939</v>
       </c>
       <c r="K456" t="s">
         <v>85</v>
       </c>
       <c r="L456" t="s">
         <v>85</v>
       </c>
       <c r="M456" t="s">
         <v>85</v>
       </c>
       <c r="O456" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="457" spans="1:30">
       <c r="A457" t="s">
-        <v>1534</v>
+        <v>1531</v>
       </c>
       <c r="B457" t="s">
-        <v>1535</v>
+        <v>1532</v>
       </c>
       <c r="C457" t="s">
-        <v>1536</v>
+        <v>1533</v>
       </c>
       <c r="D457" t="s">
         <v>79</v>
       </c>
       <c r="E457" t="s">
+        <v>933</v>
+      </c>
+      <c r="F457" t="s">
+        <v>934</v>
+      </c>
+      <c r="H457" t="s">
+        <v>935</v>
+      </c>
+      <c r="I457" t="s">
+        <v>83</v>
+      </c>
+      <c r="J457" t="s">
         <v>936</v>
       </c>
-      <c r="F457" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K457" t="s">
         <v>85</v>
       </c>
       <c r="L457" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="M457" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="O457" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="458" spans="1:30">
       <c r="A458" t="s">
-        <v>1537</v>
+        <v>1534</v>
       </c>
       <c r="B458" t="s">
-        <v>1538</v>
+        <v>1535</v>
       </c>
       <c r="C458" t="s">
-        <v>1539</v>
+        <v>1536</v>
       </c>
       <c r="D458" t="s">
         <v>79</v>
       </c>
       <c r="E458" t="s">
+        <v>933</v>
+      </c>
+      <c r="F458" t="s">
+        <v>934</v>
+      </c>
+      <c r="H458" t="s">
+        <v>935</v>
+      </c>
+      <c r="I458" t="s">
+        <v>83</v>
+      </c>
+      <c r="J458" t="s">
         <v>936</v>
       </c>
-      <c r="F458" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K458" t="s">
         <v>85</v>
       </c>
       <c r="L458" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M458" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O458" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="459" spans="1:30">
       <c r="A459" t="s">
-        <v>1540</v>
+        <v>1537</v>
       </c>
       <c r="B459" t="s">
-        <v>1541</v>
+        <v>1538</v>
       </c>
       <c r="C459" t="s">
-        <v>1542</v>
+        <v>1539</v>
       </c>
       <c r="D459" t="s">
         <v>79</v>
       </c>
       <c r="E459" t="s">
+        <v>933</v>
+      </c>
+      <c r="F459" t="s">
+        <v>934</v>
+      </c>
+      <c r="H459" t="s">
+        <v>935</v>
+      </c>
+      <c r="I459" t="s">
+        <v>83</v>
+      </c>
+      <c r="J459" t="s">
         <v>936</v>
       </c>
-      <c r="F459" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K459" t="s">
         <v>85</v>
       </c>
       <c r="L459" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="M459" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O459" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="460" spans="1:30">
       <c r="A460" t="s">
-        <v>1543</v>
+        <v>1540</v>
       </c>
       <c r="B460" t="s">
-        <v>1544</v>
+        <v>1541</v>
       </c>
       <c r="C460" t="s">
-        <v>1545</v>
+        <v>1542</v>
       </c>
       <c r="D460" t="s">
         <v>79</v>
       </c>
       <c r="E460" t="s">
+        <v>933</v>
+      </c>
+      <c r="F460" t="s">
+        <v>934</v>
+      </c>
+      <c r="H460" t="s">
+        <v>935</v>
+      </c>
+      <c r="I460" t="s">
+        <v>83</v>
+      </c>
+      <c r="J460" t="s">
         <v>936</v>
       </c>
-      <c r="F460" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K460" t="s">
         <v>85</v>
       </c>
       <c r="L460" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="M460" t="s">
         <v>85</v>
       </c>
       <c r="O460" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="461" spans="1:30">
       <c r="A461" t="s">
-        <v>1546</v>
+        <v>1543</v>
       </c>
       <c r="B461" t="s">
-        <v>1547</v>
+        <v>1544</v>
       </c>
       <c r="C461" t="s">
-        <v>1548</v>
+        <v>1545</v>
       </c>
       <c r="D461" t="s">
         <v>79</v>
       </c>
       <c r="E461" t="s">
+        <v>933</v>
+      </c>
+      <c r="F461" t="s">
+        <v>934</v>
+      </c>
+      <c r="H461" t="s">
+        <v>935</v>
+      </c>
+      <c r="I461" t="s">
+        <v>83</v>
+      </c>
+      <c r="J461" t="s">
         <v>936</v>
       </c>
-      <c r="F461" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K461" t="s">
         <v>85</v>
       </c>
       <c r="L461" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="M461" t="s">
         <v>85</v>
       </c>
       <c r="O461" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="462" spans="1:30">
       <c r="A462" t="s">
-        <v>1549</v>
+        <v>1546</v>
       </c>
       <c r="B462" t="s">
-        <v>1550</v>
+        <v>1547</v>
       </c>
       <c r="C462" t="s">
-        <v>1551</v>
+        <v>1548</v>
       </c>
       <c r="D462" t="s">
         <v>79</v>
       </c>
       <c r="E462" t="s">
+        <v>933</v>
+      </c>
+      <c r="F462" t="s">
+        <v>934</v>
+      </c>
+      <c r="H462" t="s">
+        <v>935</v>
+      </c>
+      <c r="I462" t="s">
+        <v>83</v>
+      </c>
+      <c r="J462" t="s">
         <v>936</v>
       </c>
-      <c r="F462" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K462" t="s">
         <v>85</v>
       </c>
       <c r="L462" t="s">
         <v>85</v>
       </c>
       <c r="M462" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="O462" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="463" spans="1:30">
       <c r="A463" t="s">
-        <v>1552</v>
+        <v>1549</v>
       </c>
       <c r="B463" t="s">
-        <v>1553</v>
+        <v>1550</v>
       </c>
       <c r="C463" t="s">
-        <v>1554</v>
+        <v>1551</v>
       </c>
       <c r="D463" t="s">
         <v>79</v>
       </c>
       <c r="E463" t="s">
+        <v>933</v>
+      </c>
+      <c r="F463" t="s">
+        <v>934</v>
+      </c>
+      <c r="H463" t="s">
+        <v>935</v>
+      </c>
+      <c r="I463" t="s">
+        <v>83</v>
+      </c>
+      <c r="J463" t="s">
         <v>936</v>
       </c>
-      <c r="F463" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K463" t="s">
         <v>85</v>
       </c>
       <c r="L463" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="M463" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="O463" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="464" spans="1:30">
       <c r="A464" t="s">
-        <v>1555</v>
+        <v>1552</v>
       </c>
       <c r="B464" t="s">
-        <v>1556</v>
+        <v>1553</v>
       </c>
       <c r="C464" t="s">
-        <v>1557</v>
+        <v>1554</v>
       </c>
       <c r="D464" t="s">
         <v>79</v>
       </c>
       <c r="E464" t="s">
+        <v>933</v>
+      </c>
+      <c r="F464" t="s">
+        <v>934</v>
+      </c>
+      <c r="H464" t="s">
+        <v>935</v>
+      </c>
+      <c r="I464" t="s">
+        <v>83</v>
+      </c>
+      <c r="J464" t="s">
         <v>936</v>
       </c>
-      <c r="F464" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K464" t="s">
         <v>85</v>
       </c>
       <c r="L464" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="M464" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="O464" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="465" spans="1:30">
       <c r="A465" t="s">
-        <v>1558</v>
+        <v>1555</v>
       </c>
       <c r="B465" t="s">
-        <v>1559</v>
+        <v>1556</v>
       </c>
       <c r="C465" t="s">
-        <v>1560</v>
+        <v>1557</v>
       </c>
       <c r="D465" t="s">
         <v>79</v>
       </c>
       <c r="E465" t="s">
+        <v>933</v>
+      </c>
+      <c r="F465" t="s">
+        <v>934</v>
+      </c>
+      <c r="H465" t="s">
+        <v>935</v>
+      </c>
+      <c r="I465" t="s">
+        <v>83</v>
+      </c>
+      <c r="J465" t="s">
         <v>936</v>
       </c>
-      <c r="F465" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K465" t="s">
         <v>85</v>
       </c>
       <c r="L465" t="s">
         <v>85</v>
       </c>
       <c r="M465" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O465" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="466" spans="1:30">
       <c r="A466" t="s">
-        <v>1561</v>
+        <v>1558</v>
       </c>
       <c r="B466" t="s">
-        <v>1562</v>
+        <v>1559</v>
       </c>
       <c r="C466" t="s">
-        <v>1563</v>
+        <v>1560</v>
       </c>
       <c r="D466" t="s">
         <v>79</v>
       </c>
       <c r="E466" t="s">
+        <v>933</v>
+      </c>
+      <c r="F466" t="s">
+        <v>934</v>
+      </c>
+      <c r="H466" t="s">
+        <v>935</v>
+      </c>
+      <c r="I466" t="s">
+        <v>83</v>
+      </c>
+      <c r="J466" t="s">
         <v>936</v>
       </c>
-      <c r="F466" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K466" t="s">
         <v>85</v>
       </c>
       <c r="L466" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="M466" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O466" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="467" spans="1:30">
       <c r="A467" t="s">
-        <v>1564</v>
+        <v>1561</v>
       </c>
       <c r="B467" t="s">
-        <v>1565</v>
+        <v>1562</v>
       </c>
       <c r="C467" t="s">
-        <v>1566</v>
+        <v>1563</v>
       </c>
       <c r="D467" t="s">
         <v>79</v>
       </c>
       <c r="E467" t="s">
+        <v>933</v>
+      </c>
+      <c r="F467" t="s">
+        <v>934</v>
+      </c>
+      <c r="H467" t="s">
+        <v>935</v>
+      </c>
+      <c r="I467" t="s">
+        <v>83</v>
+      </c>
+      <c r="J467" t="s">
         <v>936</v>
       </c>
-      <c r="F467" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K467" t="s">
         <v>85</v>
       </c>
       <c r="L467" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="M467" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="O467" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="468" spans="1:30">
       <c r="A468" t="s">
-        <v>1567</v>
+        <v>1564</v>
       </c>
       <c r="B468" t="s">
-        <v>1568</v>
+        <v>1565</v>
       </c>
       <c r="C468" t="s">
-        <v>1569</v>
+        <v>1566</v>
       </c>
       <c r="D468" t="s">
         <v>79</v>
       </c>
       <c r="E468" t="s">
+        <v>933</v>
+      </c>
+      <c r="F468" t="s">
+        <v>934</v>
+      </c>
+      <c r="H468" t="s">
+        <v>935</v>
+      </c>
+      <c r="I468" t="s">
+        <v>83</v>
+      </c>
+      <c r="J468" t="s">
         <v>936</v>
       </c>
-      <c r="F468" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K468" t="s">
         <v>85</v>
       </c>
       <c r="L468" t="s">
         <v>85</v>
       </c>
       <c r="M468" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O468" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="469" spans="1:30">
       <c r="A469" t="s">
-        <v>1570</v>
+        <v>1567</v>
       </c>
       <c r="B469" t="s">
-        <v>1571</v>
+        <v>1568</v>
       </c>
       <c r="C469" t="s">
-        <v>1572</v>
+        <v>1569</v>
       </c>
       <c r="D469" t="s">
         <v>79</v>
       </c>
       <c r="E469" t="s">
+        <v>933</v>
+      </c>
+      <c r="F469" t="s">
+        <v>934</v>
+      </c>
+      <c r="H469" t="s">
+        <v>935</v>
+      </c>
+      <c r="I469" t="s">
+        <v>83</v>
+      </c>
+      <c r="J469" t="s">
         <v>936</v>
       </c>
-      <c r="F469" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K469" t="s">
         <v>85</v>
       </c>
       <c r="L469" t="s">
         <v>85</v>
       </c>
       <c r="M469" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O469" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="470" spans="1:30">
       <c r="A470" t="s">
-        <v>1573</v>
+        <v>1570</v>
       </c>
       <c r="B470" t="s">
-        <v>1574</v>
+        <v>1571</v>
       </c>
       <c r="C470" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
       <c r="D470" t="s">
         <v>79</v>
       </c>
       <c r="E470" t="s">
+        <v>933</v>
+      </c>
+      <c r="F470" t="s">
+        <v>934</v>
+      </c>
+      <c r="H470" t="s">
+        <v>935</v>
+      </c>
+      <c r="I470" t="s">
+        <v>83</v>
+      </c>
+      <c r="J470" t="s">
         <v>936</v>
-      </c>
-[...10 lines deleted...]
-        <v>939</v>
       </c>
       <c r="K470" t="s">
         <v>85</v>
       </c>
       <c r="L470" t="s">
         <v>85</v>
       </c>
       <c r="M470" t="s">
         <v>85</v>
       </c>
       <c r="O470" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="471" spans="1:30">
       <c r="A471" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="B471" t="s">
-        <v>1577</v>
+        <v>1574</v>
       </c>
       <c r="C471" t="s">
-        <v>1578</v>
+        <v>1575</v>
       </c>
       <c r="D471" t="s">
         <v>79</v>
       </c>
       <c r="E471" t="s">
+        <v>933</v>
+      </c>
+      <c r="F471" t="s">
+        <v>934</v>
+      </c>
+      <c r="H471" t="s">
+        <v>935</v>
+      </c>
+      <c r="I471" t="s">
+        <v>83</v>
+      </c>
+      <c r="J471" t="s">
         <v>936</v>
       </c>
-      <c r="F471" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K471" t="s">
         <v>85</v>
       </c>
       <c r="L471" t="s">
         <v>85</v>
       </c>
       <c r="M471" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="O471" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="472" spans="1:30">
       <c r="A472" t="s">
-        <v>1579</v>
+        <v>1576</v>
       </c>
       <c r="B472" t="s">
-        <v>1580</v>
+        <v>1577</v>
       </c>
       <c r="C472" t="s">
-        <v>1581</v>
+        <v>1578</v>
       </c>
       <c r="D472" t="s">
         <v>79</v>
       </c>
       <c r="E472" t="s">
+        <v>933</v>
+      </c>
+      <c r="F472" t="s">
+        <v>934</v>
+      </c>
+      <c r="H472" t="s">
+        <v>935</v>
+      </c>
+      <c r="I472" t="s">
+        <v>83</v>
+      </c>
+      <c r="J472" t="s">
         <v>936</v>
       </c>
-      <c r="F472" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K472" t="s">
         <v>85</v>
       </c>
       <c r="L472" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="M472" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="O472" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="473" spans="1:30">
       <c r="A473" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="B473" t="s">
-        <v>1583</v>
+        <v>1580</v>
       </c>
       <c r="C473" t="s">
-        <v>1584</v>
+        <v>1581</v>
       </c>
       <c r="D473" t="s">
         <v>79</v>
       </c>
       <c r="E473" t="s">
+        <v>933</v>
+      </c>
+      <c r="F473" t="s">
+        <v>934</v>
+      </c>
+      <c r="H473" t="s">
+        <v>935</v>
+      </c>
+      <c r="I473" t="s">
+        <v>83</v>
+      </c>
+      <c r="J473" t="s">
         <v>936</v>
       </c>
-      <c r="F473" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K473" t="s">
         <v>85</v>
       </c>
       <c r="L473" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M473" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O473" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="474" spans="1:30">
       <c r="A474" t="s">
-        <v>1585</v>
+        <v>1582</v>
       </c>
       <c r="B474" t="s">
-        <v>1586</v>
+        <v>1583</v>
       </c>
       <c r="C474" t="s">
-        <v>1587</v>
+        <v>1584</v>
       </c>
       <c r="D474" t="s">
         <v>79</v>
       </c>
       <c r="E474" t="s">
+        <v>933</v>
+      </c>
+      <c r="F474" t="s">
+        <v>934</v>
+      </c>
+      <c r="H474" t="s">
+        <v>935</v>
+      </c>
+      <c r="I474" t="s">
+        <v>83</v>
+      </c>
+      <c r="J474" t="s">
         <v>936</v>
       </c>
-      <c r="F474" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K474" t="s">
         <v>85</v>
       </c>
       <c r="L474" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M474" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O474" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="475" spans="1:30">
       <c r="A475" t="s">
-        <v>1588</v>
+        <v>1585</v>
       </c>
       <c r="B475" t="s">
-        <v>1589</v>
+        <v>1586</v>
       </c>
       <c r="C475" t="s">
-        <v>1590</v>
+        <v>1587</v>
       </c>
       <c r="D475" t="s">
         <v>79</v>
       </c>
       <c r="E475" t="s">
+        <v>933</v>
+      </c>
+      <c r="F475" t="s">
+        <v>934</v>
+      </c>
+      <c r="H475" t="s">
+        <v>935</v>
+      </c>
+      <c r="I475" t="s">
+        <v>83</v>
+      </c>
+      <c r="J475" t="s">
         <v>936</v>
       </c>
-      <c r="F475" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K475" t="s">
         <v>85</v>
       </c>
       <c r="L475" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="M475" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O475" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="476" spans="1:30">
       <c r="A476" t="s">
-        <v>1591</v>
+        <v>1588</v>
       </c>
       <c r="B476" t="s">
-        <v>1592</v>
+        <v>1589</v>
       </c>
       <c r="C476" t="s">
-        <v>1593</v>
+        <v>1590</v>
       </c>
       <c r="D476" t="s">
         <v>79</v>
       </c>
       <c r="E476" t="s">
+        <v>933</v>
+      </c>
+      <c r="F476" t="s">
+        <v>934</v>
+      </c>
+      <c r="H476" t="s">
+        <v>935</v>
+      </c>
+      <c r="I476" t="s">
+        <v>83</v>
+      </c>
+      <c r="J476" t="s">
         <v>936</v>
-      </c>
-[...10 lines deleted...]
-        <v>939</v>
       </c>
       <c r="K476" t="s">
         <v>85</v>
       </c>
       <c r="L476" t="s">
         <v>85</v>
       </c>
       <c r="M476" t="s">
         <v>85</v>
       </c>
       <c r="O476" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="477" spans="1:30">
       <c r="A477" t="s">
-        <v>1594</v>
+        <v>1591</v>
       </c>
       <c r="B477" t="s">
-        <v>1595</v>
+        <v>1592</v>
       </c>
       <c r="C477" t="s">
-        <v>1596</v>
+        <v>1593</v>
       </c>
       <c r="D477" t="s">
         <v>79</v>
       </c>
       <c r="E477" t="s">
+        <v>933</v>
+      </c>
+      <c r="F477" t="s">
+        <v>934</v>
+      </c>
+      <c r="H477" t="s">
+        <v>935</v>
+      </c>
+      <c r="I477" t="s">
+        <v>83</v>
+      </c>
+      <c r="J477" t="s">
         <v>936</v>
       </c>
-      <c r="F477" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K477" t="s">
         <v>85</v>
       </c>
       <c r="L477" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="M477" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="O477" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="478" spans="1:30">
       <c r="A478" t="s">
-        <v>1597</v>
+        <v>1594</v>
       </c>
       <c r="B478" t="s">
-        <v>1598</v>
+        <v>1595</v>
       </c>
       <c r="C478" t="s">
-        <v>1599</v>
+        <v>1596</v>
       </c>
       <c r="D478" t="s">
         <v>79</v>
       </c>
       <c r="E478" t="s">
+        <v>933</v>
+      </c>
+      <c r="F478" t="s">
+        <v>934</v>
+      </c>
+      <c r="H478" t="s">
+        <v>935</v>
+      </c>
+      <c r="I478" t="s">
+        <v>83</v>
+      </c>
+      <c r="J478" t="s">
         <v>936</v>
       </c>
-      <c r="F478" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K478" t="s">
         <v>85</v>
       </c>
       <c r="L478" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="M478" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O478" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="479" spans="1:30">
       <c r="A479" t="s">
-        <v>1600</v>
+        <v>1597</v>
       </c>
       <c r="B479" t="s">
-        <v>1601</v>
+        <v>1598</v>
       </c>
       <c r="C479" t="s">
-        <v>1602</v>
+        <v>1599</v>
       </c>
       <c r="D479" t="s">
         <v>79</v>
       </c>
       <c r="E479" t="s">
+        <v>933</v>
+      </c>
+      <c r="F479" t="s">
+        <v>934</v>
+      </c>
+      <c r="H479" t="s">
+        <v>935</v>
+      </c>
+      <c r="I479" t="s">
+        <v>83</v>
+      </c>
+      <c r="J479" t="s">
         <v>936</v>
       </c>
-      <c r="F479" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K479" t="s">
         <v>85</v>
       </c>
       <c r="L479" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="M479" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O479" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="480" spans="1:30">
       <c r="A480" t="s">
-        <v>1603</v>
+        <v>1600</v>
       </c>
       <c r="B480" t="s">
-        <v>1604</v>
+        <v>1601</v>
       </c>
       <c r="C480" t="s">
-        <v>1605</v>
+        <v>1602</v>
       </c>
       <c r="D480" t="s">
         <v>79</v>
       </c>
       <c r="E480" t="s">
+        <v>933</v>
+      </c>
+      <c r="F480" t="s">
+        <v>934</v>
+      </c>
+      <c r="H480" t="s">
+        <v>935</v>
+      </c>
+      <c r="I480" t="s">
+        <v>83</v>
+      </c>
+      <c r="J480" t="s">
         <v>936</v>
       </c>
-      <c r="F480" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K480" t="s">
         <v>85</v>
       </c>
       <c r="L480" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="M480" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="O480" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="481" spans="1:30">
       <c r="A481" t="s">
-        <v>1606</v>
+        <v>1603</v>
       </c>
       <c r="B481" t="s">
-        <v>1607</v>
+        <v>1604</v>
       </c>
       <c r="C481" t="s">
-        <v>1608</v>
+        <v>1605</v>
       </c>
       <c r="D481" t="s">
         <v>79</v>
       </c>
       <c r="E481" t="s">
+        <v>933</v>
+      </c>
+      <c r="F481" t="s">
+        <v>934</v>
+      </c>
+      <c r="H481" t="s">
+        <v>935</v>
+      </c>
+      <c r="I481" t="s">
+        <v>83</v>
+      </c>
+      <c r="J481" t="s">
         <v>936</v>
       </c>
-      <c r="F481" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K481" t="s">
         <v>85</v>
       </c>
       <c r="L481" t="s">
         <v>85</v>
       </c>
       <c r="M481" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O481" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="482" spans="1:30">
       <c r="A482" t="s">
-        <v>1609</v>
+        <v>1606</v>
       </c>
       <c r="B482" t="s">
-        <v>1610</v>
+        <v>1607</v>
       </c>
       <c r="C482" t="s">
-        <v>1611</v>
+        <v>1608</v>
       </c>
       <c r="D482" t="s">
         <v>79</v>
       </c>
       <c r="E482" t="s">
+        <v>933</v>
+      </c>
+      <c r="F482" t="s">
+        <v>934</v>
+      </c>
+      <c r="H482" t="s">
+        <v>935</v>
+      </c>
+      <c r="I482" t="s">
+        <v>83</v>
+      </c>
+      <c r="J482" t="s">
         <v>936</v>
       </c>
-      <c r="F482" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K482" t="s">
         <v>85</v>
       </c>
       <c r="L482" t="s">
         <v>85</v>
       </c>
       <c r="M482" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O482" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="483" spans="1:30">
       <c r="A483" t="s">
-        <v>1612</v>
+        <v>1609</v>
       </c>
       <c r="B483" t="s">
-        <v>1613</v>
+        <v>1610</v>
       </c>
       <c r="C483" t="s">
-        <v>1614</v>
+        <v>1611</v>
       </c>
       <c r="D483" t="s">
         <v>79</v>
       </c>
       <c r="E483" t="s">
+        <v>933</v>
+      </c>
+      <c r="F483" t="s">
+        <v>934</v>
+      </c>
+      <c r="H483" t="s">
+        <v>935</v>
+      </c>
+      <c r="I483" t="s">
+        <v>83</v>
+      </c>
+      <c r="J483" t="s">
         <v>936</v>
       </c>
-      <c r="F483" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K483" t="s">
         <v>85</v>
       </c>
       <c r="L483" t="s">
         <v>85</v>
       </c>
       <c r="M483" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O483" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="484" spans="1:30">
       <c r="A484" t="s">
-        <v>1615</v>
+        <v>1612</v>
       </c>
       <c r="B484" t="s">
-        <v>1616</v>
+        <v>1613</v>
       </c>
       <c r="C484" t="s">
-        <v>1617</v>
+        <v>1614</v>
       </c>
       <c r="D484" t="s">
         <v>79</v>
       </c>
       <c r="E484" t="s">
+        <v>933</v>
+      </c>
+      <c r="F484" t="s">
+        <v>934</v>
+      </c>
+      <c r="H484" t="s">
+        <v>935</v>
+      </c>
+      <c r="I484" t="s">
+        <v>83</v>
+      </c>
+      <c r="J484" t="s">
         <v>936</v>
       </c>
-      <c r="F484" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K484" t="s">
         <v>85</v>
       </c>
       <c r="L484" t="s">
         <v>85</v>
       </c>
       <c r="M484" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O484" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="485" spans="1:30">
       <c r="A485" t="s">
-        <v>1618</v>
+        <v>1615</v>
       </c>
       <c r="B485" t="s">
-        <v>1619</v>
+        <v>1616</v>
       </c>
       <c r="C485" t="s">
-        <v>1620</v>
+        <v>1617</v>
       </c>
       <c r="D485" t="s">
         <v>79</v>
       </c>
       <c r="E485" t="s">
+        <v>933</v>
+      </c>
+      <c r="F485" t="s">
+        <v>934</v>
+      </c>
+      <c r="H485" t="s">
+        <v>935</v>
+      </c>
+      <c r="I485" t="s">
+        <v>83</v>
+      </c>
+      <c r="J485" t="s">
         <v>936</v>
       </c>
-      <c r="F485" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K485" t="s">
         <v>85</v>
       </c>
       <c r="L485" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="M485" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O485" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="486" spans="1:30">
       <c r="A486" t="s">
-        <v>1621</v>
+        <v>1618</v>
       </c>
       <c r="B486" t="s">
-        <v>1622</v>
+        <v>1619</v>
       </c>
       <c r="C486" t="s">
-        <v>1623</v>
+        <v>1620</v>
       </c>
       <c r="D486" t="s">
         <v>79</v>
       </c>
       <c r="E486" t="s">
+        <v>933</v>
+      </c>
+      <c r="F486" t="s">
+        <v>934</v>
+      </c>
+      <c r="H486" t="s">
+        <v>935</v>
+      </c>
+      <c r="I486" t="s">
+        <v>83</v>
+      </c>
+      <c r="J486" t="s">
         <v>936</v>
       </c>
-      <c r="F486" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K486" t="s">
         <v>85</v>
       </c>
       <c r="L486" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="M486" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O486" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="487" spans="1:30">
       <c r="A487" t="s">
-        <v>1624</v>
+        <v>1621</v>
       </c>
       <c r="B487" t="s">
-        <v>1625</v>
+        <v>1622</v>
       </c>
       <c r="C487" t="s">
-        <v>1626</v>
+        <v>1623</v>
       </c>
       <c r="D487" t="s">
         <v>79</v>
       </c>
       <c r="E487" t="s">
+        <v>933</v>
+      </c>
+      <c r="F487" t="s">
+        <v>934</v>
+      </c>
+      <c r="H487" t="s">
+        <v>935</v>
+      </c>
+      <c r="I487" t="s">
+        <v>83</v>
+      </c>
+      <c r="J487" t="s">
         <v>936</v>
       </c>
-      <c r="F487" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K487" t="s">
         <v>85</v>
       </c>
       <c r="L487" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="M487" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="O487" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="488" spans="1:30">
       <c r="A488" t="s">
-        <v>1627</v>
+        <v>1624</v>
       </c>
       <c r="B488" t="s">
-        <v>1628</v>
+        <v>1625</v>
       </c>
       <c r="C488" t="s">
-        <v>1629</v>
+        <v>1626</v>
       </c>
       <c r="D488" t="s">
         <v>79</v>
       </c>
       <c r="E488" t="s">
+        <v>933</v>
+      </c>
+      <c r="F488" t="s">
+        <v>934</v>
+      </c>
+      <c r="H488" t="s">
+        <v>935</v>
+      </c>
+      <c r="I488" t="s">
+        <v>83</v>
+      </c>
+      <c r="J488" t="s">
         <v>936</v>
       </c>
-      <c r="F488" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K488" t="s">
         <v>85</v>
       </c>
       <c r="L488" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="M488" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="O488" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="489" spans="1:30">
       <c r="A489" t="s">
-        <v>1630</v>
+        <v>1627</v>
       </c>
       <c r="B489" t="s">
-        <v>1631</v>
+        <v>1628</v>
       </c>
       <c r="C489" t="s">
-        <v>1632</v>
+        <v>1629</v>
       </c>
       <c r="D489" t="s">
         <v>79</v>
       </c>
       <c r="E489" t="s">
+        <v>933</v>
+      </c>
+      <c r="F489" t="s">
+        <v>934</v>
+      </c>
+      <c r="H489" t="s">
+        <v>935</v>
+      </c>
+      <c r="I489" t="s">
+        <v>83</v>
+      </c>
+      <c r="J489" t="s">
         <v>936</v>
       </c>
-      <c r="F489" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K489" t="s">
         <v>85</v>
       </c>
       <c r="L489" t="s">
         <v>85</v>
       </c>
       <c r="M489" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="O489" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="490" spans="1:30">
       <c r="A490" t="s">
-        <v>1633</v>
+        <v>1630</v>
       </c>
       <c r="B490" t="s">
-        <v>1634</v>
+        <v>1631</v>
       </c>
       <c r="C490" t="s">
-        <v>1635</v>
+        <v>1632</v>
       </c>
       <c r="D490" t="s">
         <v>79</v>
       </c>
       <c r="E490" t="s">
+        <v>933</v>
+      </c>
+      <c r="F490" t="s">
+        <v>934</v>
+      </c>
+      <c r="H490" t="s">
+        <v>935</v>
+      </c>
+      <c r="I490" t="s">
+        <v>83</v>
+      </c>
+      <c r="J490" t="s">
         <v>936</v>
       </c>
-      <c r="F490" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K490" t="s">
         <v>85</v>
       </c>
       <c r="L490" t="s">
         <v>85</v>
       </c>
       <c r="M490" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="O490" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="491" spans="1:30">
       <c r="A491" t="s">
-        <v>1636</v>
+        <v>1633</v>
       </c>
       <c r="B491" t="s">
-        <v>1637</v>
+        <v>1634</v>
       </c>
       <c r="C491" t="s">
-        <v>1638</v>
+        <v>1635</v>
       </c>
       <c r="D491" t="s">
         <v>79</v>
       </c>
       <c r="E491" t="s">
+        <v>933</v>
+      </c>
+      <c r="F491" t="s">
+        <v>934</v>
+      </c>
+      <c r="H491" t="s">
+        <v>935</v>
+      </c>
+      <c r="I491" t="s">
+        <v>83</v>
+      </c>
+      <c r="J491" t="s">
         <v>936</v>
       </c>
-      <c r="F491" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K491" t="s">
         <v>85</v>
       </c>
       <c r="L491" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="M491" t="s">
         <v>85</v>
       </c>
       <c r="O491" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="492" spans="1:30">
       <c r="A492" t="s">
-        <v>1639</v>
+        <v>1636</v>
       </c>
       <c r="B492" t="s">
-        <v>1640</v>
+        <v>1637</v>
       </c>
       <c r="C492" t="s">
-        <v>1641</v>
+        <v>1638</v>
       </c>
       <c r="D492" t="s">
         <v>79</v>
       </c>
       <c r="E492" t="s">
+        <v>933</v>
+      </c>
+      <c r="F492" t="s">
+        <v>934</v>
+      </c>
+      <c r="H492" t="s">
+        <v>935</v>
+      </c>
+      <c r="I492" t="s">
+        <v>83</v>
+      </c>
+      <c r="J492" t="s">
         <v>936</v>
       </c>
-      <c r="F492" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K492" t="s">
         <v>85</v>
       </c>
       <c r="L492" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="M492" t="s">
         <v>85</v>
       </c>
       <c r="O492" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="493" spans="1:30">
       <c r="A493" t="s">
-        <v>1642</v>
+        <v>1639</v>
       </c>
       <c r="B493" t="s">
-        <v>1643</v>
+        <v>1640</v>
       </c>
       <c r="C493" t="s">
-        <v>1644</v>
+        <v>1641</v>
       </c>
       <c r="D493" t="s">
         <v>79</v>
       </c>
       <c r="E493" t="s">
+        <v>933</v>
+      </c>
+      <c r="F493" t="s">
+        <v>934</v>
+      </c>
+      <c r="H493" t="s">
+        <v>935</v>
+      </c>
+      <c r="I493" t="s">
+        <v>83</v>
+      </c>
+      <c r="J493" t="s">
         <v>936</v>
       </c>
-      <c r="F493" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K493" t="s">
         <v>85</v>
       </c>
       <c r="L493" t="s">
         <v>85</v>
       </c>
       <c r="M493" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="O493" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="494" spans="1:30">
       <c r="A494" t="s">
-        <v>1645</v>
+        <v>1642</v>
       </c>
       <c r="B494" t="s">
-        <v>1646</v>
+        <v>1643</v>
       </c>
       <c r="C494" t="s">
-        <v>1647</v>
+        <v>1644</v>
       </c>
       <c r="D494" t="s">
         <v>79</v>
       </c>
       <c r="E494" t="s">
+        <v>933</v>
+      </c>
+      <c r="F494" t="s">
+        <v>934</v>
+      </c>
+      <c r="H494" t="s">
+        <v>935</v>
+      </c>
+      <c r="I494" t="s">
+        <v>83</v>
+      </c>
+      <c r="J494" t="s">
         <v>936</v>
       </c>
-      <c r="F494" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K494" t="s">
         <v>85</v>
       </c>
       <c r="L494" t="s">
         <v>85</v>
       </c>
       <c r="M494" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="O494" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="495" spans="1:30">
       <c r="A495" t="s">
-        <v>1648</v>
+        <v>1645</v>
       </c>
       <c r="B495" t="s">
-        <v>1649</v>
+        <v>1646</v>
       </c>
       <c r="C495" t="s">
-        <v>1650</v>
+        <v>1647</v>
       </c>
       <c r="D495" t="s">
         <v>79</v>
       </c>
       <c r="E495" t="s">
+        <v>933</v>
+      </c>
+      <c r="F495" t="s">
+        <v>934</v>
+      </c>
+      <c r="H495" t="s">
+        <v>935</v>
+      </c>
+      <c r="I495" t="s">
+        <v>83</v>
+      </c>
+      <c r="J495" t="s">
         <v>936</v>
-      </c>
-[...10 lines deleted...]
-        <v>939</v>
       </c>
       <c r="K495" t="s">
         <v>85</v>
       </c>
       <c r="L495" t="s">
         <v>85</v>
       </c>
       <c r="M495" t="s">
         <v>85</v>
       </c>
       <c r="O495" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="496" spans="1:30">
       <c r="A496" t="s">
-        <v>1651</v>
+        <v>1648</v>
       </c>
       <c r="B496" t="s">
-        <v>1652</v>
+        <v>1649</v>
       </c>
       <c r="C496" t="s">
-        <v>1653</v>
+        <v>1650</v>
       </c>
       <c r="D496" t="s">
         <v>79</v>
       </c>
       <c r="E496" t="s">
+        <v>933</v>
+      </c>
+      <c r="F496" t="s">
+        <v>934</v>
+      </c>
+      <c r="H496" t="s">
+        <v>935</v>
+      </c>
+      <c r="I496" t="s">
+        <v>83</v>
+      </c>
+      <c r="J496" t="s">
         <v>936</v>
       </c>
-      <c r="F496" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K496" t="s">
         <v>85</v>
       </c>
       <c r="L496" t="s">
         <v>85</v>
       </c>
       <c r="M496" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="O496" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="497" spans="1:30">
       <c r="A497" t="s">
-        <v>1654</v>
+        <v>1651</v>
       </c>
       <c r="B497" t="s">
-        <v>1655</v>
+        <v>1652</v>
       </c>
       <c r="C497" t="s">
-        <v>1656</v>
+        <v>1653</v>
       </c>
       <c r="D497" t="s">
         <v>79</v>
       </c>
       <c r="E497" t="s">
+        <v>933</v>
+      </c>
+      <c r="F497" t="s">
+        <v>934</v>
+      </c>
+      <c r="H497" t="s">
+        <v>935</v>
+      </c>
+      <c r="I497" t="s">
+        <v>83</v>
+      </c>
+      <c r="J497" t="s">
         <v>936</v>
       </c>
-      <c r="F497" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K497" t="s">
         <v>85</v>
       </c>
       <c r="L497" t="s">
         <v>85</v>
       </c>
       <c r="M497" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O497" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="498" spans="1:30">
       <c r="A498" t="s">
-        <v>1657</v>
+        <v>1654</v>
       </c>
       <c r="B498" t="s">
-        <v>1658</v>
+        <v>1655</v>
       </c>
       <c r="C498" t="s">
-        <v>1659</v>
+        <v>1656</v>
       </c>
       <c r="D498" t="s">
         <v>79</v>
       </c>
       <c r="E498" t="s">
+        <v>933</v>
+      </c>
+      <c r="F498" t="s">
+        <v>934</v>
+      </c>
+      <c r="H498" t="s">
+        <v>935</v>
+      </c>
+      <c r="I498" t="s">
+        <v>83</v>
+      </c>
+      <c r="J498" t="s">
         <v>936</v>
       </c>
-      <c r="F498" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K498" t="s">
         <v>85</v>
       </c>
       <c r="L498" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="M498" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O498" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="499" spans="1:30">
       <c r="A499" t="s">
-        <v>1660</v>
+        <v>1657</v>
       </c>
       <c r="B499" t="s">
-        <v>1661</v>
+        <v>1658</v>
       </c>
       <c r="C499" t="s">
-        <v>1662</v>
+        <v>1659</v>
       </c>
       <c r="D499" t="s">
         <v>79</v>
       </c>
       <c r="E499" t="s">
+        <v>933</v>
+      </c>
+      <c r="F499" t="s">
+        <v>934</v>
+      </c>
+      <c r="H499" t="s">
+        <v>935</v>
+      </c>
+      <c r="I499" t="s">
+        <v>83</v>
+      </c>
+      <c r="J499" t="s">
         <v>936</v>
       </c>
-      <c r="F499" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K499" t="s">
         <v>85</v>
       </c>
       <c r="L499" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="M499" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="O499" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="500" spans="1:30">
       <c r="A500" t="s">
-        <v>1663</v>
+        <v>1660</v>
       </c>
       <c r="B500" t="s">
-        <v>1664</v>
+        <v>1661</v>
       </c>
       <c r="C500" t="s">
-        <v>1665</v>
+        <v>1662</v>
       </c>
       <c r="D500" t="s">
         <v>79</v>
       </c>
       <c r="E500" t="s">
+        <v>933</v>
+      </c>
+      <c r="F500" t="s">
+        <v>934</v>
+      </c>
+      <c r="H500" t="s">
+        <v>935</v>
+      </c>
+      <c r="I500" t="s">
+        <v>83</v>
+      </c>
+      <c r="J500" t="s">
         <v>936</v>
       </c>
-      <c r="F500" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K500" t="s">
         <v>85</v>
       </c>
       <c r="L500" t="s">
         <v>85</v>
       </c>
       <c r="M500" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="O500" t="s">
-        <v>365</v>
-[...44 lines deleted...]
-        <v>85</v>
+        <v>79</v>
       </c>
     </row>
     <row r="501" spans="1:30">
       <c r="A501" t="s">
-        <v>1666</v>
+        <v>1663</v>
       </c>
       <c r="B501" t="s">
-        <v>1667</v>
+        <v>1664</v>
       </c>
       <c r="C501" t="s">
-        <v>1668</v>
+        <v>1665</v>
       </c>
       <c r="D501" t="s">
         <v>79</v>
       </c>
       <c r="E501" t="s">
+        <v>933</v>
+      </c>
+      <c r="F501" t="s">
+        <v>934</v>
+      </c>
+      <c r="H501" t="s">
+        <v>935</v>
+      </c>
+      <c r="I501" t="s">
+        <v>83</v>
+      </c>
+      <c r="J501" t="s">
         <v>936</v>
       </c>
-      <c r="F501" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K501" t="s">
         <v>85</v>
       </c>
       <c r="L501" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="M501" t="s">
         <v>85</v>
       </c>
       <c r="O501" t="s">
-        <v>79</v>
+        <v>366</v>
+      </c>
+      <c r="P501" t="s">
+        <v>371</v>
+      </c>
+      <c r="Q501" t="s">
+        <v>372</v>
+      </c>
+      <c r="R501" t="s">
+        <v>85</v>
+      </c>
+      <c r="S501" t="s">
+        <v>85</v>
+      </c>
+      <c r="T501" t="s">
+        <v>85</v>
+      </c>
+      <c r="U501" t="s">
+        <v>369</v>
+      </c>
+      <c r="V501" t="s">
+        <v>370</v>
+      </c>
+      <c r="W501" t="s">
+        <v>85</v>
+      </c>
+      <c r="X501" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y501" t="s">
+        <v>86</v>
+      </c>
+      <c r="Z501" t="s">
+        <v>367</v>
+      </c>
+      <c r="AA501" t="s">
+        <v>368</v>
+      </c>
+      <c r="AB501" t="s">
+        <v>85</v>
+      </c>
+      <c r="AC501" t="s">
+        <v>85</v>
+      </c>
+      <c r="AD501" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="502" spans="1:30">
       <c r="A502" t="s">
-        <v>1669</v>
+        <v>1666</v>
       </c>
       <c r="B502" t="s">
-        <v>1670</v>
+        <v>1667</v>
       </c>
       <c r="C502" t="s">
-        <v>1671</v>
+        <v>1668</v>
       </c>
       <c r="D502" t="s">
         <v>79</v>
       </c>
       <c r="E502" t="s">
+        <v>933</v>
+      </c>
+      <c r="F502" t="s">
+        <v>934</v>
+      </c>
+      <c r="H502" t="s">
+        <v>935</v>
+      </c>
+      <c r="I502" t="s">
+        <v>83</v>
+      </c>
+      <c r="J502" t="s">
         <v>936</v>
       </c>
-      <c r="F502" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K502" t="s">
         <v>85</v>
       </c>
       <c r="L502" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="M502" t="s">
         <v>85</v>
       </c>
       <c r="O502" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="503" spans="1:30">
       <c r="A503" t="s">
-        <v>1672</v>
+        <v>1669</v>
       </c>
       <c r="B503" t="s">
-        <v>1673</v>
+        <v>1670</v>
       </c>
       <c r="C503" t="s">
-        <v>1674</v>
+        <v>1671</v>
       </c>
       <c r="D503" t="s">
         <v>79</v>
       </c>
       <c r="E503" t="s">
+        <v>933</v>
+      </c>
+      <c r="F503" t="s">
+        <v>934</v>
+      </c>
+      <c r="H503" t="s">
+        <v>935</v>
+      </c>
+      <c r="I503" t="s">
+        <v>83</v>
+      </c>
+      <c r="J503" t="s">
         <v>936</v>
       </c>
-      <c r="F503" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K503" t="s">
         <v>85</v>
       </c>
       <c r="L503" t="s">
         <v>85</v>
       </c>
       <c r="M503" t="s">
         <v>85</v>
       </c>
       <c r="O503" t="s">
-        <v>365</v>
-[...44 lines deleted...]
-        <v>89</v>
+        <v>79</v>
       </c>
     </row>
     <row r="504" spans="1:30">
       <c r="A504" t="s">
-        <v>1677</v>
+        <v>1672</v>
       </c>
       <c r="B504" t="s">
-        <v>1678</v>
+        <v>1673</v>
       </c>
       <c r="C504" t="s">
-        <v>1679</v>
+        <v>1674</v>
       </c>
       <c r="D504" t="s">
         <v>79</v>
       </c>
       <c r="E504" t="s">
+        <v>933</v>
+      </c>
+      <c r="F504" t="s">
+        <v>934</v>
+      </c>
+      <c r="H504" t="s">
+        <v>935</v>
+      </c>
+      <c r="I504" t="s">
+        <v>83</v>
+      </c>
+      <c r="J504" t="s">
         <v>936</v>
       </c>
-      <c r="F504" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K504" t="s">
         <v>85</v>
       </c>
       <c r="L504" t="s">
         <v>85</v>
       </c>
       <c r="M504" t="s">
         <v>85</v>
       </c>
       <c r="O504" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P504" t="s">
         <v>1675</v>
       </c>
       <c r="Q504" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="R504" t="s">
         <v>85</v>
       </c>
       <c r="S504" t="s">
         <v>85</v>
       </c>
       <c r="T504" t="s">
         <v>85</v>
       </c>
       <c r="U504" t="s">
+        <v>367</v>
+      </c>
+      <c r="V504" t="s">
         <v>368</v>
       </c>
-      <c r="V504" t="s">
+      <c r="W504" t="s">
+        <v>85</v>
+      </c>
+      <c r="X504" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y504" t="s">
+        <v>85</v>
+      </c>
+      <c r="Z504" t="s">
+        <v>369</v>
+      </c>
+      <c r="AA504" t="s">
         <v>1676</v>
       </c>
-      <c r="W504" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="AB504" t="s">
         <v>85</v>
       </c>
       <c r="AC504" t="s">
         <v>85</v>
       </c>
       <c r="AD504" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="505" spans="1:30">
       <c r="A505" t="s">
-        <v>1680</v>
+        <v>1677</v>
       </c>
       <c r="B505" t="s">
-        <v>1681</v>
+        <v>1678</v>
       </c>
       <c r="C505" t="s">
-        <v>1682</v>
+        <v>1679</v>
       </c>
       <c r="D505" t="s">
         <v>79</v>
       </c>
       <c r="E505" t="s">
+        <v>933</v>
+      </c>
+      <c r="F505" t="s">
+        <v>934</v>
+      </c>
+      <c r="H505" t="s">
+        <v>935</v>
+      </c>
+      <c r="I505" t="s">
+        <v>83</v>
+      </c>
+      <c r="J505" t="s">
         <v>936</v>
       </c>
-      <c r="F505" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K505" t="s">
         <v>85</v>
       </c>
       <c r="L505" t="s">
         <v>85</v>
       </c>
       <c r="M505" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="O505" t="s">
-        <v>79</v>
+        <v>366</v>
+      </c>
+      <c r="P505" t="s">
+        <v>1675</v>
+      </c>
+      <c r="Q505" t="s">
+        <v>372</v>
+      </c>
+      <c r="R505" t="s">
+        <v>85</v>
+      </c>
+      <c r="S505" t="s">
+        <v>85</v>
+      </c>
+      <c r="T505" t="s">
+        <v>85</v>
+      </c>
+      <c r="U505" t="s">
+        <v>369</v>
+      </c>
+      <c r="V505" t="s">
+        <v>1676</v>
+      </c>
+      <c r="W505" t="s">
+        <v>85</v>
+      </c>
+      <c r="X505" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y505" t="s">
+        <v>86</v>
+      </c>
+      <c r="Z505" t="s">
+        <v>367</v>
+      </c>
+      <c r="AA505" t="s">
+        <v>368</v>
+      </c>
+      <c r="AB505" t="s">
+        <v>85</v>
+      </c>
+      <c r="AC505" t="s">
+        <v>85</v>
+      </c>
+      <c r="AD505" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="506" spans="1:30">
       <c r="A506" t="s">
-        <v>1683</v>
+        <v>1680</v>
       </c>
       <c r="B506" t="s">
-        <v>1684</v>
+        <v>1681</v>
       </c>
       <c r="C506" t="s">
-        <v>1685</v>
+        <v>1682</v>
       </c>
       <c r="D506" t="s">
         <v>79</v>
       </c>
       <c r="E506" t="s">
+        <v>933</v>
+      </c>
+      <c r="F506" t="s">
+        <v>934</v>
+      </c>
+      <c r="H506" t="s">
+        <v>935</v>
+      </c>
+      <c r="I506" t="s">
+        <v>83</v>
+      </c>
+      <c r="J506" t="s">
         <v>936</v>
       </c>
-      <c r="F506" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K506" t="s">
         <v>85</v>
       </c>
       <c r="L506" t="s">
         <v>85</v>
       </c>
       <c r="M506" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O506" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="507" spans="1:30">
       <c r="A507" t="s">
-        <v>1686</v>
+        <v>1683</v>
       </c>
       <c r="B507" t="s">
-        <v>1687</v>
+        <v>1684</v>
       </c>
       <c r="C507" t="s">
-        <v>1688</v>
+        <v>1685</v>
       </c>
       <c r="D507" t="s">
         <v>79</v>
       </c>
       <c r="E507" t="s">
+        <v>933</v>
+      </c>
+      <c r="F507" t="s">
+        <v>934</v>
+      </c>
+      <c r="H507" t="s">
+        <v>935</v>
+      </c>
+      <c r="I507" t="s">
+        <v>83</v>
+      </c>
+      <c r="J507" t="s">
         <v>936</v>
       </c>
-      <c r="F507" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K507" t="s">
         <v>85</v>
       </c>
       <c r="L507" t="s">
         <v>85</v>
       </c>
       <c r="M507" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="O507" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="508" spans="1:30">
       <c r="A508" t="s">
-        <v>1689</v>
+        <v>1686</v>
       </c>
       <c r="B508" t="s">
-        <v>1690</v>
+        <v>1687</v>
       </c>
       <c r="C508" t="s">
-        <v>1691</v>
+        <v>1688</v>
       </c>
       <c r="D508" t="s">
         <v>79</v>
       </c>
       <c r="E508" t="s">
-        <v>1692</v>
+        <v>933</v>
       </c>
       <c r="F508" t="s">
-        <v>1693</v>
+        <v>934</v>
       </c>
       <c r="H508" t="s">
-        <v>1694</v>
+        <v>935</v>
       </c>
       <c r="I508" t="s">
         <v>83</v>
       </c>
       <c r="J508" t="s">
-        <v>1695</v>
+        <v>936</v>
       </c>
       <c r="K508" t="s">
         <v>85</v>
       </c>
       <c r="L508" t="s">
         <v>85</v>
       </c>
       <c r="M508" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="O508" t="s">
-        <v>365</v>
-[...44 lines deleted...]
-        <v>96</v>
+        <v>79</v>
       </c>
     </row>
     <row r="509" spans="1:30">
       <c r="A509" t="s">
-        <v>1698</v>
+        <v>1689</v>
       </c>
       <c r="B509" t="s">
-        <v>1699</v>
+        <v>1690</v>
       </c>
       <c r="C509" t="s">
-        <v>1700</v>
+        <v>1691</v>
       </c>
       <c r="D509" t="s">
         <v>79</v>
       </c>
       <c r="E509" t="s">
-        <v>1701</v>
+        <v>1692</v>
       </c>
       <c r="F509" t="s">
-        <v>1702</v>
+        <v>1693</v>
       </c>
       <c r="H509" t="s">
-        <v>1703</v>
+        <v>1694</v>
       </c>
       <c r="I509" t="s">
         <v>83</v>
       </c>
       <c r="J509" t="s">
-        <v>1704</v>
+        <v>1695</v>
       </c>
       <c r="K509" t="s">
         <v>85</v>
       </c>
       <c r="L509" t="s">
-        <v>236</v>
+        <v>85</v>
       </c>
       <c r="M509" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O509" t="s">
-        <v>79</v>
+        <v>366</v>
+      </c>
+      <c r="P509" t="s">
+        <v>1696</v>
+      </c>
+      <c r="Q509" t="s">
+        <v>372</v>
+      </c>
+      <c r="R509" t="s">
+        <v>85</v>
+      </c>
+      <c r="S509" t="s">
+        <v>85</v>
+      </c>
+      <c r="T509" t="s">
+        <v>93</v>
+      </c>
+      <c r="U509" t="s">
+        <v>380</v>
+      </c>
+      <c r="V509" t="s">
+        <v>1697</v>
+      </c>
+      <c r="W509" t="s">
+        <v>85</v>
+      </c>
+      <c r="X509" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y509" t="s">
+        <v>86</v>
+      </c>
+      <c r="Z509" t="s">
+        <v>367</v>
+      </c>
+      <c r="AA509" t="s">
+        <v>379</v>
+      </c>
+      <c r="AB509" t="s">
+        <v>85</v>
+      </c>
+      <c r="AC509" t="s">
+        <v>85</v>
+      </c>
+      <c r="AD509" t="s">
+        <v>93</v>
       </c>
     </row>
     <row r="510" spans="1:30">
       <c r="A510" t="s">
-        <v>1705</v>
+        <v>1698</v>
       </c>
       <c r="B510" t="s">
-        <v>1706</v>
+        <v>1699</v>
       </c>
       <c r="C510" t="s">
-        <v>1707</v>
+        <v>1700</v>
       </c>
       <c r="D510" t="s">
         <v>79</v>
       </c>
       <c r="E510" t="s">
-        <v>1708</v>
+        <v>1701</v>
       </c>
       <c r="F510" t="s">
-        <v>1709</v>
+        <v>1702</v>
       </c>
       <c r="H510" t="s">
-        <v>1710</v>
+        <v>1703</v>
       </c>
       <c r="I510" t="s">
         <v>83</v>
       </c>
       <c r="J510" t="s">
-        <v>1711</v>
+        <v>1704</v>
       </c>
       <c r="K510" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="L510" t="s">
-        <v>106</v>
+        <v>236</v>
       </c>
       <c r="M510" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="O510" t="s">
-        <v>365</v>
-[...29 lines deleted...]
-        <v>106</v>
+        <v>79</v>
       </c>
     </row>
     <row r="511" spans="1:30">
       <c r="A511" t="s">
-        <v>1712</v>
+        <v>1705</v>
       </c>
       <c r="B511" t="s">
-        <v>1713</v>
+        <v>1706</v>
       </c>
       <c r="C511" t="s">
-        <v>1714</v>
+        <v>1707</v>
       </c>
       <c r="D511" t="s">
         <v>79</v>
       </c>
       <c r="E511" t="s">
-        <v>1701</v>
+        <v>1708</v>
       </c>
       <c r="F511" t="s">
-        <v>1702</v>
+        <v>1709</v>
       </c>
       <c r="H511" t="s">
-        <v>1703</v>
+        <v>1710</v>
       </c>
       <c r="I511" t="s">
         <v>83</v>
       </c>
       <c r="J511" t="s">
-        <v>1704</v>
+        <v>1711</v>
       </c>
       <c r="K511" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="L511" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="M511" t="s">
-        <v>236</v>
+        <v>103</v>
       </c>
       <c r="O511" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="512" spans="1:30">
       <c r="A512" t="s">
-        <v>1715</v>
+        <v>1712</v>
       </c>
       <c r="B512" t="s">
-        <v>1716</v>
+        <v>1713</v>
       </c>
       <c r="C512" t="s">
-        <v>1717</v>
+        <v>1714</v>
       </c>
       <c r="D512" t="s">
         <v>79</v>
       </c>
       <c r="E512" t="s">
         <v>1701</v>
       </c>
       <c r="F512" t="s">
         <v>1702</v>
       </c>
       <c r="H512" t="s">
         <v>1703</v>
       </c>
       <c r="I512" t="s">
         <v>83</v>
       </c>
       <c r="J512" t="s">
         <v>1704</v>
       </c>
       <c r="K512" t="s">
         <v>85</v>
       </c>
       <c r="L512" t="s">
         <v>85</v>
       </c>
       <c r="M512" t="s">
-        <v>96</v>
+        <v>236</v>
       </c>
       <c r="O512" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="513" spans="1:30">
       <c r="A513" t="s">
-        <v>1718</v>
+        <v>1715</v>
       </c>
       <c r="B513" t="s">
-        <v>1719</v>
+        <v>1716</v>
       </c>
       <c r="C513" t="s">
-        <v>1720</v>
+        <v>1717</v>
       </c>
       <c r="D513" t="s">
         <v>79</v>
       </c>
       <c r="E513" t="s">
         <v>1701</v>
       </c>
       <c r="F513" t="s">
         <v>1702</v>
       </c>
       <c r="H513" t="s">
         <v>1703</v>
       </c>
       <c r="I513" t="s">
         <v>83</v>
       </c>
       <c r="J513" t="s">
         <v>1704</v>
       </c>
       <c r="K513" t="s">
         <v>85</v>
       </c>
       <c r="L513" t="s">
         <v>85</v>
       </c>
       <c r="M513" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O513" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="514" spans="1:30">
       <c r="A514" t="s">
-        <v>1721</v>
+        <v>1718</v>
       </c>
       <c r="B514" t="s">
-        <v>1722</v>
+        <v>1719</v>
       </c>
       <c r="C514" t="s">
-        <v>1723</v>
+        <v>1720</v>
       </c>
       <c r="D514" t="s">
         <v>79</v>
       </c>
       <c r="E514" t="s">
         <v>1701</v>
       </c>
       <c r="F514" t="s">
         <v>1702</v>
       </c>
       <c r="H514" t="s">
         <v>1703</v>
       </c>
       <c r="I514" t="s">
         <v>83</v>
       </c>
       <c r="J514" t="s">
         <v>1704</v>
       </c>
       <c r="K514" t="s">
         <v>85</v>
       </c>
       <c r="L514" t="s">
         <v>85</v>
       </c>
       <c r="M514" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O514" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="515" spans="1:30">
       <c r="A515" t="s">
-        <v>1724</v>
+        <v>1721</v>
       </c>
       <c r="B515" t="s">
-        <v>1725</v>
+        <v>1722</v>
       </c>
       <c r="C515" t="s">
-        <v>1726</v>
+        <v>1723</v>
       </c>
       <c r="D515" t="s">
         <v>79</v>
       </c>
       <c r="E515" t="s">
         <v>1701</v>
       </c>
       <c r="F515" t="s">
         <v>1702</v>
       </c>
       <c r="H515" t="s">
         <v>1703</v>
       </c>
       <c r="I515" t="s">
         <v>83</v>
       </c>
       <c r="J515" t="s">
         <v>1704</v>
       </c>
       <c r="K515" t="s">
         <v>85</v>
       </c>
       <c r="L515" t="s">
         <v>85</v>
       </c>
       <c r="M515" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O515" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="516" spans="1:30">
       <c r="A516" t="s">
-        <v>1727</v>
+        <v>1724</v>
       </c>
       <c r="B516" t="s">
-        <v>1728</v>
+        <v>1725</v>
       </c>
       <c r="C516" t="s">
-        <v>1729</v>
+        <v>1726</v>
       </c>
       <c r="D516" t="s">
         <v>79</v>
       </c>
       <c r="E516" t="s">
         <v>1701</v>
       </c>
       <c r="F516" t="s">
         <v>1702</v>
       </c>
       <c r="H516" t="s">
         <v>1703</v>
       </c>
       <c r="I516" t="s">
         <v>83</v>
       </c>
       <c r="J516" t="s">
         <v>1704</v>
       </c>
       <c r="K516" t="s">
         <v>85</v>
       </c>
       <c r="L516" t="s">
         <v>85</v>
       </c>
       <c r="M516" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O516" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="517" spans="1:30">
       <c r="A517" t="s">
-        <v>1730</v>
+        <v>1727</v>
       </c>
       <c r="B517" t="s">
-        <v>1731</v>
+        <v>1728</v>
       </c>
       <c r="C517" t="s">
-        <v>1732</v>
+        <v>1729</v>
       </c>
       <c r="D517" t="s">
         <v>79</v>
       </c>
       <c r="E517" t="s">
         <v>1701</v>
       </c>
       <c r="F517" t="s">
         <v>1702</v>
       </c>
       <c r="H517" t="s">
         <v>1703</v>
       </c>
       <c r="I517" t="s">
         <v>83</v>
       </c>
       <c r="J517" t="s">
         <v>1704</v>
       </c>
       <c r="K517" t="s">
         <v>85</v>
       </c>
       <c r="L517" t="s">
         <v>85</v>
       </c>
       <c r="M517" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O517" t="s">
-        <v>365</v>
-[...29 lines deleted...]
-        <v>96</v>
+        <v>79</v>
       </c>
     </row>
     <row r="518" spans="1:30">
       <c r="A518" t="s">
-        <v>1733</v>
+        <v>1730</v>
       </c>
       <c r="B518" t="s">
-        <v>1734</v>
+        <v>1731</v>
       </c>
       <c r="C518" t="s">
-        <v>1735</v>
+        <v>1732</v>
       </c>
       <c r="D518" t="s">
         <v>79</v>
       </c>
       <c r="E518" t="s">
-        <v>1708</v>
+        <v>1701</v>
       </c>
       <c r="F518" t="s">
-        <v>1709</v>
+        <v>1702</v>
       </c>
       <c r="H518" t="s">
-        <v>1710</v>
+        <v>1703</v>
       </c>
       <c r="I518" t="s">
         <v>83</v>
       </c>
       <c r="J518" t="s">
-        <v>1711</v>
+        <v>1704</v>
       </c>
       <c r="K518" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="L518" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="M518" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="O518" t="s">
-        <v>365</v>
-[...29 lines deleted...]
-        <v>106</v>
+        <v>79</v>
       </c>
     </row>
     <row r="519" spans="1:30">
       <c r="A519" t="s">
-        <v>1736</v>
+        <v>1733</v>
       </c>
       <c r="B519" t="s">
-        <v>1737</v>
+        <v>1734</v>
       </c>
       <c r="C519" t="s">
-        <v>1738</v>
+        <v>1735</v>
       </c>
       <c r="D519" t="s">
         <v>79</v>
       </c>
       <c r="E519" t="s">
-        <v>1701</v>
+        <v>1708</v>
       </c>
       <c r="F519" t="s">
-        <v>1702</v>
+        <v>1709</v>
       </c>
       <c r="H519" t="s">
-        <v>1703</v>
+        <v>1710</v>
       </c>
       <c r="I519" t="s">
         <v>83</v>
       </c>
       <c r="J519" t="s">
-        <v>1704</v>
+        <v>1711</v>
       </c>
       <c r="K519" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="L519" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="M519" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="O519" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="520" spans="1:30">
       <c r="A520" t="s">
-        <v>1739</v>
+        <v>1736</v>
       </c>
       <c r="B520" t="s">
-        <v>1740</v>
+        <v>1737</v>
       </c>
       <c r="C520" t="s">
-        <v>1741</v>
+        <v>1738</v>
       </c>
       <c r="D520" t="s">
         <v>79</v>
       </c>
       <c r="E520" t="s">
         <v>1701</v>
       </c>
       <c r="F520" t="s">
         <v>1702</v>
       </c>
       <c r="H520" t="s">
         <v>1703</v>
       </c>
       <c r="I520" t="s">
         <v>83</v>
       </c>
       <c r="J520" t="s">
         <v>1704</v>
       </c>
       <c r="K520" t="s">
         <v>85</v>
       </c>
       <c r="L520" t="s">
-        <v>236</v>
+        <v>85</v>
       </c>
       <c r="M520" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O520" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="521" spans="1:30">
       <c r="A521" t="s">
-        <v>1742</v>
+        <v>1739</v>
       </c>
       <c r="B521" t="s">
-        <v>1743</v>
+        <v>1740</v>
       </c>
       <c r="C521" t="s">
-        <v>1744</v>
+        <v>1741</v>
       </c>
       <c r="D521" t="s">
         <v>79</v>
       </c>
       <c r="E521" t="s">
         <v>1701</v>
       </c>
       <c r="F521" t="s">
         <v>1702</v>
       </c>
       <c r="H521" t="s">
         <v>1703</v>
       </c>
       <c r="I521" t="s">
         <v>83</v>
       </c>
       <c r="J521" t="s">
         <v>1704</v>
       </c>
       <c r="K521" t="s">
         <v>85</v>
       </c>
       <c r="L521" t="s">
         <v>236</v>
       </c>
       <c r="M521" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O521" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="522" spans="1:30">
       <c r="A522" t="s">
-        <v>1745</v>
+        <v>1742</v>
       </c>
       <c r="B522" t="s">
-        <v>1746</v>
+        <v>1743</v>
       </c>
       <c r="C522" t="s">
-        <v>1747</v>
+        <v>1744</v>
       </c>
       <c r="D522" t="s">
         <v>79</v>
       </c>
       <c r="E522" t="s">
-        <v>1748</v>
+        <v>1701</v>
       </c>
       <c r="F522" t="s">
-        <v>1749</v>
+        <v>1702</v>
       </c>
       <c r="H522" t="s">
-        <v>1750</v>
+        <v>1703</v>
       </c>
       <c r="I522" t="s">
-        <v>1024</v>
+        <v>83</v>
       </c>
       <c r="J522" t="s">
-        <v>1751</v>
+        <v>1704</v>
       </c>
       <c r="K522" t="s">
         <v>85</v>
       </c>
       <c r="L522" t="s">
-        <v>270</v>
+        <v>236</v>
       </c>
       <c r="M522" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="O522" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="523" spans="1:30">
       <c r="A523" t="s">
-        <v>1752</v>
+        <v>1745</v>
       </c>
       <c r="B523" t="s">
-        <v>1753</v>
+        <v>1746</v>
       </c>
       <c r="C523" t="s">
-        <v>1754</v>
+        <v>1747</v>
       </c>
       <c r="D523" t="s">
         <v>79</v>
       </c>
       <c r="E523" t="s">
-        <v>1755</v>
+        <v>1748</v>
       </c>
       <c r="F523" t="s">
-        <v>1756</v>
+        <v>1749</v>
       </c>
       <c r="H523" t="s">
-        <v>1757</v>
+        <v>1750</v>
       </c>
       <c r="I523" t="s">
-        <v>83</v>
+        <v>1021</v>
       </c>
       <c r="J523" t="s">
-        <v>1758</v>
+        <v>1751</v>
       </c>
       <c r="K523" t="s">
         <v>85</v>
       </c>
       <c r="L523" t="s">
-        <v>85</v>
+        <v>270</v>
       </c>
       <c r="M523" t="s">
         <v>85</v>
       </c>
       <c r="O523" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="524" spans="1:30">
       <c r="A524" t="s">
-        <v>1759</v>
+        <v>1752</v>
       </c>
       <c r="B524" t="s">
-        <v>1760</v>
+        <v>1753</v>
       </c>
       <c r="C524" t="s">
-        <v>1761</v>
+        <v>1754</v>
       </c>
       <c r="D524" t="s">
         <v>79</v>
       </c>
       <c r="E524" t="s">
-        <v>1762</v>
+        <v>1755</v>
       </c>
       <c r="F524" t="s">
-        <v>1763</v>
+        <v>1756</v>
+      </c>
+      <c r="H524" t="s">
+        <v>1757</v>
       </c>
       <c r="I524" t="s">
         <v>83</v>
       </c>
       <c r="J524" t="s">
-        <v>1764</v>
+        <v>1758</v>
       </c>
       <c r="K524" t="s">
         <v>85</v>
       </c>
       <c r="L524" t="s">
         <v>85</v>
       </c>
       <c r="M524" t="s">
         <v>85</v>
       </c>
       <c r="O524" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="525" spans="1:30">
       <c r="A525" t="s">
-        <v>1765</v>
+        <v>1759</v>
       </c>
       <c r="B525" t="s">
-        <v>1766</v>
+        <v>1760</v>
       </c>
       <c r="C525" t="s">
-        <v>1767</v>
+        <v>1761</v>
       </c>
       <c r="D525" t="s">
         <v>79</v>
       </c>
       <c r="E525" t="s">
-        <v>1755</v>
+        <v>1762</v>
       </c>
       <c r="F525" t="s">
-        <v>1756</v>
-[...2 lines deleted...]
-        <v>1757</v>
+        <v>1763</v>
       </c>
       <c r="I525" t="s">
         <v>83</v>
       </c>
       <c r="J525" t="s">
-        <v>1758</v>
+        <v>1764</v>
       </c>
       <c r="K525" t="s">
         <v>85</v>
       </c>
       <c r="L525" t="s">
         <v>85</v>
       </c>
       <c r="M525" t="s">
         <v>85</v>
       </c>
       <c r="O525" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="526" spans="1:30">
       <c r="A526" t="s">
-        <v>1768</v>
+        <v>1765</v>
       </c>
       <c r="B526" t="s">
-        <v>1769</v>
+        <v>1766</v>
       </c>
       <c r="C526" t="s">
-        <v>1770</v>
+        <v>1767</v>
       </c>
       <c r="D526" t="s">
         <v>79</v>
       </c>
       <c r="E526" t="s">
         <v>1755</v>
       </c>
       <c r="F526" t="s">
         <v>1756</v>
       </c>
       <c r="H526" t="s">
         <v>1757</v>
       </c>
       <c r="I526" t="s">
         <v>83</v>
       </c>
       <c r="J526" t="s">
         <v>1758</v>
       </c>
       <c r="K526" t="s">
         <v>85</v>
       </c>
       <c r="L526" t="s">
         <v>85</v>
       </c>
       <c r="M526" t="s">
         <v>85</v>
       </c>
       <c r="O526" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="527" spans="1:30">
       <c r="A527" t="s">
-        <v>1771</v>
+        <v>1768</v>
       </c>
       <c r="B527" t="s">
-        <v>1772</v>
+        <v>1769</v>
       </c>
       <c r="C527" t="s">
-        <v>1773</v>
+        <v>1770</v>
       </c>
       <c r="D527" t="s">
         <v>79</v>
       </c>
       <c r="E527" t="s">
         <v>1755</v>
       </c>
       <c r="F527" t="s">
         <v>1756</v>
       </c>
       <c r="H527" t="s">
         <v>1757</v>
       </c>
       <c r="I527" t="s">
         <v>83</v>
       </c>
       <c r="J527" t="s">
         <v>1758</v>
       </c>
       <c r="K527" t="s">
         <v>85</v>
       </c>
       <c r="L527" t="s">
         <v>85</v>
       </c>
       <c r="M527" t="s">
         <v>85</v>
       </c>
       <c r="O527" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="528" spans="1:30">
       <c r="A528" t="s">
-        <v>1774</v>
+        <v>1771</v>
       </c>
       <c r="B528" t="s">
-        <v>1775</v>
+        <v>1772</v>
       </c>
       <c r="C528" t="s">
-        <v>1776</v>
+        <v>1773</v>
       </c>
       <c r="D528" t="s">
         <v>79</v>
       </c>
       <c r="E528" t="s">
         <v>1755</v>
       </c>
       <c r="F528" t="s">
         <v>1756</v>
       </c>
       <c r="H528" t="s">
         <v>1757</v>
       </c>
       <c r="I528" t="s">
         <v>83</v>
       </c>
       <c r="J528" t="s">
         <v>1758</v>
       </c>
       <c r="K528" t="s">
         <v>85</v>
       </c>
       <c r="L528" t="s">
         <v>85</v>
       </c>
       <c r="M528" t="s">
         <v>85</v>
       </c>
       <c r="O528" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="529" spans="1:30">
       <c r="A529" t="s">
-        <v>1777</v>
+        <v>1774</v>
       </c>
       <c r="B529" t="s">
-        <v>1778</v>
+        <v>1775</v>
       </c>
       <c r="C529" t="s">
-        <v>1779</v>
+        <v>1776</v>
       </c>
       <c r="D529" t="s">
         <v>79</v>
       </c>
       <c r="E529" t="s">
         <v>1755</v>
       </c>
       <c r="F529" t="s">
         <v>1756</v>
       </c>
       <c r="H529" t="s">
         <v>1757</v>
       </c>
       <c r="I529" t="s">
         <v>83</v>
       </c>
       <c r="J529" t="s">
         <v>1758</v>
       </c>
       <c r="K529" t="s">
         <v>85</v>
       </c>
       <c r="L529" t="s">
         <v>85</v>
       </c>
       <c r="M529" t="s">
         <v>85</v>
       </c>
       <c r="O529" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="530" spans="1:30">
       <c r="A530" t="s">
-        <v>1780</v>
+        <v>1777</v>
       </c>
       <c r="B530" t="s">
-        <v>1781</v>
+        <v>1778</v>
       </c>
       <c r="C530" t="s">
-        <v>1782</v>
+        <v>1779</v>
       </c>
       <c r="D530" t="s">
         <v>79</v>
       </c>
       <c r="E530" t="s">
         <v>1755</v>
       </c>
       <c r="F530" t="s">
         <v>1756</v>
       </c>
       <c r="H530" t="s">
         <v>1757</v>
       </c>
       <c r="I530" t="s">
         <v>83</v>
       </c>
       <c r="J530" t="s">
         <v>1758</v>
       </c>
       <c r="K530" t="s">
         <v>85</v>
       </c>
       <c r="L530" t="s">
         <v>85</v>
       </c>
       <c r="M530" t="s">
         <v>85</v>
       </c>
       <c r="O530" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="531" spans="1:30">
       <c r="A531" t="s">
-        <v>1783</v>
+        <v>1780</v>
       </c>
       <c r="B531" t="s">
-        <v>1784</v>
+        <v>1781</v>
       </c>
       <c r="C531" t="s">
-        <v>1785</v>
+        <v>1782</v>
       </c>
       <c r="D531" t="s">
         <v>79</v>
       </c>
       <c r="E531" t="s">
         <v>1755</v>
       </c>
       <c r="F531" t="s">
         <v>1756</v>
       </c>
       <c r="H531" t="s">
         <v>1757</v>
       </c>
       <c r="I531" t="s">
         <v>83</v>
       </c>
       <c r="J531" t="s">
         <v>1758</v>
       </c>
       <c r="K531" t="s">
         <v>85</v>
       </c>
       <c r="L531" t="s">
         <v>85</v>
       </c>
       <c r="M531" t="s">
         <v>85</v>
       </c>
       <c r="O531" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="532" spans="1:30">
       <c r="A532" t="s">
-        <v>1786</v>
+        <v>1783</v>
       </c>
       <c r="B532" t="s">
-        <v>1787</v>
+        <v>1784</v>
       </c>
       <c r="C532" t="s">
-        <v>1788</v>
+        <v>1785</v>
       </c>
       <c r="D532" t="s">
         <v>79</v>
       </c>
       <c r="E532" t="s">
         <v>1755</v>
       </c>
       <c r="F532" t="s">
         <v>1756</v>
       </c>
       <c r="H532" t="s">
         <v>1757</v>
       </c>
       <c r="I532" t="s">
         <v>83</v>
       </c>
       <c r="J532" t="s">
         <v>1758</v>
       </c>
       <c r="K532" t="s">
         <v>85</v>
       </c>
       <c r="L532" t="s">
         <v>85</v>
       </c>
       <c r="M532" t="s">
         <v>85</v>
       </c>
       <c r="O532" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="533" spans="1:30">
       <c r="A533" t="s">
-        <v>1789</v>
+        <v>1786</v>
       </c>
       <c r="B533" t="s">
-        <v>1790</v>
+        <v>1787</v>
       </c>
       <c r="C533" t="s">
-        <v>1791</v>
+        <v>1788</v>
       </c>
       <c r="D533" t="s">
         <v>79</v>
       </c>
       <c r="E533" t="s">
         <v>1755</v>
       </c>
       <c r="F533" t="s">
         <v>1756</v>
       </c>
       <c r="H533" t="s">
         <v>1757</v>
       </c>
       <c r="I533" t="s">
         <v>83</v>
       </c>
       <c r="J533" t="s">
         <v>1758</v>
       </c>
       <c r="K533" t="s">
         <v>85</v>
       </c>
       <c r="L533" t="s">
         <v>85</v>
       </c>
       <c r="M533" t="s">
         <v>85</v>
       </c>
       <c r="O533" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="534" spans="1:30">
       <c r="A534" t="s">
-        <v>1792</v>
+        <v>1789</v>
       </c>
       <c r="B534" t="s">
-        <v>1793</v>
+        <v>1790</v>
       </c>
       <c r="C534" t="s">
-        <v>1794</v>
+        <v>1791</v>
       </c>
       <c r="D534" t="s">
         <v>79</v>
       </c>
       <c r="E534" t="s">
         <v>1755</v>
       </c>
       <c r="F534" t="s">
         <v>1756</v>
       </c>
       <c r="H534" t="s">
         <v>1757</v>
       </c>
       <c r="I534" t="s">
         <v>83</v>
       </c>
       <c r="J534" t="s">
         <v>1758</v>
       </c>
       <c r="K534" t="s">
         <v>85</v>
       </c>
       <c r="L534" t="s">
         <v>85</v>
       </c>
       <c r="M534" t="s">
         <v>85</v>
       </c>
       <c r="O534" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="535" spans="1:30">
       <c r="A535" t="s">
-        <v>1795</v>
+        <v>1792</v>
       </c>
       <c r="B535" t="s">
-        <v>1796</v>
+        <v>1793</v>
       </c>
       <c r="C535" t="s">
-        <v>1797</v>
+        <v>1794</v>
       </c>
       <c r="D535" t="s">
         <v>79</v>
       </c>
       <c r="E535" t="s">
         <v>1755</v>
       </c>
       <c r="F535" t="s">
         <v>1756</v>
       </c>
       <c r="H535" t="s">
         <v>1757</v>
       </c>
       <c r="I535" t="s">
         <v>83</v>
       </c>
       <c r="J535" t="s">
         <v>1758</v>
       </c>
       <c r="K535" t="s">
         <v>85</v>
       </c>
       <c r="L535" t="s">
         <v>85</v>
       </c>
       <c r="M535" t="s">
         <v>85</v>
       </c>
       <c r="O535" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="536" spans="1:30">
       <c r="A536" t="s">
-        <v>1798</v>
+        <v>1795</v>
       </c>
       <c r="B536" t="s">
-        <v>970</v>
+        <v>1796</v>
       </c>
       <c r="C536" t="s">
-        <v>1799</v>
+        <v>1797</v>
       </c>
       <c r="D536" t="s">
         <v>79</v>
       </c>
       <c r="E536" t="s">
         <v>1755</v>
       </c>
       <c r="F536" t="s">
         <v>1756</v>
       </c>
       <c r="H536" t="s">
         <v>1757</v>
       </c>
       <c r="I536" t="s">
         <v>83</v>
       </c>
       <c r="J536" t="s">
         <v>1758</v>
       </c>
       <c r="K536" t="s">
         <v>85</v>
       </c>
       <c r="L536" t="s">
         <v>85</v>
       </c>
       <c r="M536" t="s">
         <v>85</v>
       </c>
       <c r="O536" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="537" spans="1:30">
       <c r="A537" t="s">
-        <v>1800</v>
+        <v>1798</v>
       </c>
       <c r="B537" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="C537" t="s">
-        <v>1801</v>
+        <v>1799</v>
       </c>
       <c r="D537" t="s">
         <v>79</v>
       </c>
       <c r="E537" t="s">
         <v>1755</v>
       </c>
       <c r="F537" t="s">
         <v>1756</v>
       </c>
       <c r="H537" t="s">
         <v>1757</v>
       </c>
       <c r="I537" t="s">
         <v>83</v>
       </c>
       <c r="J537" t="s">
         <v>1758</v>
       </c>
       <c r="K537" t="s">
         <v>85</v>
       </c>
       <c r="L537" t="s">
         <v>85</v>
       </c>
       <c r="M537" t="s">
         <v>85</v>
       </c>
       <c r="O537" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="538" spans="1:30">
       <c r="A538" t="s">
-        <v>1802</v>
+        <v>1800</v>
       </c>
       <c r="B538" t="s">
-        <v>1803</v>
+        <v>967</v>
       </c>
       <c r="C538" t="s">
-        <v>1804</v>
+        <v>1801</v>
       </c>
       <c r="D538" t="s">
         <v>79</v>
       </c>
       <c r="E538" t="s">
         <v>1755</v>
       </c>
       <c r="F538" t="s">
         <v>1756</v>
       </c>
       <c r="H538" t="s">
         <v>1757</v>
       </c>
       <c r="I538" t="s">
         <v>83</v>
       </c>
       <c r="J538" t="s">
         <v>1758</v>
       </c>
       <c r="K538" t="s">
         <v>85</v>
       </c>
       <c r="L538" t="s">
         <v>85</v>
       </c>
       <c r="M538" t="s">
         <v>85</v>
       </c>
       <c r="O538" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="539" spans="1:30">
       <c r="A539" t="s">
-        <v>1805</v>
+        <v>1802</v>
       </c>
       <c r="B539" t="s">
-        <v>1806</v>
+        <v>1803</v>
       </c>
       <c r="C539" t="s">
-        <v>1807</v>
+        <v>1804</v>
       </c>
       <c r="D539" t="s">
         <v>79</v>
       </c>
       <c r="E539" t="s">
-        <v>1808</v>
+        <v>1755</v>
       </c>
       <c r="F539" t="s">
-        <v>1809</v>
+        <v>1756</v>
       </c>
       <c r="H539" t="s">
-        <v>1810</v>
+        <v>1757</v>
       </c>
       <c r="I539" t="s">
         <v>83</v>
       </c>
       <c r="J539" t="s">
-        <v>1811</v>
+        <v>1758</v>
       </c>
       <c r="K539" t="s">
         <v>85</v>
       </c>
       <c r="L539" t="s">
         <v>85</v>
       </c>
       <c r="M539" t="s">
-        <v>236</v>
+        <v>85</v>
       </c>
       <c r="O539" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="540" spans="1:30">
       <c r="A540" t="s">
-        <v>1812</v>
+        <v>1805</v>
       </c>
       <c r="B540" t="s">
-        <v>1813</v>
+        <v>1806</v>
       </c>
       <c r="C540" t="s">
-        <v>1814</v>
+        <v>1807</v>
       </c>
       <c r="D540" t="s">
         <v>79</v>
       </c>
       <c r="E540" t="s">
         <v>1808</v>
       </c>
       <c r="F540" t="s">
         <v>1809</v>
       </c>
       <c r="H540" t="s">
         <v>1810</v>
       </c>
       <c r="I540" t="s">
         <v>83</v>
       </c>
       <c r="J540" t="s">
         <v>1811</v>
       </c>
       <c r="K540" t="s">
         <v>85</v>
       </c>
       <c r="L540" t="s">
         <v>85</v>
       </c>
       <c r="M540" t="s">
-        <v>85</v>
+        <v>236</v>
       </c>
       <c r="O540" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="541" spans="1:30">
       <c r="A541" t="s">
-        <v>1815</v>
+        <v>1812</v>
       </c>
       <c r="B541" t="s">
-        <v>1816</v>
+        <v>1813</v>
       </c>
       <c r="C541" t="s">
-        <v>1817</v>
+        <v>1814</v>
       </c>
       <c r="D541" t="s">
         <v>79</v>
       </c>
       <c r="E541" t="s">
         <v>1808</v>
       </c>
       <c r="F541" t="s">
         <v>1809</v>
       </c>
       <c r="H541" t="s">
         <v>1810</v>
       </c>
       <c r="I541" t="s">
         <v>83</v>
       </c>
       <c r="J541" t="s">
         <v>1811</v>
       </c>
       <c r="K541" t="s">
         <v>85</v>
       </c>
       <c r="L541" t="s">
         <v>85</v>
       </c>
       <c r="M541" t="s">
         <v>85</v>
       </c>
       <c r="O541" t="s">
-        <v>365</v>
-[...44 lines deleted...]
-        <v>85</v>
+        <v>79</v>
       </c>
     </row>
     <row r="542" spans="1:30">
       <c r="A542" t="s">
-        <v>1818</v>
+        <v>1815</v>
       </c>
       <c r="B542" t="s">
-        <v>1819</v>
+        <v>1816</v>
       </c>
       <c r="C542" t="s">
-        <v>1820</v>
+        <v>1817</v>
       </c>
       <c r="D542" t="s">
         <v>79</v>
       </c>
       <c r="E542" t="s">
         <v>1808</v>
       </c>
       <c r="F542" t="s">
         <v>1809</v>
       </c>
       <c r="H542" t="s">
         <v>1810</v>
       </c>
       <c r="I542" t="s">
         <v>83</v>
       </c>
       <c r="J542" t="s">
         <v>1811</v>
       </c>
       <c r="K542" t="s">
         <v>85</v>
       </c>
       <c r="L542" t="s">
         <v>85</v>
       </c>
       <c r="M542" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="O542" t="s">
-        <v>79</v>
+        <v>366</v>
+      </c>
+      <c r="P542" t="s">
+        <v>367</v>
+      </c>
+      <c r="Q542" t="s">
+        <v>447</v>
+      </c>
+      <c r="R542" t="s">
+        <v>85</v>
+      </c>
+      <c r="S542" t="s">
+        <v>85</v>
+      </c>
+      <c r="T542" t="s">
+        <v>85</v>
+      </c>
+      <c r="U542" t="s">
+        <v>448</v>
+      </c>
+      <c r="V542" t="s">
+        <v>372</v>
+      </c>
+      <c r="W542" t="s">
+        <v>85</v>
+      </c>
+      <c r="X542" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y542" t="s">
+        <v>85</v>
+      </c>
+      <c r="Z542" t="s">
+        <v>449</v>
+      </c>
+      <c r="AA542" t="s">
+        <v>450</v>
+      </c>
+      <c r="AB542" t="s">
+        <v>85</v>
+      </c>
+      <c r="AC542" t="s">
+        <v>86</v>
+      </c>
+      <c r="AD542" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="543" spans="1:30">
       <c r="A543" t="s">
-        <v>1821</v>
+        <v>1818</v>
       </c>
       <c r="B543" t="s">
-        <v>1822</v>
+        <v>1819</v>
       </c>
       <c r="C543" t="s">
-        <v>1823</v>
+        <v>1820</v>
       </c>
       <c r="D543" t="s">
         <v>79</v>
       </c>
       <c r="E543" t="s">
         <v>1808</v>
       </c>
       <c r="F543" t="s">
         <v>1809</v>
       </c>
       <c r="H543" t="s">
         <v>1810</v>
       </c>
       <c r="I543" t="s">
         <v>83</v>
       </c>
       <c r="J543" t="s">
         <v>1811</v>
       </c>
       <c r="K543" t="s">
         <v>85</v>
       </c>
       <c r="L543" t="s">
         <v>85</v>
       </c>
       <c r="M543" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="O543" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="544" spans="1:30">
       <c r="A544" t="s">
-        <v>1824</v>
+        <v>1821</v>
       </c>
       <c r="B544" t="s">
-        <v>1825</v>
+        <v>1822</v>
       </c>
       <c r="C544" t="s">
-        <v>1826</v>
+        <v>1823</v>
       </c>
       <c r="D544" t="s">
         <v>79</v>
       </c>
       <c r="E544" t="s">
         <v>1808</v>
       </c>
       <c r="F544" t="s">
         <v>1809</v>
       </c>
       <c r="H544" t="s">
         <v>1810</v>
       </c>
       <c r="I544" t="s">
         <v>83</v>
       </c>
       <c r="J544" t="s">
         <v>1811</v>
       </c>
       <c r="K544" t="s">
         <v>85</v>
       </c>
       <c r="L544" t="s">
-        <v>236</v>
+        <v>85</v>
       </c>
       <c r="M544" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="O544" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="545" spans="1:30">
       <c r="A545" t="s">
-        <v>1827</v>
+        <v>1824</v>
       </c>
       <c r="B545" t="s">
-        <v>1828</v>
+        <v>1825</v>
       </c>
       <c r="C545" t="s">
-        <v>1829</v>
+        <v>1826</v>
       </c>
       <c r="D545" t="s">
         <v>79</v>
       </c>
       <c r="E545" t="s">
-        <v>1748</v>
+        <v>1808</v>
       </c>
       <c r="F545" t="s">
-        <v>1749</v>
+        <v>1809</v>
       </c>
       <c r="H545" t="s">
-        <v>1750</v>
+        <v>1810</v>
       </c>
       <c r="I545" t="s">
-        <v>1024</v>
+        <v>83</v>
       </c>
       <c r="J545" t="s">
-        <v>1751</v>
+        <v>1811</v>
       </c>
       <c r="K545" t="s">
         <v>85</v>
       </c>
       <c r="L545" t="s">
         <v>236</v>
       </c>
       <c r="M545" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="O545" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="546" spans="1:30">
       <c r="A546" t="s">
-        <v>1830</v>
+        <v>1827</v>
       </c>
       <c r="B546" t="s">
-        <v>1831</v>
+        <v>1828</v>
       </c>
       <c r="C546" t="s">
-        <v>1832</v>
+        <v>1829</v>
       </c>
       <c r="D546" t="s">
         <v>79</v>
       </c>
       <c r="E546" t="s">
         <v>1748</v>
       </c>
       <c r="F546" t="s">
         <v>1749</v>
       </c>
       <c r="H546" t="s">
         <v>1750</v>
       </c>
       <c r="I546" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
       <c r="J546" t="s">
         <v>1751</v>
       </c>
       <c r="K546" t="s">
         <v>85</v>
       </c>
       <c r="L546" t="s">
-        <v>96</v>
+        <v>236</v>
       </c>
       <c r="M546" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="O546" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="547" spans="1:30">
       <c r="A547" t="s">
-        <v>1833</v>
+        <v>1830</v>
       </c>
       <c r="B547" t="s">
-        <v>1834</v>
+        <v>1831</v>
       </c>
       <c r="C547" t="s">
-        <v>1835</v>
+        <v>1832</v>
       </c>
       <c r="D547" t="s">
         <v>79</v>
       </c>
       <c r="E547" t="s">
         <v>1748</v>
       </c>
       <c r="F547" t="s">
         <v>1749</v>
       </c>
       <c r="H547" t="s">
         <v>1750</v>
       </c>
       <c r="I547" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
       <c r="J547" t="s">
         <v>1751</v>
       </c>
       <c r="K547" t="s">
         <v>85</v>
       </c>
       <c r="L547" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M547" t="s">
         <v>85</v>
       </c>
       <c r="O547" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="548" spans="1:30">
       <c r="A548" t="s">
-        <v>1836</v>
+        <v>1833</v>
       </c>
       <c r="B548" t="s">
-        <v>1837</v>
+        <v>1834</v>
       </c>
       <c r="C548" t="s">
-        <v>1838</v>
+        <v>1835</v>
       </c>
       <c r="D548" t="s">
         <v>79</v>
       </c>
       <c r="E548" t="s">
         <v>1748</v>
       </c>
       <c r="F548" t="s">
         <v>1749</v>
       </c>
       <c r="H548" t="s">
         <v>1750</v>
       </c>
       <c r="I548" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
       <c r="J548" t="s">
         <v>1751</v>
       </c>
       <c r="K548" t="s">
         <v>85</v>
       </c>
       <c r="L548" t="s">
-        <v>236</v>
+        <v>93</v>
       </c>
       <c r="M548" t="s">
         <v>85</v>
       </c>
       <c r="O548" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="549" spans="1:30">
       <c r="A549" t="s">
-        <v>1839</v>
+        <v>1836</v>
       </c>
       <c r="B549" t="s">
-        <v>1840</v>
+        <v>1837</v>
       </c>
       <c r="C549" t="s">
-        <v>1841</v>
+        <v>1838</v>
       </c>
       <c r="D549" t="s">
         <v>79</v>
       </c>
       <c r="E549" t="s">
         <v>1748</v>
       </c>
       <c r="F549" t="s">
         <v>1749</v>
       </c>
       <c r="H549" t="s">
         <v>1750</v>
       </c>
       <c r="I549" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
       <c r="J549" t="s">
         <v>1751</v>
       </c>
       <c r="K549" t="s">
         <v>85</v>
       </c>
       <c r="L549" t="s">
-        <v>85</v>
+        <v>236</v>
       </c>
       <c r="M549" t="s">
-        <v>236</v>
+        <v>85</v>
       </c>
       <c r="O549" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="550" spans="1:30">
       <c r="A550" t="s">
-        <v>1842</v>
+        <v>1839</v>
       </c>
       <c r="B550" t="s">
-        <v>1843</v>
+        <v>1840</v>
       </c>
       <c r="C550" t="s">
-        <v>1844</v>
+        <v>1841</v>
       </c>
       <c r="D550" t="s">
         <v>79</v>
       </c>
       <c r="E550" t="s">
         <v>1748</v>
       </c>
       <c r="F550" t="s">
         <v>1749</v>
       </c>
       <c r="H550" t="s">
         <v>1750</v>
       </c>
       <c r="I550" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
       <c r="J550" t="s">
         <v>1751</v>
       </c>
       <c r="K550" t="s">
         <v>85</v>
       </c>
       <c r="L550" t="s">
         <v>85</v>
       </c>
       <c r="M550" t="s">
-        <v>85</v>
+        <v>236</v>
       </c>
       <c r="O550" t="s">
-        <v>365</v>
-[...44 lines deleted...]
-        <v>85</v>
+        <v>79</v>
       </c>
     </row>
     <row r="551" spans="1:30">
       <c r="A551" t="s">
-        <v>1845</v>
+        <v>1842</v>
       </c>
       <c r="B551" t="s">
-        <v>1846</v>
+        <v>1843</v>
       </c>
       <c r="C551" t="s">
-        <v>1847</v>
+        <v>1844</v>
       </c>
       <c r="D551" t="s">
         <v>79</v>
       </c>
       <c r="E551" t="s">
-        <v>1848</v>
+        <v>1748</v>
       </c>
       <c r="F551" t="s">
-        <v>1849</v>
+        <v>1749</v>
       </c>
       <c r="H551" t="s">
-        <v>1850</v>
+        <v>1750</v>
       </c>
       <c r="I551" t="s">
-        <v>83</v>
+        <v>1021</v>
       </c>
       <c r="J551" t="s">
-        <v>1851</v>
+        <v>1751</v>
       </c>
       <c r="K551" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="L551" t="s">
         <v>85</v>
       </c>
       <c r="M551" t="s">
         <v>85</v>
       </c>
       <c r="O551" t="s">
-        <v>79</v>
+        <v>366</v>
+      </c>
+      <c r="P551" t="s">
+        <v>367</v>
+      </c>
+      <c r="Q551" t="s">
+        <v>447</v>
+      </c>
+      <c r="R551" t="s">
+        <v>85</v>
+      </c>
+      <c r="S551" t="s">
+        <v>85</v>
+      </c>
+      <c r="T551" t="s">
+        <v>85</v>
+      </c>
+      <c r="U551" t="s">
+        <v>449</v>
+      </c>
+      <c r="V551" t="s">
+        <v>450</v>
+      </c>
+      <c r="W551" t="s">
+        <v>85</v>
+      </c>
+      <c r="X551" t="s">
+        <v>86</v>
+      </c>
+      <c r="Y551" t="s">
+        <v>85</v>
+      </c>
+      <c r="Z551" t="s">
+        <v>448</v>
+      </c>
+      <c r="AA551" t="s">
+        <v>372</v>
+      </c>
+      <c r="AB551" t="s">
+        <v>85</v>
+      </c>
+      <c r="AC551" t="s">
+        <v>85</v>
+      </c>
+      <c r="AD551" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="552" spans="1:30">
       <c r="A552" t="s">
-        <v>1852</v>
+        <v>1845</v>
       </c>
       <c r="B552" t="s">
-        <v>1853</v>
+        <v>1846</v>
       </c>
       <c r="C552" t="s">
-        <v>1854</v>
+        <v>1847</v>
       </c>
       <c r="D552" t="s">
         <v>79</v>
       </c>
       <c r="E552" t="s">
         <v>1848</v>
       </c>
       <c r="F552" t="s">
         <v>1849</v>
       </c>
       <c r="H552" t="s">
         <v>1850</v>
       </c>
       <c r="I552" t="s">
         <v>83</v>
       </c>
       <c r="J552" t="s">
         <v>1851</v>
       </c>
       <c r="K552" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L552" t="s">
         <v>85</v>
       </c>
       <c r="M552" t="s">
         <v>85</v>
       </c>
       <c r="O552" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="553" spans="1:30">
       <c r="A553" t="s">
-        <v>1855</v>
+        <v>1852</v>
       </c>
       <c r="B553" t="s">
-        <v>1856</v>
+        <v>1853</v>
       </c>
       <c r="C553" t="s">
-        <v>1857</v>
+        <v>1854</v>
       </c>
       <c r="D553" t="s">
         <v>79</v>
       </c>
       <c r="E553" t="s">
         <v>1848</v>
       </c>
       <c r="F553" t="s">
         <v>1849</v>
       </c>
       <c r="H553" t="s">
         <v>1850</v>
       </c>
       <c r="I553" t="s">
         <v>83</v>
       </c>
       <c r="J553" t="s">
         <v>1851</v>
       </c>
       <c r="K553" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="L553" t="s">
         <v>85</v>
       </c>
       <c r="M553" t="s">
         <v>85</v>
       </c>
       <c r="O553" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="554" spans="1:30">
       <c r="A554" t="s">
-        <v>1858</v>
+        <v>1855</v>
       </c>
       <c r="B554" t="s">
-        <v>1859</v>
+        <v>1856</v>
       </c>
       <c r="C554" t="s">
-        <v>1860</v>
+        <v>1857</v>
       </c>
       <c r="D554" t="s">
         <v>79</v>
       </c>
       <c r="E554" t="s">
         <v>1848</v>
       </c>
       <c r="F554" t="s">
         <v>1849</v>
       </c>
       <c r="H554" t="s">
         <v>1850</v>
       </c>
       <c r="I554" t="s">
         <v>83</v>
       </c>
       <c r="J554" t="s">
         <v>1851</v>
       </c>
       <c r="K554" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L554" t="s">
         <v>85</v>
       </c>
       <c r="M554" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="O554" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="555" spans="1:30">
       <c r="A555" t="s">
-        <v>1861</v>
+        <v>1858</v>
       </c>
       <c r="B555" t="s">
-        <v>1862</v>
+        <v>1859</v>
       </c>
       <c r="C555" t="s">
-        <v>1863</v>
+        <v>1860</v>
       </c>
       <c r="D555" t="s">
         <v>79</v>
       </c>
       <c r="E555" t="s">
         <v>1848</v>
       </c>
       <c r="F555" t="s">
         <v>1849</v>
       </c>
       <c r="H555" t="s">
         <v>1850</v>
       </c>
       <c r="I555" t="s">
         <v>83</v>
       </c>
       <c r="J555" t="s">
         <v>1851</v>
       </c>
       <c r="K555" t="s">
         <v>85</v>
       </c>
       <c r="L555" t="s">
         <v>85</v>
       </c>
       <c r="M555" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="O555" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="556" spans="1:30">
       <c r="A556" t="s">
-        <v>1864</v>
+        <v>1861</v>
       </c>
       <c r="B556" t="s">
-        <v>1865</v>
+        <v>1862</v>
       </c>
       <c r="C556" t="s">
-        <v>1866</v>
+        <v>1863</v>
       </c>
       <c r="D556" t="s">
         <v>79</v>
       </c>
       <c r="E556" t="s">
         <v>1848</v>
       </c>
       <c r="F556" t="s">
         <v>1849</v>
       </c>
       <c r="H556" t="s">
         <v>1850</v>
       </c>
       <c r="I556" t="s">
         <v>83</v>
       </c>
       <c r="J556" t="s">
         <v>1851</v>
       </c>
       <c r="K556" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="L556" t="s">
         <v>85</v>
       </c>
       <c r="M556" t="s">
         <v>85</v>
       </c>
       <c r="O556" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="557" spans="1:30">
       <c r="A557" t="s">
-        <v>1867</v>
+        <v>1864</v>
       </c>
       <c r="B557" t="s">
-        <v>1868</v>
+        <v>1865</v>
       </c>
       <c r="C557" t="s">
-        <v>1869</v>
+        <v>1866</v>
       </c>
       <c r="D557" t="s">
         <v>79</v>
       </c>
       <c r="E557" t="s">
         <v>1848</v>
       </c>
       <c r="F557" t="s">
         <v>1849</v>
       </c>
       <c r="H557" t="s">
         <v>1850</v>
       </c>
       <c r="I557" t="s">
         <v>83</v>
       </c>
       <c r="J557" t="s">
         <v>1851</v>
       </c>
       <c r="K557" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L557" t="s">
         <v>85</v>
       </c>
       <c r="M557" t="s">
         <v>85</v>
       </c>
       <c r="O557" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="558" spans="1:30">
       <c r="A558" t="s">
-        <v>1870</v>
+        <v>1867</v>
       </c>
       <c r="B558" t="s">
-        <v>1871</v>
+        <v>1868</v>
       </c>
       <c r="C558" t="s">
-        <v>1872</v>
+        <v>1869</v>
       </c>
       <c r="D558" t="s">
         <v>79</v>
       </c>
       <c r="E558" t="s">
         <v>1848</v>
       </c>
       <c r="F558" t="s">
         <v>1849</v>
       </c>
       <c r="H558" t="s">
         <v>1850</v>
       </c>
       <c r="I558" t="s">
         <v>83</v>
       </c>
       <c r="J558" t="s">
         <v>1851</v>
       </c>
       <c r="K558" t="s">
         <v>85</v>
       </c>
       <c r="L558" t="s">
         <v>85</v>
       </c>
       <c r="M558" t="s">
         <v>85</v>
       </c>
       <c r="O558" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="559" spans="1:30">
       <c r="A559" t="s">
-        <v>1873</v>
+        <v>1870</v>
       </c>
       <c r="B559" t="s">
         <v>1871</v>
       </c>
       <c r="C559" t="s">
-        <v>1874</v>
+        <v>1872</v>
       </c>
       <c r="D559" t="s">
         <v>79</v>
       </c>
       <c r="E559" t="s">
         <v>1848</v>
       </c>
       <c r="F559" t="s">
         <v>1849</v>
       </c>
       <c r="H559" t="s">
         <v>1850</v>
       </c>
       <c r="I559" t="s">
         <v>83</v>
       </c>
       <c r="J559" t="s">
         <v>1851</v>
       </c>
       <c r="K559" t="s">
         <v>85</v>
       </c>
       <c r="L559" t="s">
         <v>85</v>
       </c>
       <c r="M559" t="s">
         <v>85</v>
       </c>
       <c r="O559" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="560" spans="1:30">
       <c r="A560" t="s">
-        <v>1875</v>
+        <v>1873</v>
       </c>
       <c r="B560" t="s">
-        <v>1876</v>
+        <v>1871</v>
       </c>
       <c r="C560" t="s">
-        <v>1877</v>
+        <v>1874</v>
       </c>
       <c r="D560" t="s">
         <v>79</v>
       </c>
       <c r="E560" t="s">
-        <v>1878</v>
+        <v>1848</v>
       </c>
       <c r="F560" t="s">
-        <v>1879</v>
+        <v>1849</v>
+      </c>
+      <c r="H560" t="s">
+        <v>1850</v>
       </c>
       <c r="I560" t="s">
         <v>83</v>
       </c>
       <c r="J560" t="s">
-        <v>1880</v>
+        <v>1851</v>
       </c>
       <c r="K560" t="s">
         <v>85</v>
       </c>
       <c r="L560" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="M560" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="O560" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="561" spans="1:30">
       <c r="A561" t="s">
-        <v>1881</v>
+        <v>1875</v>
       </c>
       <c r="B561" t="s">
-        <v>1882</v>
+        <v>1876</v>
       </c>
       <c r="C561" t="s">
-        <v>1883</v>
+        <v>1877</v>
       </c>
       <c r="D561" t="s">
         <v>79</v>
       </c>
       <c r="E561" t="s">
         <v>1878</v>
       </c>
       <c r="F561" t="s">
         <v>1879</v>
       </c>
       <c r="I561" t="s">
         <v>83</v>
       </c>
       <c r="J561" t="s">
         <v>1880</v>
       </c>
       <c r="K561" t="s">
         <v>85</v>
       </c>
       <c r="L561" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M561" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O561" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="562" spans="1:30">
       <c r="A562" t="s">
-        <v>1884</v>
+        <v>1881</v>
       </c>
       <c r="B562" t="s">
-        <v>1885</v>
+        <v>1882</v>
       </c>
       <c r="C562" t="s">
-        <v>1886</v>
+        <v>1883</v>
       </c>
       <c r="D562" t="s">
         <v>79</v>
       </c>
       <c r="E562" t="s">
         <v>1878</v>
       </c>
       <c r="F562" t="s">
         <v>1879</v>
       </c>
       <c r="I562" t="s">
         <v>83</v>
       </c>
       <c r="J562" t="s">
         <v>1880</v>
       </c>
       <c r="K562" t="s">
         <v>85</v>
       </c>
       <c r="L562" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="M562" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="O562" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="563" spans="1:30">
       <c r="A563" t="s">
-        <v>1887</v>
+        <v>1884</v>
       </c>
       <c r="B563" t="s">
-        <v>1888</v>
+        <v>1885</v>
       </c>
       <c r="C563" t="s">
-        <v>1889</v>
+        <v>1886</v>
       </c>
       <c r="D563" t="s">
         <v>79</v>
       </c>
       <c r="E563" t="s">
         <v>1878</v>
       </c>
       <c r="F563" t="s">
         <v>1879</v>
       </c>
       <c r="I563" t="s">
         <v>83</v>
       </c>
       <c r="J563" t="s">
         <v>1880</v>
       </c>
       <c r="K563" t="s">
         <v>85</v>
       </c>
       <c r="L563" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="M563" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O563" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="564" spans="1:30">
       <c r="A564" t="s">
-        <v>1890</v>
+        <v>1887</v>
       </c>
       <c r="B564" t="s">
-        <v>1891</v>
+        <v>1888</v>
       </c>
       <c r="C564" t="s">
-        <v>1892</v>
+        <v>1889</v>
       </c>
       <c r="D564" t="s">
         <v>79</v>
       </c>
       <c r="E564" t="s">
         <v>1878</v>
       </c>
       <c r="F564" t="s">
         <v>1879</v>
       </c>
       <c r="I564" t="s">
         <v>83</v>
       </c>
       <c r="J564" t="s">
         <v>1880</v>
       </c>
       <c r="K564" t="s">
         <v>85</v>
       </c>
       <c r="L564" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M564" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="O564" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="565" spans="1:30">
       <c r="A565" t="s">
-        <v>1893</v>
+        <v>1890</v>
       </c>
       <c r="B565" t="s">
-        <v>1894</v>
+        <v>1891</v>
       </c>
       <c r="C565" t="s">
-        <v>1895</v>
+        <v>1892</v>
       </c>
       <c r="D565" t="s">
         <v>79</v>
       </c>
       <c r="E565" t="s">
         <v>1878</v>
       </c>
       <c r="F565" t="s">
         <v>1879</v>
       </c>
       <c r="I565" t="s">
         <v>83</v>
       </c>
       <c r="J565" t="s">
         <v>1880</v>
       </c>
       <c r="K565" t="s">
         <v>85</v>
       </c>
       <c r="L565" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M565" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O565" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="566" spans="1:30">
       <c r="A566" t="s">
-        <v>1896</v>
+        <v>1893</v>
       </c>
       <c r="B566" t="s">
-        <v>1897</v>
+        <v>1894</v>
       </c>
       <c r="C566" t="s">
-        <v>1898</v>
+        <v>1895</v>
       </c>
       <c r="D566" t="s">
         <v>79</v>
       </c>
       <c r="E566" t="s">
         <v>1878</v>
       </c>
       <c r="F566" t="s">
         <v>1879</v>
       </c>
       <c r="I566" t="s">
         <v>83</v>
       </c>
       <c r="J566" t="s">
         <v>1880</v>
       </c>
       <c r="K566" t="s">
         <v>85</v>
       </c>
       <c r="L566" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="M566" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="O566" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="567" spans="1:30">
       <c r="A567" t="s">
-        <v>1899</v>
+        <v>1896</v>
       </c>
       <c r="B567" t="s">
-        <v>1900</v>
+        <v>1897</v>
       </c>
       <c r="C567" t="s">
-        <v>1901</v>
+        <v>1898</v>
       </c>
       <c r="D567" t="s">
         <v>79</v>
       </c>
       <c r="E567" t="s">
         <v>1878</v>
       </c>
       <c r="F567" t="s">
         <v>1879</v>
       </c>
       <c r="I567" t="s">
         <v>83</v>
       </c>
       <c r="J567" t="s">
         <v>1880</v>
       </c>
       <c r="K567" t="s">
         <v>85</v>
       </c>
       <c r="L567" t="s">
         <v>85</v>
       </c>
       <c r="M567" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="O567" t="s">
-        <v>365</v>
-[...29 lines deleted...]
-        <v>89</v>
+        <v>79</v>
       </c>
     </row>
     <row r="568" spans="1:30">
       <c r="A568" t="s">
-        <v>1902</v>
+        <v>1899</v>
       </c>
       <c r="B568" t="s">
-        <v>1903</v>
+        <v>1900</v>
       </c>
       <c r="C568" t="s">
-        <v>1904</v>
+        <v>1901</v>
       </c>
       <c r="D568" t="s">
         <v>79</v>
       </c>
       <c r="E568" t="s">
-        <v>1905</v>
+        <v>1878</v>
       </c>
       <c r="F568" t="s">
-        <v>1906</v>
-[...2 lines deleted...]
-        <v>1907</v>
+        <v>1879</v>
       </c>
       <c r="I568" t="s">
-        <v>1024</v>
+        <v>83</v>
       </c>
       <c r="J568" t="s">
-        <v>1908</v>
+        <v>1880</v>
       </c>
       <c r="K568" t="s">
         <v>85</v>
       </c>
       <c r="L568" t="s">
         <v>85</v>
       </c>
       <c r="M568" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="O568" t="s">
-        <v>79</v>
+        <v>366</v>
+      </c>
+      <c r="P568" t="s">
+        <v>367</v>
+      </c>
+      <c r="Q568" t="s">
+        <v>368</v>
+      </c>
+      <c r="R568" t="s">
+        <v>85</v>
+      </c>
+      <c r="S568" t="s">
+        <v>85</v>
+      </c>
+      <c r="T568" t="s">
+        <v>85</v>
+      </c>
+      <c r="U568" t="s">
+        <v>369</v>
+      </c>
+      <c r="V568" t="s">
+        <v>372</v>
+      </c>
+      <c r="W568" t="s">
+        <v>85</v>
+      </c>
+      <c r="X568" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y568" t="s">
+        <v>86</v>
       </c>
     </row>
     <row r="569" spans="1:30">
       <c r="A569" t="s">
-        <v>1909</v>
+        <v>1902</v>
       </c>
       <c r="B569" t="s">
-        <v>1910</v>
+        <v>1903</v>
       </c>
       <c r="C569" t="s">
-        <v>1911</v>
+        <v>1904</v>
       </c>
       <c r="D569" t="s">
         <v>79</v>
       </c>
       <c r="E569" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="F569" t="s">
-        <v>1913</v>
+        <v>1906</v>
       </c>
       <c r="H569" t="s">
-        <v>1914</v>
+        <v>1907</v>
       </c>
       <c r="I569" t="s">
-        <v>83</v>
+        <v>1021</v>
       </c>
       <c r="J569" t="s">
-        <v>1915</v>
+        <v>1908</v>
       </c>
       <c r="K569" t="s">
         <v>85</v>
       </c>
       <c r="L569" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="M569" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O569" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="570" spans="1:30">
       <c r="A570" t="s">
-        <v>1916</v>
+        <v>1909</v>
       </c>
       <c r="B570" t="s">
-        <v>1917</v>
+        <v>1910</v>
       </c>
       <c r="C570" t="s">
-        <v>1918</v>
+        <v>1911</v>
       </c>
       <c r="D570" t="s">
         <v>79</v>
       </c>
       <c r="E570" t="s">
-        <v>1878</v>
+        <v>1912</v>
       </c>
       <c r="F570" t="s">
-        <v>1879</v>
+        <v>1913</v>
+      </c>
+      <c r="H570" t="s">
+        <v>1914</v>
       </c>
       <c r="I570" t="s">
         <v>83</v>
       </c>
       <c r="J570" t="s">
-        <v>1880</v>
+        <v>1915</v>
       </c>
       <c r="K570" t="s">
         <v>85</v>
       </c>
       <c r="L570" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M570" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="O570" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="571" spans="1:30">
       <c r="A571" t="s">
-        <v>1919</v>
+        <v>1916</v>
       </c>
       <c r="B571" t="s">
-        <v>1920</v>
+        <v>1917</v>
       </c>
       <c r="C571" t="s">
-        <v>1921</v>
+        <v>1918</v>
       </c>
       <c r="D571" t="s">
         <v>79</v>
       </c>
       <c r="E571" t="s">
         <v>1878</v>
       </c>
       <c r="F571" t="s">
         <v>1879</v>
       </c>
       <c r="I571" t="s">
         <v>83</v>
       </c>
       <c r="J571" t="s">
         <v>1880</v>
       </c>
       <c r="K571" t="s">
         <v>85</v>
       </c>
       <c r="L571" t="s">
         <v>85</v>
       </c>
       <c r="M571" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O571" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="572" spans="1:30">
       <c r="A572" t="s">
-        <v>1922</v>
+        <v>1919</v>
       </c>
       <c r="B572" t="s">
-        <v>1923</v>
+        <v>1920</v>
       </c>
       <c r="C572" t="s">
-        <v>1924</v>
+        <v>1921</v>
       </c>
       <c r="D572" t="s">
         <v>79</v>
       </c>
       <c r="E572" t="s">
         <v>1878</v>
       </c>
       <c r="F572" t="s">
         <v>1879</v>
       </c>
       <c r="I572" t="s">
         <v>83</v>
       </c>
       <c r="J572" t="s">
         <v>1880</v>
       </c>
       <c r="K572" t="s">
         <v>85</v>
       </c>
       <c r="L572" t="s">
         <v>85</v>
       </c>
       <c r="M572" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O572" t="s">
-        <v>365</v>
-[...44 lines deleted...]
-        <v>96</v>
+        <v>79</v>
       </c>
     </row>
     <row r="573" spans="1:30">
       <c r="A573" t="s">
-        <v>1925</v>
+        <v>1922</v>
       </c>
       <c r="B573" t="s">
-        <v>1926</v>
+        <v>1923</v>
       </c>
       <c r="C573" t="s">
-        <v>1927</v>
+        <v>1924</v>
       </c>
       <c r="D573" t="s">
         <v>79</v>
       </c>
       <c r="E573" t="s">
-        <v>1912</v>
+        <v>1878</v>
       </c>
       <c r="F573" t="s">
-        <v>1913</v>
-[...2 lines deleted...]
-        <v>1914</v>
+        <v>1879</v>
       </c>
       <c r="I573" t="s">
         <v>83</v>
       </c>
       <c r="J573" t="s">
-        <v>1915</v>
+        <v>1880</v>
       </c>
       <c r="K573" t="s">
         <v>85</v>
       </c>
       <c r="L573" t="s">
         <v>85</v>
       </c>
       <c r="M573" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O573" t="s">
-        <v>79</v>
+        <v>366</v>
+      </c>
+      <c r="P573" t="s">
+        <v>371</v>
+      </c>
+      <c r="Q573" t="s">
+        <v>372</v>
+      </c>
+      <c r="R573" t="s">
+        <v>85</v>
+      </c>
+      <c r="S573" t="s">
+        <v>85</v>
+      </c>
+      <c r="T573" t="s">
+        <v>93</v>
+      </c>
+      <c r="U573" t="s">
+        <v>380</v>
+      </c>
+      <c r="V573" t="s">
+        <v>370</v>
+      </c>
+      <c r="W573" t="s">
+        <v>85</v>
+      </c>
+      <c r="X573" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y573" t="s">
+        <v>86</v>
+      </c>
+      <c r="Z573" t="s">
+        <v>367</v>
+      </c>
+      <c r="AA573" t="s">
+        <v>379</v>
+      </c>
+      <c r="AB573" t="s">
+        <v>85</v>
+      </c>
+      <c r="AC573" t="s">
+        <v>85</v>
+      </c>
+      <c r="AD573" t="s">
+        <v>93</v>
       </c>
     </row>
     <row r="574" spans="1:30">
       <c r="A574" t="s">
-        <v>1928</v>
+        <v>1925</v>
       </c>
       <c r="B574" t="s">
-        <v>357</v>
+        <v>1926</v>
       </c>
       <c r="C574" t="s">
-        <v>1929</v>
+        <v>1927</v>
       </c>
       <c r="D574" t="s">
         <v>79</v>
       </c>
       <c r="E574" t="s">
-        <v>1878</v>
+        <v>1912</v>
       </c>
       <c r="F574" t="s">
-        <v>1879</v>
+        <v>1913</v>
+      </c>
+      <c r="H574" t="s">
+        <v>1914</v>
       </c>
       <c r="I574" t="s">
         <v>83</v>
       </c>
       <c r="J574" t="s">
-        <v>1880</v>
+        <v>1915</v>
       </c>
       <c r="K574" t="s">
         <v>85</v>
       </c>
       <c r="L574" t="s">
         <v>85</v>
       </c>
       <c r="M574" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O574" t="s">
-        <v>365</v>
-[...29 lines deleted...]
-        <v>96</v>
+        <v>79</v>
       </c>
     </row>
     <row r="575" spans="1:30">
       <c r="A575" t="s">
-        <v>1930</v>
+        <v>1928</v>
       </c>
       <c r="B575" t="s">
-        <v>1931</v>
+        <v>357</v>
       </c>
       <c r="C575" t="s">
-        <v>1932</v>
+        <v>1929</v>
       </c>
       <c r="D575" t="s">
         <v>79</v>
       </c>
       <c r="E575" t="s">
         <v>1878</v>
       </c>
       <c r="F575" t="s">
         <v>1879</v>
       </c>
       <c r="I575" t="s">
         <v>83</v>
       </c>
       <c r="J575" t="s">
         <v>1880</v>
       </c>
       <c r="K575" t="s">
         <v>85</v>
       </c>
       <c r="L575" t="s">
         <v>85</v>
       </c>
       <c r="M575" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="O575" t="s">
-        <v>365</v>
-[...29 lines deleted...]
-        <v>85</v>
+        <v>79</v>
       </c>
     </row>
     <row r="576" spans="1:30">
       <c r="A576" t="s">
-        <v>1933</v>
+        <v>1930</v>
       </c>
       <c r="B576" t="s">
-        <v>1934</v>
+        <v>1931</v>
       </c>
       <c r="C576" t="s">
-        <v>1935</v>
+        <v>1932</v>
       </c>
       <c r="D576" t="s">
         <v>79</v>
       </c>
       <c r="E576" t="s">
         <v>1878</v>
       </c>
       <c r="F576" t="s">
         <v>1879</v>
       </c>
       <c r="I576" t="s">
         <v>83</v>
       </c>
       <c r="J576" t="s">
         <v>1880</v>
       </c>
       <c r="K576" t="s">
         <v>85</v>
       </c>
       <c r="L576" t="s">
         <v>85</v>
       </c>
       <c r="M576" t="s">
         <v>85</v>
       </c>
       <c r="O576" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P576" t="s">
-        <v>379</v>
+        <v>369</v>
       </c>
       <c r="Q576" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="R576" t="s">
         <v>85</v>
       </c>
       <c r="S576" t="s">
         <v>85</v>
       </c>
       <c r="T576" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="U576" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="V576" t="s">
-        <v>378</v>
+        <v>368</v>
       </c>
       <c r="W576" t="s">
         <v>85</v>
       </c>
       <c r="X576" t="s">
         <v>85</v>
       </c>
       <c r="Y576" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="577" spans="1:30">
       <c r="A577" t="s">
-        <v>1936</v>
+        <v>1933</v>
       </c>
       <c r="B577" t="s">
-        <v>1937</v>
+        <v>1934</v>
       </c>
       <c r="C577" t="s">
-        <v>1938</v>
+        <v>1935</v>
       </c>
       <c r="D577" t="s">
         <v>79</v>
       </c>
       <c r="E577" t="s">
         <v>1878</v>
       </c>
       <c r="F577" t="s">
         <v>1879</v>
       </c>
       <c r="I577" t="s">
         <v>83</v>
       </c>
       <c r="J577" t="s">
         <v>1880</v>
       </c>
       <c r="K577" t="s">
         <v>85</v>
       </c>
       <c r="L577" t="s">
         <v>85</v>
       </c>
       <c r="M577" t="s">
         <v>85</v>
       </c>
       <c r="O577" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P577" t="s">
-        <v>368</v>
+        <v>380</v>
       </c>
       <c r="Q577" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="R577" t="s">
         <v>85</v>
       </c>
       <c r="S577" t="s">
         <v>85</v>
       </c>
       <c r="T577" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="U577" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="V577" t="s">
-        <v>367</v>
+        <v>379</v>
       </c>
       <c r="W577" t="s">
         <v>85</v>
       </c>
       <c r="X577" t="s">
         <v>85</v>
       </c>
       <c r="Y577" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="578" spans="1:30">
       <c r="A578" t="s">
-        <v>1939</v>
+        <v>1936</v>
       </c>
       <c r="B578" t="s">
-        <v>1940</v>
+        <v>1937</v>
       </c>
       <c r="C578" t="s">
-        <v>1941</v>
+        <v>1938</v>
       </c>
       <c r="D578" t="s">
         <v>79</v>
       </c>
       <c r="E578" t="s">
         <v>1878</v>
       </c>
       <c r="F578" t="s">
         <v>1879</v>
       </c>
       <c r="I578" t="s">
         <v>83</v>
       </c>
       <c r="J578" t="s">
         <v>1880</v>
       </c>
       <c r="K578" t="s">
         <v>85</v>
       </c>
       <c r="L578" t="s">
         <v>85</v>
       </c>
       <c r="M578" t="s">
         <v>85</v>
       </c>
       <c r="O578" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P578" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="Q578" t="s">
+        <v>372</v>
+      </c>
+      <c r="R578" t="s">
+        <v>85</v>
+      </c>
+      <c r="S578" t="s">
+        <v>85</v>
+      </c>
+      <c r="T578" t="s">
+        <v>93</v>
+      </c>
+      <c r="U578" t="s">
         <v>367</v>
       </c>
-      <c r="R578" t="s">
-[...8 lines deleted...]
-      <c r="U578" t="s">
+      <c r="V578" t="s">
         <v>368</v>
       </c>
-      <c r="V578" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W578" t="s">
         <v>85</v>
       </c>
       <c r="X578" t="s">
         <v>85</v>
       </c>
       <c r="Y578" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
     </row>
     <row r="579" spans="1:30">
       <c r="A579" t="s">
-        <v>1942</v>
+        <v>1939</v>
       </c>
       <c r="B579" t="s">
-        <v>1943</v>
+        <v>1940</v>
       </c>
       <c r="C579" t="s">
-        <v>1944</v>
+        <v>1941</v>
       </c>
       <c r="D579" t="s">
         <v>79</v>
       </c>
       <c r="E579" t="s">
         <v>1878</v>
       </c>
       <c r="F579" t="s">
         <v>1879</v>
       </c>
       <c r="I579" t="s">
         <v>83</v>
       </c>
       <c r="J579" t="s">
         <v>1880</v>
       </c>
       <c r="K579" t="s">
         <v>85</v>
       </c>
       <c r="L579" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="M579" t="s">
         <v>85</v>
       </c>
       <c r="O579" t="s">
-        <v>79</v>
+        <v>366</v>
+      </c>
+      <c r="P579" t="s">
+        <v>367</v>
+      </c>
+      <c r="Q579" t="s">
+        <v>368</v>
+      </c>
+      <c r="R579" t="s">
+        <v>85</v>
+      </c>
+      <c r="S579" t="s">
+        <v>85</v>
+      </c>
+      <c r="T579" t="s">
+        <v>85</v>
+      </c>
+      <c r="U579" t="s">
+        <v>369</v>
+      </c>
+      <c r="V579" t="s">
+        <v>372</v>
+      </c>
+      <c r="W579" t="s">
+        <v>85</v>
+      </c>
+      <c r="X579" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y579" t="s">
+        <v>93</v>
       </c>
     </row>
     <row r="580" spans="1:30">
       <c r="A580" t="s">
-        <v>1945</v>
+        <v>1942</v>
       </c>
       <c r="B580" t="s">
-        <v>1946</v>
+        <v>1943</v>
       </c>
       <c r="C580" t="s">
-        <v>1947</v>
+        <v>1944</v>
       </c>
       <c r="D580" t="s">
         <v>79</v>
       </c>
       <c r="E580" t="s">
         <v>1878</v>
       </c>
       <c r="F580" t="s">
         <v>1879</v>
       </c>
       <c r="I580" t="s">
         <v>83</v>
       </c>
       <c r="J580" t="s">
         <v>1880</v>
       </c>
       <c r="K580" t="s">
         <v>85</v>
       </c>
       <c r="L580" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M580" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="O580" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="581" spans="1:30">
       <c r="A581" t="s">
-        <v>1948</v>
+        <v>1945</v>
       </c>
       <c r="B581" t="s">
-        <v>1949</v>
+        <v>1946</v>
       </c>
       <c r="C581" t="s">
-        <v>1950</v>
+        <v>1947</v>
       </c>
       <c r="D581" t="s">
         <v>79</v>
       </c>
       <c r="E581" t="s">
         <v>1878</v>
       </c>
       <c r="F581" t="s">
         <v>1879</v>
       </c>
       <c r="I581" t="s">
         <v>83</v>
       </c>
       <c r="J581" t="s">
         <v>1880</v>
       </c>
       <c r="K581" t="s">
         <v>85</v>
       </c>
       <c r="L581" t="s">
         <v>85</v>
       </c>
       <c r="M581" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O581" t="s">
-        <v>365</v>
-[...29 lines deleted...]
-        <v>85</v>
+        <v>79</v>
       </c>
     </row>
     <row r="582" spans="1:30">
       <c r="A582" t="s">
-        <v>1951</v>
+        <v>1948</v>
       </c>
       <c r="B582" t="s">
-        <v>1952</v>
+        <v>1949</v>
       </c>
       <c r="C582" t="s">
-        <v>1953</v>
+        <v>1950</v>
       </c>
       <c r="D582" t="s">
         <v>79</v>
       </c>
       <c r="E582" t="s">
         <v>1878</v>
       </c>
       <c r="F582" t="s">
         <v>1879</v>
       </c>
       <c r="I582" t="s">
         <v>83</v>
       </c>
       <c r="J582" t="s">
         <v>1880</v>
       </c>
       <c r="K582" t="s">
         <v>85</v>
       </c>
       <c r="L582" t="s">
         <v>85</v>
       </c>
       <c r="M582" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="O582" t="s">
-        <v>79</v>
+        <v>366</v>
+      </c>
+      <c r="P582" t="s">
+        <v>369</v>
+      </c>
+      <c r="Q582" t="s">
+        <v>372</v>
+      </c>
+      <c r="R582" t="s">
+        <v>85</v>
+      </c>
+      <c r="S582" t="s">
+        <v>85</v>
+      </c>
+      <c r="T582" t="s">
+        <v>93</v>
+      </c>
+      <c r="U582" t="s">
+        <v>367</v>
+      </c>
+      <c r="V582" t="s">
+        <v>368</v>
+      </c>
+      <c r="W582" t="s">
+        <v>85</v>
+      </c>
+      <c r="X582" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y582" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="583" spans="1:30">
       <c r="A583" t="s">
-        <v>1954</v>
+        <v>1951</v>
       </c>
       <c r="B583" t="s">
-        <v>1955</v>
+        <v>1952</v>
       </c>
       <c r="C583" t="s">
-        <v>1956</v>
+        <v>1953</v>
       </c>
       <c r="D583" t="s">
         <v>79</v>
       </c>
       <c r="E583" t="s">
         <v>1878</v>
       </c>
       <c r="F583" t="s">
         <v>1879</v>
       </c>
       <c r="I583" t="s">
         <v>83</v>
       </c>
       <c r="J583" t="s">
         <v>1880</v>
       </c>
       <c r="K583" t="s">
         <v>85</v>
       </c>
       <c r="L583" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="M583" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O583" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="584" spans="1:30">
       <c r="A584" t="s">
-        <v>1957</v>
+        <v>1954</v>
       </c>
       <c r="B584" t="s">
-        <v>1958</v>
+        <v>1955</v>
       </c>
       <c r="C584" t="s">
-        <v>1959</v>
+        <v>1956</v>
       </c>
       <c r="D584" t="s">
         <v>79</v>
       </c>
       <c r="E584" t="s">
         <v>1878</v>
       </c>
       <c r="F584" t="s">
         <v>1879</v>
       </c>
       <c r="I584" t="s">
         <v>83</v>
       </c>
       <c r="J584" t="s">
         <v>1880</v>
       </c>
       <c r="K584" t="s">
         <v>85</v>
       </c>
       <c r="L584" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="M584" t="s">
         <v>85</v>
       </c>
       <c r="O584" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="585" spans="1:30">
       <c r="A585" t="s">
-        <v>1960</v>
+        <v>1957</v>
       </c>
       <c r="B585" t="s">
-        <v>1961</v>
+        <v>1958</v>
       </c>
       <c r="C585" t="s">
-        <v>1962</v>
+        <v>1959</v>
       </c>
       <c r="D585" t="s">
         <v>79</v>
       </c>
       <c r="E585" t="s">
         <v>1878</v>
       </c>
       <c r="F585" t="s">
         <v>1879</v>
       </c>
       <c r="I585" t="s">
         <v>83</v>
       </c>
       <c r="J585" t="s">
         <v>1880</v>
       </c>
       <c r="K585" t="s">
         <v>85</v>
       </c>
       <c r="L585" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="M585" t="s">
         <v>85</v>
       </c>
       <c r="O585" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="P585" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="586" spans="1:30">
+      <c r="A586" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B586" t="s">
+        <v>1961</v>
+      </c>
+      <c r="C586" t="s">
+        <v>1962</v>
+      </c>
+      <c r="D586" t="s">
+        <v>79</v>
+      </c>
+      <c r="E586" t="s">
+        <v>1878</v>
+      </c>
+      <c r="F586" t="s">
+        <v>1879</v>
+      </c>
+      <c r="I586" t="s">
+        <v>83</v>
+      </c>
+      <c r="J586" t="s">
+        <v>1880</v>
+      </c>
+      <c r="K586" t="s">
+        <v>85</v>
+      </c>
+      <c r="L586" t="s">
+        <v>85</v>
+      </c>
+      <c r="M586" t="s">
+        <v>85</v>
+      </c>
+      <c r="O586" t="s">
+        <v>366</v>
+      </c>
+      <c r="P586" t="s">
+        <v>369</v>
+      </c>
+      <c r="Q586" t="s">
+        <v>372</v>
+      </c>
+      <c r="R586" t="s">
+        <v>85</v>
+      </c>
+      <c r="S586" t="s">
+        <v>85</v>
+      </c>
+      <c r="T586" t="s">
+        <v>93</v>
+      </c>
+      <c r="U586" t="s">
+        <v>367</v>
+      </c>
+      <c r="V586" t="s">
         <v>368</v>
       </c>
-      <c r="Q585" t="s">
-[...23 lines deleted...]
-      <c r="Y585" t="s">
+      <c r="W586" t="s">
+        <v>85</v>
+      </c>
+      <c r="X586" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y586" t="s">
         <v>85</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>